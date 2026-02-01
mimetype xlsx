--- v0 (2025-10-23)
+++ v1 (2026-02-01)
@@ -1,135 +1,320 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty5.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty6.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{75D6CDF2-D086-402C-BA46-D5F99BC6619F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="LFbHiY2lOhZn8oIIl63lVCYg75QczHnKgbGpG8hf46qE++MQOmbu9RjfPTXrkBr2Q4UP1FwK3k8UyO6uL2IIlQ==" workbookSaltValue="CbuJlGgMAfyBa3OmwjIO1w==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{E13EA9E9-B46E-4EED-84EA-8A7AF140506D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="eZmVqCWRnNu8Fd8UhphcnYzua2rPp+cHIw2K9s6bSR2z0hd3mcyCyzaIdUKEfuRIKgsJSJTEm4uQXDKGsCsTDg==" workbookSaltValue="svb0zjZCMCDj/VqjpgNHAA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ユーザ管理アプリ" sheetId="7" state="hidden" r:id="rId1"/>
-    <sheet name="機関コードM" sheetId="9" state="hidden" r:id="rId2"/>
-[...2 lines deleted...]
-    <sheet name="ベンダー口座名対応表" sheetId="8" state="hidden" r:id="rId5"/>
+    <sheet name="証券口座情報アプリ" sheetId="10" state="hidden" r:id="rId2"/>
+    <sheet name="機関コードM" sheetId="9" state="hidden" r:id="rId3"/>
+    <sheet name="DT-11" sheetId="2" r:id="rId4"/>
+    <sheet name="コードM" sheetId="4" state="hidden" r:id="rId5"/>
+    <sheet name="ベンダー口座名対応表" sheetId="8" state="hidden" r:id="rId6"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId7"/>
+  </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'DT-11'!#REF!</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'DT-11'!$A$1:$AL$127</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'DT-11'!#REF!</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">コードM!$B$1:$F$1</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'DT-11'!$A$1:$AL$127</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O2" i="7" l="1"/>
+  <c r="U5" i="10" l="1"/>
+  <c r="U4" i="10"/>
+  <c r="U9" i="10"/>
+  <c r="U8" i="10"/>
+  <c r="U7" i="10"/>
+  <c r="U6" i="10"/>
+  <c r="U3" i="10"/>
   <c r="T3" i="7"/>
   <c r="T4" i="7"/>
   <c r="T5" i="7"/>
   <c r="T6" i="7"/>
   <c r="T7" i="7"/>
   <c r="T8" i="7"/>
   <c r="T9" i="7"/>
   <c r="T10" i="7"/>
   <c r="T11" i="7"/>
   <c r="T12" i="7"/>
   <c r="T13" i="7"/>
   <c r="T14" i="7"/>
   <c r="T15" i="7"/>
   <c r="T16" i="7"/>
   <c r="T2" i="7"/>
+  <c r="H9" i="10"/>
+  <c r="H8" i="10"/>
+  <c r="H7" i="10"/>
+  <c r="H6" i="10"/>
+  <c r="H5" i="10"/>
+  <c r="B3" i="10"/>
+  <c r="V2" i="10"/>
+  <c r="AA2" i="10"/>
+  <c r="X2" i="10" s="1"/>
+  <c r="Y9" i="10"/>
+  <c r="Y8" i="10"/>
+  <c r="Y7" i="10"/>
+  <c r="Y6" i="10"/>
+  <c r="Y5" i="10"/>
+  <c r="Z9" i="10"/>
+  <c r="Z8" i="10"/>
+  <c r="Z7" i="10"/>
+  <c r="Z6" i="10"/>
+  <c r="Z5" i="10"/>
+  <c r="Z4" i="10"/>
+  <c r="W9" i="10"/>
+  <c r="W8" i="10"/>
+  <c r="W7" i="10"/>
+  <c r="W6" i="10"/>
+  <c r="W5" i="10"/>
+  <c r="W4" i="10"/>
+  <c r="W3" i="10"/>
+  <c r="W2" i="10"/>
+  <c r="V9" i="10"/>
+  <c r="V8" i="10"/>
+  <c r="V7" i="10"/>
+  <c r="V6" i="10"/>
+  <c r="V5" i="10"/>
+  <c r="V4" i="10"/>
+  <c r="V3" i="10"/>
+  <c r="Y3" i="10"/>
+  <c r="Z2" i="10"/>
+  <c r="Z3" i="10"/>
+  <c r="AA9" i="10"/>
+  <c r="AA8" i="10"/>
+  <c r="AA7" i="10"/>
+  <c r="AA6" i="10"/>
+  <c r="AA5" i="10"/>
+  <c r="AA4" i="10"/>
+  <c r="AA3" i="10"/>
+  <c r="U2" i="10"/>
+  <c r="T9" i="10"/>
+  <c r="T8" i="10"/>
+  <c r="T7" i="10"/>
+  <c r="T6" i="10"/>
+  <c r="T5" i="10"/>
+  <c r="T3" i="10"/>
+  <c r="T4" i="10" s="1"/>
+  <c r="S9" i="10"/>
+  <c r="S8" i="10"/>
+  <c r="S6" i="10"/>
+  <c r="S7" i="10"/>
+  <c r="S5" i="10"/>
+  <c r="R9" i="10"/>
+  <c r="R8" i="10"/>
+  <c r="R7" i="10"/>
+  <c r="R6" i="10"/>
+  <c r="R5" i="10"/>
+  <c r="R3" i="10"/>
+  <c r="S3" i="10" s="1"/>
+  <c r="R4" i="10"/>
+  <c r="S4" i="10" s="1"/>
+  <c r="R2" i="10"/>
+  <c r="S2" i="10" s="1"/>
+  <c r="Q9" i="10"/>
+  <c r="Q8" i="10"/>
+  <c r="Q7" i="10"/>
+  <c r="Q6" i="10"/>
+  <c r="O9" i="10"/>
+  <c r="O8" i="10"/>
+  <c r="O7" i="10"/>
+  <c r="O6" i="10"/>
+  <c r="N9" i="10"/>
+  <c r="N8" i="10"/>
+  <c r="N7" i="10"/>
+  <c r="N6" i="10"/>
+  <c r="N5" i="10"/>
+  <c r="K9" i="10"/>
+  <c r="K8" i="10"/>
+  <c r="K7" i="10"/>
+  <c r="K6" i="10"/>
+  <c r="J8" i="10"/>
+  <c r="J7" i="10"/>
+  <c r="J9" i="10"/>
+  <c r="J6" i="10"/>
+  <c r="M9" i="10"/>
+  <c r="M8" i="10"/>
+  <c r="M7" i="10"/>
+  <c r="M6" i="10"/>
+  <c r="M5" i="10"/>
+  <c r="M3" i="10"/>
+  <c r="M4" i="10" s="1"/>
+  <c r="L9" i="10"/>
+  <c r="L8" i="10"/>
+  <c r="L7" i="10"/>
+  <c r="L6" i="10"/>
+  <c r="L5" i="10"/>
+  <c r="L3" i="10"/>
+  <c r="L4" i="10" s="1"/>
+  <c r="K4" i="10"/>
+  <c r="K5" i="10"/>
+  <c r="K3" i="10"/>
+  <c r="Y4" i="10" s="1"/>
+  <c r="J4" i="10"/>
+  <c r="J5" i="10"/>
+  <c r="J3" i="10"/>
+  <c r="I9" i="10"/>
+  <c r="I8" i="10"/>
+  <c r="I7" i="10"/>
+  <c r="I6" i="10"/>
+  <c r="I5" i="10"/>
+  <c r="C9" i="10"/>
+  <c r="C8" i="10"/>
+  <c r="C7" i="10"/>
+  <c r="C6" i="10"/>
+  <c r="C5" i="10"/>
+  <c r="B9" i="10"/>
+  <c r="X9" i="10" s="1"/>
+  <c r="B8" i="10"/>
+  <c r="X8" i="10" s="1"/>
+  <c r="B7" i="10"/>
+  <c r="X7" i="10" s="1"/>
+  <c r="B6" i="10"/>
+  <c r="X6" i="10" s="1"/>
+  <c r="B5" i="10"/>
+  <c r="X5" i="10" s="1"/>
+  <c r="A9" i="10"/>
+  <c r="A8" i="10"/>
+  <c r="A7" i="10"/>
+  <c r="A6" i="10"/>
+  <c r="A5" i="10"/>
+  <c r="Q5" i="10"/>
+  <c r="Q3" i="10"/>
+  <c r="Q4" i="10" s="1"/>
+  <c r="O3" i="10"/>
+  <c r="O4" i="10" s="1"/>
+  <c r="O2" i="10"/>
+  <c r="N3" i="10"/>
+  <c r="N4" i="10" s="1"/>
+  <c r="N2" i="10"/>
+  <c r="M2" i="10"/>
+  <c r="J2" i="10"/>
+  <c r="I3" i="10"/>
+  <c r="I4" i="10"/>
+  <c r="K2" i="10"/>
+  <c r="L2" i="10"/>
+  <c r="C3" i="10"/>
+  <c r="C4" i="10" s="1"/>
+  <c r="C2" i="10"/>
+  <c r="O5" i="10"/>
+  <c r="A3" i="10"/>
+  <c r="A4" i="10" s="1"/>
+  <c r="X3" i="10" l="1"/>
+  <c r="B4" i="10"/>
+  <c r="X4" i="10" s="1"/>
+  <c r="Y2" i="10" l="1"/>
+  <c r="O2" i="7" l="1"/>
   <c r="C2" i="7" l="1"/>
   <c r="D4" i="9"/>
   <c r="I2" i="7" l="1"/>
+  <c r="J2" i="7" s="1"/>
   <c r="U11" i="7"/>
   <c r="V11" i="7"/>
   <c r="U12" i="7"/>
   <c r="V12" i="7"/>
   <c r="U13" i="7"/>
   <c r="V13" i="7"/>
   <c r="U14" i="7"/>
   <c r="V14" i="7"/>
   <c r="U15" i="7"/>
   <c r="V15" i="7"/>
   <c r="U16" i="7"/>
   <c r="V16" i="7"/>
   <c r="B11" i="7"/>
+  <c r="J11" i="7" s="1"/>
   <c r="B12" i="7"/>
+  <c r="J12" i="7" s="1"/>
   <c r="B13" i="7"/>
+  <c r="J13" i="7" s="1"/>
   <c r="B14" i="7"/>
+  <c r="J14" i="7" s="1"/>
   <c r="B15" i="7"/>
+  <c r="J15" i="7" s="1"/>
   <c r="B16" i="7"/>
+  <c r="J16" i="7" s="1"/>
   <c r="AZ11" i="7"/>
   <c r="AZ12" i="7"/>
   <c r="AZ13" i="7"/>
   <c r="AZ14" i="7"/>
   <c r="AZ15" i="7"/>
   <c r="AZ16" i="7"/>
   <c r="AY11" i="7"/>
   <c r="AY12" i="7"/>
   <c r="AY13" i="7"/>
   <c r="AY14" i="7"/>
   <c r="AY15" i="7"/>
   <c r="AY16" i="7"/>
   <c r="AX11" i="7"/>
   <c r="AX12" i="7"/>
   <c r="AX13" i="7"/>
   <c r="AX14" i="7"/>
   <c r="AX15" i="7"/>
   <c r="AX16" i="7"/>
   <c r="AW11" i="7"/>
   <c r="AW12" i="7"/>
   <c r="AW13" i="7"/>
   <c r="AW14" i="7"/>
   <c r="AW15" i="7"/>
   <c r="AW16" i="7"/>
   <c r="AV11" i="7"/>
@@ -296,56 +481,50 @@
   <c r="O16" i="7"/>
   <c r="N11" i="7"/>
   <c r="N12" i="7"/>
   <c r="N13" i="7"/>
   <c r="N14" i="7"/>
   <c r="N15" i="7"/>
   <c r="N16" i="7"/>
   <c r="M11" i="7"/>
   <c r="M12" i="7"/>
   <c r="M13" i="7"/>
   <c r="M14" i="7"/>
   <c r="M15" i="7"/>
   <c r="M16" i="7"/>
   <c r="L11" i="7"/>
   <c r="L12" i="7"/>
   <c r="L13" i="7"/>
   <c r="L14" i="7"/>
   <c r="L15" i="7"/>
   <c r="L16" i="7"/>
   <c r="K11" i="7"/>
   <c r="K12" i="7"/>
   <c r="K13" i="7"/>
   <c r="K14" i="7"/>
   <c r="K15" i="7"/>
   <c r="K16" i="7"/>
-  <c r="J11" i="7"/>
-[...4 lines deleted...]
-  <c r="J16" i="7"/>
   <c r="I11" i="7"/>
   <c r="I12" i="7"/>
   <c r="I13" i="7"/>
   <c r="I14" i="7"/>
   <c r="I15" i="7"/>
   <c r="I16" i="7"/>
   <c r="H16" i="7"/>
   <c r="H15" i="7"/>
   <c r="H14" i="7"/>
   <c r="H13" i="7"/>
   <c r="H12" i="7"/>
   <c r="H11" i="7"/>
   <c r="C11" i="7"/>
   <c r="C12" i="7"/>
   <c r="C13" i="7"/>
   <c r="C14" i="7"/>
   <c r="C15" i="7"/>
   <c r="C16" i="7"/>
   <c r="A16" i="7"/>
   <c r="A11" i="7"/>
   <c r="A12" i="7"/>
   <c r="A13" i="7"/>
   <c r="A14" i="7"/>
   <c r="A15" i="7"/>
   <c r="AZ10" i="7" l="1"/>
@@ -362,55 +541,55 @@
   <c r="AO10" i="7"/>
   <c r="AN10" i="7"/>
   <c r="AM10" i="7"/>
   <c r="AL10" i="7"/>
   <c r="AK10" i="7"/>
   <c r="AJ10" i="7"/>
   <c r="AI10" i="7"/>
   <c r="AH10" i="7"/>
   <c r="AG10" i="7"/>
   <c r="AF10" i="7"/>
   <c r="AE10" i="7"/>
   <c r="AC10" i="7"/>
   <c r="AA10" i="7"/>
   <c r="Z10" i="7"/>
   <c r="W10" i="7"/>
   <c r="V10" i="7"/>
   <c r="U10" i="7"/>
   <c r="R10" i="7"/>
   <c r="Q10" i="7"/>
   <c r="P10" i="7"/>
   <c r="O10" i="7"/>
   <c r="N10" i="7"/>
   <c r="M10" i="7"/>
   <c r="L10" i="7"/>
   <c r="K10" i="7"/>
-  <c r="J10" i="7"/>
   <c r="I10" i="7"/>
   <c r="H10" i="7"/>
   <c r="C10" i="7"/>
   <c r="B10" i="7"/>
+  <c r="J10" i="7" s="1"/>
   <c r="A10" i="7"/>
   <c r="AA9" i="7"/>
   <c r="W9" i="7"/>
   <c r="V9" i="7"/>
   <c r="U9" i="7"/>
   <c r="AA8" i="7"/>
   <c r="W8" i="7"/>
   <c r="V8" i="7"/>
   <c r="U8" i="7"/>
   <c r="AA7" i="7"/>
   <c r="W7" i="7"/>
   <c r="V7" i="7"/>
   <c r="U7" i="7"/>
   <c r="AA6" i="7"/>
   <c r="W6" i="7"/>
   <c r="V6" i="7"/>
   <c r="U6" i="7"/>
   <c r="AA5" i="7"/>
   <c r="W5" i="7"/>
   <c r="V5" i="7"/>
   <c r="U5" i="7"/>
   <c r="AA4" i="7"/>
   <c r="W4" i="7"/>
   <c r="V4" i="7"/>
   <c r="U4" i="7"/>
@@ -578,71 +757,58 @@
   <c r="Z9" i="7" s="1"/>
   <c r="W3" i="7"/>
   <c r="V3" i="7"/>
   <c r="U3" i="7"/>
   <c r="R3" i="7"/>
   <c r="R4" i="7" s="1"/>
   <c r="R5" i="7" s="1"/>
   <c r="R6" i="7" s="1"/>
   <c r="R7" i="7" s="1"/>
   <c r="R8" i="7" s="1"/>
   <c r="R9" i="7" s="1"/>
   <c r="Q3" i="7"/>
   <c r="Q4" i="7" s="1"/>
   <c r="Q5" i="7" s="1"/>
   <c r="Q6" i="7" s="1"/>
   <c r="Q7" i="7" s="1"/>
   <c r="Q8" i="7" s="1"/>
   <c r="Q9" i="7" s="1"/>
   <c r="L3" i="7"/>
   <c r="L4" i="7" s="1"/>
   <c r="L5" i="7" s="1"/>
   <c r="L6" i="7" s="1"/>
   <c r="L7" i="7" s="1"/>
   <c r="L8" i="7" s="1"/>
   <c r="L9" i="7" s="1"/>
-  <c r="J3" i="7"/>
-[...5 lines deleted...]
-  <c r="J9" i="7" s="1"/>
   <c r="H3" i="7"/>
   <c r="H4" i="7" s="1"/>
   <c r="H5" i="7" s="1"/>
   <c r="H6" i="7" s="1"/>
   <c r="H7" i="7" s="1"/>
   <c r="H8" i="7" s="1"/>
   <c r="H9" i="7" s="1"/>
   <c r="B3" i="7"/>
-  <c r="B4" i="7" s="1"/>
-[...4 lines deleted...]
-  <c r="B9" i="7" s="1"/>
   <c r="A3" i="7"/>
   <c r="A4" i="7" s="1"/>
   <c r="A5" i="7" s="1"/>
   <c r="A6" i="7" s="1"/>
   <c r="A7" i="7" s="1"/>
   <c r="A8" i="7" s="1"/>
   <c r="A9" i="7" s="1"/>
   <c r="AZ2" i="7"/>
   <c r="AZ3" i="7" s="1"/>
   <c r="AZ4" i="7" s="1"/>
   <c r="AZ5" i="7" s="1"/>
   <c r="AZ6" i="7" s="1"/>
   <c r="AZ7" i="7" s="1"/>
   <c r="AZ8" i="7" s="1"/>
   <c r="AZ9" i="7" s="1"/>
   <c r="AA2" i="7"/>
   <c r="W2" i="7"/>
   <c r="V2" i="7"/>
   <c r="U2" i="7"/>
   <c r="P2" i="7"/>
   <c r="P3" i="7" s="1"/>
   <c r="P4" i="7" s="1"/>
   <c r="P5" i="7" s="1"/>
   <c r="P6" i="7" s="1"/>
   <c r="P7" i="7" s="1"/>
@@ -657,92 +823,108 @@
   <c r="O9" i="7" s="1"/>
   <c r="N2" i="7"/>
   <c r="N3" i="7" s="1"/>
   <c r="N4" i="7" s="1"/>
   <c r="N5" i="7" s="1"/>
   <c r="N6" i="7" s="1"/>
   <c r="N7" i="7" s="1"/>
   <c r="N8" i="7" s="1"/>
   <c r="N9" i="7" s="1"/>
   <c r="M2" i="7"/>
   <c r="M3" i="7" s="1"/>
   <c r="M4" i="7" s="1"/>
   <c r="M5" i="7" s="1"/>
   <c r="M6" i="7" s="1"/>
   <c r="M7" i="7" s="1"/>
   <c r="M8" i="7" s="1"/>
   <c r="M9" i="7" s="1"/>
   <c r="K3" i="7"/>
   <c r="K4" i="7" s="1"/>
   <c r="K5" i="7" s="1"/>
   <c r="K6" i="7" s="1"/>
   <c r="K7" i="7" s="1"/>
   <c r="K8" i="7" s="1"/>
   <c r="K9" i="7" s="1"/>
   <c r="I3" i="7"/>
-  <c r="I4" i="7" s="1"/>
-[...4 lines deleted...]
-  <c r="I9" i="7" s="1"/>
   <c r="C3" i="7"/>
   <c r="C4" i="7" s="1"/>
   <c r="C5" i="7" s="1"/>
   <c r="C6" i="7" s="1"/>
   <c r="C7" i="7" s="1"/>
   <c r="C8" i="7" s="1"/>
   <c r="C9" i="7" s="1"/>
   <c r="AB10" i="7"/>
   <c r="AB9" i="7"/>
   <c r="AB8" i="7"/>
   <c r="AB7" i="7"/>
   <c r="AB6" i="7"/>
   <c r="AB5" i="7"/>
   <c r="AB4" i="7"/>
   <c r="AB3" i="7"/>
   <c r="AB2" i="7"/>
-  <c r="X11" i="7" l="1"/>
+  <c r="I4" i="7" l="1"/>
+  <c r="J3" i="7"/>
+  <c r="B4" i="7"/>
+  <c r="X11" i="7"/>
   <c r="X16" i="7"/>
   <c r="X15" i="7"/>
   <c r="X14" i="7"/>
   <c r="X13" i="7"/>
   <c r="X12" i="7"/>
   <c r="X4" i="7"/>
   <c r="X5" i="7"/>
   <c r="X6" i="7"/>
   <c r="X7" i="7"/>
   <c r="X8" i="7"/>
   <c r="X9" i="7"/>
   <c r="X10" i="7"/>
   <c r="X2" i="7"/>
   <c r="X3" i="7"/>
+  <c r="H2" i="10"/>
+  <c r="H3" i="10"/>
+  <c r="H4" i="10"/>
+  <c r="I5" i="7" l="1"/>
+  <c r="I6" i="7" s="1"/>
+  <c r="I7" i="7" s="1"/>
+  <c r="I8" i="7" s="1"/>
+  <c r="I9" i="7" s="1"/>
+  <c r="J4" i="7"/>
+  <c r="B5" i="7"/>
+  <c r="J5" i="7" s="1"/>
+  <c r="B6" i="7" l="1"/>
+  <c r="J6" i="7" s="1"/>
+  <c r="B7" i="7" l="1"/>
+  <c r="J7" i="7" s="1"/>
+  <c r="B8" i="7" l="1"/>
+  <c r="J8" i="7" s="1"/>
+  <c r="B9" i="7" l="1"/>
+  <c r="J9" i="7" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1689" uniqueCount="1594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1720" uniqueCount="1619">
   <si>
     <t>新規</t>
   </si>
   <si>
     <t>区分</t>
   </si>
   <si>
     <t>ユーザ登録_ステータス</t>
     <phoneticPr fontId="26"/>
   </si>
   <si>
     <t>Stg登録_申込日付</t>
     <rPh sb="9" eb="10">
       <t>ツケ</t>
     </rPh>
     <phoneticPr fontId="26"/>
   </si>
   <si>
     <t>Stg登録_完了通知日</t>
     <phoneticPr fontId="26"/>
   </si>
   <si>
     <t>本番登録_申込日付</t>
     <rPh sb="0" eb="2">
       <t>ホンバン</t>
@@ -5530,54 +5712,50 @@
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>*** †</t>
     </r>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t xml:space="preserve"> Number of brokers</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>* We will not use your personal information for any purpose other than contacting you for CONNEQTOR.
 * For more information on the handling of personal information by JPX, please refer to the following website.</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>https://www.jpx.co.jp/english/corporate/governance/security/personal-information/</t>
-    <phoneticPr fontId="6"/>
-[...2 lines deleted...]
-    <t>v20250911</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>** The system will automatically dial the specified phone number when you log in.
      In order to prevent unauthorized use by a third party, please set up an appropriate 
      phone number, such as a landline phone in your office.</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>*** It is also possible for the same person to apply for multiple authority type.
       For more detail, please refer to the "Application Process" at the link below.</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="10"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">      </t>
     </r>
     <r>
@@ -5749,60 +5927,185 @@
   </si>
   <si>
     <t>AP Capital Management (Hong Kong) Limited</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Ark International Group Pty Ltd.</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>ATLANTIC TRADING LONDON LIMITED</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Barak Capital G.T. Ltd.</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Coral Reef Technologies Limited</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Phone Number</t>
     <phoneticPr fontId="6"/>
   </si>
+  <si>
+    <t>委託</t>
+    <rPh sb="0" eb="2">
+      <t>イタク</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>Stg登録_申込日付</t>
+    <rPh sb="3" eb="5">
+      <t>トウロク</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>ツケ</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>本番登録_申込日</t>
+    <rPh sb="0" eb="2">
+      <t>ホンバン</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>代表者_疑似代表者F</t>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>代表者_ユーザ種別</t>
+    <rPh sb="7" eb="9">
+      <t>シュベツ</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>代表者_自己／委託</t>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>代表者_組織名</t>
+    <rPh sb="4" eb="6">
+      <t>ソシキ</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>代表者_コード</t>
+  </si>
+  <si>
+    <t>代表者_所属名</t>
+  </si>
+  <si>
+    <t>代表者_氏名</t>
+  </si>
+  <si>
+    <t>代表者_電話番号</t>
+  </si>
+  <si>
+    <t>代表者_e-mail</t>
+  </si>
+  <si>
+    <t>ユーザ登録_疑似口座F</t>
+    <rPh sb="6" eb="8">
+      <t>ギジ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>コウザ</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>利用証券会社_自己／委託</t>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>利用証券会社_組織名</t>
+    <rPh sb="7" eb="9">
+      <t>ソシキ</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>利用証券会社_コード</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>利用証券会社_部署名</t>
+  </si>
+  <si>
+    <t>利用証券会社_担当者名</t>
+  </si>
+  <si>
+    <t>利用証券会社_電話番号</t>
+  </si>
+  <si>
+    <t>利用証券会社_e-mail</t>
+  </si>
+  <si>
+    <t>利用証券会社_口座名</t>
+  </si>
+  <si>
+    <t>利用証券会社_組織ID</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>利用証券会社_口座ID（CQR用）</t>
+    <rPh sb="15" eb="16">
+      <t>ヨウ</t>
+    </rPh>
+    <phoneticPr fontId="26"/>
+  </si>
+  <si>
+    <t>代表者_利用ベンダ/サービス</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>Flow Traders B.V.</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>v20251110</t>
+    <phoneticPr fontId="6"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="176" formatCode="0_);[Red]\(0\)"/>
     <numFmt numFmtId="177" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="178" formatCode="yyyy&quot;/&quot;mm&quot;/&quot;dd"/>
   </numFmts>
-  <fonts count="43" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -6073,84 +6376,140 @@
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="10"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="6">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="20">
+  <borders count="34">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -6323,66 +6682,268 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="154">
+  <cellXfs count="204">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
@@ -6591,50 +7152,194 @@
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="25" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="24" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="0" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="6" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="25" fillId="6" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="27" fillId="6" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="27" fillId="7" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="24" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="27" fillId="7" borderId="26" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="25" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="6" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="178" fontId="44" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="176" fontId="25" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="25" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="176" fontId="27" fillId="6" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="35" fillId="7" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="35" fillId="7" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -6756,104 +7461,106 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="177" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="177" fontId="9" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="9" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{9FCC616E-E022-489C-B135-CD107EF51113}"/>
     <cellStyle name="標準 3" xfId="3" xr:uid="{E4BA4CCD-A06C-471E-8D17-56FF58159440}"/>
     <cellStyle name="標準 3 2" xfId="4" xr:uid="{0364247A-F3DA-45A0-B107-0A0CB0430529}"/>
     <cellStyle name="標準 3 3" xfId="5" xr:uid="{91B5686A-22AF-45C0-B0CF-497A1F887B22}"/>
   </cellStyles>
-  <dxfs count="25">
+  <dxfs count="28">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <left/>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
@@ -7282,117 +7989,141 @@
         <color theme="1"/>
       </font>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right/>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FF8E8E8E"/>
       <color rgb="FF969696"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$AP$31" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$AP$31" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003040000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -7624,51 +8355,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1042" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1042"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000012040000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000012040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -7806,50 +8537,91 @@
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>）</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\Jpx-fs\jpx\@GMT-2025.11.04-15.00.02\01_&#12503;&#12525;&#12472;&#12455;&#12463;&#12488;&#20849;&#26377;&#12501;&#12449;&#12452;&#12523;\&#12304;IT&#38283;&#30330;&#26666;&#22770;&#12471;&#12473;&#12305;RFQ&#12503;&#12521;&#12483;&#12488;&#12501;&#12457;&#12540;&#12512;\600_&#12518;&#12540;&#12470;&#12540;&#38306;&#20418;\50_&#12450;&#12459;&#12454;&#12531;&#12488;&#30003;&#35531;&#31649;&#29702;\&#12501;&#12457;&#12540;&#12510;&#12483;&#12488;\&#26412;&#30058;&#12501;&#12457;&#12540;&#12510;&#12483;&#12488;\OEMS(EN)&#32232;&#38598;&#29992;\DT-11_en_CONNEQTOR%20User%20Registration%20Form&#26412;&#32025;.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/@GMT-2025.11.04-15.00.02/01_&#12503;&#12525;&#12472;&#12455;&#12463;&#12488;&#20849;&#26377;&#12501;&#12449;&#12452;&#12523;/&#12304;IT&#38283;&#30330;&#26666;&#22770;&#12471;&#12473;&#12305;RFQ&#12503;&#12521;&#12483;&#12488;&#12501;&#12457;&#12540;&#12512;/600_&#12518;&#12540;&#12470;&#12540;&#38306;&#20418;/50_&#12450;&#12459;&#12454;&#12531;&#12488;&#30003;&#35531;&#31649;&#29702;/&#12501;&#12457;&#12540;&#12510;&#12483;&#12488;/&#26412;&#30058;&#12501;&#12457;&#12540;&#12510;&#12483;&#12488;/OEMS(EN)&#32232;&#38598;&#29992;/DT-11_en_CONNEQTOR%20User%20Registration%20Form&#26412;&#32025;.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="証券口座情報管理アプリ"/>
+      <sheetName val="ユーザ管理アプリ"/>
+      <sheetName val="ベンダー口座名対応表"/>
+      <sheetName val="DT-11"/>
+      <sheetName val="コードM"/>
+      <sheetName val="機関コードM"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3">
+        <row r="99">
+          <cell r="H99" t="str">
+            <v>jeyj</v>
+          </cell>
+        </row>
+        <row r="106">
+          <cell r="H106" t="str">
+            <v>wuw</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8094,68 +8866,80 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/english/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jpxsystem.com/doc/cq/doku.php?id=documents" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/english/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jpxsystem.com/doc/cq/doku.php?id=documents" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1455044A-7BDB-43FF-ACE9-9A878914925B}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:AZ18"/>
   <sheetViews>
-    <sheetView topLeftCell="Q5" workbookViewId="0">
-      <selection activeCell="C2" sqref="C2"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="M16" sqref="M16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="23.625" defaultRowHeight="14.25" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="35" customWidth="1"/>
     <col min="2" max="2" width="20.75" style="35" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.5" style="35" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.625" style="35" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="35" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="20.75" style="35" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22.75" style="35" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="19.75" style="35" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="29.25" style="35" customWidth="1"/>
     <col min="11" max="11" width="17.5" style="35" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.875" style="35" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19.75" style="35" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="17.75" style="35" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="21.875" style="88" customWidth="1"/>
     <col min="16" max="16" width="24.125" style="35" bestFit="1" customWidth="1"/>
     <col min="17" max="19" width="21.625" style="35" customWidth="1"/>
     <col min="20" max="20" width="23" style="35" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13.75" style="35" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="13.25" style="35" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="33.75" style="35" customWidth="1"/>
     <col min="25" max="25" width="19.25" style="35" bestFit="1" customWidth="1"/>
@@ -8346,84 +9130,85 @@
         <v>280</v>
       </c>
     </row>
     <row r="2" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="59" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="64" t="s">
         <v>52</v>
       </c>
       <c r="C2" s="65">
         <f>'DT-11'!$X$5</f>
         <v>0</v>
       </c>
       <c r="D2" s="65"/>
       <c r="E2" s="64"/>
       <c r="F2" s="64"/>
       <c r="G2" s="64"/>
       <c r="H2" s="64" t="s">
         <v>53</v>
       </c>
       <c r="I2" s="64" t="str">
         <f>機関コードM!D4</f>
         <v/>
       </c>
-      <c r="J2" s="64" t="s">
-        <v>57</v>
+      <c r="J2" s="64" t="str">
+        <f>IF(B2="登録待ち", I2, "")</f>
+        <v/>
       </c>
       <c r="K2" s="66" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="L2" s="64" t="s">
         <v>54</v>
       </c>
       <c r="M2" s="64">
         <f>'DT-11'!J14</f>
         <v>0</v>
       </c>
       <c r="N2" s="64">
         <f>'DT-11'!$J$17</f>
         <v>0</v>
       </c>
       <c r="O2" s="89">
         <f>'DT-11'!$J$20</f>
         <v>0</v>
       </c>
       <c r="P2" s="64">
         <f>'DT-11'!$J$23</f>
         <v>0</v>
       </c>
       <c r="Q2" s="64" t="s">
         <v>55</v>
       </c>
       <c r="R2" s="64" t="s">
         <v>55</v>
       </c>
       <c r="S2" s="64"/>
       <c r="T2" s="66" t="str">
-        <f>IF('DT-11'!M55&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC55, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M55&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC55, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U2" s="66" t="str">
         <f>IF('DT-11'!M55&lt;&gt;"",'DT-11'!C55,"")</f>
         <v/>
       </c>
       <c r="V2" s="66" t="str">
         <f>IF('DT-11'!M55&lt;&gt;"",'DT-11'!H55,"")</f>
         <v/>
       </c>
       <c r="W2" s="66" t="str">
         <f>IF('DT-11'!M55&lt;&gt;"",'DT-11'!M55,"")</f>
         <v/>
       </c>
       <c r="X2" s="64" t="str">
         <f t="shared" ref="X2:X16" si="0">IF(COUNTIF(W:W,W2)&gt;1,"",W2)</f>
         <v/>
       </c>
       <c r="Y2" s="64"/>
       <c r="Z2" s="64" t="s">
         <v>56</v>
       </c>
       <c r="AA2" s="66" t="str">
         <f>ASC(IF('DT-11'!M55&lt;&gt;"",'DT-11'!U55,""))</f>
         <v/>
@@ -8507,89 +9292,89 @@
     <row r="3" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="39" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",A2,"")</f>
         <v/>
       </c>
       <c r="B3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",B2,"")</f>
         <v/>
       </c>
       <c r="C3" s="67" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",C2,"")</f>
         <v/>
       </c>
       <c r="D3" s="66"/>
       <c r="E3" s="66"/>
       <c r="F3" s="66"/>
       <c r="G3" s="66"/>
       <c r="H3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",H2,"")</f>
         <v/>
       </c>
       <c r="I3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",I2,"")</f>
         <v/>
       </c>
-      <c r="J3" s="66" t="str">
-        <f>IF('DT-11'!M56&lt;&gt;"",J2,"")</f>
+      <c r="J3" s="64" t="str">
+        <f t="shared" ref="J3:J16" si="2">IF(B3="登録待ち", I3, "")</f>
         <v/>
       </c>
       <c r="K3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",K2,"")</f>
         <v/>
       </c>
       <c r="L3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",L2,"")</f>
         <v/>
       </c>
       <c r="M3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",M2,"")</f>
         <v/>
       </c>
       <c r="N3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",N2,"")</f>
         <v/>
       </c>
       <c r="O3" s="89" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",O2,"")</f>
         <v/>
       </c>
       <c r="P3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",P2,"")</f>
         <v/>
       </c>
       <c r="Q3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",Q2,"")</f>
         <v/>
       </c>
       <c r="R3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",R2,"")</f>
         <v/>
       </c>
       <c r="S3" s="66"/>
       <c r="T3" s="66" t="str">
-        <f>IF('DT-11'!M56&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC56, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M56&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC56, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",'DT-11'!C56,"")</f>
         <v/>
       </c>
       <c r="V3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",'DT-11'!H56,"")</f>
         <v/>
       </c>
       <c r="W3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",'DT-11'!M56,"")</f>
         <v/>
       </c>
       <c r="X3" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y3" s="64"/>
       <c r="Z3" s="66" t="str">
         <f>IF('DT-11'!M56&lt;&gt;"",Z2,"")</f>
         <v/>
       </c>
       <c r="AA3" s="66" t="str">
         <f>ASC(IF('DT-11'!M56&lt;&gt;"",'DT-11'!U56,""))</f>
@@ -8696,89 +9481,89 @@
     <row r="4" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="39" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",A3,"")</f>
         <v/>
       </c>
       <c r="B4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",B3,"")</f>
         <v/>
       </c>
       <c r="C4" s="67" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",C3,"")</f>
         <v/>
       </c>
       <c r="D4" s="66"/>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="66"/>
       <c r="H4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",H3,"")</f>
         <v/>
       </c>
       <c r="I4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",I3,"")</f>
         <v/>
       </c>
-      <c r="J4" s="66" t="str">
-        <f>IF('DT-11'!M57&lt;&gt;"",J3,"")</f>
+      <c r="J4" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",K3,"")</f>
         <v/>
       </c>
       <c r="L4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",L3,"")</f>
         <v/>
       </c>
       <c r="M4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",M3,"")</f>
         <v/>
       </c>
       <c r="N4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",N3,"")</f>
         <v/>
       </c>
       <c r="O4" s="89" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",O3,"")</f>
         <v/>
       </c>
       <c r="P4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",P3,"")</f>
         <v/>
       </c>
       <c r="Q4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",Q3,"")</f>
         <v/>
       </c>
       <c r="R4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",R3,"")</f>
         <v/>
       </c>
       <c r="S4" s="66"/>
       <c r="T4" s="66" t="str">
-        <f>IF('DT-11'!M57&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC57, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M57&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC57, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",'DT-11'!C57,"")</f>
         <v/>
       </c>
       <c r="V4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",'DT-11'!H57,"")</f>
         <v/>
       </c>
       <c r="W4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",'DT-11'!M57,"")</f>
         <v/>
       </c>
       <c r="X4" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y4" s="64"/>
       <c r="Z4" s="66" t="str">
         <f>IF('DT-11'!M57&lt;&gt;"",Z3,"")</f>
         <v/>
       </c>
       <c r="AA4" s="66" t="str">
         <f>ASC(IF('DT-11'!M57&lt;A1&gt;"",'DT-11'!U57,""))</f>
@@ -8885,89 +9670,89 @@
     <row r="5" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="39" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",A4,"")</f>
         <v/>
       </c>
       <c r="B5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",B4,"")</f>
         <v/>
       </c>
       <c r="C5" s="67" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",C4,"")</f>
         <v/>
       </c>
       <c r="D5" s="66"/>
       <c r="E5" s="66"/>
       <c r="F5" s="66"/>
       <c r="G5" s="66"/>
       <c r="H5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",H4,"")</f>
         <v/>
       </c>
       <c r="I5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",I4,"")</f>
         <v/>
       </c>
-      <c r="J5" s="66" t="str">
-        <f>IF('DT-11'!M58&lt;&gt;"",J4,"")</f>
+      <c r="J5" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",K4,"")</f>
         <v/>
       </c>
       <c r="L5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",L4,"")</f>
         <v/>
       </c>
       <c r="M5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",M4,"")</f>
         <v/>
       </c>
       <c r="N5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",N4,"")</f>
         <v/>
       </c>
       <c r="O5" s="89" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",O4,"")</f>
         <v/>
       </c>
       <c r="P5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",P4,"")</f>
         <v/>
       </c>
       <c r="Q5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",Q4,"")</f>
         <v/>
       </c>
       <c r="R5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",R4,"")</f>
         <v/>
       </c>
       <c r="S5" s="66"/>
       <c r="T5" s="66" t="str">
-        <f>IF('DT-11'!M58&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC58, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M58&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC58, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",'DT-11'!C58,"")</f>
         <v/>
       </c>
       <c r="V5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",'DT-11'!H58,"")</f>
         <v/>
       </c>
       <c r="W5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",'DT-11'!M58,"")</f>
         <v/>
       </c>
       <c r="X5" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y5" s="64"/>
       <c r="Z5" s="66" t="str">
         <f>IF('DT-11'!M58&lt;&gt;"",Z4,"")</f>
         <v/>
       </c>
       <c r="AA5" s="66" t="str">
         <f>ASC(IF('DT-11'!M58&lt;&gt;"",'DT-11'!U58,""))</f>
@@ -9074,89 +9859,89 @@
     <row r="6" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="39" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",A5,"")</f>
         <v/>
       </c>
       <c r="B6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",B5,"")</f>
         <v/>
       </c>
       <c r="C6" s="67" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",C5,"")</f>
         <v/>
       </c>
       <c r="D6" s="66"/>
       <c r="E6" s="66"/>
       <c r="F6" s="66"/>
       <c r="G6" s="66"/>
       <c r="H6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",H5,"")</f>
         <v/>
       </c>
       <c r="I6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",I5,"")</f>
         <v/>
       </c>
-      <c r="J6" s="66" t="str">
-        <f>IF('DT-11'!M59&lt;&gt;"",J5,"")</f>
+      <c r="J6" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",K5,"")</f>
         <v/>
       </c>
       <c r="L6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",L5,"")</f>
         <v/>
       </c>
       <c r="M6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",M5,"")</f>
         <v/>
       </c>
       <c r="N6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",N5,"")</f>
         <v/>
       </c>
       <c r="O6" s="89" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",O5,"")</f>
         <v/>
       </c>
       <c r="P6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",P5,"")</f>
         <v/>
       </c>
       <c r="Q6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",Q5,"")</f>
         <v/>
       </c>
       <c r="R6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",R5,"")</f>
         <v/>
       </c>
       <c r="S6" s="66"/>
       <c r="T6" s="66" t="str">
-        <f>IF('DT-11'!M59&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC59, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M59&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC59, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",'DT-11'!C59,"")</f>
         <v/>
       </c>
       <c r="V6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",'DT-11'!H59,"")</f>
         <v/>
       </c>
       <c r="W6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",'DT-11'!M59,"")</f>
         <v/>
       </c>
       <c r="X6" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y6" s="64"/>
       <c r="Z6" s="66" t="str">
         <f>IF('DT-11'!M59&lt;&gt;"",Z5,"")</f>
         <v/>
       </c>
       <c r="AA6" s="66" t="str">
         <f>ASC(IF('DT-11'!M59&lt;&gt;"",'DT-11'!U59,""))</f>
@@ -9263,89 +10048,89 @@
     <row r="7" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="39" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",A6,"")</f>
         <v/>
       </c>
       <c r="B7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",B6,"")</f>
         <v/>
       </c>
       <c r="C7" s="67" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",C6,"")</f>
         <v/>
       </c>
       <c r="D7" s="66"/>
       <c r="E7" s="66"/>
       <c r="F7" s="66"/>
       <c r="G7" s="66"/>
       <c r="H7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",H6,"")</f>
         <v/>
       </c>
       <c r="I7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",I6,"")</f>
         <v/>
       </c>
-      <c r="J7" s="66" t="str">
-        <f>IF('DT-11'!M60&lt;&gt;"",J6,"")</f>
+      <c r="J7" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",K6,"")</f>
         <v/>
       </c>
       <c r="L7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",L6,"")</f>
         <v/>
       </c>
       <c r="M7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",M6,"")</f>
         <v/>
       </c>
       <c r="N7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",N6,"")</f>
         <v/>
       </c>
       <c r="O7" s="89" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",O6,"")</f>
         <v/>
       </c>
       <c r="P7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",P6,"")</f>
         <v/>
       </c>
       <c r="Q7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",Q6,"")</f>
         <v/>
       </c>
       <c r="R7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",R6,"")</f>
         <v/>
       </c>
       <c r="S7" s="66"/>
       <c r="T7" s="66" t="str">
-        <f>IF('DT-11'!M60&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC60, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M60&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC60, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",'DT-11'!C60,"")</f>
         <v/>
       </c>
       <c r="V7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",'DT-11'!H60,"")</f>
         <v/>
       </c>
       <c r="W7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",'DT-11'!M60,"")</f>
         <v/>
       </c>
       <c r="X7" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y7" s="64"/>
       <c r="Z7" s="66" t="str">
         <f>IF('DT-11'!M60&lt;&gt;"",Z6,"")</f>
         <v/>
       </c>
       <c r="AA7" s="66" t="str">
         <f>ASC(IF('DT-11'!M60&lt;&gt;"",'DT-11'!U60,""))</f>
@@ -9452,89 +10237,89 @@
     <row r="8" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="39" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",A7,"")</f>
         <v/>
       </c>
       <c r="B8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",B7,"")</f>
         <v/>
       </c>
       <c r="C8" s="67" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",C7,"")</f>
         <v/>
       </c>
       <c r="D8" s="66"/>
       <c r="E8" s="66"/>
       <c r="F8" s="66"/>
       <c r="G8" s="66"/>
       <c r="H8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",H7,"")</f>
         <v/>
       </c>
       <c r="I8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",I7,"")</f>
         <v/>
       </c>
-      <c r="J8" s="66" t="str">
-        <f>IF('DT-11'!M61&lt;&gt;"",J7,"")</f>
+      <c r="J8" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",K7,"")</f>
         <v/>
       </c>
       <c r="L8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",L7,"")</f>
         <v/>
       </c>
       <c r="M8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",M7,"")</f>
         <v/>
       </c>
       <c r="N8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",N7,"")</f>
         <v/>
       </c>
       <c r="O8" s="89" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",O7,"")</f>
         <v/>
       </c>
       <c r="P8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",P7,"")</f>
         <v/>
       </c>
       <c r="Q8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",Q7,"")</f>
         <v/>
       </c>
       <c r="R8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",R7,"")</f>
         <v/>
       </c>
       <c r="S8" s="66"/>
       <c r="T8" s="66" t="str">
-        <f>IF('DT-11'!M61&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC61, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M61&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC61, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",'DT-11'!C61,"")</f>
         <v/>
       </c>
       <c r="V8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",'DT-11'!H61,"")</f>
         <v/>
       </c>
       <c r="W8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",'DT-11'!M61,"")</f>
         <v/>
       </c>
       <c r="X8" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y8" s="64"/>
       <c r="Z8" s="66" t="str">
         <f>IF('DT-11'!M61&lt;&gt;"",Z7,"")</f>
         <v/>
       </c>
       <c r="AA8" s="66" t="str">
         <f>ASC(IF('DT-11'!M61&lt;&gt;"",'DT-11'!U61,""))</f>
@@ -9641,89 +10426,89 @@
     <row r="9" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="39" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",A8,"")</f>
         <v/>
       </c>
       <c r="B9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",B8,"")</f>
         <v/>
       </c>
       <c r="C9" s="67" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",C8,"")</f>
         <v/>
       </c>
       <c r="D9" s="66"/>
       <c r="E9" s="66"/>
       <c r="F9" s="66"/>
       <c r="G9" s="66"/>
       <c r="H9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",H8,"")</f>
         <v/>
       </c>
       <c r="I9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",I8,"")</f>
         <v/>
       </c>
-      <c r="J9" s="66" t="str">
-        <f>IF('DT-11'!M62&lt;&gt;"",J8,"")</f>
+      <c r="J9" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",K8,"")</f>
         <v/>
       </c>
       <c r="L9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",L8,"")</f>
         <v/>
       </c>
       <c r="M9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",M8,"")</f>
         <v/>
       </c>
       <c r="N9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",N8,"")</f>
         <v/>
       </c>
       <c r="O9" s="89" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",O8,"")</f>
         <v/>
       </c>
       <c r="P9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",P8,"")</f>
         <v/>
       </c>
       <c r="Q9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",Q8,"")</f>
         <v/>
       </c>
       <c r="R9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",R8,"")</f>
         <v/>
       </c>
       <c r="S9" s="66"/>
       <c r="T9" s="66" t="str">
-        <f>IF('DT-11'!M62&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC62, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M62&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC62, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",'DT-11'!C62,"")</f>
         <v/>
       </c>
       <c r="V9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",'DT-11'!H62,"")</f>
         <v/>
       </c>
       <c r="W9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",'DT-11'!M62,"")</f>
         <v/>
       </c>
       <c r="X9" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y9" s="64"/>
       <c r="Z9" s="66" t="str">
         <f>IF('DT-11'!M62&lt;&gt;"",Z8,"")</f>
         <v/>
       </c>
       <c r="AA9" s="66" t="str">
         <f>ASC(IF('DT-11'!M62&lt;&gt;"",'DT-11'!U62,""))</f>
@@ -9830,89 +10615,89 @@
     <row r="10" spans="1:52" s="40" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="39" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",A9,"")</f>
         <v/>
       </c>
       <c r="B10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",B9,"")</f>
         <v/>
       </c>
       <c r="C10" s="67" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",C9,"")</f>
         <v/>
       </c>
       <c r="D10" s="66"/>
       <c r="E10" s="66"/>
       <c r="F10" s="66"/>
       <c r="G10" s="66"/>
       <c r="H10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",H9,"")</f>
         <v/>
       </c>
       <c r="I10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",I9,"")</f>
         <v/>
       </c>
-      <c r="J10" s="66" t="str">
-        <f>IF('DT-11'!M63&lt;&gt;"",J9,"")</f>
+      <c r="J10" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",K9,"")</f>
         <v/>
       </c>
       <c r="L10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",L9,"")</f>
         <v/>
       </c>
       <c r="M10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",M9,"")</f>
         <v/>
       </c>
       <c r="N10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",N9,"")</f>
         <v/>
       </c>
       <c r="O10" s="89" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",O9,"")</f>
         <v/>
       </c>
       <c r="P10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",P9,"")</f>
         <v/>
       </c>
       <c r="Q10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",Q9,"")</f>
         <v/>
       </c>
       <c r="R10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",R9,"")</f>
         <v/>
       </c>
       <c r="S10" s="66"/>
       <c r="T10" s="66" t="str">
-        <f>IF('DT-11'!M63&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC63, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M63&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC63, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",'DT-11'!C63,"")</f>
         <v/>
       </c>
       <c r="V10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",'DT-11'!H63,"")</f>
         <v/>
       </c>
       <c r="W10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",'DT-11'!M63,"")</f>
         <v/>
       </c>
       <c r="X10" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y10" s="64"/>
       <c r="Z10" s="66" t="str">
         <f>IF('DT-11'!M63&lt;&gt;"",Z9,"")</f>
         <v/>
       </c>
       <c r="AA10" s="66" t="str">
         <f>ASC(IF('DT-11'!M63&lt;&gt;"",'DT-11'!U63,""))</f>
@@ -10019,89 +10804,89 @@
     <row r="11" spans="1:52" ht="15.75" x14ac:dyDescent="0.15">
       <c r="A11" s="39" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",A10,"")</f>
         <v/>
       </c>
       <c r="B11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",B10,"")</f>
         <v/>
       </c>
       <c r="C11" s="67" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",C10,"")</f>
         <v/>
       </c>
       <c r="D11" s="68"/>
       <c r="E11" s="68"/>
       <c r="F11" s="68"/>
       <c r="G11" s="68"/>
       <c r="H11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",H10,"")</f>
         <v/>
       </c>
       <c r="I11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",I10,"")</f>
         <v/>
       </c>
-      <c r="J11" s="66" t="str">
-        <f>IF('DT-11'!M64&lt;&gt;"",J10,"")</f>
+      <c r="J11" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",K10,"")</f>
         <v/>
       </c>
       <c r="L11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",L10,"")</f>
         <v/>
       </c>
       <c r="M11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",M10,"")</f>
         <v/>
       </c>
       <c r="N11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",N10,"")</f>
         <v/>
       </c>
       <c r="O11" s="89" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",O10,"")</f>
         <v/>
       </c>
       <c r="P11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",P10,"")</f>
         <v/>
       </c>
       <c r="Q11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",Q10,"")</f>
         <v/>
       </c>
       <c r="R11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",R10,"")</f>
         <v/>
       </c>
       <c r="S11" s="68"/>
       <c r="T11" s="66" t="str">
-        <f>IF('DT-11'!M64&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC64, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M64&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC64, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",'DT-11'!C64,"")</f>
         <v/>
       </c>
       <c r="V11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",'DT-11'!H64,"")</f>
         <v/>
       </c>
       <c r="W11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",'DT-11'!M64,"")</f>
         <v/>
       </c>
       <c r="X11" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y11" s="68"/>
       <c r="Z11" s="66" t="str">
         <f>IF('DT-11'!M64&lt;&gt;"",Z10,"")</f>
         <v/>
       </c>
       <c r="AA11" s="66" t="str">
         <f>ASC(IF('DT-11'!M64&lt;&gt;"",'DT-11'!U64,""))</f>
@@ -10208,89 +10993,89 @@
     <row r="12" spans="1:52" ht="15.75" x14ac:dyDescent="0.15">
       <c r="A12" s="39" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",A11,"")</f>
         <v/>
       </c>
       <c r="B12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",B11,"")</f>
         <v/>
       </c>
       <c r="C12" s="67" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",C11,"")</f>
         <v/>
       </c>
       <c r="D12" s="68"/>
       <c r="E12" s="68"/>
       <c r="F12" s="68"/>
       <c r="G12" s="68"/>
       <c r="H12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",H11,"")</f>
         <v/>
       </c>
       <c r="I12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",I11,"")</f>
         <v/>
       </c>
-      <c r="J12" s="66" t="str">
-        <f>IF('DT-11'!M65&lt;&gt;"",J11,"")</f>
+      <c r="J12" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",K11,"")</f>
         <v/>
       </c>
       <c r="L12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",L11,"")</f>
         <v/>
       </c>
       <c r="M12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",M11,"")</f>
         <v/>
       </c>
       <c r="N12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",N11,"")</f>
         <v/>
       </c>
       <c r="O12" s="89" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",O11,"")</f>
         <v/>
       </c>
       <c r="P12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",P11,"")</f>
         <v/>
       </c>
       <c r="Q12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",Q11,"")</f>
         <v/>
       </c>
       <c r="R12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",R11,"")</f>
         <v/>
       </c>
       <c r="S12" s="68"/>
       <c r="T12" s="66" t="str">
-        <f>IF('DT-11'!M65&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC65, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M65&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC65, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",'DT-11'!C65,"")</f>
         <v/>
       </c>
       <c r="V12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",'DT-11'!H65,"")</f>
         <v/>
       </c>
       <c r="W12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",'DT-11'!M65,"")</f>
         <v/>
       </c>
       <c r="X12" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y12" s="68"/>
       <c r="Z12" s="66" t="str">
         <f>IF('DT-11'!M65&lt;&gt;"",Z11,"")</f>
         <v/>
       </c>
       <c r="AA12" s="66" t="str">
         <f>ASC(IF('DT-11'!M65&lt;&gt;"",'DT-11'!U65,""))</f>
@@ -10397,89 +11182,89 @@
     <row r="13" spans="1:52" ht="15.75" x14ac:dyDescent="0.15">
       <c r="A13" s="39" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",A12,"")</f>
         <v/>
       </c>
       <c r="B13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",B12,"")</f>
         <v/>
       </c>
       <c r="C13" s="67" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",C12,"")</f>
         <v/>
       </c>
       <c r="D13" s="68"/>
       <c r="E13" s="68"/>
       <c r="F13" s="68"/>
       <c r="G13" s="68"/>
       <c r="H13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",H12,"")</f>
         <v/>
       </c>
       <c r="I13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",I12,"")</f>
         <v/>
       </c>
-      <c r="J13" s="66" t="str">
-        <f>IF('DT-11'!M66&lt;&gt;"",J12,"")</f>
+      <c r="J13" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",K12,"")</f>
         <v/>
       </c>
       <c r="L13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",L12,"")</f>
         <v/>
       </c>
       <c r="M13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",M12,"")</f>
         <v/>
       </c>
       <c r="N13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",N12,"")</f>
         <v/>
       </c>
       <c r="O13" s="89" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",O12,"")</f>
         <v/>
       </c>
       <c r="P13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",P12,"")</f>
         <v/>
       </c>
       <c r="Q13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",Q12,"")</f>
         <v/>
       </c>
       <c r="R13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",R12,"")</f>
         <v/>
       </c>
       <c r="S13" s="68"/>
       <c r="T13" s="66" t="str">
-        <f>IF('DT-11'!M66&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC66, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M66&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC66, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",'DT-11'!C66,"")</f>
         <v/>
       </c>
       <c r="V13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",'DT-11'!H66,"")</f>
         <v/>
       </c>
       <c r="W13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",'DT-11'!M66,"")</f>
         <v/>
       </c>
       <c r="X13" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y13" s="68"/>
       <c r="Z13" s="66" t="str">
         <f>IF('DT-11'!M66&lt;&gt;"",Z12,"")</f>
         <v/>
       </c>
       <c r="AA13" s="66" t="str">
         <f>ASC(IF('DT-11'!M66&lt;&gt;"",'DT-11'!U66,""))</f>
@@ -10586,89 +11371,89 @@
     <row r="14" spans="1:52" ht="15.75" x14ac:dyDescent="0.15">
       <c r="A14" s="39" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",A13,"")</f>
         <v/>
       </c>
       <c r="B14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",B13,"")</f>
         <v/>
       </c>
       <c r="C14" s="67" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",C13,"")</f>
         <v/>
       </c>
       <c r="D14" s="68"/>
       <c r="E14" s="68"/>
       <c r="F14" s="68"/>
       <c r="G14" s="68"/>
       <c r="H14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",H13,"")</f>
         <v/>
       </c>
       <c r="I14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",I13,"")</f>
         <v/>
       </c>
-      <c r="J14" s="66" t="str">
-        <f>IF('DT-11'!M67&lt;&gt;"",J13,"")</f>
+      <c r="J14" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",K13,"")</f>
         <v/>
       </c>
       <c r="L14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",L13,"")</f>
         <v/>
       </c>
       <c r="M14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",M13,"")</f>
         <v/>
       </c>
       <c r="N14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",N13,"")</f>
         <v/>
       </c>
       <c r="O14" s="89" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",O13,"")</f>
         <v/>
       </c>
       <c r="P14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",P13,"")</f>
         <v/>
       </c>
       <c r="Q14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",Q13,"")</f>
         <v/>
       </c>
       <c r="R14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",R13,"")</f>
         <v/>
       </c>
       <c r="S14" s="68"/>
       <c r="T14" s="66" t="str">
-        <f>IF('DT-11'!M67&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC67, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M67&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC67, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",'DT-11'!C67,"")</f>
         <v/>
       </c>
       <c r="V14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",'DT-11'!H67,"")</f>
         <v/>
       </c>
       <c r="W14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",'DT-11'!M67,"")</f>
         <v/>
       </c>
       <c r="X14" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y14" s="68"/>
       <c r="Z14" s="66" t="str">
         <f>IF('DT-11'!M67&lt;&gt;"",Z13,"")</f>
         <v/>
       </c>
       <c r="AA14" s="66" t="str">
         <f>ASC(IF('DT-11'!M67&lt;&gt;"",'DT-11'!U67,""))</f>
@@ -10775,89 +11560,89 @@
     <row r="15" spans="1:52" ht="15.75" x14ac:dyDescent="0.15">
       <c r="A15" s="39" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",A14,"")</f>
         <v/>
       </c>
       <c r="B15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",B14,"")</f>
         <v/>
       </c>
       <c r="C15" s="67" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",C14,"")</f>
         <v/>
       </c>
       <c r="D15" s="68"/>
       <c r="E15" s="68"/>
       <c r="F15" s="68"/>
       <c r="G15" s="68"/>
       <c r="H15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",H14,"")</f>
         <v/>
       </c>
       <c r="I15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",I14,"")</f>
         <v/>
       </c>
-      <c r="J15" s="66" t="str">
-        <f>IF('DT-11'!M68&lt;&gt;"",J14,"")</f>
+      <c r="J15" s="64" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",K14,"")</f>
         <v/>
       </c>
       <c r="L15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",L14,"")</f>
         <v/>
       </c>
       <c r="M15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",M14,"")</f>
         <v/>
       </c>
       <c r="N15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",N14,"")</f>
         <v/>
       </c>
       <c r="O15" s="89" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",O14,"")</f>
         <v/>
       </c>
       <c r="P15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",P14,"")</f>
         <v/>
       </c>
       <c r="Q15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",Q14,"")</f>
         <v/>
       </c>
       <c r="R15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",R14,"")</f>
         <v/>
       </c>
       <c r="S15" s="68"/>
       <c r="T15" s="66" t="str">
-        <f>IF('DT-11'!M68&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC68, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+        <f>IF('DT-11'!M68&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC68, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",'DT-11'!C68,"")</f>
         <v/>
       </c>
       <c r="V15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",'DT-11'!H68,"")</f>
         <v/>
       </c>
       <c r="W15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",'DT-11'!M68,"")</f>
         <v/>
       </c>
       <c r="X15" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y15" s="68"/>
       <c r="Z15" s="66" t="str">
         <f>IF('DT-11'!M68&lt;&gt;"",Z14,"")</f>
         <v/>
       </c>
       <c r="AA15" s="66" t="str">
         <f>ASC(IF('DT-11'!M68&lt;&gt;"",'DT-11'!U68,""))</f>
@@ -10964,89 +11749,89 @@
     <row r="16" spans="1:52" ht="16.5" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A16" s="41" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",A15,"")</f>
         <v/>
       </c>
       <c r="B16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",B15,"")</f>
         <v/>
       </c>
       <c r="C16" s="43" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",C15,"")</f>
         <v/>
       </c>
       <c r="D16" s="69"/>
       <c r="E16" s="69"/>
       <c r="F16" s="69"/>
       <c r="G16" s="69"/>
       <c r="H16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",H15,"")</f>
         <v/>
       </c>
       <c r="I16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",I15,"")</f>
         <v/>
       </c>
-      <c r="J16" s="42" t="str">
-        <f>IF('DT-11'!M69&lt;&gt;"",J15,"")</f>
+      <c r="J16" s="142" t="str">
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",K15,"")</f>
         <v/>
       </c>
       <c r="L16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",L15,"")</f>
         <v/>
       </c>
       <c r="M16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",M15,"")</f>
         <v/>
       </c>
       <c r="N16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",N15,"")</f>
         <v/>
       </c>
       <c r="O16" s="90" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",O15,"")</f>
         <v/>
       </c>
       <c r="P16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",P15,"")</f>
         <v/>
       </c>
       <c r="Q16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",Q15,"")</f>
         <v/>
       </c>
       <c r="R16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",R15,"")</f>
         <v/>
       </c>
       <c r="S16" s="69"/>
-      <c r="T16" s="42" t="str">
-        <f>IF('DT-11'!M69&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC69, "Administrator", "統括者"), "Trader", "担当者"), "Auditor", "監査担当者"), "")</f>
+      <c r="T16" s="66" t="str">
+        <f>IF('DT-11'!M69&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('DT-11'!AC69, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",'DT-11'!C69,"")</f>
         <v/>
       </c>
       <c r="V16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",'DT-11'!H69,"")</f>
         <v/>
       </c>
       <c r="W16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",'DT-11'!M69,"")</f>
         <v/>
       </c>
       <c r="X16" s="38" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Y16" s="69"/>
       <c r="Z16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",Z15,"")</f>
         <v/>
       </c>
       <c r="AA16" s="42" t="str">
         <f>ASC(IF('DT-11'!M69&lt;&gt;"",'DT-11'!U69,""))</f>
@@ -11138,68 +11923,1143 @@
         <v/>
       </c>
       <c r="AX16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",AX15,"")</f>
         <v/>
       </c>
       <c r="AY16" s="42" t="str">
         <f>IF('DT-11'!M69&lt;&gt;"",AY15,"")</f>
         <v/>
       </c>
       <c r="AZ16" s="61" t="str">
         <f>IF('DT-11'!C69&lt;&gt;"",AZ15,"")</f>
         <v/>
       </c>
     </row>
     <row r="17" spans="1:15" ht="15.75" x14ac:dyDescent="0.15">
       <c r="A17" s="66"/>
       <c r="O17" s="91"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.15">
       <c r="O18" s="91"/>
     </row>
   </sheetData>
   <phoneticPr fontId="6"/>
   <conditionalFormatting sqref="B1:B2">
-    <cfRule type="expression" dxfId="24" priority="1">
+    <cfRule type="expression" dxfId="27" priority="1">
       <formula>AND(#REF!="済",B1="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F1:G2">
-    <cfRule type="expression" dxfId="23" priority="2">
+    <cfRule type="expression" dxfId="26" priority="2">
       <formula>AND(#REF!="済",F1="")</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation allowBlank="1" sqref="A2:B10 AA2 AC3:AC16 C3:O10 Q3:S10 H11:O16 A11:A17 AE3:AZ16 P3:P16 Q11:R16 Z3:AA16 B11:C16 T2:W16" xr:uid="{E25C35C4-C8AB-4453-8B0E-DCDBCE1ED8CA}"/>
+    <dataValidation allowBlank="1" sqref="A2:B10 AA2 AC3:AC16 Q3:S10 T2:W16 A11:A17 AE3:AZ16 Q11:R16 Z3:AA16 B11:C16 H11:I16 C3:I10 K3:P16" xr:uid="{E25C35C4-C8AB-4453-8B0E-DCDBCE1ED8CA}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <customProperties>
+    <customPr name="layoutContexts" r:id="rId2"/>
+  </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{907BDDEE-5F18-41C1-9626-DE025758334B}">
+  <dimension ref="A1:AY9"/>
+  <sheetViews>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="I6" sqref="I6:I7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <cols>
+    <col min="1" max="1" width="5.5" style="117" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.75" style="117" customWidth="1"/>
+    <col min="3" max="3" width="25.625" style="117" customWidth="1"/>
+    <col min="4" max="4" width="29.5" style="117" customWidth="1"/>
+    <col min="5" max="5" width="17.75" style="117" customWidth="1"/>
+    <col min="6" max="6" width="21" style="117" customWidth="1"/>
+    <col min="7" max="7" width="17" style="117" customWidth="1"/>
+    <col min="8" max="8" width="21.5" style="117" customWidth="1"/>
+    <col min="9" max="9" width="25.75" style="117" customWidth="1"/>
+    <col min="10" max="10" width="23.5" style="117" customWidth="1"/>
+    <col min="11" max="11" width="22.75" style="117" customWidth="1"/>
+    <col min="12" max="12" width="24.5" style="117" customWidth="1"/>
+    <col min="13" max="13" width="26.75" style="117" customWidth="1"/>
+    <col min="14" max="14" width="34.125" style="117" customWidth="1"/>
+    <col min="15" max="15" width="33.75" style="117" customWidth="1"/>
+    <col min="16" max="16" width="27.25" style="117" customWidth="1"/>
+    <col min="17" max="17" width="26.5" style="117" customWidth="1"/>
+    <col min="18" max="18" width="27.75" style="117" customWidth="1"/>
+    <col min="19" max="19" width="23.625" style="117" customWidth="1"/>
+    <col min="20" max="20" width="28.375" style="117" customWidth="1"/>
+    <col min="21" max="21" width="18.375" style="125" customWidth="1"/>
+    <col min="22" max="22" width="15.5" style="128" customWidth="1"/>
+    <col min="23" max="23" width="18.125" style="117" customWidth="1"/>
+    <col min="24" max="25" width="22" style="117" customWidth="1"/>
+    <col min="26" max="26" width="26" style="117" customWidth="1"/>
+    <col min="27" max="27" width="33" style="117" customWidth="1"/>
+    <col min="28" max="16384" width="8.875" style="117"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:51" s="115" customFormat="1" ht="31.5" x14ac:dyDescent="0.15">
+      <c r="A1" s="110" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="111" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="112" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D1" s="111" t="s">
+        <v>4</v>
+      </c>
+      <c r="E1" s="111" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F1" s="111" t="s">
+        <v>6</v>
+      </c>
+      <c r="G1" s="111" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H1" s="111" t="s">
+        <v>1597</v>
+      </c>
+      <c r="I1" s="111" t="s">
+        <v>1598</v>
+      </c>
+      <c r="J1" s="111" t="s">
+        <v>1599</v>
+      </c>
+      <c r="K1" s="113" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L1" s="111" t="s">
+        <v>1601</v>
+      </c>
+      <c r="M1" s="111" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N1" s="111" t="s">
+        <v>1603</v>
+      </c>
+      <c r="O1" s="111" t="s">
+        <v>1604</v>
+      </c>
+      <c r="P1" s="111" t="s">
+        <v>1605</v>
+      </c>
+      <c r="Q1" s="111" t="s">
+        <v>1606</v>
+      </c>
+      <c r="R1" s="111" t="s">
+        <v>1607</v>
+      </c>
+      <c r="S1" s="111" t="s">
+        <v>1608</v>
+      </c>
+      <c r="T1" s="111" t="s">
+        <v>1609</v>
+      </c>
+      <c r="U1" s="124" t="s">
+        <v>1610</v>
+      </c>
+      <c r="V1" s="126" t="s">
+        <v>1611</v>
+      </c>
+      <c r="W1" s="113" t="s">
+        <v>1612</v>
+      </c>
+      <c r="X1" s="111" t="s">
+        <v>1613</v>
+      </c>
+      <c r="Y1" s="111" t="s">
+        <v>1614</v>
+      </c>
+      <c r="Z1" s="111" t="s">
+        <v>1615</v>
+      </c>
+      <c r="AA1" s="114" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="2" spans="1:51" s="118" customFormat="1" ht="15.75" x14ac:dyDescent="0.15">
+      <c r="A2" s="93" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="94" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" s="95">
+        <f>'DT-11'!$X$5</f>
+        <v>0</v>
+      </c>
+      <c r="D2" s="96"/>
+      <c r="E2" s="96"/>
+      <c r="F2" s="96"/>
+      <c r="G2" s="96"/>
+      <c r="H2" s="96" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",H2,"")</f>
+        <v/>
+      </c>
+      <c r="I2" s="96" t="s">
+        <v>1593</v>
+      </c>
+      <c r="J2" s="94">
+        <f>'DT-11'!J11</f>
+        <v>0</v>
+      </c>
+      <c r="K2" s="97" t="e">
+        <f>VLOOKUP(J2,機関コードM!$A$2:$B$1218,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="L2" s="94">
+        <f>'DT-11'!$J$14</f>
+        <v>0</v>
+      </c>
+      <c r="M2" s="94">
+        <f>'DT-11'!$J$17</f>
+        <v>0</v>
+      </c>
+      <c r="N2" s="116">
+        <f>'DT-11'!$J$20</f>
+        <v>0</v>
+      </c>
+      <c r="O2" s="94">
+        <f>'DT-11'!$J$23</f>
+        <v>0</v>
+      </c>
+      <c r="P2" s="96"/>
+      <c r="Q2" s="96" t="s">
+        <v>1593</v>
+      </c>
+      <c r="R2" s="96" t="str">
+        <f>SUBSTITUTE('DT-11'!H92, "株式会社", "")</f>
+        <v/>
+      </c>
+      <c r="S2" s="96" t="e">
+        <f>VLOOKUP(R2,コードM!A:C,3,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T2" s="96" t="s">
+        <v>57</v>
+      </c>
+      <c r="U2" s="131">
+        <f>'DT-11'!H93</f>
+        <v>0</v>
+      </c>
+      <c r="V2" s="127">
+        <f>'DT-11'!H94</f>
+        <v>0</v>
+      </c>
+      <c r="W2" s="97">
+        <f>'DT-11'!H95</f>
+        <v>0</v>
+      </c>
+      <c r="X2" s="96" t="e">
+        <f>VLOOKUP(AA2,ベンダー口座名対応表!A:B,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Y2" s="96" t="e">
+        <f>K2</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Z2" s="96" t="str">
+        <f>IF('DT-11'!H96&lt;&gt;"",'DT-11'!H96,"0000")</f>
+        <v>0000</v>
+      </c>
+      <c r="AA2" s="98">
+        <f>'DT-11'!$T$40</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:51" s="120" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="93" t="str">
+        <f>IF('[1]DT-11'!H99&lt;&gt;"",A2,"")</f>
+        <v>新規</v>
+      </c>
+      <c r="B3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",B2,"")</f>
+        <v/>
+      </c>
+      <c r="C3" s="99" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",C2,"")</f>
+        <v/>
+      </c>
+      <c r="D3" s="99"/>
+      <c r="E3" s="97"/>
+      <c r="F3" s="97"/>
+      <c r="G3" s="97"/>
+      <c r="H3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",H2,"")</f>
+        <v/>
+      </c>
+      <c r="I3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",I2,"")</f>
+        <v/>
+      </c>
+      <c r="J3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",J2,"")</f>
+        <v/>
+      </c>
+      <c r="K3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",K2,"")</f>
+        <v/>
+      </c>
+      <c r="L3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",L2,"")</f>
+        <v/>
+      </c>
+      <c r="M3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",M2,"")</f>
+        <v/>
+      </c>
+      <c r="N3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",N2,"")</f>
+        <v/>
+      </c>
+      <c r="O3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",O2,"")</f>
+        <v/>
+      </c>
+      <c r="P3" s="97"/>
+      <c r="Q3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",Q2,"")</f>
+        <v/>
+      </c>
+      <c r="R3" s="97" t="str">
+        <f>IF('DT-11'!H99, "株式会社", "")</f>
+        <v/>
+      </c>
+      <c r="S3" s="96" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",VLOOKUP(R3,コードM!A:C,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="T3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",T2,"")</f>
+        <v/>
+      </c>
+      <c r="U3" s="132">
+        <f>'DT-11'!H100</f>
+        <v>0</v>
+      </c>
+      <c r="V3" s="129" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",'DT-11'!H101,"")</f>
+        <v/>
+      </c>
+      <c r="W3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",'DT-11'!H102,"")</f>
+        <v/>
+      </c>
+      <c r="X3" s="97" t="str">
+        <f>IF(B3="登録待ち", X2, "")</f>
+        <v/>
+      </c>
+      <c r="Y3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",K2,"")</f>
+        <v/>
+      </c>
+      <c r="Z3" s="97" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",IF('DT-11'!H103&lt;&gt;"",'DT-11'!H103,"0000"),"")</f>
+        <v/>
+      </c>
+      <c r="AA3" s="98" t="str">
+        <f>IF('DT-11'!H99&lt;&gt;"",'DT-11'!$T$40,"")</f>
+        <v/>
+      </c>
+      <c r="AB3" s="119"/>
+      <c r="AC3" s="119"/>
+      <c r="AD3" s="119"/>
+      <c r="AE3" s="119"/>
+      <c r="AF3" s="119"/>
+      <c r="AG3" s="119"/>
+      <c r="AH3" s="119"/>
+      <c r="AI3" s="119"/>
+      <c r="AJ3" s="119"/>
+      <c r="AK3" s="119"/>
+      <c r="AL3" s="119"/>
+      <c r="AM3" s="119"/>
+      <c r="AN3" s="119"/>
+      <c r="AO3" s="119"/>
+      <c r="AP3" s="119"/>
+      <c r="AQ3" s="119"/>
+      <c r="AR3" s="119"/>
+      <c r="AS3" s="119"/>
+      <c r="AT3" s="119"/>
+      <c r="AU3" s="119"/>
+      <c r="AV3" s="119"/>
+      <c r="AW3" s="119"/>
+      <c r="AX3" s="119"/>
+      <c r="AY3" s="119"/>
+    </row>
+    <row r="4" spans="1:51" s="120" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="93" t="str">
+        <f>IF('[1]DT-11'!H106&lt;&gt;"",A3,"")</f>
+        <v>新規</v>
+      </c>
+      <c r="B4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",B3,"")</f>
+        <v/>
+      </c>
+      <c r="C4" s="99" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",C3,"")</f>
+        <v/>
+      </c>
+      <c r="D4" s="99"/>
+      <c r="E4" s="97"/>
+      <c r="F4" s="97"/>
+      <c r="G4" s="97"/>
+      <c r="H4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",H3,"")</f>
+        <v/>
+      </c>
+      <c r="I4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",I3,"")</f>
+        <v/>
+      </c>
+      <c r="J4" s="97" t="str">
+        <f>IF('DT-11'!H100&lt;&gt;"",J3,"")</f>
+        <v/>
+      </c>
+      <c r="K4" s="97" t="str">
+        <f>IF('DT-11'!H100&lt;&gt;"",K3,"")</f>
+        <v/>
+      </c>
+      <c r="L4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",L3,"")</f>
+        <v/>
+      </c>
+      <c r="M4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",M3,"")</f>
+        <v/>
+      </c>
+      <c r="N4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",N3,"")</f>
+        <v/>
+      </c>
+      <c r="O4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",O3,"")</f>
+        <v/>
+      </c>
+      <c r="P4" s="97"/>
+      <c r="Q4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",Q3,"")</f>
+        <v/>
+      </c>
+      <c r="R4" s="97" t="str">
+        <f>IF('DT-11'!H106,"株式会社","")</f>
+        <v/>
+      </c>
+      <c r="S4" s="96" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",VLOOKUP(R4,コードM!A:C,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="T4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",T3,"")</f>
+        <v/>
+      </c>
+      <c r="U4" s="132">
+        <f>'DT-11'!H107</f>
+        <v>0</v>
+      </c>
+      <c r="V4" s="129" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",'DT-11'!H108,"")</f>
+        <v/>
+      </c>
+      <c r="W4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",'DT-11'!H109,"")</f>
+        <v/>
+      </c>
+      <c r="X4" s="97" t="str">
+        <f t="shared" ref="X4:X9" si="0">IF(B4="登録待ち", X3, "")</f>
+        <v/>
+      </c>
+      <c r="Y4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",K3,"")</f>
+        <v/>
+      </c>
+      <c r="Z4" s="97" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",IF('DT-11'!H110&lt;&gt;"",'DT-11'!H110,"0000"),"")</f>
+        <v/>
+      </c>
+      <c r="AA4" s="98" t="str">
+        <f>IF('DT-11'!H106&lt;&gt;"",'DT-11'!$T$40,"")</f>
+        <v/>
+      </c>
+      <c r="AB4" s="119"/>
+      <c r="AC4" s="119"/>
+      <c r="AD4" s="119"/>
+      <c r="AE4" s="119"/>
+      <c r="AF4" s="119"/>
+      <c r="AG4" s="119"/>
+      <c r="AH4" s="119"/>
+      <c r="AI4" s="119"/>
+      <c r="AJ4" s="119"/>
+      <c r="AK4" s="119"/>
+      <c r="AL4" s="119"/>
+      <c r="AM4" s="119"/>
+      <c r="AN4" s="119"/>
+      <c r="AO4" s="119"/>
+      <c r="AP4" s="119"/>
+      <c r="AQ4" s="119"/>
+      <c r="AR4" s="119"/>
+      <c r="AS4" s="119"/>
+      <c r="AT4" s="119"/>
+      <c r="AU4" s="119"/>
+      <c r="AV4" s="119"/>
+      <c r="AW4" s="119"/>
+      <c r="AX4" s="119"/>
+      <c r="AY4" s="119"/>
+    </row>
+    <row r="5" spans="1:51" s="120" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="93" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",A4,"")</f>
+        <v/>
+      </c>
+      <c r="B5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",B4,"")</f>
+        <v/>
+      </c>
+      <c r="C5" s="99" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",C4,"")</f>
+        <v/>
+      </c>
+      <c r="D5" s="99"/>
+      <c r="E5" s="97"/>
+      <c r="F5" s="97"/>
+      <c r="G5" s="97"/>
+      <c r="H5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",H4,"")</f>
+        <v/>
+      </c>
+      <c r="I5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",I4,"")</f>
+        <v/>
+      </c>
+      <c r="J5" s="97" t="str">
+        <f>IF('DT-11'!H101&lt;&gt;"",J4,"")</f>
+        <v/>
+      </c>
+      <c r="K5" s="97" t="str">
+        <f>IF('DT-11'!H101&lt;&gt;"",K4,"")</f>
+        <v/>
+      </c>
+      <c r="L5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",L4,"")</f>
+        <v/>
+      </c>
+      <c r="M5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",M4,"")</f>
+        <v/>
+      </c>
+      <c r="N5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",N4,"")</f>
+        <v/>
+      </c>
+      <c r="O5" s="97" t="str">
+        <f>IF('[1]DT-11'!H113&lt;&gt;"",O4,"")</f>
+        <v/>
+      </c>
+      <c r="P5" s="97"/>
+      <c r="Q5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",Q4,"")</f>
+        <v/>
+      </c>
+      <c r="R5" s="97" t="str">
+        <f>IF('DT-11'!H113, "株式会社", "")</f>
+        <v/>
+      </c>
+      <c r="S5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",VLOOKUP(R4,コードM!A:C,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="T5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",T4,"")</f>
+        <v/>
+      </c>
+      <c r="U5" s="132">
+        <f>'DT-11'!Z93</f>
+        <v>0</v>
+      </c>
+      <c r="V5" s="129" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",'DT-11'!H115,"")</f>
+        <v/>
+      </c>
+      <c r="W5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",'DT-11'!H116,"")</f>
+        <v/>
+      </c>
+      <c r="X5" s="97" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="Y5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",K4,"")</f>
+        <v/>
+      </c>
+      <c r="Z5" s="97" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",IF('DT-11'!H117&lt;&gt;"",'DT-11'!H117,"0000"),"")</f>
+        <v/>
+      </c>
+      <c r="AA5" s="98" t="str">
+        <f>IF('DT-11'!H113&lt;&gt;"",'DT-11'!$T$40,"")</f>
+        <v/>
+      </c>
+      <c r="AB5" s="119"/>
+      <c r="AC5" s="119"/>
+      <c r="AD5" s="119"/>
+      <c r="AE5" s="119"/>
+      <c r="AF5" s="119"/>
+      <c r="AG5" s="119"/>
+      <c r="AH5" s="119"/>
+      <c r="AI5" s="119"/>
+      <c r="AJ5" s="119"/>
+      <c r="AK5" s="119"/>
+      <c r="AL5" s="119"/>
+      <c r="AM5" s="119"/>
+      <c r="AN5" s="119"/>
+      <c r="AO5" s="119"/>
+      <c r="AP5" s="119"/>
+      <c r="AQ5" s="119"/>
+      <c r="AR5" s="119"/>
+      <c r="AS5" s="119"/>
+      <c r="AT5" s="119"/>
+      <c r="AU5" s="119"/>
+      <c r="AV5" s="119"/>
+      <c r="AW5" s="119"/>
+      <c r="AX5" s="119"/>
+      <c r="AY5" s="119"/>
+    </row>
+    <row r="6" spans="1:51" s="120" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="100" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",A5,"")</f>
+        <v/>
+      </c>
+      <c r="B6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",B5,"")</f>
+        <v/>
+      </c>
+      <c r="C6" s="102" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",C5,"")</f>
+        <v/>
+      </c>
+      <c r="D6" s="102"/>
+      <c r="E6" s="101"/>
+      <c r="F6" s="101"/>
+      <c r="G6" s="101"/>
+      <c r="H6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",H5,"")</f>
+        <v/>
+      </c>
+      <c r="I6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",I5,"")</f>
+        <v/>
+      </c>
+      <c r="J6" s="97" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",J5,"")</f>
+        <v/>
+      </c>
+      <c r="K6" s="97" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",K5,"")</f>
+        <v/>
+      </c>
+      <c r="L6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",L5,"")</f>
+        <v/>
+      </c>
+      <c r="M6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",M5,"")</f>
+        <v/>
+      </c>
+      <c r="N6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",N5,"")</f>
+        <v/>
+      </c>
+      <c r="O6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",O5,"")</f>
+        <v/>
+      </c>
+      <c r="P6" s="101"/>
+      <c r="Q6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",Q5,"")</f>
+        <v/>
+      </c>
+      <c r="R6" s="101" t="str">
+        <f>IF('DT-11'!Z92, "株式会社", "")</f>
+        <v/>
+      </c>
+      <c r="S6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",VLOOKUP(R6,コードM!A:C,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="T6" s="101" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",T5,"")</f>
+        <v/>
+      </c>
+      <c r="U6" s="133">
+        <f>'DT-11'!Z93</f>
+        <v>0</v>
+      </c>
+      <c r="V6" s="130" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",'DT-11'!Z94,"")</f>
+        <v/>
+      </c>
+      <c r="W6" s="103" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",'DT-11'!Z95,"")</f>
+        <v/>
+      </c>
+      <c r="X6" s="97" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="Y6" s="103" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",K5,"")</f>
+        <v/>
+      </c>
+      <c r="Z6" s="103" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",IF('DT-11'!Z96&lt;&gt;"",'DT-11'!Z96,"0000"),"")</f>
+        <v/>
+      </c>
+      <c r="AA6" s="104" t="str">
+        <f>IF('DT-11'!Z92&lt;&gt;"",'DT-11'!$T$40,"")</f>
+        <v/>
+      </c>
+      <c r="AB6" s="121"/>
+      <c r="AC6" s="121"/>
+      <c r="AD6" s="121"/>
+      <c r="AE6" s="121"/>
+      <c r="AF6" s="121"/>
+      <c r="AG6" s="121"/>
+      <c r="AH6" s="121"/>
+      <c r="AI6" s="121"/>
+      <c r="AJ6" s="121"/>
+      <c r="AK6" s="121"/>
+      <c r="AL6" s="121"/>
+      <c r="AM6" s="121"/>
+      <c r="AN6" s="121"/>
+      <c r="AO6" s="121"/>
+      <c r="AP6" s="121"/>
+      <c r="AQ6" s="121"/>
+      <c r="AR6" s="121"/>
+      <c r="AS6" s="121"/>
+      <c r="AT6" s="121"/>
+      <c r="AU6" s="121"/>
+      <c r="AV6" s="121"/>
+      <c r="AW6" s="121"/>
+      <c r="AX6" s="121"/>
+      <c r="AY6" s="121"/>
+    </row>
+    <row r="7" spans="1:51" s="123" customFormat="1" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="100" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",A6,"")</f>
+        <v/>
+      </c>
+      <c r="B7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",B6,"")</f>
+        <v/>
+      </c>
+      <c r="C7" s="102" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",C6,"")</f>
+        <v/>
+      </c>
+      <c r="D7" s="102"/>
+      <c r="E7" s="101"/>
+      <c r="F7" s="101"/>
+      <c r="G7" s="101"/>
+      <c r="H7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",H6,"")</f>
+        <v/>
+      </c>
+      <c r="I7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",I6,"")</f>
+        <v/>
+      </c>
+      <c r="J7" s="97" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",J6,"")</f>
+        <v/>
+      </c>
+      <c r="K7" s="97" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",K6,"")</f>
+        <v/>
+      </c>
+      <c r="L7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",L6,"")</f>
+        <v/>
+      </c>
+      <c r="M7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",M6,"")</f>
+        <v/>
+      </c>
+      <c r="N7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",N6,"")</f>
+        <v/>
+      </c>
+      <c r="O7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",O6,"")</f>
+        <v/>
+      </c>
+      <c r="P7" s="101"/>
+      <c r="Q7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",Q6,"")</f>
+        <v/>
+      </c>
+      <c r="R7" s="101" t="str">
+        <f>IF('DT-11'!Z99, "株式会社", "")</f>
+        <v/>
+      </c>
+      <c r="S7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",VLOOKUP(R7,コードM!A:C,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="T7" s="101" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",T6,"")</f>
+        <v/>
+      </c>
+      <c r="U7" s="133">
+        <f>'DT-11'!Z100</f>
+        <v>0</v>
+      </c>
+      <c r="V7" s="130" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",'DT-11'!Z101,"")</f>
+        <v/>
+      </c>
+      <c r="W7" s="103" t="str">
+        <f>IF('[1]DT-11'!Z99&lt;&gt;"",'[1]DT-11'!Z102,"")</f>
+        <v/>
+      </c>
+      <c r="X7" s="97" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="Y7" s="103" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",K6,"")</f>
+        <v/>
+      </c>
+      <c r="Z7" s="103" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",IF('DT-11'!Z103&lt;&gt;"",'DT-11'!Z103,"0000"),"")</f>
+        <v/>
+      </c>
+      <c r="AA7" s="104" t="str">
+        <f>IF('DT-11'!Z99&lt;&gt;"",'DT-11'!$T$40,"")</f>
+        <v/>
+      </c>
+      <c r="AB7" s="121"/>
+      <c r="AC7" s="122"/>
+      <c r="AD7" s="121"/>
+      <c r="AE7" s="122"/>
+      <c r="AF7" s="122"/>
+      <c r="AG7" s="122"/>
+      <c r="AH7" s="122"/>
+      <c r="AI7" s="122"/>
+      <c r="AJ7" s="122"/>
+      <c r="AK7" s="122"/>
+      <c r="AL7" s="122"/>
+      <c r="AM7" s="122"/>
+      <c r="AN7" s="122"/>
+      <c r="AO7" s="122"/>
+      <c r="AP7" s="122"/>
+      <c r="AQ7" s="122"/>
+      <c r="AR7" s="122"/>
+      <c r="AS7" s="122"/>
+      <c r="AT7" s="122"/>
+      <c r="AU7" s="122"/>
+      <c r="AV7" s="122"/>
+      <c r="AW7" s="122"/>
+      <c r="AX7" s="122"/>
+      <c r="AY7" s="122"/>
+    </row>
+    <row r="8" spans="1:51" s="123" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="100" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",A7,"")</f>
+        <v/>
+      </c>
+      <c r="B8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",B7,"")</f>
+        <v/>
+      </c>
+      <c r="C8" s="102" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",C7,"")</f>
+        <v/>
+      </c>
+      <c r="D8" s="102"/>
+      <c r="E8" s="101"/>
+      <c r="F8" s="101"/>
+      <c r="G8" s="101"/>
+      <c r="H8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",H7,"")</f>
+        <v/>
+      </c>
+      <c r="I8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",I7,"")</f>
+        <v/>
+      </c>
+      <c r="J8" s="97" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",J7,"")</f>
+        <v/>
+      </c>
+      <c r="K8" s="97" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",K7,"")</f>
+        <v/>
+      </c>
+      <c r="L8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",L7,"")</f>
+        <v/>
+      </c>
+      <c r="M8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",M7,"")</f>
+        <v/>
+      </c>
+      <c r="N8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",N7,"")</f>
+        <v/>
+      </c>
+      <c r="O8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",O7,"")</f>
+        <v/>
+      </c>
+      <c r="P8" s="101"/>
+      <c r="Q8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",Q7,"")</f>
+        <v/>
+      </c>
+      <c r="R8" s="101" t="str">
+        <f>IF('DT-11'!Z106, "株式会社", "")</f>
+        <v/>
+      </c>
+      <c r="S8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",VLOOKUP(R8,コードM!A:C,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="T8" s="101" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",T7,"")</f>
+        <v/>
+      </c>
+      <c r="U8" s="133">
+        <f>'DT-11'!Z107</f>
+        <v>0</v>
+      </c>
+      <c r="V8" s="130" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",'DT-11'!Z108,"")</f>
+        <v/>
+      </c>
+      <c r="W8" s="105" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",'DT-11'!Z109,"")</f>
+        <v/>
+      </c>
+      <c r="X8" s="97" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="Y8" s="106" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",K7,"")</f>
+        <v/>
+      </c>
+      <c r="Z8" s="103" t="str">
+        <f>IF('[1]DT-11'!Z106&lt;&gt;"",IF('[1]DT-11'!Z110&lt;&gt;"",'[1]DT-11'!Z110,"0000"),"")</f>
+        <v/>
+      </c>
+      <c r="AA8" s="104" t="str">
+        <f>IF('DT-11'!Z106&lt;&gt;"",'DT-11'!$T$40,"")</f>
+        <v/>
+      </c>
+      <c r="AB8" s="121"/>
+      <c r="AC8" s="122"/>
+      <c r="AD8" s="121"/>
+      <c r="AE8" s="122"/>
+      <c r="AF8" s="122"/>
+      <c r="AG8" s="122"/>
+      <c r="AH8" s="122"/>
+      <c r="AI8" s="122"/>
+      <c r="AJ8" s="122"/>
+      <c r="AK8" s="122"/>
+      <c r="AL8" s="122"/>
+      <c r="AM8" s="122"/>
+      <c r="AN8" s="122"/>
+      <c r="AO8" s="122"/>
+      <c r="AP8" s="122"/>
+      <c r="AQ8" s="122"/>
+      <c r="AR8" s="122"/>
+      <c r="AS8" s="122"/>
+      <c r="AT8" s="122"/>
+      <c r="AU8" s="122"/>
+      <c r="AV8" s="122"/>
+      <c r="AW8" s="122"/>
+      <c r="AX8" s="122"/>
+      <c r="AY8" s="122"/>
+    </row>
+    <row r="9" spans="1:51" s="123" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="107" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",A8,"")</f>
+        <v/>
+      </c>
+      <c r="B9" s="108" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",B8,"")</f>
+        <v/>
+      </c>
+      <c r="C9" s="109" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",C8,"")</f>
+        <v/>
+      </c>
+      <c r="D9" s="109"/>
+      <c r="E9" s="108"/>
+      <c r="F9" s="134"/>
+      <c r="G9" s="134"/>
+      <c r="H9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",H8,"")</f>
+        <v/>
+      </c>
+      <c r="I9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",I8,"")</f>
+        <v/>
+      </c>
+      <c r="J9" s="135" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",J8,"")</f>
+        <v/>
+      </c>
+      <c r="K9" s="135" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",K8,"")</f>
+        <v/>
+      </c>
+      <c r="L9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",L8,"")</f>
+        <v/>
+      </c>
+      <c r="M9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",M8,"")</f>
+        <v/>
+      </c>
+      <c r="N9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",N8,"")</f>
+        <v/>
+      </c>
+      <c r="O9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",O8,"")</f>
+        <v/>
+      </c>
+      <c r="P9" s="134"/>
+      <c r="Q9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",Q8,"")</f>
+        <v/>
+      </c>
+      <c r="R9" s="134" t="str">
+        <f>IF('DT-11'!Z113, "株式会社", "")</f>
+        <v/>
+      </c>
+      <c r="S9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",VLOOKUP(R9,コードM!A:C,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="T9" s="134" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",T8,"")</f>
+        <v/>
+      </c>
+      <c r="U9" s="136">
+        <f>'DT-11'!Z114</f>
+        <v>0</v>
+      </c>
+      <c r="V9" s="137" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",'DT-11'!Z115,"")</f>
+        <v/>
+      </c>
+      <c r="W9" s="138" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",'DT-11'!Z116,"")</f>
+        <v/>
+      </c>
+      <c r="X9" s="135" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="Y9" s="139" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",K8,"")</f>
+        <v/>
+      </c>
+      <c r="Z9" s="140" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",IF('DT-11'!Z117&lt;&gt;"",'DT-11'!Z117,"0000"),"")</f>
+        <v/>
+      </c>
+      <c r="AA9" s="141" t="str">
+        <f>IF('DT-11'!Z113&lt;&gt;"",'DT-11'!$T$40,"")</f>
+        <v/>
+      </c>
+      <c r="AB9" s="121"/>
+      <c r="AC9" s="122"/>
+      <c r="AD9" s="121"/>
+      <c r="AE9" s="122"/>
+      <c r="AF9" s="122"/>
+      <c r="AG9" s="122"/>
+      <c r="AH9" s="122"/>
+      <c r="AI9" s="122"/>
+      <c r="AJ9" s="122"/>
+      <c r="AK9" s="122"/>
+      <c r="AL9" s="122"/>
+      <c r="AM9" s="122"/>
+      <c r="AN9" s="122"/>
+      <c r="AO9" s="122"/>
+      <c r="AP9" s="122"/>
+      <c r="AQ9" s="122"/>
+      <c r="AR9" s="122"/>
+      <c r="AS9" s="122"/>
+      <c r="AT9" s="122"/>
+      <c r="AU9" s="122"/>
+      <c r="AV9" s="122"/>
+      <c r="AW9" s="122"/>
+      <c r="AX9" s="122"/>
+      <c r="AY9" s="122"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="6"/>
+  <conditionalFormatting sqref="B1:B2">
+    <cfRule type="expression" dxfId="25" priority="1">
+      <formula>AND(#REF!="済",B1="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C1">
+    <cfRule type="expression" dxfId="24" priority="2">
+      <formula>AND(TODAY()&gt;WORKDAY(#REF!,3),(LEN(#REF!)&gt;0),(#REF!=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F2:G2">
+    <cfRule type="expression" dxfId="23" priority="4">
+      <formula>AND(#REF!="済",F2="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="1">
+    <dataValidation allowBlank="1" sqref="AC7:AC9 AE7:AY9 A3:R9 A2:B2 T3:AA9" xr:uid="{B4A78D7C-B8F6-40DB-8F2A-2A887973C399}"/>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <customProperties>
+    <customPr name="layoutContexts" r:id="rId1"/>
+  </customProperties>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{310C6B0D-D70C-408A-94F1-2602650FEBB2}">
   <sheetPr codeName="Sheet4">
     <tabColor theme="9" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:D1217"/>
   <sheetViews>
     <sheetView topLeftCell="A37" workbookViewId="0">
       <selection activeCell="T40" sqref="T40:AK40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="23.625" style="74" customWidth="1"/>
     <col min="2" max="2" width="9" style="73"/>
     <col min="3" max="16384" width="9" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A1" s="72" t="s">
         <v>303</v>
       </c>
       <c r="B1" s="73" t="s">
         <v>304</v>
       </c>
     </row>
@@ -20916,222 +22776,225 @@
         <v>1518</v>
       </c>
       <c r="B1215" s="74">
         <v>9489</v>
       </c>
     </row>
     <row r="1216" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A1216" s="74" t="s">
         <v>1519</v>
       </c>
       <c r="B1216" s="74">
         <v>9493</v>
       </c>
     </row>
     <row r="1217" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A1217" s="74" t="s">
         <v>1520</v>
       </c>
       <c r="B1217" s="74">
         <v>9900</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="6"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <customProperties>
+    <customPr name="layoutContexts" r:id="rId1"/>
+  </customProperties>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:AY125"/>
+  <dimension ref="A1:AY128"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="177" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="115" workbookViewId="0">
       <selection activeCell="X5" sqref="X5:AJ6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="2.5" style="4"/>
     <col min="3" max="7" width="4" style="4" customWidth="1"/>
     <col min="8" max="9" width="2.5" style="4"/>
     <col min="10" max="10" width="3" style="4" customWidth="1"/>
     <col min="11" max="12" width="2.5" style="4" customWidth="1"/>
     <col min="13" max="17" width="2.5" style="4"/>
     <col min="18" max="18" width="2.5" style="4" customWidth="1"/>
     <col min="19" max="20" width="2.5" style="4"/>
     <col min="21" max="25" width="4.125" style="4" customWidth="1"/>
     <col min="26" max="27" width="2.5" style="4" customWidth="1"/>
     <col min="28" max="36" width="2.5" style="4"/>
     <col min="37" max="37" width="5.125" style="4" customWidth="1"/>
     <col min="38" max="38" width="4.25" style="4" customWidth="1"/>
     <col min="39" max="40" width="2.5" style="4" customWidth="1"/>
     <col min="41" max="41" width="2.5" style="4"/>
     <col min="42" max="42" width="2.5" style="5" customWidth="1"/>
     <col min="43" max="43" width="2.5" style="4" customWidth="1"/>
     <col min="44" max="44" width="1" style="4" customWidth="1"/>
     <col min="45" max="48" width="2.5" style="4"/>
     <col min="49" max="51" width="2.5" style="5" customWidth="1"/>
     <col min="52" max="16384" width="2.5" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="125" t="s">
+      <c r="A1" s="175" t="s">
         <v>1521</v>
       </c>
-      <c r="B1" s="126"/>
-[...35 lines deleted...]
-      <c r="AL1" s="126"/>
+      <c r="B1" s="176"/>
+      <c r="C1" s="176"/>
+      <c r="D1" s="176"/>
+      <c r="E1" s="176"/>
+      <c r="F1" s="176"/>
+      <c r="G1" s="176"/>
+      <c r="H1" s="176"/>
+      <c r="I1" s="176"/>
+      <c r="J1" s="176"/>
+      <c r="K1" s="176"/>
+      <c r="L1" s="176"/>
+      <c r="M1" s="176"/>
+      <c r="N1" s="176"/>
+      <c r="O1" s="176"/>
+      <c r="P1" s="176"/>
+      <c r="Q1" s="176"/>
+      <c r="R1" s="176"/>
+      <c r="S1" s="176"/>
+      <c r="T1" s="176"/>
+      <c r="U1" s="176"/>
+      <c r="V1" s="176"/>
+      <c r="W1" s="176"/>
+      <c r="X1" s="176"/>
+      <c r="Y1" s="176"/>
+      <c r="Z1" s="176"/>
+      <c r="AA1" s="176"/>
+      <c r="AB1" s="176"/>
+      <c r="AC1" s="176"/>
+      <c r="AD1" s="176"/>
+      <c r="AE1" s="176"/>
+      <c r="AF1" s="176"/>
+      <c r="AG1" s="176"/>
+      <c r="AH1" s="176"/>
+      <c r="AI1" s="176"/>
+      <c r="AJ1" s="176"/>
+      <c r="AK1" s="176"/>
+      <c r="AL1" s="176"/>
       <c r="AM1" s="2"/>
       <c r="AN1" s="2"/>
       <c r="AO1" s="2"/>
       <c r="AP1" s="3"/>
       <c r="AQ1" s="2"/>
       <c r="AR1" s="2"/>
       <c r="AS1" s="2"/>
     </row>
     <row r="2" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="126"/>
-[...36 lines deleted...]
-      <c r="AL2" s="126"/>
+      <c r="A2" s="176"/>
+      <c r="B2" s="176"/>
+      <c r="C2" s="176"/>
+      <c r="D2" s="176"/>
+      <c r="E2" s="176"/>
+      <c r="F2" s="176"/>
+      <c r="G2" s="176"/>
+      <c r="H2" s="176"/>
+      <c r="I2" s="176"/>
+      <c r="J2" s="176"/>
+      <c r="K2" s="176"/>
+      <c r="L2" s="176"/>
+      <c r="M2" s="176"/>
+      <c r="N2" s="176"/>
+      <c r="O2" s="176"/>
+      <c r="P2" s="176"/>
+      <c r="Q2" s="176"/>
+      <c r="R2" s="176"/>
+      <c r="S2" s="176"/>
+      <c r="T2" s="176"/>
+      <c r="U2" s="176"/>
+      <c r="V2" s="176"/>
+      <c r="W2" s="176"/>
+      <c r="X2" s="176"/>
+      <c r="Y2" s="176"/>
+      <c r="Z2" s="176"/>
+      <c r="AA2" s="176"/>
+      <c r="AB2" s="176"/>
+      <c r="AC2" s="176"/>
+      <c r="AD2" s="176"/>
+      <c r="AE2" s="176"/>
+      <c r="AF2" s="176"/>
+      <c r="AG2" s="176"/>
+      <c r="AH2" s="176"/>
+      <c r="AI2" s="176"/>
+      <c r="AJ2" s="176"/>
+      <c r="AK2" s="176"/>
+      <c r="AL2" s="176"/>
       <c r="AM2" s="2"/>
       <c r="AN2" s="2"/>
       <c r="AO2" s="2"/>
       <c r="AP2" s="3"/>
       <c r="AQ2" s="2"/>
       <c r="AR2" s="2"/>
       <c r="AS2" s="2"/>
     </row>
     <row r="3" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="126"/>
-[...36 lines deleted...]
-      <c r="AL3" s="126"/>
+      <c r="A3" s="176"/>
+      <c r="B3" s="176"/>
+      <c r="C3" s="176"/>
+      <c r="D3" s="176"/>
+      <c r="E3" s="176"/>
+      <c r="F3" s="176"/>
+      <c r="G3" s="176"/>
+      <c r="H3" s="176"/>
+      <c r="I3" s="176"/>
+      <c r="J3" s="176"/>
+      <c r="K3" s="176"/>
+      <c r="L3" s="176"/>
+      <c r="M3" s="176"/>
+      <c r="N3" s="176"/>
+      <c r="O3" s="176"/>
+      <c r="P3" s="176"/>
+      <c r="Q3" s="176"/>
+      <c r="R3" s="176"/>
+      <c r="S3" s="176"/>
+      <c r="T3" s="176"/>
+      <c r="U3" s="176"/>
+      <c r="V3" s="176"/>
+      <c r="W3" s="176"/>
+      <c r="X3" s="176"/>
+      <c r="Y3" s="176"/>
+      <c r="Z3" s="176"/>
+      <c r="AA3" s="176"/>
+      <c r="AB3" s="176"/>
+      <c r="AC3" s="176"/>
+      <c r="AD3" s="176"/>
+      <c r="AE3" s="176"/>
+      <c r="AF3" s="176"/>
+      <c r="AG3" s="176"/>
+      <c r="AH3" s="176"/>
+      <c r="AI3" s="176"/>
+      <c r="AJ3" s="176"/>
+      <c r="AK3" s="176"/>
+      <c r="AL3" s="176"/>
       <c r="AM3" s="2"/>
       <c r="AN3" s="2"/>
       <c r="AO3" s="2"/>
       <c r="AP3" s="3"/>
       <c r="AQ3" s="2"/>
       <c r="AR3" s="2"/>
       <c r="AS3" s="2"/>
     </row>
     <row r="4" spans="1:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
@@ -21145,184 +23008,184 @@
       <c r="X4" s="1" t="s">
         <v>1522</v>
       </c>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
       <c r="AD4" s="1"/>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1"/>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1"/>
       <c r="AL4" s="1"/>
       <c r="AM4" s="1"/>
       <c r="AN4" s="1"/>
       <c r="AO4" s="1"/>
       <c r="AP4" s="6"/>
       <c r="AQ4" s="1"/>
       <c r="AR4" s="1"/>
       <c r="AS4" s="1"/>
     </row>
     <row r="5" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="W5" s="1"/>
-      <c r="X5" s="141"/>
-[...13 lines deleted...]
-      <c r="AL5" s="134"/>
+      <c r="X5" s="191"/>
+      <c r="Y5" s="191"/>
+      <c r="Z5" s="191"/>
+      <c r="AA5" s="191"/>
+      <c r="AB5" s="191"/>
+      <c r="AC5" s="191"/>
+      <c r="AD5" s="191"/>
+      <c r="AE5" s="191"/>
+      <c r="AF5" s="191"/>
+      <c r="AG5" s="191"/>
+      <c r="AH5" s="191"/>
+      <c r="AI5" s="191"/>
+      <c r="AJ5" s="191"/>
+      <c r="AK5" s="184"/>
+      <c r="AL5" s="184"/>
       <c r="AQ5" s="5"/>
       <c r="AR5" s="5"/>
       <c r="AW5" s="4"/>
       <c r="AX5" s="4"/>
       <c r="AY5" s="4"/>
     </row>
     <row r="6" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="W6" s="77"/>
-      <c r="X6" s="142"/>
-[...13 lines deleted...]
-      <c r="AL6" s="137"/>
+      <c r="X6" s="192"/>
+      <c r="Y6" s="192"/>
+      <c r="Z6" s="192"/>
+      <c r="AA6" s="192"/>
+      <c r="AB6" s="192"/>
+      <c r="AC6" s="192"/>
+      <c r="AD6" s="192"/>
+      <c r="AE6" s="192"/>
+      <c r="AF6" s="192"/>
+      <c r="AG6" s="192"/>
+      <c r="AH6" s="192"/>
+      <c r="AI6" s="192"/>
+      <c r="AJ6" s="192"/>
+      <c r="AK6" s="187"/>
+      <c r="AL6" s="187"/>
       <c r="AQ6" s="5"/>
       <c r="AR6" s="5"/>
       <c r="AW6" s="4"/>
       <c r="AX6" s="4"/>
       <c r="AY6" s="4"/>
     </row>
     <row r="7" spans="1:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="128" t="s">
+      <c r="A8" s="178" t="s">
         <v>1523</v>
       </c>
-      <c r="B8" s="128"/>
-[...34 lines deleted...]
-      <c r="AK8" s="128"/>
+      <c r="B8" s="178"/>
+      <c r="C8" s="178"/>
+      <c r="D8" s="178"/>
+      <c r="E8" s="178"/>
+      <c r="F8" s="178"/>
+      <c r="G8" s="178"/>
+      <c r="H8" s="178"/>
+      <c r="I8" s="178"/>
+      <c r="J8" s="178"/>
+      <c r="K8" s="178"/>
+      <c r="L8" s="178"/>
+      <c r="M8" s="178"/>
+      <c r="N8" s="178"/>
+      <c r="O8" s="178"/>
+      <c r="P8" s="178"/>
+      <c r="Q8" s="178"/>
+      <c r="R8" s="178"/>
+      <c r="S8" s="178"/>
+      <c r="T8" s="178"/>
+      <c r="U8" s="178"/>
+      <c r="V8" s="178"/>
+      <c r="W8" s="178"/>
+      <c r="X8" s="178"/>
+      <c r="Y8" s="178"/>
+      <c r="Z8" s="178"/>
+      <c r="AA8" s="178"/>
+      <c r="AB8" s="178"/>
+      <c r="AC8" s="178"/>
+      <c r="AD8" s="178"/>
+      <c r="AE8" s="178"/>
+      <c r="AF8" s="178"/>
+      <c r="AG8" s="178"/>
+      <c r="AH8" s="178"/>
+      <c r="AI8" s="178"/>
+      <c r="AJ8" s="178"/>
+      <c r="AK8" s="178"/>
       <c r="AL8" s="7"/>
       <c r="AM8" s="7"/>
       <c r="AN8" s="7"/>
       <c r="AO8" s="7"/>
       <c r="AP8" s="7"/>
       <c r="AQ8" s="7"/>
       <c r="AR8" s="7"/>
       <c r="AS8" s="7"/>
     </row>
     <row r="9" spans="1:51" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8"/>
-      <c r="B9" s="127" t="s">
+      <c r="B9" s="177" t="s">
         <v>1524</v>
       </c>
-      <c r="C9" s="127"/>
-[...33 lines deleted...]
-      <c r="AK9" s="127"/>
+      <c r="C9" s="177"/>
+      <c r="D9" s="177"/>
+      <c r="E9" s="177"/>
+      <c r="F9" s="177"/>
+      <c r="G9" s="177"/>
+      <c r="H9" s="177"/>
+      <c r="I9" s="177"/>
+      <c r="J9" s="177"/>
+      <c r="K9" s="177"/>
+      <c r="L9" s="177"/>
+      <c r="M9" s="177"/>
+      <c r="N9" s="177"/>
+      <c r="O9" s="177"/>
+      <c r="P9" s="177"/>
+      <c r="Q9" s="177"/>
+      <c r="R9" s="177"/>
+      <c r="S9" s="177"/>
+      <c r="T9" s="177"/>
+      <c r="U9" s="177"/>
+      <c r="V9" s="177"/>
+      <c r="W9" s="177"/>
+      <c r="X9" s="177"/>
+      <c r="Y9" s="177"/>
+      <c r="Z9" s="177"/>
+      <c r="AA9" s="177"/>
+      <c r="AB9" s="177"/>
+      <c r="AC9" s="177"/>
+      <c r="AD9" s="177"/>
+      <c r="AE9" s="177"/>
+      <c r="AF9" s="177"/>
+      <c r="AG9" s="177"/>
+      <c r="AH9" s="177"/>
+      <c r="AI9" s="177"/>
+      <c r="AJ9" s="177"/>
+      <c r="AK9" s="177"/>
       <c r="AL9" s="9"/>
       <c r="AM9" s="9"/>
       <c r="AN9" s="9"/>
       <c r="AO9" s="9"/>
       <c r="AP9" s="10"/>
       <c r="AQ9" s="9"/>
       <c r="AR9" s="9"/>
       <c r="AS9" s="8"/>
     </row>
     <row r="10" spans="1:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8"/>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
       <c r="E10" s="29"/>
       <c r="F10" s="29"/>
       <c r="G10" s="29"/>
       <c r="H10" s="29"/>
       <c r="I10" s="29"/>
       <c r="J10" s="29"/>
       <c r="K10" s="29"/>
       <c r="L10" s="29"/>
       <c r="M10" s="29"/>
       <c r="N10" s="29"/>
       <c r="O10" s="29"/>
@@ -21336,613 +23199,613 @@
       <c r="W10" s="29"/>
       <c r="X10" s="29"/>
       <c r="Y10" s="29"/>
       <c r="Z10" s="29"/>
       <c r="AA10" s="29"/>
       <c r="AB10" s="29"/>
       <c r="AC10" s="29"/>
       <c r="AD10" s="29"/>
       <c r="AE10" s="29"/>
       <c r="AF10" s="29"/>
       <c r="AG10" s="29"/>
       <c r="AH10" s="29"/>
       <c r="AI10" s="29"/>
       <c r="AJ10" s="29"/>
       <c r="AK10" s="29"/>
       <c r="AL10" s="8"/>
       <c r="AM10" s="8"/>
       <c r="AN10" s="8"/>
       <c r="AO10" s="8"/>
       <c r="AP10" s="11"/>
       <c r="AQ10" s="8"/>
       <c r="AR10" s="8"/>
       <c r="AS10" s="8"/>
     </row>
     <row r="11" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C11" s="138" t="s">
+      <c r="C11" s="188" t="s">
         <v>1525</v>
       </c>
-      <c r="D11" s="138"/>
-[...32 lines deleted...]
-      <c r="AK11" s="139"/>
+      <c r="D11" s="188"/>
+      <c r="E11" s="188"/>
+      <c r="F11" s="188"/>
+      <c r="G11" s="188"/>
+      <c r="H11" s="188"/>
+      <c r="I11" s="188"/>
+      <c r="J11" s="189"/>
+      <c r="K11" s="189"/>
+      <c r="L11" s="189"/>
+      <c r="M11" s="189"/>
+      <c r="N11" s="189"/>
+      <c r="O11" s="189"/>
+      <c r="P11" s="189"/>
+      <c r="Q11" s="189"/>
+      <c r="R11" s="189"/>
+      <c r="S11" s="189"/>
+      <c r="T11" s="189"/>
+      <c r="U11" s="189"/>
+      <c r="V11" s="189"/>
+      <c r="W11" s="189"/>
+      <c r="X11" s="189"/>
+      <c r="Y11" s="189"/>
+      <c r="Z11" s="189"/>
+      <c r="AA11" s="189"/>
+      <c r="AB11" s="189"/>
+      <c r="AC11" s="189"/>
+      <c r="AD11" s="189"/>
+      <c r="AE11" s="189"/>
+      <c r="AF11" s="189"/>
+      <c r="AG11" s="189"/>
+      <c r="AH11" s="189"/>
+      <c r="AI11" s="189"/>
+      <c r="AJ11" s="189"/>
+      <c r="AK11" s="189"/>
       <c r="AQ11" s="5"/>
       <c r="AR11" s="5"/>
       <c r="AW11" s="4"/>
       <c r="AX11" s="4"/>
       <c r="AY11" s="4"/>
     </row>
     <row r="12" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C12" s="138"/>
-[...33 lines deleted...]
-      <c r="AK12" s="140"/>
+      <c r="C12" s="188"/>
+      <c r="D12" s="188"/>
+      <c r="E12" s="188"/>
+      <c r="F12" s="188"/>
+      <c r="G12" s="188"/>
+      <c r="H12" s="188"/>
+      <c r="I12" s="188"/>
+      <c r="J12" s="190"/>
+      <c r="K12" s="190"/>
+      <c r="L12" s="190"/>
+      <c r="M12" s="190"/>
+      <c r="N12" s="190"/>
+      <c r="O12" s="190"/>
+      <c r="P12" s="190"/>
+      <c r="Q12" s="190"/>
+      <c r="R12" s="190"/>
+      <c r="S12" s="190"/>
+      <c r="T12" s="190"/>
+      <c r="U12" s="190"/>
+      <c r="V12" s="190"/>
+      <c r="W12" s="190"/>
+      <c r="X12" s="190"/>
+      <c r="Y12" s="190"/>
+      <c r="Z12" s="190"/>
+      <c r="AA12" s="190"/>
+      <c r="AB12" s="190"/>
+      <c r="AC12" s="190"/>
+      <c r="AD12" s="190"/>
+      <c r="AE12" s="190"/>
+      <c r="AF12" s="190"/>
+      <c r="AG12" s="190"/>
+      <c r="AH12" s="190"/>
+      <c r="AI12" s="190"/>
+      <c r="AJ12" s="190"/>
+      <c r="AK12" s="190"/>
       <c r="AQ12" s="5"/>
       <c r="AR12" s="5"/>
       <c r="AW12" s="4"/>
       <c r="AX12" s="4"/>
       <c r="AY12" s="4"/>
     </row>
     <row r="13" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="31"/>
       <c r="P13" s="31"/>
       <c r="Q13" s="31"/>
       <c r="R13" s="31"/>
       <c r="S13" s="31"/>
       <c r="T13" s="31"/>
       <c r="U13" s="31"/>
       <c r="V13" s="31"/>
       <c r="W13" s="31"/>
       <c r="X13" s="31"/>
       <c r="Y13" s="31"/>
       <c r="Z13" s="31"/>
       <c r="AA13" s="31"/>
       <c r="AB13" s="31"/>
       <c r="AC13" s="31"/>
       <c r="AD13" s="31"/>
       <c r="AE13" s="31"/>
       <c r="AF13" s="31"/>
       <c r="AG13" s="31"/>
       <c r="AH13" s="31"/>
       <c r="AI13" s="31"/>
       <c r="AJ13" s="31"/>
       <c r="AK13" s="31"/>
       <c r="AQ13" s="5"/>
       <c r="AR13" s="5"/>
       <c r="AW13" s="4"/>
       <c r="AX13" s="4"/>
       <c r="AY13" s="4"/>
     </row>
     <row r="14" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C14" s="138" t="s">
+      <c r="C14" s="188" t="s">
         <v>1526</v>
       </c>
-      <c r="D14" s="138"/>
-[...32 lines deleted...]
-      <c r="AK14" s="139"/>
+      <c r="D14" s="188"/>
+      <c r="E14" s="188"/>
+      <c r="F14" s="188"/>
+      <c r="G14" s="188"/>
+      <c r="H14" s="188"/>
+      <c r="I14" s="188"/>
+      <c r="J14" s="189"/>
+      <c r="K14" s="189"/>
+      <c r="L14" s="189"/>
+      <c r="M14" s="189"/>
+      <c r="N14" s="189"/>
+      <c r="O14" s="189"/>
+      <c r="P14" s="189"/>
+      <c r="Q14" s="189"/>
+      <c r="R14" s="189"/>
+      <c r="S14" s="189"/>
+      <c r="T14" s="189"/>
+      <c r="U14" s="189"/>
+      <c r="V14" s="189"/>
+      <c r="W14" s="189"/>
+      <c r="X14" s="189"/>
+      <c r="Y14" s="189"/>
+      <c r="Z14" s="189"/>
+      <c r="AA14" s="189"/>
+      <c r="AB14" s="189"/>
+      <c r="AC14" s="189"/>
+      <c r="AD14" s="189"/>
+      <c r="AE14" s="189"/>
+      <c r="AF14" s="189"/>
+      <c r="AG14" s="189"/>
+      <c r="AH14" s="189"/>
+      <c r="AI14" s="189"/>
+      <c r="AJ14" s="189"/>
+      <c r="AK14" s="189"/>
       <c r="AQ14" s="5"/>
       <c r="AR14" s="5"/>
       <c r="AW14" s="4"/>
       <c r="AX14" s="4"/>
       <c r="AY14" s="4"/>
     </row>
     <row r="15" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C15" s="138"/>
-[...33 lines deleted...]
-      <c r="AK15" s="140"/>
+      <c r="C15" s="188"/>
+      <c r="D15" s="188"/>
+      <c r="E15" s="188"/>
+      <c r="F15" s="188"/>
+      <c r="G15" s="188"/>
+      <c r="H15" s="188"/>
+      <c r="I15" s="188"/>
+      <c r="J15" s="190"/>
+      <c r="K15" s="190"/>
+      <c r="L15" s="190"/>
+      <c r="M15" s="190"/>
+      <c r="N15" s="190"/>
+      <c r="O15" s="190"/>
+      <c r="P15" s="190"/>
+      <c r="Q15" s="190"/>
+      <c r="R15" s="190"/>
+      <c r="S15" s="190"/>
+      <c r="T15" s="190"/>
+      <c r="U15" s="190"/>
+      <c r="V15" s="190"/>
+      <c r="W15" s="190"/>
+      <c r="X15" s="190"/>
+      <c r="Y15" s="190"/>
+      <c r="Z15" s="190"/>
+      <c r="AA15" s="190"/>
+      <c r="AB15" s="190"/>
+      <c r="AC15" s="190"/>
+      <c r="AD15" s="190"/>
+      <c r="AE15" s="190"/>
+      <c r="AF15" s="190"/>
+      <c r="AG15" s="190"/>
+      <c r="AH15" s="190"/>
+      <c r="AI15" s="190"/>
+      <c r="AJ15" s="190"/>
+      <c r="AK15" s="190"/>
       <c r="AQ15" s="5"/>
       <c r="AR15" s="5"/>
       <c r="AW15" s="4"/>
       <c r="AX15" s="4"/>
       <c r="AY15" s="4"/>
     </row>
     <row r="16" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J16" s="31"/>
       <c r="K16" s="31"/>
       <c r="L16" s="31"/>
       <c r="M16" s="31"/>
       <c r="N16" s="31"/>
       <c r="O16" s="31"/>
       <c r="P16" s="31"/>
       <c r="Q16" s="31"/>
       <c r="R16" s="31"/>
       <c r="S16" s="31"/>
       <c r="T16" s="31"/>
       <c r="U16" s="31"/>
       <c r="V16" s="31"/>
       <c r="W16" s="31"/>
       <c r="X16" s="31"/>
       <c r="Y16" s="31"/>
       <c r="Z16" s="31"/>
       <c r="AA16" s="31"/>
       <c r="AB16" s="31"/>
       <c r="AC16" s="31"/>
       <c r="AD16" s="31"/>
       <c r="AE16" s="31"/>
       <c r="AF16" s="31"/>
       <c r="AG16" s="31"/>
       <c r="AH16" s="31"/>
       <c r="AI16" s="31"/>
       <c r="AJ16" s="31"/>
       <c r="AK16" s="31"/>
       <c r="AQ16" s="5"/>
       <c r="AR16" s="5"/>
       <c r="AW16" s="4"/>
       <c r="AX16" s="4"/>
       <c r="AY16" s="4"/>
     </row>
     <row r="17" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C17" s="138" t="s">
+      <c r="C17" s="188" t="s">
         <v>1527</v>
       </c>
-      <c r="D17" s="138"/>
-[...32 lines deleted...]
-      <c r="AK17" s="139"/>
+      <c r="D17" s="188"/>
+      <c r="E17" s="188"/>
+      <c r="F17" s="188"/>
+      <c r="G17" s="188"/>
+      <c r="H17" s="188"/>
+      <c r="I17" s="188"/>
+      <c r="J17" s="189"/>
+      <c r="K17" s="189"/>
+      <c r="L17" s="189"/>
+      <c r="M17" s="189"/>
+      <c r="N17" s="189"/>
+      <c r="O17" s="189"/>
+      <c r="P17" s="189"/>
+      <c r="Q17" s="189"/>
+      <c r="R17" s="189"/>
+      <c r="S17" s="189"/>
+      <c r="T17" s="189"/>
+      <c r="U17" s="189"/>
+      <c r="V17" s="189"/>
+      <c r="W17" s="189"/>
+      <c r="X17" s="189"/>
+      <c r="Y17" s="189"/>
+      <c r="Z17" s="189"/>
+      <c r="AA17" s="189"/>
+      <c r="AB17" s="189"/>
+      <c r="AC17" s="189"/>
+      <c r="AD17" s="189"/>
+      <c r="AE17" s="189"/>
+      <c r="AF17" s="189"/>
+      <c r="AG17" s="189"/>
+      <c r="AH17" s="189"/>
+      <c r="AI17" s="189"/>
+      <c r="AJ17" s="189"/>
+      <c r="AK17" s="189"/>
       <c r="AQ17" s="5"/>
       <c r="AR17" s="5"/>
       <c r="AW17" s="4"/>
       <c r="AX17" s="4"/>
       <c r="AY17" s="4"/>
     </row>
     <row r="18" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C18" s="138"/>
-[...33 lines deleted...]
-      <c r="AK18" s="140"/>
+      <c r="C18" s="188"/>
+      <c r="D18" s="188"/>
+      <c r="E18" s="188"/>
+      <c r="F18" s="188"/>
+      <c r="G18" s="188"/>
+      <c r="H18" s="188"/>
+      <c r="I18" s="188"/>
+      <c r="J18" s="190"/>
+      <c r="K18" s="190"/>
+      <c r="L18" s="190"/>
+      <c r="M18" s="190"/>
+      <c r="N18" s="190"/>
+      <c r="O18" s="190"/>
+      <c r="P18" s="190"/>
+      <c r="Q18" s="190"/>
+      <c r="R18" s="190"/>
+      <c r="S18" s="190"/>
+      <c r="T18" s="190"/>
+      <c r="U18" s="190"/>
+      <c r="V18" s="190"/>
+      <c r="W18" s="190"/>
+      <c r="X18" s="190"/>
+      <c r="Y18" s="190"/>
+      <c r="Z18" s="190"/>
+      <c r="AA18" s="190"/>
+      <c r="AB18" s="190"/>
+      <c r="AC18" s="190"/>
+      <c r="AD18" s="190"/>
+      <c r="AE18" s="190"/>
+      <c r="AF18" s="190"/>
+      <c r="AG18" s="190"/>
+      <c r="AH18" s="190"/>
+      <c r="AI18" s="190"/>
+      <c r="AJ18" s="190"/>
+      <c r="AK18" s="190"/>
       <c r="AQ18" s="5"/>
       <c r="AR18" s="5"/>
       <c r="AW18" s="4"/>
       <c r="AX18" s="4"/>
       <c r="AY18" s="4"/>
     </row>
     <row r="19" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="31"/>
       <c r="P19" s="31"/>
       <c r="Q19" s="31"/>
       <c r="R19" s="31"/>
       <c r="S19" s="31"/>
       <c r="T19" s="31"/>
       <c r="U19" s="31"/>
       <c r="V19" s="31"/>
       <c r="W19" s="31"/>
       <c r="X19" s="31"/>
       <c r="Y19" s="31"/>
       <c r="Z19" s="31"/>
       <c r="AA19" s="31"/>
       <c r="AB19" s="31"/>
       <c r="AC19" s="31"/>
       <c r="AD19" s="31"/>
       <c r="AE19" s="31"/>
       <c r="AF19" s="31"/>
       <c r="AG19" s="31"/>
       <c r="AH19" s="31"/>
       <c r="AI19" s="31"/>
       <c r="AJ19" s="31"/>
       <c r="AK19" s="31"/>
       <c r="AQ19" s="5"/>
       <c r="AR19" s="5"/>
       <c r="AW19" s="4"/>
       <c r="AX19" s="4"/>
       <c r="AY19" s="4"/>
     </row>
     <row r="20" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C20" s="138" t="s">
+      <c r="C20" s="188" t="s">
         <v>1528</v>
       </c>
-      <c r="D20" s="138"/>
-[...32 lines deleted...]
-      <c r="AK20" s="149"/>
+      <c r="D20" s="188"/>
+      <c r="E20" s="188"/>
+      <c r="F20" s="188"/>
+      <c r="G20" s="188"/>
+      <c r="H20" s="188"/>
+      <c r="I20" s="188"/>
+      <c r="J20" s="198"/>
+      <c r="K20" s="199"/>
+      <c r="L20" s="199"/>
+      <c r="M20" s="199"/>
+      <c r="N20" s="199"/>
+      <c r="O20" s="199"/>
+      <c r="P20" s="199"/>
+      <c r="Q20" s="199"/>
+      <c r="R20" s="199"/>
+      <c r="S20" s="199"/>
+      <c r="T20" s="199"/>
+      <c r="U20" s="199"/>
+      <c r="V20" s="199"/>
+      <c r="W20" s="199"/>
+      <c r="X20" s="199"/>
+      <c r="Y20" s="199"/>
+      <c r="Z20" s="199"/>
+      <c r="AA20" s="199"/>
+      <c r="AB20" s="199"/>
+      <c r="AC20" s="199"/>
+      <c r="AD20" s="199"/>
+      <c r="AE20" s="199"/>
+      <c r="AF20" s="199"/>
+      <c r="AG20" s="199"/>
+      <c r="AH20" s="199"/>
+      <c r="AI20" s="199"/>
+      <c r="AJ20" s="199"/>
+      <c r="AK20" s="199"/>
       <c r="AQ20" s="5"/>
       <c r="AR20" s="5"/>
       <c r="AW20" s="4"/>
       <c r="AX20" s="4"/>
       <c r="AY20" s="4"/>
     </row>
     <row r="21" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C21" s="138"/>
-[...33 lines deleted...]
-      <c r="AK21" s="150"/>
+      <c r="C21" s="188"/>
+      <c r="D21" s="188"/>
+      <c r="E21" s="188"/>
+      <c r="F21" s="188"/>
+      <c r="G21" s="188"/>
+      <c r="H21" s="188"/>
+      <c r="I21" s="188"/>
+      <c r="J21" s="200"/>
+      <c r="K21" s="200"/>
+      <c r="L21" s="200"/>
+      <c r="M21" s="200"/>
+      <c r="N21" s="200"/>
+      <c r="O21" s="200"/>
+      <c r="P21" s="200"/>
+      <c r="Q21" s="200"/>
+      <c r="R21" s="200"/>
+      <c r="S21" s="200"/>
+      <c r="T21" s="200"/>
+      <c r="U21" s="200"/>
+      <c r="V21" s="200"/>
+      <c r="W21" s="200"/>
+      <c r="X21" s="200"/>
+      <c r="Y21" s="200"/>
+      <c r="Z21" s="200"/>
+      <c r="AA21" s="200"/>
+      <c r="AB21" s="200"/>
+      <c r="AC21" s="200"/>
+      <c r="AD21" s="200"/>
+      <c r="AE21" s="200"/>
+      <c r="AF21" s="200"/>
+      <c r="AG21" s="200"/>
+      <c r="AH21" s="200"/>
+      <c r="AI21" s="200"/>
+      <c r="AJ21" s="200"/>
+      <c r="AK21" s="200"/>
       <c r="AQ21" s="5"/>
       <c r="AR21" s="5"/>
       <c r="AW21" s="4"/>
       <c r="AX21" s="4"/>
       <c r="AY21" s="4"/>
     </row>
     <row r="22" spans="1:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J22" s="31"/>
       <c r="K22" s="31"/>
       <c r="L22" s="31"/>
       <c r="M22" s="31"/>
       <c r="N22" s="31"/>
       <c r="O22" s="31"/>
       <c r="P22" s="31"/>
       <c r="Q22" s="31"/>
       <c r="R22" s="31"/>
       <c r="S22" s="31"/>
       <c r="T22" s="31"/>
       <c r="U22" s="31"/>
       <c r="V22" s="31"/>
       <c r="W22" s="31"/>
       <c r="X22" s="31"/>
       <c r="Y22" s="31"/>
       <c r="Z22" s="31"/>
       <c r="AA22" s="31"/>
       <c r="AB22" s="31"/>
       <c r="AC22" s="31"/>
       <c r="AD22" s="31"/>
       <c r="AE22" s="31"/>
       <c r="AF22" s="31"/>
       <c r="AG22" s="31"/>
       <c r="AH22" s="31"/>
       <c r="AI22" s="31"/>
       <c r="AJ22" s="31"/>
       <c r="AK22" s="31"/>
       <c r="AQ22" s="5"/>
       <c r="AR22" s="5"/>
       <c r="AW22" s="4"/>
       <c r="AX22" s="4"/>
       <c r="AY22" s="4"/>
     </row>
     <row r="23" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C23" s="138" t="s">
+      <c r="C23" s="188" t="s">
         <v>1529</v>
       </c>
-      <c r="D23" s="138"/>
-[...32 lines deleted...]
-      <c r="AK23" s="139"/>
+      <c r="D23" s="188"/>
+      <c r="E23" s="188"/>
+      <c r="F23" s="188"/>
+      <c r="G23" s="188"/>
+      <c r="H23" s="188"/>
+      <c r="I23" s="188"/>
+      <c r="J23" s="197"/>
+      <c r="K23" s="189"/>
+      <c r="L23" s="189"/>
+      <c r="M23" s="189"/>
+      <c r="N23" s="189"/>
+      <c r="O23" s="189"/>
+      <c r="P23" s="189"/>
+      <c r="Q23" s="189"/>
+      <c r="R23" s="189"/>
+      <c r="S23" s="189"/>
+      <c r="T23" s="189"/>
+      <c r="U23" s="189"/>
+      <c r="V23" s="189"/>
+      <c r="W23" s="189"/>
+      <c r="X23" s="189"/>
+      <c r="Y23" s="189"/>
+      <c r="Z23" s="189"/>
+      <c r="AA23" s="189"/>
+      <c r="AB23" s="189"/>
+      <c r="AC23" s="189"/>
+      <c r="AD23" s="189"/>
+      <c r="AE23" s="189"/>
+      <c r="AF23" s="189"/>
+      <c r="AG23" s="189"/>
+      <c r="AH23" s="189"/>
+      <c r="AI23" s="189"/>
+      <c r="AJ23" s="189"/>
+      <c r="AK23" s="189"/>
       <c r="AQ23" s="5"/>
       <c r="AR23" s="5"/>
       <c r="AW23" s="4"/>
       <c r="AX23" s="4"/>
       <c r="AY23" s="4"/>
     </row>
     <row r="24" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C24" s="138"/>
-[...33 lines deleted...]
-      <c r="AK24" s="140"/>
+      <c r="C24" s="188"/>
+      <c r="D24" s="188"/>
+      <c r="E24" s="188"/>
+      <c r="F24" s="188"/>
+      <c r="G24" s="188"/>
+      <c r="H24" s="188"/>
+      <c r="I24" s="188"/>
+      <c r="J24" s="190"/>
+      <c r="K24" s="190"/>
+      <c r="L24" s="190"/>
+      <c r="M24" s="190"/>
+      <c r="N24" s="190"/>
+      <c r="O24" s="190"/>
+      <c r="P24" s="190"/>
+      <c r="Q24" s="190"/>
+      <c r="R24" s="190"/>
+      <c r="S24" s="190"/>
+      <c r="T24" s="190"/>
+      <c r="U24" s="190"/>
+      <c r="V24" s="190"/>
+      <c r="W24" s="190"/>
+      <c r="X24" s="190"/>
+      <c r="Y24" s="190"/>
+      <c r="Z24" s="190"/>
+      <c r="AA24" s="190"/>
+      <c r="AB24" s="190"/>
+      <c r="AC24" s="190"/>
+      <c r="AD24" s="190"/>
+      <c r="AE24" s="190"/>
+      <c r="AF24" s="190"/>
+      <c r="AG24" s="190"/>
+      <c r="AH24" s="190"/>
+      <c r="AI24" s="190"/>
+      <c r="AJ24" s="190"/>
+      <c r="AK24" s="190"/>
       <c r="AQ24" s="5"/>
       <c r="AR24" s="5"/>
       <c r="AW24" s="4"/>
       <c r="AX24" s="4"/>
       <c r="AY24" s="4"/>
     </row>
     <row r="25" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AQ25" s="5"/>
       <c r="AR25" s="5"/>
       <c r="AW25" s="4"/>
       <c r="AX25" s="4"/>
       <c r="AY25" s="4"/>
     </row>
     <row r="26" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D26" s="51"/>
       <c r="E26" s="29"/>
       <c r="F26" s="29"/>
       <c r="G26" s="29"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
       <c r="K26" s="29"/>
       <c r="L26" s="29"/>
       <c r="M26" s="29"/>
       <c r="N26" s="29"/>
@@ -21956,138 +23819,138 @@
       <c r="V26" s="29"/>
       <c r="W26" s="29"/>
       <c r="X26" s="29"/>
       <c r="Y26" s="29"/>
       <c r="Z26" s="29"/>
       <c r="AA26" s="29"/>
       <c r="AB26" s="29"/>
       <c r="AC26" s="29"/>
       <c r="AD26" s="29"/>
       <c r="AE26" s="29"/>
       <c r="AF26" s="29"/>
       <c r="AG26" s="29"/>
       <c r="AH26" s="29"/>
       <c r="AI26" s="29"/>
       <c r="AJ26" s="29"/>
       <c r="AK26" s="29"/>
       <c r="AL26" s="52"/>
       <c r="AQ26" s="5"/>
       <c r="AR26" s="5"/>
       <c r="AW26" s="4"/>
       <c r="AX26" s="4"/>
       <c r="AY26" s="4"/>
     </row>
     <row r="27" spans="1:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="128" t="s">
+      <c r="A28" s="178" t="s">
         <v>1530</v>
       </c>
-      <c r="B28" s="128"/>
-[...34 lines deleted...]
-      <c r="AK28" s="128"/>
+      <c r="B28" s="178"/>
+      <c r="C28" s="178"/>
+      <c r="D28" s="178"/>
+      <c r="E28" s="178"/>
+      <c r="F28" s="178"/>
+      <c r="G28" s="178"/>
+      <c r="H28" s="178"/>
+      <c r="I28" s="178"/>
+      <c r="J28" s="178"/>
+      <c r="K28" s="178"/>
+      <c r="L28" s="178"/>
+      <c r="M28" s="178"/>
+      <c r="N28" s="178"/>
+      <c r="O28" s="178"/>
+      <c r="P28" s="178"/>
+      <c r="Q28" s="178"/>
+      <c r="R28" s="178"/>
+      <c r="S28" s="178"/>
+      <c r="T28" s="178"/>
+      <c r="U28" s="178"/>
+      <c r="V28" s="178"/>
+      <c r="W28" s="178"/>
+      <c r="X28" s="178"/>
+      <c r="Y28" s="178"/>
+      <c r="Z28" s="178"/>
+      <c r="AA28" s="178"/>
+      <c r="AB28" s="178"/>
+      <c r="AC28" s="178"/>
+      <c r="AD28" s="178"/>
+      <c r="AE28" s="178"/>
+      <c r="AF28" s="178"/>
+      <c r="AG28" s="178"/>
+      <c r="AH28" s="178"/>
+      <c r="AI28" s="178"/>
+      <c r="AJ28" s="178"/>
+      <c r="AK28" s="178"/>
       <c r="AL28" s="7"/>
       <c r="AM28" s="7"/>
       <c r="AN28" s="7"/>
       <c r="AO28" s="7"/>
       <c r="AP28" s="7"/>
       <c r="AQ28" s="7"/>
       <c r="AR28" s="7"/>
       <c r="AS28" s="7"/>
     </row>
     <row r="29" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="9"/>
-      <c r="B29" s="127" t="s">
+      <c r="B29" s="177" t="s">
         <v>1531</v>
       </c>
-      <c r="C29" s="127"/>
-[...33 lines deleted...]
-      <c r="AK29" s="127"/>
+      <c r="C29" s="177"/>
+      <c r="D29" s="177"/>
+      <c r="E29" s="177"/>
+      <c r="F29" s="177"/>
+      <c r="G29" s="177"/>
+      <c r="H29" s="177"/>
+      <c r="I29" s="177"/>
+      <c r="J29" s="177"/>
+      <c r="K29" s="177"/>
+      <c r="L29" s="177"/>
+      <c r="M29" s="177"/>
+      <c r="N29" s="177"/>
+      <c r="O29" s="177"/>
+      <c r="P29" s="177"/>
+      <c r="Q29" s="177"/>
+      <c r="R29" s="177"/>
+      <c r="S29" s="177"/>
+      <c r="T29" s="177"/>
+      <c r="U29" s="177"/>
+      <c r="V29" s="177"/>
+      <c r="W29" s="177"/>
+      <c r="X29" s="177"/>
+      <c r="Y29" s="177"/>
+      <c r="Z29" s="177"/>
+      <c r="AA29" s="177"/>
+      <c r="AB29" s="177"/>
+      <c r="AC29" s="177"/>
+      <c r="AD29" s="177"/>
+      <c r="AE29" s="177"/>
+      <c r="AF29" s="177"/>
+      <c r="AG29" s="177"/>
+      <c r="AH29" s="177"/>
+      <c r="AI29" s="177"/>
+      <c r="AJ29" s="177"/>
+      <c r="AK29" s="177"/>
       <c r="AL29" s="12"/>
       <c r="AM29" s="12"/>
       <c r="AN29" s="12"/>
       <c r="AO29" s="12"/>
       <c r="AP29" s="13"/>
       <c r="AQ29" s="12"/>
       <c r="AR29" s="12"/>
       <c r="AS29" s="12"/>
     </row>
     <row r="30" spans="1:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="9"/>
       <c r="B30" s="29"/>
       <c r="C30" s="29"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="29"/>
       <c r="G30" s="29"/>
       <c r="H30" s="29"/>
       <c r="I30" s="29"/>
       <c r="J30" s="29"/>
       <c r="K30" s="29"/>
       <c r="L30" s="29"/>
       <c r="M30" s="29"/>
       <c r="N30" s="29"/>
       <c r="O30" s="29"/>
@@ -22151,122 +24014,122 @@
       <c r="Z31" s="82"/>
       <c r="AA31" s="82"/>
       <c r="AB31" s="82"/>
       <c r="AC31" s="1"/>
       <c r="AD31" s="1"/>
       <c r="AE31" s="1"/>
       <c r="AF31" s="1"/>
       <c r="AG31" s="1"/>
       <c r="AH31" s="1"/>
       <c r="AI31" s="1"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
       <c r="AM31" s="1"/>
       <c r="AN31" s="1"/>
       <c r="AO31" s="1"/>
       <c r="AP31" s="70" t="b">
         <v>0</v>
       </c>
       <c r="AQ31" s="1"/>
       <c r="AR31" s="1"/>
       <c r="AW31" s="15"/>
     </row>
     <row r="32" spans="1:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" spans="1:51" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="E33" s="99" t="s">
+      <c r="E33" s="149" t="s">
         <v>1549</v>
       </c>
-      <c r="F33" s="99"/>
-[...29 lines deleted...]
-      <c r="AJ33" s="99"/>
+      <c r="F33" s="149"/>
+      <c r="G33" s="149"/>
+      <c r="H33" s="149"/>
+      <c r="I33" s="149"/>
+      <c r="J33" s="149"/>
+      <c r="K33" s="149"/>
+      <c r="L33" s="149"/>
+      <c r="M33" s="149"/>
+      <c r="N33" s="149"/>
+      <c r="O33" s="149"/>
+      <c r="P33" s="149"/>
+      <c r="Q33" s="149"/>
+      <c r="R33" s="149"/>
+      <c r="S33" s="149"/>
+      <c r="T33" s="149"/>
+      <c r="U33" s="149"/>
+      <c r="V33" s="149"/>
+      <c r="W33" s="149"/>
+      <c r="X33" s="149"/>
+      <c r="Y33" s="149"/>
+      <c r="Z33" s="149"/>
+      <c r="AA33" s="149"/>
+      <c r="AB33" s="149"/>
+      <c r="AC33" s="149"/>
+      <c r="AD33" s="149"/>
+      <c r="AE33" s="149"/>
+      <c r="AF33" s="149"/>
+      <c r="AG33" s="149"/>
+      <c r="AH33" s="149"/>
+      <c r="AI33" s="149"/>
+      <c r="AJ33" s="149"/>
       <c r="AP33" s="17"/>
       <c r="AW33" s="17"/>
       <c r="AX33" s="17"/>
       <c r="AY33" s="17"/>
     </row>
     <row r="34" spans="1:51" s="16" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="E34" s="99"/>
-[...30 lines deleted...]
-      <c r="AJ34" s="99"/>
+      <c r="E34" s="149"/>
+      <c r="F34" s="149"/>
+      <c r="G34" s="149"/>
+      <c r="H34" s="149"/>
+      <c r="I34" s="149"/>
+      <c r="J34" s="149"/>
+      <c r="K34" s="149"/>
+      <c r="L34" s="149"/>
+      <c r="M34" s="149"/>
+      <c r="N34" s="149"/>
+      <c r="O34" s="149"/>
+      <c r="P34" s="149"/>
+      <c r="Q34" s="149"/>
+      <c r="R34" s="149"/>
+      <c r="S34" s="149"/>
+      <c r="T34" s="149"/>
+      <c r="U34" s="149"/>
+      <c r="V34" s="149"/>
+      <c r="W34" s="149"/>
+      <c r="X34" s="149"/>
+      <c r="Y34" s="149"/>
+      <c r="Z34" s="149"/>
+      <c r="AA34" s="149"/>
+      <c r="AB34" s="149"/>
+      <c r="AC34" s="149"/>
+      <c r="AD34" s="149"/>
+      <c r="AE34" s="149"/>
+      <c r="AF34" s="149"/>
+      <c r="AG34" s="149"/>
+      <c r="AH34" s="149"/>
+      <c r="AI34" s="149"/>
+      <c r="AJ34" s="149"/>
       <c r="AN34" s="80"/>
       <c r="AO34" s="80"/>
       <c r="AP34" s="17"/>
       <c r="AQ34" s="18"/>
       <c r="AR34" s="18"/>
       <c r="AS34" s="19"/>
       <c r="AW34" s="17"/>
       <c r="AX34" s="17"/>
       <c r="AY34" s="17"/>
     </row>
     <row r="35" spans="1:51" s="16" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F35" s="85" t="s">
         <v>1550</v>
       </c>
       <c r="H35" s="84"/>
       <c r="I35" s="84"/>
       <c r="J35" s="84"/>
       <c r="K35" s="84"/>
       <c r="L35" s="84"/>
       <c r="M35" s="84"/>
       <c r="N35" s="84"/>
       <c r="O35" s="84"/>
       <c r="P35" s="84"/>
       <c r="Q35" s="84"/>
       <c r="R35" s="84"/>
@@ -22280,231 +24143,231 @@
       <c r="Z35" s="84"/>
       <c r="AA35" s="84"/>
       <c r="AB35" s="84"/>
       <c r="AC35" s="84"/>
       <c r="AD35" s="84"/>
       <c r="AE35" s="84"/>
       <c r="AF35" s="84"/>
       <c r="AG35" s="84"/>
       <c r="AH35" s="84"/>
       <c r="AI35" s="84"/>
       <c r="AJ35" s="84"/>
       <c r="AK35" s="84"/>
       <c r="AL35" s="84"/>
       <c r="AM35" s="84"/>
       <c r="AN35" s="19"/>
       <c r="AO35" s="19"/>
       <c r="AP35" s="17"/>
       <c r="AQ35" s="30"/>
       <c r="AR35" s="30"/>
       <c r="AS35" s="19"/>
       <c r="AW35" s="17"/>
       <c r="AX35" s="17"/>
       <c r="AY35" s="17"/>
     </row>
     <row r="36" spans="1:51" s="16" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="I36" s="143"/>
-[...31 lines deleted...]
-      <c r="AO36" s="143"/>
+      <c r="I36" s="193"/>
+      <c r="J36" s="193"/>
+      <c r="K36" s="193"/>
+      <c r="L36" s="193"/>
+      <c r="M36" s="193"/>
+      <c r="N36" s="193"/>
+      <c r="O36" s="193"/>
+      <c r="P36" s="193"/>
+      <c r="Q36" s="193"/>
+      <c r="R36" s="193"/>
+      <c r="S36" s="193"/>
+      <c r="T36" s="193"/>
+      <c r="U36" s="193"/>
+      <c r="V36" s="193"/>
+      <c r="W36" s="193"/>
+      <c r="X36" s="193"/>
+      <c r="Y36" s="193"/>
+      <c r="Z36" s="193"/>
+      <c r="AA36" s="193"/>
+      <c r="AB36" s="193"/>
+      <c r="AC36" s="193"/>
+      <c r="AD36" s="193"/>
+      <c r="AE36" s="193"/>
+      <c r="AF36" s="193"/>
+      <c r="AG36" s="193"/>
+      <c r="AH36" s="193"/>
+      <c r="AI36" s="193"/>
+      <c r="AJ36" s="193"/>
+      <c r="AK36" s="193"/>
+      <c r="AL36" s="193"/>
+      <c r="AM36" s="193"/>
+      <c r="AN36" s="193"/>
+      <c r="AO36" s="193"/>
       <c r="AP36" s="17"/>
       <c r="AQ36" s="20"/>
       <c r="AR36" s="20"/>
       <c r="AS36" s="20"/>
       <c r="AW36" s="17"/>
       <c r="AX36" s="17"/>
       <c r="AY36" s="17"/>
     </row>
     <row r="37" spans="1:51" s="16" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AP37" s="17"/>
       <c r="AW37" s="17"/>
       <c r="AX37" s="17"/>
       <c r="AY37" s="17"/>
     </row>
     <row r="38" spans="1:51" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="128" t="s">
+      <c r="A38" s="178" t="s">
         <v>1533</v>
       </c>
-      <c r="B38" s="128"/>
-[...34 lines deleted...]
-      <c r="AK38" s="128"/>
+      <c r="B38" s="178"/>
+      <c r="C38" s="178"/>
+      <c r="D38" s="178"/>
+      <c r="E38" s="178"/>
+      <c r="F38" s="178"/>
+      <c r="G38" s="178"/>
+      <c r="H38" s="178"/>
+      <c r="I38" s="178"/>
+      <c r="J38" s="178"/>
+      <c r="K38" s="178"/>
+      <c r="L38" s="178"/>
+      <c r="M38" s="178"/>
+      <c r="N38" s="178"/>
+      <c r="O38" s="178"/>
+      <c r="P38" s="178"/>
+      <c r="Q38" s="178"/>
+      <c r="R38" s="178"/>
+      <c r="S38" s="178"/>
+      <c r="T38" s="178"/>
+      <c r="U38" s="178"/>
+      <c r="V38" s="178"/>
+      <c r="W38" s="178"/>
+      <c r="X38" s="178"/>
+      <c r="Y38" s="178"/>
+      <c r="Z38" s="178"/>
+      <c r="AA38" s="178"/>
+      <c r="AB38" s="178"/>
+      <c r="AC38" s="178"/>
+      <c r="AD38" s="178"/>
+      <c r="AE38" s="178"/>
+      <c r="AF38" s="178"/>
+      <c r="AG38" s="178"/>
+      <c r="AH38" s="178"/>
+      <c r="AI38" s="178"/>
+      <c r="AJ38" s="178"/>
+      <c r="AK38" s="178"/>
       <c r="AL38" s="7"/>
       <c r="AM38" s="7"/>
       <c r="AN38" s="7"/>
       <c r="AO38" s="7"/>
       <c r="AP38" s="17"/>
       <c r="AQ38" s="7"/>
       <c r="AR38" s="7"/>
       <c r="AS38" s="7"/>
       <c r="AW38" s="6"/>
       <c r="AX38" s="6"/>
       <c r="AY38" s="6"/>
     </row>
     <row r="39" spans="1:51" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="9"/>
-      <c r="B39" s="127" t="s">
+      <c r="B39" s="177" t="s">
         <v>1534</v>
       </c>
-      <c r="C39" s="127"/>
-[...33 lines deleted...]
-      <c r="AK39" s="127"/>
+      <c r="C39" s="177"/>
+      <c r="D39" s="177"/>
+      <c r="E39" s="177"/>
+      <c r="F39" s="177"/>
+      <c r="G39" s="177"/>
+      <c r="H39" s="177"/>
+      <c r="I39" s="177"/>
+      <c r="J39" s="177"/>
+      <c r="K39" s="177"/>
+      <c r="L39" s="177"/>
+      <c r="M39" s="177"/>
+      <c r="N39" s="177"/>
+      <c r="O39" s="177"/>
+      <c r="P39" s="177"/>
+      <c r="Q39" s="177"/>
+      <c r="R39" s="177"/>
+      <c r="S39" s="177"/>
+      <c r="T39" s="177"/>
+      <c r="U39" s="177"/>
+      <c r="V39" s="177"/>
+      <c r="W39" s="177"/>
+      <c r="X39" s="177"/>
+      <c r="Y39" s="177"/>
+      <c r="Z39" s="177"/>
+      <c r="AA39" s="177"/>
+      <c r="AB39" s="177"/>
+      <c r="AC39" s="177"/>
+      <c r="AD39" s="177"/>
+      <c r="AE39" s="177"/>
+      <c r="AF39" s="177"/>
+      <c r="AG39" s="177"/>
+      <c r="AH39" s="177"/>
+      <c r="AI39" s="177"/>
+      <c r="AJ39" s="177"/>
+      <c r="AK39" s="177"/>
       <c r="AL39" s="12"/>
       <c r="AM39" s="12"/>
       <c r="AN39" s="12"/>
       <c r="AO39" s="12"/>
       <c r="AP39" s="17"/>
       <c r="AQ39" s="12"/>
       <c r="AR39" s="12"/>
       <c r="AS39" s="12"/>
       <c r="AW39" s="6"/>
       <c r="AX39" s="6"/>
       <c r="AY39" s="6"/>
     </row>
     <row r="40" spans="1:51" s="16" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
-      <c r="K40" s="145"/>
-[...25 lines deleted...]
-      <c r="AK40" s="146"/>
+      <c r="K40" s="195"/>
+      <c r="L40" s="195"/>
+      <c r="M40" s="195"/>
+      <c r="N40" s="195"/>
+      <c r="O40" s="195"/>
+      <c r="P40" s="195"/>
+      <c r="Q40" s="195"/>
+      <c r="R40" s="195"/>
+      <c r="S40" s="195"/>
+      <c r="T40" s="196"/>
+      <c r="U40" s="196"/>
+      <c r="V40" s="196"/>
+      <c r="W40" s="196"/>
+      <c r="X40" s="196"/>
+      <c r="Y40" s="196"/>
+      <c r="Z40" s="196"/>
+      <c r="AA40" s="196"/>
+      <c r="AB40" s="196"/>
+      <c r="AC40" s="196"/>
+      <c r="AD40" s="196"/>
+      <c r="AE40" s="196"/>
+      <c r="AF40" s="196"/>
+      <c r="AG40" s="196"/>
+      <c r="AH40" s="196"/>
+      <c r="AI40" s="196"/>
+      <c r="AJ40" s="196"/>
+      <c r="AK40" s="196"/>
       <c r="AQ40" s="17"/>
       <c r="AR40" s="17"/>
       <c r="AS40" s="71" t="s">
         <v>278</v>
       </c>
       <c r="AT40" s="17"/>
       <c r="AU40" s="17"/>
     </row>
     <row r="41" spans="1:51" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="9"/>
       <c r="B41" s="47"/>
       <c r="C41" s="47"/>
       <c r="D41" s="47"/>
       <c r="E41" s="47"/>
       <c r="F41" s="47"/>
       <c r="G41" s="47"/>
       <c r="H41" s="47"/>
       <c r="I41" s="47"/>
       <c r="J41" s="47"/>
       <c r="K41" s="47"/>
       <c r="L41" s="47"/>
       <c r="M41" s="47"/>
       <c r="N41" s="47"/>
       <c r="O41" s="47"/>
       <c r="P41" s="47"/>
@@ -22796,221 +24659,221 @@
       <c r="V47" s="47"/>
       <c r="W47" s="47"/>
       <c r="X47" s="47"/>
       <c r="Y47" s="47"/>
       <c r="Z47" s="47"/>
       <c r="AA47" s="47"/>
       <c r="AB47" s="47"/>
       <c r="AC47" s="47"/>
       <c r="AD47" s="47"/>
       <c r="AE47" s="47"/>
       <c r="AF47" s="47"/>
       <c r="AG47" s="47"/>
       <c r="AH47" s="47"/>
       <c r="AI47" s="47"/>
       <c r="AJ47" s="47"/>
       <c r="AK47" s="47"/>
       <c r="AL47" s="47"/>
       <c r="AP47" s="17"/>
       <c r="AQ47" s="17"/>
       <c r="AR47" s="17"/>
       <c r="AS47" s="17"/>
       <c r="AT47" s="17"/>
       <c r="AU47" s="17"/>
     </row>
     <row r="48" spans="1:51" s="16" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="K48" s="97"/>
-[...7 lines deleted...]
-      <c r="S48" s="97"/>
+      <c r="K48" s="147"/>
+      <c r="L48" s="147"/>
+      <c r="M48" s="147"/>
+      <c r="N48" s="147"/>
+      <c r="O48" s="147"/>
+      <c r="P48" s="147"/>
+      <c r="Q48" s="147"/>
+      <c r="R48" s="147"/>
+      <c r="S48" s="147"/>
       <c r="U48" s="21"/>
       <c r="V48" s="21"/>
       <c r="W48" s="21"/>
       <c r="X48" s="21"/>
       <c r="Y48" s="21"/>
       <c r="Z48" s="21"/>
       <c r="AA48" s="21"/>
       <c r="AB48" s="21"/>
       <c r="AC48" s="21"/>
       <c r="AD48" s="21"/>
       <c r="AE48" s="21"/>
       <c r="AF48" s="21"/>
       <c r="AG48" s="21"/>
       <c r="AH48" s="21"/>
       <c r="AI48" s="21"/>
       <c r="AJ48" s="21"/>
       <c r="AK48" s="21"/>
       <c r="AQ48" s="17"/>
     </row>
     <row r="49" spans="1:51" s="16" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N49" s="31"/>
       <c r="O49" s="31"/>
       <c r="P49" s="31"/>
       <c r="Q49" s="31"/>
       <c r="R49" s="31"/>
       <c r="S49" s="31"/>
       <c r="AW49" s="17"/>
       <c r="AX49" s="17"/>
     </row>
     <row r="50" spans="1:51" s="16" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="127" t="s">
+      <c r="B50" s="177" t="s">
         <v>1535</v>
       </c>
-      <c r="C50" s="127"/>
-[...33 lines deleted...]
-      <c r="AK50" s="127"/>
+      <c r="C50" s="177"/>
+      <c r="D50" s="177"/>
+      <c r="E50" s="177"/>
+      <c r="F50" s="177"/>
+      <c r="G50" s="177"/>
+      <c r="H50" s="177"/>
+      <c r="I50" s="177"/>
+      <c r="J50" s="177"/>
+      <c r="K50" s="177"/>
+      <c r="L50" s="177"/>
+      <c r="M50" s="177"/>
+      <c r="N50" s="177"/>
+      <c r="O50" s="177"/>
+      <c r="P50" s="177"/>
+      <c r="Q50" s="177"/>
+      <c r="R50" s="177"/>
+      <c r="S50" s="177"/>
+      <c r="T50" s="177"/>
+      <c r="U50" s="177"/>
+      <c r="V50" s="177"/>
+      <c r="W50" s="177"/>
+      <c r="X50" s="177"/>
+      <c r="Y50" s="177"/>
+      <c r="Z50" s="177"/>
+      <c r="AA50" s="177"/>
+      <c r="AB50" s="177"/>
+      <c r="AC50" s="177"/>
+      <c r="AD50" s="177"/>
+      <c r="AE50" s="177"/>
+      <c r="AF50" s="177"/>
+      <c r="AG50" s="177"/>
+      <c r="AH50" s="177"/>
+      <c r="AI50" s="177"/>
+      <c r="AJ50" s="177"/>
+      <c r="AK50" s="177"/>
       <c r="AW50" s="17"/>
       <c r="AX50" s="17"/>
       <c r="AY50" s="17"/>
     </row>
     <row r="51" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="22"/>
       <c r="B51" s="22"/>
       <c r="C51" s="22"/>
-      <c r="D51" s="99" t="s">
+      <c r="D51" s="149" t="s">
         <v>1536</v>
       </c>
-      <c r="E51" s="99"/>
-[...31 lines deleted...]
-      <c r="AK51" s="99"/>
+      <c r="E51" s="149"/>
+      <c r="F51" s="149"/>
+      <c r="G51" s="149"/>
+      <c r="H51" s="149"/>
+      <c r="I51" s="149"/>
+      <c r="J51" s="149"/>
+      <c r="K51" s="149"/>
+      <c r="L51" s="149"/>
+      <c r="M51" s="149"/>
+      <c r="N51" s="149"/>
+      <c r="O51" s="149"/>
+      <c r="P51" s="149"/>
+      <c r="Q51" s="149"/>
+      <c r="R51" s="149"/>
+      <c r="S51" s="149"/>
+      <c r="T51" s="149"/>
+      <c r="U51" s="149"/>
+      <c r="V51" s="149"/>
+      <c r="W51" s="149"/>
+      <c r="X51" s="149"/>
+      <c r="Y51" s="149"/>
+      <c r="Z51" s="149"/>
+      <c r="AA51" s="149"/>
+      <c r="AB51" s="149"/>
+      <c r="AC51" s="149"/>
+      <c r="AD51" s="149"/>
+      <c r="AE51" s="149"/>
+      <c r="AF51" s="149"/>
+      <c r="AG51" s="149"/>
+      <c r="AH51" s="149"/>
+      <c r="AI51" s="149"/>
+      <c r="AJ51" s="149"/>
+      <c r="AK51" s="149"/>
       <c r="AL51" s="23"/>
       <c r="AM51" s="23"/>
       <c r="AN51" s="23"/>
       <c r="AO51" s="23"/>
       <c r="AP51" s="24"/>
       <c r="AT51" s="5"/>
       <c r="AU51" s="5"/>
       <c r="AV51" s="5"/>
       <c r="AW51" s="4"/>
       <c r="AX51" s="4"/>
       <c r="AY51" s="4"/>
     </row>
     <row r="52" spans="1:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="22"/>
       <c r="B52" s="22"/>
       <c r="C52" s="22"/>
-      <c r="D52" s="99"/>
-[...32 lines deleted...]
-      <c r="AK52" s="99"/>
+      <c r="D52" s="149"/>
+      <c r="E52" s="149"/>
+      <c r="F52" s="149"/>
+      <c r="G52" s="149"/>
+      <c r="H52" s="149"/>
+      <c r="I52" s="149"/>
+      <c r="J52" s="149"/>
+      <c r="K52" s="149"/>
+      <c r="L52" s="149"/>
+      <c r="M52" s="149"/>
+      <c r="N52" s="149"/>
+      <c r="O52" s="149"/>
+      <c r="P52" s="149"/>
+      <c r="Q52" s="149"/>
+      <c r="R52" s="149"/>
+      <c r="S52" s="149"/>
+      <c r="T52" s="149"/>
+      <c r="U52" s="149"/>
+      <c r="V52" s="149"/>
+      <c r="W52" s="149"/>
+      <c r="X52" s="149"/>
+      <c r="Y52" s="149"/>
+      <c r="Z52" s="149"/>
+      <c r="AA52" s="149"/>
+      <c r="AB52" s="149"/>
+      <c r="AC52" s="149"/>
+      <c r="AD52" s="149"/>
+      <c r="AE52" s="149"/>
+      <c r="AF52" s="149"/>
+      <c r="AG52" s="149"/>
+      <c r="AH52" s="149"/>
+      <c r="AI52" s="149"/>
+      <c r="AJ52" s="149"/>
+      <c r="AK52" s="149"/>
       <c r="AL52" s="23"/>
       <c r="AM52" s="23"/>
       <c r="AN52" s="23"/>
       <c r="AO52" s="23"/>
       <c r="AP52" s="24"/>
       <c r="AT52" s="5"/>
       <c r="AU52" s="5"/>
       <c r="AV52" s="5"/>
       <c r="AW52" s="4"/>
       <c r="AX52" s="4"/>
       <c r="AY52" s="4"/>
     </row>
     <row r="53" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="22"/>
       <c r="B53" s="22"/>
       <c r="C53" s="49" t="s">
         <v>1537</v>
       </c>
       <c r="D53" s="50"/>
       <c r="E53" s="50"/>
       <c r="F53" s="50"/>
       <c r="G53" s="50"/>
       <c r="H53" s="50"/>
       <c r="I53" s="50"/>
       <c r="J53" s="50"/>
@@ -23032,1098 +24895,1098 @@
       <c r="Z53" s="50"/>
       <c r="AA53" s="50"/>
       <c r="AB53" s="50"/>
       <c r="AC53" s="50"/>
       <c r="AD53" s="50"/>
       <c r="AE53" s="50"/>
       <c r="AF53" s="50"/>
       <c r="AG53" s="50"/>
       <c r="AH53" s="50"/>
       <c r="AI53" s="23"/>
       <c r="AJ53" s="23"/>
       <c r="AK53" s="23"/>
       <c r="AL53" s="23"/>
       <c r="AM53" s="24"/>
       <c r="AP53" s="4"/>
       <c r="AQ53" s="5"/>
       <c r="AR53" s="5"/>
       <c r="AS53" s="5"/>
       <c r="AW53" s="4"/>
       <c r="AX53" s="4"/>
       <c r="AY53" s="4"/>
     </row>
     <row r="54" spans="1:51" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="22"/>
       <c r="B54" s="22"/>
-      <c r="C54" s="105" t="s">
+      <c r="C54" s="155" t="s">
         <v>1538</v>
       </c>
-      <c r="D54" s="106"/>
-[...3 lines deleted...]
-      <c r="H54" s="144" t="s">
+      <c r="D54" s="156"/>
+      <c r="E54" s="156"/>
+      <c r="F54" s="156"/>
+      <c r="G54" s="156"/>
+      <c r="H54" s="194" t="s">
         <v>1539</v>
       </c>
-      <c r="I54" s="106"/>
-[...3 lines deleted...]
-      <c r="M54" s="151" t="s">
+      <c r="I54" s="156"/>
+      <c r="J54" s="156"/>
+      <c r="K54" s="156"/>
+      <c r="L54" s="157"/>
+      <c r="M54" s="201" t="s">
         <v>1545</v>
       </c>
-      <c r="N54" s="152"/>
-[...6 lines deleted...]
-      <c r="U54" s="105" t="s">
+      <c r="N54" s="202"/>
+      <c r="O54" s="202"/>
+      <c r="P54" s="202"/>
+      <c r="Q54" s="202"/>
+      <c r="R54" s="202"/>
+      <c r="S54" s="202"/>
+      <c r="T54" s="203"/>
+      <c r="U54" s="155" t="s">
         <v>1546</v>
       </c>
-      <c r="V54" s="106"/>
-[...6 lines deleted...]
-      <c r="AC54" s="105" t="s">
+      <c r="V54" s="156"/>
+      <c r="W54" s="156"/>
+      <c r="X54" s="156"/>
+      <c r="Y54" s="156"/>
+      <c r="Z54" s="156"/>
+      <c r="AA54" s="156"/>
+      <c r="AB54" s="157"/>
+      <c r="AC54" s="155" t="s">
         <v>1547</v>
       </c>
-      <c r="AD54" s="106"/>
-[...3 lines deleted...]
-      <c r="AH54" s="107"/>
+      <c r="AD54" s="156"/>
+      <c r="AE54" s="156"/>
+      <c r="AF54" s="156"/>
+      <c r="AG54" s="156"/>
+      <c r="AH54" s="157"/>
       <c r="AM54" s="5"/>
       <c r="AN54" s="5"/>
       <c r="AO54" s="5"/>
       <c r="AP54" s="4"/>
       <c r="AW54" s="4"/>
       <c r="AX54" s="4"/>
       <c r="AY54" s="4"/>
     </row>
     <row r="55" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="22"/>
       <c r="B55" s="22"/>
-      <c r="C55" s="100"/>
-[...30 lines deleted...]
-      <c r="AH55" s="110"/>
+      <c r="C55" s="150"/>
+      <c r="D55" s="151"/>
+      <c r="E55" s="151"/>
+      <c r="F55" s="151"/>
+      <c r="G55" s="152"/>
+      <c r="H55" s="153"/>
+      <c r="I55" s="151"/>
+      <c r="J55" s="151"/>
+      <c r="K55" s="151"/>
+      <c r="L55" s="154"/>
+      <c r="M55" s="186"/>
+      <c r="N55" s="151"/>
+      <c r="O55" s="151"/>
+      <c r="P55" s="151"/>
+      <c r="Q55" s="151"/>
+      <c r="R55" s="151"/>
+      <c r="S55" s="151"/>
+      <c r="T55" s="154"/>
+      <c r="U55" s="150"/>
+      <c r="V55" s="151"/>
+      <c r="W55" s="151"/>
+      <c r="X55" s="151"/>
+      <c r="Y55" s="151"/>
+      <c r="Z55" s="151"/>
+      <c r="AA55" s="151"/>
+      <c r="AB55" s="154"/>
+      <c r="AC55" s="158"/>
+      <c r="AD55" s="159"/>
+      <c r="AE55" s="159"/>
+      <c r="AF55" s="159"/>
+      <c r="AG55" s="159"/>
+      <c r="AH55" s="160"/>
       <c r="AM55" s="5"/>
       <c r="AN55" s="5"/>
       <c r="AO55" s="5"/>
       <c r="AP55" s="4"/>
       <c r="AW55" s="4"/>
       <c r="AX55" s="4"/>
       <c r="AY55" s="4"/>
     </row>
     <row r="56" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="16"/>
       <c r="B56" s="16"/>
-      <c r="C56" s="100"/>
-[...30 lines deleted...]
-      <c r="AH56" s="110"/>
+      <c r="C56" s="150"/>
+      <c r="D56" s="151"/>
+      <c r="E56" s="151"/>
+      <c r="F56" s="151"/>
+      <c r="G56" s="152"/>
+      <c r="H56" s="153"/>
+      <c r="I56" s="151"/>
+      <c r="J56" s="151"/>
+      <c r="K56" s="151"/>
+      <c r="L56" s="154"/>
+      <c r="M56" s="186"/>
+      <c r="N56" s="151"/>
+      <c r="O56" s="151"/>
+      <c r="P56" s="151"/>
+      <c r="Q56" s="151"/>
+      <c r="R56" s="151"/>
+      <c r="S56" s="151"/>
+      <c r="T56" s="154"/>
+      <c r="U56" s="150"/>
+      <c r="V56" s="151"/>
+      <c r="W56" s="151"/>
+      <c r="X56" s="151"/>
+      <c r="Y56" s="151"/>
+      <c r="Z56" s="151"/>
+      <c r="AA56" s="151"/>
+      <c r="AB56" s="154"/>
+      <c r="AC56" s="158"/>
+      <c r="AD56" s="159"/>
+      <c r="AE56" s="159"/>
+      <c r="AF56" s="159"/>
+      <c r="AG56" s="159"/>
+      <c r="AH56" s="160"/>
       <c r="AM56" s="5"/>
       <c r="AN56" s="5"/>
       <c r="AO56" s="5"/>
       <c r="AP56" s="4"/>
       <c r="AW56" s="4"/>
       <c r="AX56" s="4"/>
       <c r="AY56" s="4"/>
     </row>
     <row r="57" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="16"/>
       <c r="B57" s="16"/>
-      <c r="C57" s="100"/>
-[...30 lines deleted...]
-      <c r="AH57" s="110"/>
+      <c r="C57" s="150"/>
+      <c r="D57" s="151"/>
+      <c r="E57" s="151"/>
+      <c r="F57" s="151"/>
+      <c r="G57" s="152"/>
+      <c r="H57" s="153"/>
+      <c r="I57" s="151"/>
+      <c r="J57" s="151"/>
+      <c r="K57" s="151"/>
+      <c r="L57" s="154"/>
+      <c r="M57" s="186"/>
+      <c r="N57" s="151"/>
+      <c r="O57" s="151"/>
+      <c r="P57" s="151"/>
+      <c r="Q57" s="151"/>
+      <c r="R57" s="151"/>
+      <c r="S57" s="151"/>
+      <c r="T57" s="154"/>
+      <c r="U57" s="150"/>
+      <c r="V57" s="151"/>
+      <c r="W57" s="151"/>
+      <c r="X57" s="151"/>
+      <c r="Y57" s="151"/>
+      <c r="Z57" s="151"/>
+      <c r="AA57" s="151"/>
+      <c r="AB57" s="154"/>
+      <c r="AC57" s="158"/>
+      <c r="AD57" s="159"/>
+      <c r="AE57" s="159"/>
+      <c r="AF57" s="159"/>
+      <c r="AG57" s="159"/>
+      <c r="AH57" s="160"/>
       <c r="AM57" s="5"/>
       <c r="AN57" s="5"/>
       <c r="AO57" s="5"/>
       <c r="AP57" s="4"/>
       <c r="AW57" s="4"/>
       <c r="AX57" s="4"/>
       <c r="AY57" s="4"/>
     </row>
     <row r="58" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="16"/>
       <c r="B58" s="16"/>
-      <c r="C58" s="100"/>
-[...30 lines deleted...]
-      <c r="AH58" s="110"/>
+      <c r="C58" s="150"/>
+      <c r="D58" s="151"/>
+      <c r="E58" s="151"/>
+      <c r="F58" s="151"/>
+      <c r="G58" s="152"/>
+      <c r="H58" s="153"/>
+      <c r="I58" s="151"/>
+      <c r="J58" s="151"/>
+      <c r="K58" s="151"/>
+      <c r="L58" s="154"/>
+      <c r="M58" s="186"/>
+      <c r="N58" s="151"/>
+      <c r="O58" s="151"/>
+      <c r="P58" s="151"/>
+      <c r="Q58" s="151"/>
+      <c r="R58" s="151"/>
+      <c r="S58" s="151"/>
+      <c r="T58" s="154"/>
+      <c r="U58" s="150"/>
+      <c r="V58" s="151"/>
+      <c r="W58" s="151"/>
+      <c r="X58" s="151"/>
+      <c r="Y58" s="151"/>
+      <c r="Z58" s="151"/>
+      <c r="AA58" s="151"/>
+      <c r="AB58" s="154"/>
+      <c r="AC58" s="158"/>
+      <c r="AD58" s="159"/>
+      <c r="AE58" s="159"/>
+      <c r="AF58" s="159"/>
+      <c r="AG58" s="159"/>
+      <c r="AH58" s="160"/>
       <c r="AM58" s="5"/>
       <c r="AN58" s="5"/>
       <c r="AO58" s="5"/>
       <c r="AP58" s="4"/>
       <c r="AW58" s="4"/>
       <c r="AX58" s="4"/>
       <c r="AY58" s="4"/>
     </row>
     <row r="59" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="25"/>
       <c r="B59" s="25"/>
-      <c r="C59" s="100"/>
-[...30 lines deleted...]
-      <c r="AH59" s="110"/>
+      <c r="C59" s="150"/>
+      <c r="D59" s="151"/>
+      <c r="E59" s="151"/>
+      <c r="F59" s="151"/>
+      <c r="G59" s="152"/>
+      <c r="H59" s="153"/>
+      <c r="I59" s="151"/>
+      <c r="J59" s="151"/>
+      <c r="K59" s="151"/>
+      <c r="L59" s="154"/>
+      <c r="M59" s="150"/>
+      <c r="N59" s="151"/>
+      <c r="O59" s="151"/>
+      <c r="P59" s="151"/>
+      <c r="Q59" s="151"/>
+      <c r="R59" s="151"/>
+      <c r="S59" s="151"/>
+      <c r="T59" s="154"/>
+      <c r="U59" s="150"/>
+      <c r="V59" s="151"/>
+      <c r="W59" s="151"/>
+      <c r="X59" s="151"/>
+      <c r="Y59" s="151"/>
+      <c r="Z59" s="151"/>
+      <c r="AA59" s="151"/>
+      <c r="AB59" s="154"/>
+      <c r="AC59" s="158"/>
+      <c r="AD59" s="159"/>
+      <c r="AE59" s="159"/>
+      <c r="AF59" s="159"/>
+      <c r="AG59" s="159"/>
+      <c r="AH59" s="160"/>
       <c r="AM59" s="5"/>
       <c r="AN59" s="5"/>
       <c r="AO59" s="5"/>
       <c r="AP59" s="4"/>
       <c r="AW59" s="4"/>
       <c r="AX59" s="4"/>
       <c r="AY59" s="4"/>
     </row>
     <row r="60" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C60" s="100"/>
-[...30 lines deleted...]
-      <c r="AH60" s="110"/>
+      <c r="C60" s="150"/>
+      <c r="D60" s="151"/>
+      <c r="E60" s="151"/>
+      <c r="F60" s="151"/>
+      <c r="G60" s="152"/>
+      <c r="H60" s="153"/>
+      <c r="I60" s="151"/>
+      <c r="J60" s="151"/>
+      <c r="K60" s="151"/>
+      <c r="L60" s="154"/>
+      <c r="M60" s="150"/>
+      <c r="N60" s="151"/>
+      <c r="O60" s="151"/>
+      <c r="P60" s="151"/>
+      <c r="Q60" s="151"/>
+      <c r="R60" s="151"/>
+      <c r="S60" s="151"/>
+      <c r="T60" s="154"/>
+      <c r="U60" s="150"/>
+      <c r="V60" s="151"/>
+      <c r="W60" s="151"/>
+      <c r="X60" s="151"/>
+      <c r="Y60" s="151"/>
+      <c r="Z60" s="151"/>
+      <c r="AA60" s="151"/>
+      <c r="AB60" s="154"/>
+      <c r="AC60" s="158"/>
+      <c r="AD60" s="159"/>
+      <c r="AE60" s="159"/>
+      <c r="AF60" s="159"/>
+      <c r="AG60" s="159"/>
+      <c r="AH60" s="160"/>
       <c r="AM60" s="5"/>
       <c r="AN60" s="5"/>
       <c r="AO60" s="5"/>
       <c r="AP60" s="4"/>
       <c r="AW60" s="4"/>
       <c r="AX60" s="4"/>
       <c r="AY60" s="4"/>
     </row>
     <row r="61" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C61" s="100"/>
-[...30 lines deleted...]
-      <c r="AH61" s="110"/>
+      <c r="C61" s="150"/>
+      <c r="D61" s="151"/>
+      <c r="E61" s="151"/>
+      <c r="F61" s="151"/>
+      <c r="G61" s="152"/>
+      <c r="H61" s="153"/>
+      <c r="I61" s="151"/>
+      <c r="J61" s="151"/>
+      <c r="K61" s="151"/>
+      <c r="L61" s="154"/>
+      <c r="M61" s="150"/>
+      <c r="N61" s="151"/>
+      <c r="O61" s="151"/>
+      <c r="P61" s="151"/>
+      <c r="Q61" s="151"/>
+      <c r="R61" s="151"/>
+      <c r="S61" s="151"/>
+      <c r="T61" s="154"/>
+      <c r="U61" s="150"/>
+      <c r="V61" s="151"/>
+      <c r="W61" s="151"/>
+      <c r="X61" s="151"/>
+      <c r="Y61" s="151"/>
+      <c r="Z61" s="151"/>
+      <c r="AA61" s="151"/>
+      <c r="AB61" s="154"/>
+      <c r="AC61" s="158"/>
+      <c r="AD61" s="159"/>
+      <c r="AE61" s="159"/>
+      <c r="AF61" s="159"/>
+      <c r="AG61" s="159"/>
+      <c r="AH61" s="160"/>
       <c r="AM61" s="15"/>
       <c r="AN61" s="15"/>
       <c r="AO61" s="15"/>
       <c r="AP61" s="4"/>
       <c r="AW61" s="4"/>
       <c r="AX61" s="4"/>
       <c r="AY61" s="4"/>
     </row>
     <row r="62" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C62" s="100"/>
-[...30 lines deleted...]
-      <c r="AH62" s="110"/>
+      <c r="C62" s="150"/>
+      <c r="D62" s="151"/>
+      <c r="E62" s="151"/>
+      <c r="F62" s="151"/>
+      <c r="G62" s="152"/>
+      <c r="H62" s="153"/>
+      <c r="I62" s="151"/>
+      <c r="J62" s="151"/>
+      <c r="K62" s="151"/>
+      <c r="L62" s="154"/>
+      <c r="M62" s="150"/>
+      <c r="N62" s="151"/>
+      <c r="O62" s="151"/>
+      <c r="P62" s="151"/>
+      <c r="Q62" s="151"/>
+      <c r="R62" s="151"/>
+      <c r="S62" s="151"/>
+      <c r="T62" s="154"/>
+      <c r="U62" s="150"/>
+      <c r="V62" s="151"/>
+      <c r="W62" s="151"/>
+      <c r="X62" s="151"/>
+      <c r="Y62" s="151"/>
+      <c r="Z62" s="151"/>
+      <c r="AA62" s="151"/>
+      <c r="AB62" s="154"/>
+      <c r="AC62" s="158"/>
+      <c r="AD62" s="159"/>
+      <c r="AE62" s="159"/>
+      <c r="AF62" s="159"/>
+      <c r="AG62" s="159"/>
+      <c r="AH62" s="160"/>
       <c r="AM62" s="15"/>
       <c r="AN62" s="15"/>
       <c r="AO62" s="15"/>
       <c r="AP62" s="4"/>
       <c r="AW62" s="4"/>
       <c r="AX62" s="4"/>
       <c r="AY62" s="4"/>
     </row>
     <row r="63" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C63" s="100"/>
-[...30 lines deleted...]
-      <c r="AH63" s="110"/>
+      <c r="C63" s="150"/>
+      <c r="D63" s="151"/>
+      <c r="E63" s="151"/>
+      <c r="F63" s="151"/>
+      <c r="G63" s="152"/>
+      <c r="H63" s="153"/>
+      <c r="I63" s="151"/>
+      <c r="J63" s="151"/>
+      <c r="K63" s="151"/>
+      <c r="L63" s="154"/>
+      <c r="M63" s="150"/>
+      <c r="N63" s="151"/>
+      <c r="O63" s="151"/>
+      <c r="P63" s="151"/>
+      <c r="Q63" s="151"/>
+      <c r="R63" s="151"/>
+      <c r="S63" s="151"/>
+      <c r="T63" s="154"/>
+      <c r="U63" s="150"/>
+      <c r="V63" s="151"/>
+      <c r="W63" s="151"/>
+      <c r="X63" s="151"/>
+      <c r="Y63" s="151"/>
+      <c r="Z63" s="151"/>
+      <c r="AA63" s="151"/>
+      <c r="AB63" s="154"/>
+      <c r="AC63" s="158"/>
+      <c r="AD63" s="159"/>
+      <c r="AE63" s="159"/>
+      <c r="AF63" s="159"/>
+      <c r="AG63" s="159"/>
+      <c r="AH63" s="160"/>
       <c r="AM63" s="15"/>
       <c r="AN63" s="15"/>
       <c r="AO63" s="15"/>
       <c r="AP63" s="4"/>
       <c r="AW63" s="4"/>
       <c r="AX63" s="4"/>
       <c r="AY63" s="4"/>
     </row>
     <row r="64" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C64" s="100"/>
-[...30 lines deleted...]
-      <c r="AH64" s="110"/>
+      <c r="C64" s="150"/>
+      <c r="D64" s="151"/>
+      <c r="E64" s="151"/>
+      <c r="F64" s="151"/>
+      <c r="G64" s="152"/>
+      <c r="H64" s="153"/>
+      <c r="I64" s="151"/>
+      <c r="J64" s="151"/>
+      <c r="K64" s="151"/>
+      <c r="L64" s="154"/>
+      <c r="M64" s="150"/>
+      <c r="N64" s="151"/>
+      <c r="O64" s="151"/>
+      <c r="P64" s="151"/>
+      <c r="Q64" s="151"/>
+      <c r="R64" s="151"/>
+      <c r="S64" s="151"/>
+      <c r="T64" s="154"/>
+      <c r="U64" s="150"/>
+      <c r="V64" s="151"/>
+      <c r="W64" s="151"/>
+      <c r="X64" s="151"/>
+      <c r="Y64" s="151"/>
+      <c r="Z64" s="151"/>
+      <c r="AA64" s="151"/>
+      <c r="AB64" s="154"/>
+      <c r="AC64" s="158"/>
+      <c r="AD64" s="159"/>
+      <c r="AE64" s="159"/>
+      <c r="AF64" s="159"/>
+      <c r="AG64" s="159"/>
+      <c r="AH64" s="160"/>
       <c r="AM64" s="15"/>
       <c r="AN64" s="15"/>
       <c r="AO64" s="15"/>
       <c r="AP64" s="4"/>
       <c r="AW64" s="4"/>
       <c r="AX64" s="4"/>
       <c r="AY64" s="4"/>
     </row>
     <row r="65" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C65" s="100"/>
-[...30 lines deleted...]
-      <c r="AH65" s="110"/>
+      <c r="C65" s="150"/>
+      <c r="D65" s="151"/>
+      <c r="E65" s="151"/>
+      <c r="F65" s="151"/>
+      <c r="G65" s="152"/>
+      <c r="H65" s="153"/>
+      <c r="I65" s="151"/>
+      <c r="J65" s="151"/>
+      <c r="K65" s="151"/>
+      <c r="L65" s="154"/>
+      <c r="M65" s="150"/>
+      <c r="N65" s="151"/>
+      <c r="O65" s="151"/>
+      <c r="P65" s="151"/>
+      <c r="Q65" s="151"/>
+      <c r="R65" s="151"/>
+      <c r="S65" s="151"/>
+      <c r="T65" s="154"/>
+      <c r="U65" s="150"/>
+      <c r="V65" s="151"/>
+      <c r="W65" s="151"/>
+      <c r="X65" s="151"/>
+      <c r="Y65" s="151"/>
+      <c r="Z65" s="151"/>
+      <c r="AA65" s="151"/>
+      <c r="AB65" s="154"/>
+      <c r="AC65" s="158"/>
+      <c r="AD65" s="159"/>
+      <c r="AE65" s="159"/>
+      <c r="AF65" s="159"/>
+      <c r="AG65" s="159"/>
+      <c r="AH65" s="160"/>
       <c r="AM65" s="15"/>
       <c r="AN65" s="15"/>
       <c r="AO65" s="15"/>
       <c r="AP65" s="4"/>
       <c r="AW65" s="4"/>
       <c r="AX65" s="4"/>
       <c r="AY65" s="4"/>
     </row>
     <row r="66" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C66" s="100"/>
-[...30 lines deleted...]
-      <c r="AH66" s="110"/>
+      <c r="C66" s="150"/>
+      <c r="D66" s="151"/>
+      <c r="E66" s="151"/>
+      <c r="F66" s="151"/>
+      <c r="G66" s="152"/>
+      <c r="H66" s="153"/>
+      <c r="I66" s="151"/>
+      <c r="J66" s="151"/>
+      <c r="K66" s="151"/>
+      <c r="L66" s="154"/>
+      <c r="M66" s="150"/>
+      <c r="N66" s="151"/>
+      <c r="O66" s="151"/>
+      <c r="P66" s="151"/>
+      <c r="Q66" s="151"/>
+      <c r="R66" s="151"/>
+      <c r="S66" s="151"/>
+      <c r="T66" s="154"/>
+      <c r="U66" s="150"/>
+      <c r="V66" s="151"/>
+      <c r="W66" s="151"/>
+      <c r="X66" s="151"/>
+      <c r="Y66" s="151"/>
+      <c r="Z66" s="151"/>
+      <c r="AA66" s="151"/>
+      <c r="AB66" s="154"/>
+      <c r="AC66" s="158"/>
+      <c r="AD66" s="159"/>
+      <c r="AE66" s="159"/>
+      <c r="AF66" s="159"/>
+      <c r="AG66" s="159"/>
+      <c r="AH66" s="160"/>
       <c r="AM66" s="15"/>
       <c r="AN66" s="15"/>
       <c r="AO66" s="15"/>
       <c r="AP66" s="4"/>
       <c r="AW66" s="4"/>
       <c r="AX66" s="4"/>
       <c r="AY66" s="4"/>
     </row>
     <row r="67" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C67" s="100"/>
-[...30 lines deleted...]
-      <c r="AH67" s="110"/>
+      <c r="C67" s="150"/>
+      <c r="D67" s="151"/>
+      <c r="E67" s="151"/>
+      <c r="F67" s="151"/>
+      <c r="G67" s="152"/>
+      <c r="H67" s="153"/>
+      <c r="I67" s="151"/>
+      <c r="J67" s="151"/>
+      <c r="K67" s="151"/>
+      <c r="L67" s="154"/>
+      <c r="M67" s="150"/>
+      <c r="N67" s="151"/>
+      <c r="O67" s="151"/>
+      <c r="P67" s="151"/>
+      <c r="Q67" s="151"/>
+      <c r="R67" s="151"/>
+      <c r="S67" s="151"/>
+      <c r="T67" s="154"/>
+      <c r="U67" s="150"/>
+      <c r="V67" s="151"/>
+      <c r="W67" s="151"/>
+      <c r="X67" s="151"/>
+      <c r="Y67" s="151"/>
+      <c r="Z67" s="151"/>
+      <c r="AA67" s="151"/>
+      <c r="AB67" s="154"/>
+      <c r="AC67" s="158"/>
+      <c r="AD67" s="159"/>
+      <c r="AE67" s="159"/>
+      <c r="AF67" s="159"/>
+      <c r="AG67" s="159"/>
+      <c r="AH67" s="160"/>
       <c r="AM67" s="15"/>
       <c r="AN67" s="15"/>
       <c r="AO67" s="15"/>
       <c r="AP67" s="4"/>
       <c r="AW67" s="4"/>
       <c r="AX67" s="4"/>
       <c r="AY67" s="4"/>
     </row>
     <row r="68" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C68" s="100"/>
-[...30 lines deleted...]
-      <c r="AH68" s="110"/>
+      <c r="C68" s="150"/>
+      <c r="D68" s="151"/>
+      <c r="E68" s="151"/>
+      <c r="F68" s="151"/>
+      <c r="G68" s="152"/>
+      <c r="H68" s="153"/>
+      <c r="I68" s="151"/>
+      <c r="J68" s="151"/>
+      <c r="K68" s="151"/>
+      <c r="L68" s="154"/>
+      <c r="M68" s="150"/>
+      <c r="N68" s="151"/>
+      <c r="O68" s="151"/>
+      <c r="P68" s="151"/>
+      <c r="Q68" s="151"/>
+      <c r="R68" s="151"/>
+      <c r="S68" s="151"/>
+      <c r="T68" s="154"/>
+      <c r="U68" s="150"/>
+      <c r="V68" s="151"/>
+      <c r="W68" s="151"/>
+      <c r="X68" s="151"/>
+      <c r="Y68" s="151"/>
+      <c r="Z68" s="151"/>
+      <c r="AA68" s="151"/>
+      <c r="AB68" s="154"/>
+      <c r="AC68" s="158"/>
+      <c r="AD68" s="159"/>
+      <c r="AE68" s="159"/>
+      <c r="AF68" s="159"/>
+      <c r="AG68" s="159"/>
+      <c r="AH68" s="160"/>
       <c r="AM68" s="15"/>
       <c r="AN68" s="15"/>
       <c r="AO68" s="15"/>
       <c r="AP68" s="4"/>
       <c r="AW68" s="4"/>
       <c r="AX68" s="4"/>
       <c r="AY68" s="4"/>
     </row>
     <row r="69" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C69" s="100"/>
-[...30 lines deleted...]
-      <c r="AH69" s="110"/>
+      <c r="C69" s="150"/>
+      <c r="D69" s="151"/>
+      <c r="E69" s="151"/>
+      <c r="F69" s="151"/>
+      <c r="G69" s="152"/>
+      <c r="H69" s="153"/>
+      <c r="I69" s="151"/>
+      <c r="J69" s="151"/>
+      <c r="K69" s="151"/>
+      <c r="L69" s="154"/>
+      <c r="M69" s="186"/>
+      <c r="N69" s="151"/>
+      <c r="O69" s="151"/>
+      <c r="P69" s="151"/>
+      <c r="Q69" s="151"/>
+      <c r="R69" s="151"/>
+      <c r="S69" s="151"/>
+      <c r="T69" s="154"/>
+      <c r="U69" s="150"/>
+      <c r="V69" s="151"/>
+      <c r="W69" s="151"/>
+      <c r="X69" s="151"/>
+      <c r="Y69" s="151"/>
+      <c r="Z69" s="151"/>
+      <c r="AA69" s="151"/>
+      <c r="AB69" s="154"/>
+      <c r="AC69" s="158"/>
+      <c r="AD69" s="159"/>
+      <c r="AE69" s="159"/>
+      <c r="AF69" s="159"/>
+      <c r="AG69" s="159"/>
+      <c r="AH69" s="160"/>
       <c r="AM69" s="15"/>
       <c r="AN69" s="15"/>
       <c r="AO69" s="15"/>
       <c r="AP69" s="4"/>
       <c r="AW69" s="4"/>
       <c r="AX69" s="4"/>
       <c r="AY69" s="4"/>
     </row>
     <row r="70" spans="3:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT70" s="15"/>
       <c r="AU70" s="15"/>
       <c r="AV70" s="15"/>
       <c r="AW70" s="4"/>
       <c r="AX70" s="4"/>
       <c r="AY70" s="4"/>
     </row>
     <row r="71" spans="3:51" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E71" s="99" t="s">
+      <c r="E71" s="149" t="s">
         <v>1540</v>
       </c>
-      <c r="F71" s="99"/>
-[...30 lines deleted...]
-      <c r="AK71" s="99"/>
+      <c r="F71" s="149"/>
+      <c r="G71" s="149"/>
+      <c r="H71" s="149"/>
+      <c r="I71" s="149"/>
+      <c r="J71" s="149"/>
+      <c r="K71" s="149"/>
+      <c r="L71" s="149"/>
+      <c r="M71" s="149"/>
+      <c r="N71" s="149"/>
+      <c r="O71" s="149"/>
+      <c r="P71" s="149"/>
+      <c r="Q71" s="149"/>
+      <c r="R71" s="149"/>
+      <c r="S71" s="149"/>
+      <c r="T71" s="149"/>
+      <c r="U71" s="149"/>
+      <c r="V71" s="149"/>
+      <c r="W71" s="149"/>
+      <c r="X71" s="149"/>
+      <c r="Y71" s="149"/>
+      <c r="Z71" s="149"/>
+      <c r="AA71" s="149"/>
+      <c r="AB71" s="149"/>
+      <c r="AC71" s="149"/>
+      <c r="AD71" s="149"/>
+      <c r="AE71" s="149"/>
+      <c r="AF71" s="149"/>
+      <c r="AG71" s="149"/>
+      <c r="AH71" s="149"/>
+      <c r="AI71" s="149"/>
+      <c r="AJ71" s="149"/>
+      <c r="AK71" s="149"/>
       <c r="AL71" s="23"/>
       <c r="AM71" s="23"/>
       <c r="AN71" s="23"/>
       <c r="AO71" s="23"/>
       <c r="AP71" s="17"/>
       <c r="AT71" s="5"/>
       <c r="AU71" s="5"/>
       <c r="AV71" s="5"/>
       <c r="AW71" s="4"/>
       <c r="AX71" s="4"/>
       <c r="AY71" s="4"/>
     </row>
     <row r="72" spans="3:51" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E72" s="99"/>
-[...31 lines deleted...]
-      <c r="AK72" s="99"/>
+      <c r="E72" s="149"/>
+      <c r="F72" s="149"/>
+      <c r="G72" s="149"/>
+      <c r="H72" s="149"/>
+      <c r="I72" s="149"/>
+      <c r="J72" s="149"/>
+      <c r="K72" s="149"/>
+      <c r="L72" s="149"/>
+      <c r="M72" s="149"/>
+      <c r="N72" s="149"/>
+      <c r="O72" s="149"/>
+      <c r="P72" s="149"/>
+      <c r="Q72" s="149"/>
+      <c r="R72" s="149"/>
+      <c r="S72" s="149"/>
+      <c r="T72" s="149"/>
+      <c r="U72" s="149"/>
+      <c r="V72" s="149"/>
+      <c r="W72" s="149"/>
+      <c r="X72" s="149"/>
+      <c r="Y72" s="149"/>
+      <c r="Z72" s="149"/>
+      <c r="AA72" s="149"/>
+      <c r="AB72" s="149"/>
+      <c r="AC72" s="149"/>
+      <c r="AD72" s="149"/>
+      <c r="AE72" s="149"/>
+      <c r="AF72" s="149"/>
+      <c r="AG72" s="149"/>
+      <c r="AH72" s="149"/>
+      <c r="AI72" s="149"/>
+      <c r="AJ72" s="149"/>
+      <c r="AK72" s="149"/>
       <c r="AL72" s="23"/>
       <c r="AM72" s="23"/>
       <c r="AN72" s="23"/>
       <c r="AO72" s="23"/>
       <c r="AP72" s="17"/>
       <c r="AT72" s="5"/>
       <c r="AU72" s="5"/>
       <c r="AV72" s="5"/>
       <c r="AW72" s="4"/>
       <c r="AX72" s="4"/>
       <c r="AY72" s="4"/>
     </row>
     <row r="73" spans="3:51" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E73" s="99"/>
-[...31 lines deleted...]
-      <c r="AK73" s="99"/>
+      <c r="E73" s="149"/>
+      <c r="F73" s="149"/>
+      <c r="G73" s="149"/>
+      <c r="H73" s="149"/>
+      <c r="I73" s="149"/>
+      <c r="J73" s="149"/>
+      <c r="K73" s="149"/>
+      <c r="L73" s="149"/>
+      <c r="M73" s="149"/>
+      <c r="N73" s="149"/>
+      <c r="O73" s="149"/>
+      <c r="P73" s="149"/>
+      <c r="Q73" s="149"/>
+      <c r="R73" s="149"/>
+      <c r="S73" s="149"/>
+      <c r="T73" s="149"/>
+      <c r="U73" s="149"/>
+      <c r="V73" s="149"/>
+      <c r="W73" s="149"/>
+      <c r="X73" s="149"/>
+      <c r="Y73" s="149"/>
+      <c r="Z73" s="149"/>
+      <c r="AA73" s="149"/>
+      <c r="AB73" s="149"/>
+      <c r="AC73" s="149"/>
+      <c r="AD73" s="149"/>
+      <c r="AE73" s="149"/>
+      <c r="AF73" s="149"/>
+      <c r="AG73" s="149"/>
+      <c r="AH73" s="149"/>
+      <c r="AI73" s="149"/>
+      <c r="AJ73" s="149"/>
+      <c r="AK73" s="149"/>
       <c r="AL73" s="23"/>
       <c r="AM73" s="23"/>
       <c r="AN73" s="23"/>
       <c r="AO73" s="23"/>
       <c r="AP73" s="26"/>
       <c r="AT73" s="5"/>
       <c r="AU73" s="5"/>
       <c r="AV73" s="5"/>
       <c r="AW73" s="4"/>
       <c r="AX73" s="4"/>
       <c r="AY73" s="4"/>
     </row>
     <row r="74" spans="3:51" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E74" s="99" t="s">
-[...33 lines deleted...]
-      <c r="AK74" s="99"/>
+      <c r="E74" s="149" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F74" s="149"/>
+      <c r="G74" s="149"/>
+      <c r="H74" s="149"/>
+      <c r="I74" s="149"/>
+      <c r="J74" s="149"/>
+      <c r="K74" s="149"/>
+      <c r="L74" s="149"/>
+      <c r="M74" s="149"/>
+      <c r="N74" s="149"/>
+      <c r="O74" s="149"/>
+      <c r="P74" s="149"/>
+      <c r="Q74" s="149"/>
+      <c r="R74" s="149"/>
+      <c r="S74" s="149"/>
+      <c r="T74" s="149"/>
+      <c r="U74" s="149"/>
+      <c r="V74" s="149"/>
+      <c r="W74" s="149"/>
+      <c r="X74" s="149"/>
+      <c r="Y74" s="149"/>
+      <c r="Z74" s="149"/>
+      <c r="AA74" s="149"/>
+      <c r="AB74" s="149"/>
+      <c r="AC74" s="149"/>
+      <c r="AD74" s="149"/>
+      <c r="AE74" s="149"/>
+      <c r="AF74" s="149"/>
+      <c r="AG74" s="149"/>
+      <c r="AH74" s="149"/>
+      <c r="AI74" s="149"/>
+      <c r="AJ74" s="149"/>
+      <c r="AK74" s="149"/>
       <c r="AL74" s="23"/>
       <c r="AM74" s="23"/>
       <c r="AN74" s="23"/>
       <c r="AO74" s="23"/>
       <c r="AP74" s="26"/>
       <c r="AT74" s="5"/>
       <c r="AU74" s="5"/>
       <c r="AV74" s="5"/>
       <c r="AW74" s="4"/>
       <c r="AX74" s="4"/>
       <c r="AY74" s="4"/>
     </row>
     <row r="75" spans="3:51" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E75" s="99"/>
-[...31 lines deleted...]
-      <c r="AK75" s="99"/>
+      <c r="E75" s="149"/>
+      <c r="F75" s="149"/>
+      <c r="G75" s="149"/>
+      <c r="H75" s="149"/>
+      <c r="I75" s="149"/>
+      <c r="J75" s="149"/>
+      <c r="K75" s="149"/>
+      <c r="L75" s="149"/>
+      <c r="M75" s="149"/>
+      <c r="N75" s="149"/>
+      <c r="O75" s="149"/>
+      <c r="P75" s="149"/>
+      <c r="Q75" s="149"/>
+      <c r="R75" s="149"/>
+      <c r="S75" s="149"/>
+      <c r="T75" s="149"/>
+      <c r="U75" s="149"/>
+      <c r="V75" s="149"/>
+      <c r="W75" s="149"/>
+      <c r="X75" s="149"/>
+      <c r="Y75" s="149"/>
+      <c r="Z75" s="149"/>
+      <c r="AA75" s="149"/>
+      <c r="AB75" s="149"/>
+      <c r="AC75" s="149"/>
+      <c r="AD75" s="149"/>
+      <c r="AE75" s="149"/>
+      <c r="AF75" s="149"/>
+      <c r="AG75" s="149"/>
+      <c r="AH75" s="149"/>
+      <c r="AI75" s="149"/>
+      <c r="AJ75" s="149"/>
+      <c r="AK75" s="149"/>
       <c r="AL75" s="23"/>
       <c r="AM75" s="23"/>
       <c r="AN75" s="23"/>
       <c r="AO75" s="23"/>
       <c r="AT75" s="5"/>
       <c r="AU75" s="5"/>
       <c r="AV75" s="5"/>
       <c r="AW75" s="4"/>
       <c r="AX75" s="4"/>
       <c r="AY75" s="4"/>
     </row>
     <row r="76" spans="3:51" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E76" s="99" t="s">
-[...33 lines deleted...]
-      <c r="AK76" s="99"/>
+      <c r="E76" s="149" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F76" s="149"/>
+      <c r="G76" s="149"/>
+      <c r="H76" s="149"/>
+      <c r="I76" s="149"/>
+      <c r="J76" s="149"/>
+      <c r="K76" s="149"/>
+      <c r="L76" s="149"/>
+      <c r="M76" s="149"/>
+      <c r="N76" s="149"/>
+      <c r="O76" s="149"/>
+      <c r="P76" s="149"/>
+      <c r="Q76" s="149"/>
+      <c r="R76" s="149"/>
+      <c r="S76" s="149"/>
+      <c r="T76" s="149"/>
+      <c r="U76" s="149"/>
+      <c r="V76" s="149"/>
+      <c r="W76" s="149"/>
+      <c r="X76" s="149"/>
+      <c r="Y76" s="149"/>
+      <c r="Z76" s="149"/>
+      <c r="AA76" s="149"/>
+      <c r="AB76" s="149"/>
+      <c r="AC76" s="149"/>
+      <c r="AD76" s="149"/>
+      <c r="AE76" s="149"/>
+      <c r="AF76" s="149"/>
+      <c r="AG76" s="149"/>
+      <c r="AH76" s="149"/>
+      <c r="AI76" s="149"/>
+      <c r="AJ76" s="149"/>
+      <c r="AK76" s="149"/>
       <c r="AL76" s="23"/>
       <c r="AM76" s="23"/>
       <c r="AN76" s="23"/>
       <c r="AO76" s="23"/>
       <c r="AP76" s="26"/>
       <c r="AT76" s="5"/>
       <c r="AU76" s="5"/>
       <c r="AV76" s="5"/>
       <c r="AW76" s="4"/>
       <c r="AX76" s="4"/>
       <c r="AY76" s="4"/>
     </row>
     <row r="77" spans="3:51" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D77" s="27"/>
-      <c r="E77" s="129" t="s">
-[...34 lines deleted...]
-      <c r="AL77" s="129"/>
+      <c r="E77" s="179" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F77" s="179"/>
+      <c r="G77" s="179"/>
+      <c r="H77" s="179"/>
+      <c r="I77" s="179"/>
+      <c r="J77" s="179"/>
+      <c r="K77" s="179"/>
+      <c r="L77" s="179"/>
+      <c r="M77" s="179"/>
+      <c r="N77" s="179"/>
+      <c r="O77" s="179"/>
+      <c r="P77" s="179"/>
+      <c r="Q77" s="179"/>
+      <c r="R77" s="179"/>
+      <c r="S77" s="179"/>
+      <c r="T77" s="179"/>
+      <c r="U77" s="179"/>
+      <c r="V77" s="179"/>
+      <c r="W77" s="179"/>
+      <c r="X77" s="179"/>
+      <c r="Y77" s="179"/>
+      <c r="Z77" s="179"/>
+      <c r="AA77" s="179"/>
+      <c r="AB77" s="179"/>
+      <c r="AC77" s="179"/>
+      <c r="AD77" s="179"/>
+      <c r="AE77" s="179"/>
+      <c r="AF77" s="179"/>
+      <c r="AG77" s="179"/>
+      <c r="AH77" s="179"/>
+      <c r="AI77" s="179"/>
+      <c r="AJ77" s="179"/>
+      <c r="AK77" s="179"/>
+      <c r="AL77" s="179"/>
       <c r="AM77" s="28"/>
       <c r="AN77" s="28"/>
       <c r="AO77" s="23"/>
       <c r="AT77" s="5"/>
       <c r="AU77" s="5"/>
       <c r="AV77" s="5"/>
       <c r="AW77" s="4"/>
       <c r="AX77" s="4"/>
       <c r="AY77" s="4"/>
     </row>
     <row r="78" spans="3:51" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E78" s="99" t="s">
-[...33 lines deleted...]
-      <c r="AK78" s="99"/>
+      <c r="E78" s="149" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F78" s="149"/>
+      <c r="G78" s="149"/>
+      <c r="H78" s="149"/>
+      <c r="I78" s="149"/>
+      <c r="J78" s="149"/>
+      <c r="K78" s="149"/>
+      <c r="L78" s="149"/>
+      <c r="M78" s="149"/>
+      <c r="N78" s="149"/>
+      <c r="O78" s="149"/>
+      <c r="P78" s="149"/>
+      <c r="Q78" s="149"/>
+      <c r="R78" s="149"/>
+      <c r="S78" s="149"/>
+      <c r="T78" s="149"/>
+      <c r="U78" s="149"/>
+      <c r="V78" s="149"/>
+      <c r="W78" s="149"/>
+      <c r="X78" s="149"/>
+      <c r="Y78" s="149"/>
+      <c r="Z78" s="149"/>
+      <c r="AA78" s="149"/>
+      <c r="AB78" s="149"/>
+      <c r="AC78" s="149"/>
+      <c r="AD78" s="149"/>
+      <c r="AE78" s="149"/>
+      <c r="AF78" s="149"/>
+      <c r="AG78" s="149"/>
+      <c r="AH78" s="149"/>
+      <c r="AI78" s="149"/>
+      <c r="AJ78" s="149"/>
+      <c r="AK78" s="149"/>
       <c r="AL78" s="23"/>
       <c r="AM78" s="23"/>
       <c r="AN78" s="23"/>
       <c r="AO78" s="23"/>
       <c r="AP78" s="26"/>
       <c r="AT78" s="5"/>
       <c r="AU78" s="5"/>
       <c r="AV78" s="5"/>
       <c r="AW78" s="4"/>
       <c r="AX78" s="4"/>
       <c r="AY78" s="4"/>
     </row>
     <row r="79" spans="3:51" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D79" s="27"/>
       <c r="E79" s="48"/>
       <c r="F79" s="48"/>
       <c r="G79" s="48"/>
       <c r="H79" s="48"/>
       <c r="I79" s="48"/>
       <c r="J79" s="48"/>
       <c r="K79" s="48"/>
       <c r="L79" s="48"/>
       <c r="M79" s="48"/>
       <c r="N79" s="48"/>
       <c r="O79" s="48"/>
@@ -24277,331 +26140,331 @@
       <c r="Y82" s="48"/>
       <c r="Z82" s="48"/>
       <c r="AA82" s="48"/>
       <c r="AB82" s="48"/>
       <c r="AC82" s="48"/>
       <c r="AD82" s="48"/>
       <c r="AE82" s="48"/>
       <c r="AF82" s="48"/>
       <c r="AG82" s="48"/>
       <c r="AH82" s="48"/>
       <c r="AI82" s="48"/>
       <c r="AJ82" s="48"/>
       <c r="AK82" s="48"/>
       <c r="AL82" s="48"/>
       <c r="AM82" s="28"/>
       <c r="AN82" s="28"/>
       <c r="AO82" s="23"/>
       <c r="AT82" s="5"/>
       <c r="AU82" s="5"/>
       <c r="AV82" s="5"/>
       <c r="AW82" s="4"/>
       <c r="AX82" s="4"/>
       <c r="AY82" s="4"/>
     </row>
     <row r="83" spans="2:51" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B83" s="127" t="s">
+      <c r="B83" s="177" t="s">
         <v>1543</v>
       </c>
-      <c r="C83" s="127"/>
-[...33 lines deleted...]
-      <c r="AK83" s="127"/>
+      <c r="C83" s="177"/>
+      <c r="D83" s="177"/>
+      <c r="E83" s="177"/>
+      <c r="F83" s="177"/>
+      <c r="G83" s="177"/>
+      <c r="H83" s="177"/>
+      <c r="I83" s="177"/>
+      <c r="J83" s="177"/>
+      <c r="K83" s="177"/>
+      <c r="L83" s="177"/>
+      <c r="M83" s="177"/>
+      <c r="N83" s="177"/>
+      <c r="O83" s="177"/>
+      <c r="P83" s="177"/>
+      <c r="Q83" s="177"/>
+      <c r="R83" s="177"/>
+      <c r="S83" s="177"/>
+      <c r="T83" s="177"/>
+      <c r="U83" s="177"/>
+      <c r="V83" s="177"/>
+      <c r="W83" s="177"/>
+      <c r="X83" s="177"/>
+      <c r="Y83" s="177"/>
+      <c r="Z83" s="177"/>
+      <c r="AA83" s="177"/>
+      <c r="AB83" s="177"/>
+      <c r="AC83" s="177"/>
+      <c r="AD83" s="177"/>
+      <c r="AE83" s="177"/>
+      <c r="AF83" s="177"/>
+      <c r="AG83" s="177"/>
+      <c r="AH83" s="177"/>
+      <c r="AI83" s="177"/>
+      <c r="AJ83" s="177"/>
+      <c r="AK83" s="177"/>
       <c r="AM83" s="28"/>
       <c r="AN83" s="28"/>
       <c r="AO83" s="23"/>
       <c r="AT83" s="5"/>
       <c r="AU83" s="5"/>
       <c r="AV83" s="5"/>
       <c r="AW83" s="4"/>
       <c r="AX83" s="4"/>
       <c r="AY83" s="4"/>
     </row>
     <row r="84" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D84" s="99" t="s">
-[...34 lines deleted...]
-      <c r="AK84" s="99"/>
+      <c r="D84" s="149" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E84" s="149"/>
+      <c r="F84" s="149"/>
+      <c r="G84" s="149"/>
+      <c r="H84" s="149"/>
+      <c r="I84" s="149"/>
+      <c r="J84" s="149"/>
+      <c r="K84" s="149"/>
+      <c r="L84" s="149"/>
+      <c r="M84" s="149"/>
+      <c r="N84" s="149"/>
+      <c r="O84" s="149"/>
+      <c r="P84" s="149"/>
+      <c r="Q84" s="149"/>
+      <c r="R84" s="149"/>
+      <c r="S84" s="149"/>
+      <c r="T84" s="149"/>
+      <c r="U84" s="149"/>
+      <c r="V84" s="149"/>
+      <c r="W84" s="149"/>
+      <c r="X84" s="149"/>
+      <c r="Y84" s="149"/>
+      <c r="Z84" s="149"/>
+      <c r="AA84" s="149"/>
+      <c r="AB84" s="149"/>
+      <c r="AC84" s="149"/>
+      <c r="AD84" s="149"/>
+      <c r="AE84" s="149"/>
+      <c r="AF84" s="149"/>
+      <c r="AG84" s="149"/>
+      <c r="AH84" s="149"/>
+      <c r="AI84" s="149"/>
+      <c r="AJ84" s="149"/>
+      <c r="AK84" s="149"/>
       <c r="AL84" s="48"/>
       <c r="AM84" s="28"/>
       <c r="AN84" s="28"/>
       <c r="AO84" s="23"/>
       <c r="AT84" s="5"/>
       <c r="AU84" s="5"/>
       <c r="AV84" s="5"/>
       <c r="AW84" s="4"/>
       <c r="AX84" s="4"/>
       <c r="AY84" s="4"/>
     </row>
     <row r="85" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D85" s="99"/>
-[...32 lines deleted...]
-      <c r="AK85" s="99"/>
+      <c r="D85" s="149"/>
+      <c r="E85" s="149"/>
+      <c r="F85" s="149"/>
+      <c r="G85" s="149"/>
+      <c r="H85" s="149"/>
+      <c r="I85" s="149"/>
+      <c r="J85" s="149"/>
+      <c r="K85" s="149"/>
+      <c r="L85" s="149"/>
+      <c r="M85" s="149"/>
+      <c r="N85" s="149"/>
+      <c r="O85" s="149"/>
+      <c r="P85" s="149"/>
+      <c r="Q85" s="149"/>
+      <c r="R85" s="149"/>
+      <c r="S85" s="149"/>
+      <c r="T85" s="149"/>
+      <c r="U85" s="149"/>
+      <c r="V85" s="149"/>
+      <c r="W85" s="149"/>
+      <c r="X85" s="149"/>
+      <c r="Y85" s="149"/>
+      <c r="Z85" s="149"/>
+      <c r="AA85" s="149"/>
+      <c r="AB85" s="149"/>
+      <c r="AC85" s="149"/>
+      <c r="AD85" s="149"/>
+      <c r="AE85" s="149"/>
+      <c r="AF85" s="149"/>
+      <c r="AG85" s="149"/>
+      <c r="AH85" s="149"/>
+      <c r="AI85" s="149"/>
+      <c r="AJ85" s="149"/>
+      <c r="AK85" s="149"/>
       <c r="AL85" s="48"/>
       <c r="AM85" s="28"/>
       <c r="AN85" s="28"/>
       <c r="AO85" s="23"/>
       <c r="AT85" s="5"/>
       <c r="AU85" s="5"/>
       <c r="AV85" s="5"/>
       <c r="AW85" s="4"/>
       <c r="AX85" s="4"/>
       <c r="AY85" s="4"/>
     </row>
     <row r="86" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D86" s="99"/>
-[...32 lines deleted...]
-      <c r="AK86" s="99"/>
+      <c r="D86" s="149"/>
+      <c r="E86" s="149"/>
+      <c r="F86" s="149"/>
+      <c r="G86" s="149"/>
+      <c r="H86" s="149"/>
+      <c r="I86" s="149"/>
+      <c r="J86" s="149"/>
+      <c r="K86" s="149"/>
+      <c r="L86" s="149"/>
+      <c r="M86" s="149"/>
+      <c r="N86" s="149"/>
+      <c r="O86" s="149"/>
+      <c r="P86" s="149"/>
+      <c r="Q86" s="149"/>
+      <c r="R86" s="149"/>
+      <c r="S86" s="149"/>
+      <c r="T86" s="149"/>
+      <c r="U86" s="149"/>
+      <c r="V86" s="149"/>
+      <c r="W86" s="149"/>
+      <c r="X86" s="149"/>
+      <c r="Y86" s="149"/>
+      <c r="Z86" s="149"/>
+      <c r="AA86" s="149"/>
+      <c r="AB86" s="149"/>
+      <c r="AC86" s="149"/>
+      <c r="AD86" s="149"/>
+      <c r="AE86" s="149"/>
+      <c r="AF86" s="149"/>
+      <c r="AG86" s="149"/>
+      <c r="AH86" s="149"/>
+      <c r="AI86" s="149"/>
+      <c r="AJ86" s="149"/>
+      <c r="AK86" s="149"/>
       <c r="AL86" s="48"/>
       <c r="AM86" s="28"/>
       <c r="AN86" s="28"/>
       <c r="AO86" s="23"/>
       <c r="AT86" s="5"/>
       <c r="AU86" s="5"/>
       <c r="AV86" s="5"/>
       <c r="AW86" s="4"/>
       <c r="AX86" s="4"/>
       <c r="AY86" s="4"/>
     </row>
     <row r="87" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D87" s="99"/>
-[...32 lines deleted...]
-      <c r="AK87" s="99"/>
+      <c r="D87" s="149"/>
+      <c r="E87" s="149"/>
+      <c r="F87" s="149"/>
+      <c r="G87" s="149"/>
+      <c r="H87" s="149"/>
+      <c r="I87" s="149"/>
+      <c r="J87" s="149"/>
+      <c r="K87" s="149"/>
+      <c r="L87" s="149"/>
+      <c r="M87" s="149"/>
+      <c r="N87" s="149"/>
+      <c r="O87" s="149"/>
+      <c r="P87" s="149"/>
+      <c r="Q87" s="149"/>
+      <c r="R87" s="149"/>
+      <c r="S87" s="149"/>
+      <c r="T87" s="149"/>
+      <c r="U87" s="149"/>
+      <c r="V87" s="149"/>
+      <c r="W87" s="149"/>
+      <c r="X87" s="149"/>
+      <c r="Y87" s="149"/>
+      <c r="Z87" s="149"/>
+      <c r="AA87" s="149"/>
+      <c r="AB87" s="149"/>
+      <c r="AC87" s="149"/>
+      <c r="AD87" s="149"/>
+      <c r="AE87" s="149"/>
+      <c r="AF87" s="149"/>
+      <c r="AG87" s="149"/>
+      <c r="AH87" s="149"/>
+      <c r="AI87" s="149"/>
+      <c r="AJ87" s="149"/>
+      <c r="AK87" s="149"/>
       <c r="AL87" s="48"/>
       <c r="AM87" s="28"/>
       <c r="AN87" s="28"/>
       <c r="AO87" s="23"/>
       <c r="AT87" s="5"/>
       <c r="AU87" s="5"/>
       <c r="AV87" s="5"/>
       <c r="AW87" s="4"/>
       <c r="AX87" s="4"/>
       <c r="AY87" s="4"/>
     </row>
     <row r="88" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="T88" s="48"/>
       <c r="U88" s="48"/>
       <c r="V88" s="48"/>
       <c r="W88" s="48"/>
       <c r="X88" s="48"/>
       <c r="Y88" s="48"/>
       <c r="Z88" s="48"/>
       <c r="AA88" s="48"/>
       <c r="AB88" s="48"/>
       <c r="AC88" s="48"/>
       <c r="AD88" s="48"/>
       <c r="AE88" s="48"/>
       <c r="AF88" s="48"/>
       <c r="AG88" s="48"/>
       <c r="AH88" s="48"/>
       <c r="AI88" s="48"/>
       <c r="AJ88" s="48"/>
       <c r="AK88" s="48"/>
       <c r="AL88" s="48"/>
       <c r="AM88" s="28"/>
       <c r="AN88" s="28"/>
       <c r="AO88" s="23"/>
       <c r="AT88" s="5"/>
       <c r="AU88" s="5"/>
       <c r="AV88" s="5"/>
       <c r="AW88" s="4"/>
       <c r="AX88" s="4"/>
       <c r="AY88" s="4"/>
     </row>
     <row r="89" spans="2:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C89" s="119" t="s">
+      <c r="C89" s="169" t="s">
         <v>1548</v>
       </c>
-      <c r="D89" s="119"/>
-[...11 lines deleted...]
-      <c r="P89" s="120"/>
+      <c r="D89" s="169"/>
+      <c r="E89" s="169"/>
+      <c r="F89" s="169"/>
+      <c r="G89" s="169"/>
+      <c r="H89" s="169"/>
+      <c r="I89" s="169"/>
+      <c r="J89" s="169"/>
+      <c r="K89" s="169"/>
+      <c r="L89" s="169"/>
+      <c r="M89" s="170"/>
+      <c r="N89" s="170"/>
+      <c r="O89" s="170"/>
+      <c r="P89" s="170"/>
       <c r="Q89" s="55"/>
       <c r="T89" s="48"/>
       <c r="U89" s="48"/>
       <c r="V89" s="48"/>
       <c r="W89" s="48"/>
       <c r="X89" s="48"/>
       <c r="Y89" s="48"/>
       <c r="Z89" s="48"/>
       <c r="AA89" s="48"/>
       <c r="AB89" s="48"/>
       <c r="AC89" s="48"/>
       <c r="AD89" s="48"/>
       <c r="AE89" s="48"/>
       <c r="AF89" s="48"/>
       <c r="AG89" s="48"/>
       <c r="AH89" s="48"/>
       <c r="AI89" s="48"/>
       <c r="AJ89" s="48"/>
       <c r="AK89" s="48"/>
       <c r="AL89" s="48"/>
       <c r="AM89" s="28"/>
       <c r="AN89" s="28"/>
       <c r="AO89" s="23"/>
       <c r="AT89" s="5"/>
       <c r="AU89" s="5"/>
@@ -24619,668 +26482,668 @@
       <c r="Y90" s="48"/>
       <c r="Z90" s="48"/>
       <c r="AA90" s="48"/>
       <c r="AB90" s="48"/>
       <c r="AC90" s="48"/>
       <c r="AD90" s="48"/>
       <c r="AE90" s="48"/>
       <c r="AF90" s="48"/>
       <c r="AG90" s="48"/>
       <c r="AH90" s="48"/>
       <c r="AI90" s="48"/>
       <c r="AJ90" s="48"/>
       <c r="AK90" s="48"/>
       <c r="AL90" s="48"/>
       <c r="AM90" s="28"/>
       <c r="AN90" s="28"/>
       <c r="AO90" s="23"/>
       <c r="AT90" s="5"/>
       <c r="AU90" s="5"/>
       <c r="AV90" s="5"/>
       <c r="AW90" s="4"/>
       <c r="AX90" s="4"/>
       <c r="AY90" s="4"/>
     </row>
     <row r="91" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C91" s="118" t="s">
+      <c r="C91" s="168" t="s">
         <v>1544</v>
       </c>
-      <c r="D91" s="118"/>
-[...33 lines deleted...]
-      <c r="AK91" s="97"/>
+      <c r="D91" s="168"/>
+      <c r="E91" s="168"/>
+      <c r="F91" s="168"/>
+      <c r="G91" s="168"/>
+      <c r="H91" s="168"/>
+      <c r="I91" s="168"/>
+      <c r="J91" s="168"/>
+      <c r="K91" s="168"/>
+      <c r="L91" s="168"/>
+      <c r="M91" s="168"/>
+      <c r="N91" s="168"/>
+      <c r="O91" s="168"/>
+      <c r="P91" s="168"/>
+      <c r="Q91" s="168"/>
+      <c r="R91" s="168"/>
+      <c r="S91" s="168"/>
+      <c r="U91" s="147" t="s">
+        <v>1555</v>
+      </c>
+      <c r="V91" s="147"/>
+      <c r="W91" s="147"/>
+      <c r="X91" s="147"/>
+      <c r="Y91" s="147"/>
+      <c r="Z91" s="147"/>
+      <c r="AA91" s="147"/>
+      <c r="AB91" s="147"/>
+      <c r="AC91" s="147"/>
+      <c r="AD91" s="147"/>
+      <c r="AE91" s="147"/>
+      <c r="AF91" s="147"/>
+      <c r="AG91" s="147"/>
+      <c r="AH91" s="147"/>
+      <c r="AI91" s="147"/>
+      <c r="AJ91" s="147"/>
+      <c r="AK91" s="147"/>
       <c r="AL91" s="48"/>
       <c r="AM91" s="28"/>
       <c r="AN91" s="28"/>
       <c r="AO91" s="23"/>
       <c r="AT91" s="5"/>
       <c r="AU91" s="5"/>
       <c r="AV91" s="5"/>
       <c r="AW91" s="4"/>
       <c r="AX91" s="4"/>
       <c r="AY91" s="4"/>
     </row>
     <row r="92" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C92" s="111" t="s">
-[...36 lines deleted...]
-      <c r="AK92" s="96"/>
+      <c r="C92" s="161" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D92" s="162"/>
+      <c r="E92" s="162"/>
+      <c r="F92" s="162"/>
+      <c r="G92" s="162"/>
+      <c r="H92" s="165"/>
+      <c r="I92" s="165"/>
+      <c r="J92" s="165"/>
+      <c r="K92" s="165"/>
+      <c r="L92" s="165"/>
+      <c r="M92" s="165"/>
+      <c r="N92" s="165"/>
+      <c r="O92" s="165"/>
+      <c r="P92" s="165"/>
+      <c r="Q92" s="165"/>
+      <c r="R92" s="165"/>
+      <c r="S92" s="166"/>
+      <c r="U92" s="143" t="s">
+        <v>1571</v>
+      </c>
+      <c r="V92" s="143"/>
+      <c r="W92" s="143"/>
+      <c r="X92" s="143"/>
+      <c r="Y92" s="143"/>
+      <c r="Z92" s="146"/>
+      <c r="AA92" s="146"/>
+      <c r="AB92" s="146"/>
+      <c r="AC92" s="146"/>
+      <c r="AD92" s="146"/>
+      <c r="AE92" s="146"/>
+      <c r="AF92" s="146"/>
+      <c r="AG92" s="146"/>
+      <c r="AH92" s="146"/>
+      <c r="AI92" s="146"/>
+      <c r="AJ92" s="146"/>
+      <c r="AK92" s="146"/>
       <c r="AL92" s="48"/>
       <c r="AM92" s="28"/>
       <c r="AN92" s="28"/>
       <c r="AO92" s="23"/>
       <c r="AT92" s="5"/>
       <c r="AU92" s="5"/>
       <c r="AV92" s="5"/>
       <c r="AW92" s="4"/>
       <c r="AX92" s="4"/>
       <c r="AY92" s="4"/>
     </row>
     <row r="93" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C93" s="111" t="s">
+      <c r="C93" s="161" t="s">
         <v>1527</v>
       </c>
-      <c r="D93" s="112"/>
-[...33 lines deleted...]
-      <c r="AK93" s="96"/>
+      <c r="D93" s="162"/>
+      <c r="E93" s="162"/>
+      <c r="F93" s="162"/>
+      <c r="G93" s="162"/>
+      <c r="H93" s="165"/>
+      <c r="I93" s="165"/>
+      <c r="J93" s="165"/>
+      <c r="K93" s="165"/>
+      <c r="L93" s="165"/>
+      <c r="M93" s="165"/>
+      <c r="N93" s="165"/>
+      <c r="O93" s="165"/>
+      <c r="P93" s="165"/>
+      <c r="Q93" s="165"/>
+      <c r="R93" s="165"/>
+      <c r="S93" s="166"/>
+      <c r="U93" s="143" t="s">
+        <v>1572</v>
+      </c>
+      <c r="V93" s="143"/>
+      <c r="W93" s="143"/>
+      <c r="X93" s="143"/>
+      <c r="Y93" s="143"/>
+      <c r="Z93" s="146"/>
+      <c r="AA93" s="146"/>
+      <c r="AB93" s="146"/>
+      <c r="AC93" s="146"/>
+      <c r="AD93" s="146"/>
+      <c r="AE93" s="146"/>
+      <c r="AF93" s="146"/>
+      <c r="AG93" s="146"/>
+      <c r="AH93" s="146"/>
+      <c r="AI93" s="146"/>
+      <c r="AJ93" s="146"/>
+      <c r="AK93" s="146"/>
       <c r="AL93" s="48"/>
       <c r="AM93" s="28"/>
       <c r="AN93" s="28"/>
       <c r="AO93" s="23"/>
       <c r="AT93" s="5"/>
       <c r="AU93" s="5"/>
       <c r="AV93" s="5"/>
       <c r="AW93" s="4"/>
       <c r="AX93" s="4"/>
       <c r="AY93" s="4"/>
     </row>
     <row r="94" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C94" s="111" t="s">
+      <c r="C94" s="161" t="s">
         <v>1528</v>
       </c>
-      <c r="D94" s="112"/>
-[...33 lines deleted...]
-      <c r="AK94" s="94"/>
+      <c r="D94" s="162"/>
+      <c r="E94" s="162"/>
+      <c r="F94" s="162"/>
+      <c r="G94" s="162"/>
+      <c r="H94" s="163"/>
+      <c r="I94" s="163"/>
+      <c r="J94" s="163"/>
+      <c r="K94" s="163"/>
+      <c r="L94" s="163"/>
+      <c r="M94" s="163"/>
+      <c r="N94" s="163"/>
+      <c r="O94" s="163"/>
+      <c r="P94" s="163"/>
+      <c r="Q94" s="163"/>
+      <c r="R94" s="163"/>
+      <c r="S94" s="164"/>
+      <c r="U94" s="143" t="s">
+        <v>1573</v>
+      </c>
+      <c r="V94" s="143"/>
+      <c r="W94" s="143"/>
+      <c r="X94" s="143"/>
+      <c r="Y94" s="143"/>
+      <c r="Z94" s="144"/>
+      <c r="AA94" s="144"/>
+      <c r="AB94" s="144"/>
+      <c r="AC94" s="144"/>
+      <c r="AD94" s="144"/>
+      <c r="AE94" s="144"/>
+      <c r="AF94" s="144"/>
+      <c r="AG94" s="144"/>
+      <c r="AH94" s="144"/>
+      <c r="AI94" s="144"/>
+      <c r="AJ94" s="144"/>
+      <c r="AK94" s="144"/>
       <c r="AL94" s="48"/>
       <c r="AM94" s="28"/>
       <c r="AN94" s="28"/>
       <c r="AO94" s="23"/>
       <c r="AT94" s="5"/>
       <c r="AU94" s="5"/>
       <c r="AV94" s="5"/>
       <c r="AW94" s="4"/>
       <c r="AX94" s="4"/>
       <c r="AY94" s="4"/>
     </row>
     <row r="95" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C95" s="111" t="s">
+      <c r="C95" s="161" t="s">
         <v>1529</v>
       </c>
-      <c r="D95" s="112"/>
-[...33 lines deleted...]
-      <c r="AK95" s="96"/>
+      <c r="D95" s="162"/>
+      <c r="E95" s="162"/>
+      <c r="F95" s="162"/>
+      <c r="G95" s="162"/>
+      <c r="H95" s="167"/>
+      <c r="I95" s="165"/>
+      <c r="J95" s="165"/>
+      <c r="K95" s="165"/>
+      <c r="L95" s="165"/>
+      <c r="M95" s="165"/>
+      <c r="N95" s="165"/>
+      <c r="O95" s="165"/>
+      <c r="P95" s="165"/>
+      <c r="Q95" s="165"/>
+      <c r="R95" s="165"/>
+      <c r="S95" s="166"/>
+      <c r="U95" s="143" t="s">
+        <v>1574</v>
+      </c>
+      <c r="V95" s="143"/>
+      <c r="W95" s="143"/>
+      <c r="X95" s="143"/>
+      <c r="Y95" s="143"/>
+      <c r="Z95" s="145"/>
+      <c r="AA95" s="146"/>
+      <c r="AB95" s="146"/>
+      <c r="AC95" s="146"/>
+      <c r="AD95" s="146"/>
+      <c r="AE95" s="146"/>
+      <c r="AF95" s="146"/>
+      <c r="AG95" s="146"/>
+      <c r="AH95" s="146"/>
+      <c r="AI95" s="146"/>
+      <c r="AJ95" s="146"/>
+      <c r="AK95" s="146"/>
       <c r="AL95" s="48"/>
       <c r="AM95" s="28"/>
       <c r="AN95" s="28"/>
       <c r="AO95" s="23"/>
       <c r="AT95" s="5"/>
       <c r="AU95" s="5"/>
       <c r="AV95" s="5"/>
       <c r="AW95" s="4"/>
       <c r="AX95" s="4"/>
       <c r="AY95" s="4"/>
     </row>
     <row r="96" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C96" s="111" t="s">
-[...36 lines deleted...]
-      <c r="AK96" s="96"/>
+      <c r="C96" s="161" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D96" s="162"/>
+      <c r="E96" s="162"/>
+      <c r="F96" s="162"/>
+      <c r="G96" s="162"/>
+      <c r="H96" s="163"/>
+      <c r="I96" s="163"/>
+      <c r="J96" s="163"/>
+      <c r="K96" s="163"/>
+      <c r="L96" s="163"/>
+      <c r="M96" s="163"/>
+      <c r="N96" s="163"/>
+      <c r="O96" s="163"/>
+      <c r="P96" s="163"/>
+      <c r="Q96" s="163"/>
+      <c r="R96" s="163"/>
+      <c r="S96" s="164"/>
+      <c r="U96" s="143" t="s">
+        <v>1575</v>
+      </c>
+      <c r="V96" s="143"/>
+      <c r="W96" s="143"/>
+      <c r="X96" s="143"/>
+      <c r="Y96" s="143"/>
+      <c r="Z96" s="146"/>
+      <c r="AA96" s="146"/>
+      <c r="AB96" s="146"/>
+      <c r="AC96" s="146"/>
+      <c r="AD96" s="146"/>
+      <c r="AE96" s="146"/>
+      <c r="AF96" s="146"/>
+      <c r="AG96" s="146"/>
+      <c r="AH96" s="146"/>
+      <c r="AI96" s="146"/>
+      <c r="AJ96" s="146"/>
+      <c r="AK96" s="146"/>
       <c r="AL96" s="48"/>
       <c r="AM96" s="28"/>
       <c r="AN96" s="28"/>
       <c r="AO96" s="23"/>
       <c r="AT96" s="5"/>
       <c r="AU96" s="5"/>
       <c r="AV96" s="5"/>
       <c r="AW96" s="4"/>
       <c r="AX96" s="4"/>
       <c r="AY96" s="4"/>
     </row>
     <row r="97" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="T97" s="86"/>
       <c r="U97" s="56"/>
       <c r="V97" s="56"/>
       <c r="W97" s="56"/>
       <c r="X97" s="56"/>
       <c r="Y97" s="56"/>
       <c r="Z97" s="56"/>
       <c r="AA97" s="56"/>
       <c r="AB97" s="56"/>
       <c r="AC97" s="56"/>
       <c r="AD97" s="56"/>
       <c r="AE97" s="56"/>
       <c r="AF97" s="56"/>
       <c r="AG97" s="56"/>
       <c r="AH97" s="56"/>
       <c r="AI97" s="56"/>
       <c r="AJ97" s="56"/>
       <c r="AK97" s="56"/>
       <c r="AL97" s="48"/>
       <c r="AM97" s="28"/>
       <c r="AN97" s="28"/>
       <c r="AO97" s="23"/>
       <c r="AT97" s="5"/>
       <c r="AU97" s="5"/>
       <c r="AV97" s="5"/>
       <c r="AW97" s="4"/>
       <c r="AX97" s="4"/>
       <c r="AY97" s="4"/>
     </row>
     <row r="98" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C98" s="97" t="s">
+      <c r="C98" s="147" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D98" s="147"/>
+      <c r="E98" s="147"/>
+      <c r="F98" s="147"/>
+      <c r="G98" s="147"/>
+      <c r="H98" s="147"/>
+      <c r="I98" s="147"/>
+      <c r="J98" s="147"/>
+      <c r="K98" s="147"/>
+      <c r="L98" s="147"/>
+      <c r="M98" s="147"/>
+      <c r="N98" s="147"/>
+      <c r="O98" s="147"/>
+      <c r="P98" s="147"/>
+      <c r="Q98" s="147"/>
+      <c r="R98" s="147"/>
+      <c r="S98" s="147"/>
+      <c r="U98" s="147" t="s">
         <v>1577</v>
       </c>
-      <c r="D98" s="97"/>
-[...33 lines deleted...]
-      <c r="AK98" s="97"/>
+      <c r="V98" s="147"/>
+      <c r="W98" s="147"/>
+      <c r="X98" s="147"/>
+      <c r="Y98" s="147"/>
+      <c r="Z98" s="147"/>
+      <c r="AA98" s="147"/>
+      <c r="AB98" s="147"/>
+      <c r="AC98" s="147"/>
+      <c r="AD98" s="147"/>
+      <c r="AE98" s="147"/>
+      <c r="AF98" s="147"/>
+      <c r="AG98" s="147"/>
+      <c r="AH98" s="147"/>
+      <c r="AI98" s="147"/>
+      <c r="AJ98" s="147"/>
+      <c r="AK98" s="147"/>
       <c r="AL98" s="48"/>
       <c r="AM98" s="28"/>
       <c r="AN98" s="28"/>
       <c r="AO98" s="23"/>
       <c r="AT98" s="5"/>
       <c r="AU98" s="5"/>
       <c r="AV98" s="5"/>
       <c r="AW98" s="4"/>
       <c r="AX98" s="4"/>
       <c r="AY98" s="4"/>
     </row>
     <row r="99" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C99" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK99" s="96"/>
+      <c r="C99" s="143" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D99" s="143"/>
+      <c r="E99" s="143"/>
+      <c r="F99" s="143"/>
+      <c r="G99" s="143"/>
+      <c r="H99" s="146"/>
+      <c r="I99" s="146"/>
+      <c r="J99" s="146"/>
+      <c r="K99" s="146"/>
+      <c r="L99" s="146"/>
+      <c r="M99" s="146"/>
+      <c r="N99" s="146"/>
+      <c r="O99" s="146"/>
+      <c r="P99" s="146"/>
+      <c r="Q99" s="146"/>
+      <c r="R99" s="146"/>
+      <c r="S99" s="146"/>
+      <c r="U99" s="143" t="s">
+        <v>1571</v>
+      </c>
+      <c r="V99" s="143"/>
+      <c r="W99" s="143"/>
+      <c r="X99" s="143"/>
+      <c r="Y99" s="143"/>
+      <c r="Z99" s="146"/>
+      <c r="AA99" s="146"/>
+      <c r="AB99" s="146"/>
+      <c r="AC99" s="146"/>
+      <c r="AD99" s="146"/>
+      <c r="AE99" s="146"/>
+      <c r="AF99" s="146"/>
+      <c r="AG99" s="146"/>
+      <c r="AH99" s="146"/>
+      <c r="AI99" s="146"/>
+      <c r="AJ99" s="146"/>
+      <c r="AK99" s="146"/>
       <c r="AL99" s="48"/>
       <c r="AM99" s="28"/>
       <c r="AN99" s="28"/>
       <c r="AO99" s="23"/>
       <c r="AT99" s="5"/>
       <c r="AU99" s="5"/>
       <c r="AV99" s="5"/>
       <c r="AW99" s="4"/>
       <c r="AX99" s="4"/>
       <c r="AY99" s="4"/>
     </row>
     <row r="100" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C100" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK100" s="94"/>
+      <c r="C100" s="143" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D100" s="143"/>
+      <c r="E100" s="143"/>
+      <c r="F100" s="143"/>
+      <c r="G100" s="143"/>
+      <c r="H100" s="146"/>
+      <c r="I100" s="146"/>
+      <c r="J100" s="146"/>
+      <c r="K100" s="146"/>
+      <c r="L100" s="146"/>
+      <c r="M100" s="146"/>
+      <c r="N100" s="146"/>
+      <c r="O100" s="146"/>
+      <c r="P100" s="146"/>
+      <c r="Q100" s="146"/>
+      <c r="R100" s="146"/>
+      <c r="S100" s="146"/>
+      <c r="U100" s="143" t="s">
+        <v>1572</v>
+      </c>
+      <c r="V100" s="143"/>
+      <c r="W100" s="143"/>
+      <c r="X100" s="143"/>
+      <c r="Y100" s="143"/>
+      <c r="Z100" s="144"/>
+      <c r="AA100" s="144"/>
+      <c r="AB100" s="144"/>
+      <c r="AC100" s="144"/>
+      <c r="AD100" s="144"/>
+      <c r="AE100" s="144"/>
+      <c r="AF100" s="144"/>
+      <c r="AG100" s="144"/>
+      <c r="AH100" s="144"/>
+      <c r="AI100" s="144"/>
+      <c r="AJ100" s="144"/>
+      <c r="AK100" s="144"/>
       <c r="AL100" s="48"/>
       <c r="AM100" s="28"/>
       <c r="AN100" s="28"/>
       <c r="AO100" s="23"/>
       <c r="AT100" s="5"/>
       <c r="AU100" s="5"/>
       <c r="AV100" s="5"/>
       <c r="AW100" s="4"/>
       <c r="AX100" s="4"/>
       <c r="AY100" s="4"/>
     </row>
     <row r="101" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C101" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK101" s="98"/>
+      <c r="C101" s="143" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D101" s="143"/>
+      <c r="E101" s="143"/>
+      <c r="F101" s="143"/>
+      <c r="G101" s="143"/>
+      <c r="H101" s="144"/>
+      <c r="I101" s="144"/>
+      <c r="J101" s="144"/>
+      <c r="K101" s="144"/>
+      <c r="L101" s="144"/>
+      <c r="M101" s="144"/>
+      <c r="N101" s="144"/>
+      <c r="O101" s="144"/>
+      <c r="P101" s="144"/>
+      <c r="Q101" s="144"/>
+      <c r="R101" s="144"/>
+      <c r="S101" s="144"/>
+      <c r="U101" s="143" t="s">
+        <v>1592</v>
+      </c>
+      <c r="V101" s="143"/>
+      <c r="W101" s="143"/>
+      <c r="X101" s="143"/>
+      <c r="Y101" s="143"/>
+      <c r="Z101" s="148"/>
+      <c r="AA101" s="148"/>
+      <c r="AB101" s="148"/>
+      <c r="AC101" s="148"/>
+      <c r="AD101" s="148"/>
+      <c r="AE101" s="148"/>
+      <c r="AF101" s="148"/>
+      <c r="AG101" s="148"/>
+      <c r="AH101" s="148"/>
+      <c r="AI101" s="148"/>
+      <c r="AJ101" s="148"/>
+      <c r="AK101" s="148"/>
       <c r="AL101" s="48"/>
       <c r="AM101" s="28"/>
       <c r="AN101" s="28"/>
       <c r="AO101" s="23"/>
       <c r="AT101" s="5"/>
       <c r="AU101" s="5"/>
       <c r="AV101" s="5"/>
       <c r="AW101" s="4"/>
       <c r="AX101" s="4"/>
       <c r="AY101" s="4"/>
     </row>
     <row r="102" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C102" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK102" s="96"/>
+      <c r="C102" s="143" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D102" s="143"/>
+      <c r="E102" s="143"/>
+      <c r="F102" s="143"/>
+      <c r="G102" s="143"/>
+      <c r="H102" s="145"/>
+      <c r="I102" s="146"/>
+      <c r="J102" s="146"/>
+      <c r="K102" s="146"/>
+      <c r="L102" s="146"/>
+      <c r="M102" s="146"/>
+      <c r="N102" s="146"/>
+      <c r="O102" s="146"/>
+      <c r="P102" s="146"/>
+      <c r="Q102" s="146"/>
+      <c r="R102" s="146"/>
+      <c r="S102" s="146"/>
+      <c r="U102" s="143" t="s">
+        <v>1574</v>
+      </c>
+      <c r="V102" s="143"/>
+      <c r="W102" s="143"/>
+      <c r="X102" s="143"/>
+      <c r="Y102" s="143"/>
+      <c r="Z102" s="145"/>
+      <c r="AA102" s="146"/>
+      <c r="AB102" s="146"/>
+      <c r="AC102" s="146"/>
+      <c r="AD102" s="146"/>
+      <c r="AE102" s="146"/>
+      <c r="AF102" s="146"/>
+      <c r="AG102" s="146"/>
+      <c r="AH102" s="146"/>
+      <c r="AI102" s="146"/>
+      <c r="AJ102" s="146"/>
+      <c r="AK102" s="146"/>
       <c r="AL102" s="48"/>
       <c r="AM102" s="28"/>
       <c r="AN102" s="28"/>
       <c r="AO102" s="23"/>
       <c r="AT102" s="5"/>
       <c r="AU102" s="5"/>
       <c r="AV102" s="5"/>
       <c r="AW102" s="4"/>
       <c r="AX102" s="4"/>
       <c r="AY102" s="4"/>
     </row>
     <row r="103" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C103" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK103" s="94"/>
+      <c r="C103" s="143" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D103" s="143"/>
+      <c r="E103" s="143"/>
+      <c r="F103" s="143"/>
+      <c r="G103" s="143"/>
+      <c r="H103" s="144"/>
+      <c r="I103" s="144"/>
+      <c r="J103" s="144"/>
+      <c r="K103" s="144"/>
+      <c r="L103" s="144"/>
+      <c r="M103" s="144"/>
+      <c r="N103" s="144"/>
+      <c r="O103" s="144"/>
+      <c r="P103" s="144"/>
+      <c r="Q103" s="144"/>
+      <c r="R103" s="144"/>
+      <c r="S103" s="144"/>
+      <c r="U103" s="143" t="s">
+        <v>1575</v>
+      </c>
+      <c r="V103" s="143"/>
+      <c r="W103" s="143"/>
+      <c r="X103" s="143"/>
+      <c r="Y103" s="143"/>
+      <c r="Z103" s="144"/>
+      <c r="AA103" s="144"/>
+      <c r="AB103" s="144"/>
+      <c r="AC103" s="144"/>
+      <c r="AD103" s="144"/>
+      <c r="AE103" s="144"/>
+      <c r="AF103" s="144"/>
+      <c r="AG103" s="144"/>
+      <c r="AH103" s="144"/>
+      <c r="AI103" s="144"/>
+      <c r="AJ103" s="144"/>
+      <c r="AK103" s="144"/>
       <c r="AL103" s="48"/>
       <c r="AM103" s="28"/>
       <c r="AN103" s="28"/>
       <c r="AO103" s="23"/>
       <c r="AT103" s="5"/>
       <c r="AU103" s="5"/>
       <c r="AV103" s="5"/>
       <c r="AW103" s="4"/>
       <c r="AX103" s="4"/>
       <c r="AY103" s="4"/>
     </row>
     <row r="104" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C104" s="57"/>
       <c r="D104" s="58"/>
       <c r="E104" s="56"/>
       <c r="F104" s="56"/>
       <c r="G104" s="56"/>
       <c r="H104" s="56"/>
       <c r="I104" s="56"/>
       <c r="J104" s="56"/>
       <c r="K104" s="56"/>
       <c r="L104" s="56"/>
       <c r="M104" s="56"/>
       <c r="N104" s="56"/>
       <c r="O104" s="56"/>
@@ -25296,338 +27159,338 @@
       <c r="Y104" s="56"/>
       <c r="Z104" s="56"/>
       <c r="AA104" s="56"/>
       <c r="AB104" s="56"/>
       <c r="AC104" s="56"/>
       <c r="AD104" s="56"/>
       <c r="AE104" s="56"/>
       <c r="AF104" s="56"/>
       <c r="AG104" s="56"/>
       <c r="AH104" s="56"/>
       <c r="AI104" s="56"/>
       <c r="AJ104" s="56"/>
       <c r="AK104" s="56"/>
       <c r="AL104" s="48"/>
       <c r="AM104" s="28"/>
       <c r="AN104" s="28"/>
       <c r="AO104" s="23"/>
       <c r="AT104" s="5"/>
       <c r="AU104" s="5"/>
       <c r="AV104" s="5"/>
       <c r="AW104" s="4"/>
       <c r="AX104" s="4"/>
       <c r="AY104" s="4"/>
     </row>
     <row r="105" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C105" s="97" t="s">
+      <c r="C105" s="147" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D105" s="147"/>
+      <c r="E105" s="147"/>
+      <c r="F105" s="147"/>
+      <c r="G105" s="147"/>
+      <c r="H105" s="147"/>
+      <c r="I105" s="147"/>
+      <c r="J105" s="147"/>
+      <c r="K105" s="147"/>
+      <c r="L105" s="147"/>
+      <c r="M105" s="147"/>
+      <c r="N105" s="147"/>
+      <c r="O105" s="147"/>
+      <c r="P105" s="147"/>
+      <c r="Q105" s="147"/>
+      <c r="R105" s="147"/>
+      <c r="S105" s="147"/>
+      <c r="U105" s="147" t="s">
         <v>1579</v>
       </c>
-      <c r="D105" s="97"/>
-[...33 lines deleted...]
-      <c r="AK105" s="97"/>
+      <c r="V105" s="147"/>
+      <c r="W105" s="147"/>
+      <c r="X105" s="147"/>
+      <c r="Y105" s="147"/>
+      <c r="Z105" s="147"/>
+      <c r="AA105" s="147"/>
+      <c r="AB105" s="147"/>
+      <c r="AC105" s="147"/>
+      <c r="AD105" s="147"/>
+      <c r="AE105" s="147"/>
+      <c r="AF105" s="147"/>
+      <c r="AG105" s="147"/>
+      <c r="AH105" s="147"/>
+      <c r="AI105" s="147"/>
+      <c r="AJ105" s="147"/>
+      <c r="AK105" s="147"/>
       <c r="AL105" s="48"/>
       <c r="AM105" s="28"/>
       <c r="AN105" s="28"/>
       <c r="AO105" s="23"/>
       <c r="AT105" s="5"/>
       <c r="AU105" s="5"/>
       <c r="AV105" s="5"/>
       <c r="AW105" s="4"/>
       <c r="AX105" s="4"/>
       <c r="AY105" s="4"/>
     </row>
     <row r="106" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C106" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK106" s="96"/>
+      <c r="C106" s="143" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D106" s="143"/>
+      <c r="E106" s="143"/>
+      <c r="F106" s="143"/>
+      <c r="G106" s="143"/>
+      <c r="H106" s="146"/>
+      <c r="I106" s="146"/>
+      <c r="J106" s="146"/>
+      <c r="K106" s="146"/>
+      <c r="L106" s="146"/>
+      <c r="M106" s="146"/>
+      <c r="N106" s="146"/>
+      <c r="O106" s="146"/>
+      <c r="P106" s="146"/>
+      <c r="Q106" s="146"/>
+      <c r="R106" s="146"/>
+      <c r="S106" s="146"/>
+      <c r="U106" s="143" t="s">
+        <v>1571</v>
+      </c>
+      <c r="V106" s="143"/>
+      <c r="W106" s="143"/>
+      <c r="X106" s="143"/>
+      <c r="Y106" s="143"/>
+      <c r="Z106" s="146"/>
+      <c r="AA106" s="146"/>
+      <c r="AB106" s="146"/>
+      <c r="AC106" s="146"/>
+      <c r="AD106" s="146"/>
+      <c r="AE106" s="146"/>
+      <c r="AF106" s="146"/>
+      <c r="AG106" s="146"/>
+      <c r="AH106" s="146"/>
+      <c r="AI106" s="146"/>
+      <c r="AJ106" s="146"/>
+      <c r="AK106" s="146"/>
       <c r="AL106" s="48"/>
       <c r="AM106" s="28"/>
       <c r="AN106" s="28"/>
       <c r="AO106" s="23"/>
       <c r="AT106" s="5"/>
       <c r="AU106" s="5"/>
       <c r="AV106" s="5"/>
       <c r="AW106" s="4"/>
       <c r="AX106" s="4"/>
       <c r="AY106" s="4"/>
     </row>
     <row r="107" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C107" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK107" s="94"/>
+      <c r="C107" s="143" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D107" s="143"/>
+      <c r="E107" s="143"/>
+      <c r="F107" s="143"/>
+      <c r="G107" s="143"/>
+      <c r="H107" s="144"/>
+      <c r="I107" s="144"/>
+      <c r="J107" s="144"/>
+      <c r="K107" s="144"/>
+      <c r="L107" s="144"/>
+      <c r="M107" s="144"/>
+      <c r="N107" s="144"/>
+      <c r="O107" s="144"/>
+      <c r="P107" s="144"/>
+      <c r="Q107" s="144"/>
+      <c r="R107" s="144"/>
+      <c r="S107" s="144"/>
+      <c r="U107" s="143" t="s">
+        <v>1572</v>
+      </c>
+      <c r="V107" s="143"/>
+      <c r="W107" s="143"/>
+      <c r="X107" s="143"/>
+      <c r="Y107" s="143"/>
+      <c r="Z107" s="144"/>
+      <c r="AA107" s="144"/>
+      <c r="AB107" s="144"/>
+      <c r="AC107" s="144"/>
+      <c r="AD107" s="144"/>
+      <c r="AE107" s="144"/>
+      <c r="AF107" s="144"/>
+      <c r="AG107" s="144"/>
+      <c r="AH107" s="144"/>
+      <c r="AI107" s="144"/>
+      <c r="AJ107" s="144"/>
+      <c r="AK107" s="144"/>
       <c r="AL107" s="48"/>
       <c r="AM107" s="28"/>
       <c r="AN107" s="28"/>
       <c r="AO107" s="23"/>
       <c r="AT107" s="5"/>
       <c r="AU107" s="5"/>
       <c r="AV107" s="5"/>
       <c r="AW107" s="4"/>
       <c r="AX107" s="4"/>
       <c r="AY107" s="4"/>
     </row>
     <row r="108" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C108" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK108" s="94"/>
+      <c r="C108" s="143" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D108" s="143"/>
+      <c r="E108" s="143"/>
+      <c r="F108" s="143"/>
+      <c r="G108" s="143"/>
+      <c r="H108" s="144"/>
+      <c r="I108" s="144"/>
+      <c r="J108" s="144"/>
+      <c r="K108" s="144"/>
+      <c r="L108" s="144"/>
+      <c r="M108" s="144"/>
+      <c r="N108" s="144"/>
+      <c r="O108" s="144"/>
+      <c r="P108" s="144"/>
+      <c r="Q108" s="144"/>
+      <c r="R108" s="144"/>
+      <c r="S108" s="144"/>
+      <c r="U108" s="143" t="s">
+        <v>1573</v>
+      </c>
+      <c r="V108" s="143"/>
+      <c r="W108" s="143"/>
+      <c r="X108" s="143"/>
+      <c r="Y108" s="143"/>
+      <c r="Z108" s="144"/>
+      <c r="AA108" s="144"/>
+      <c r="AB108" s="144"/>
+      <c r="AC108" s="144"/>
+      <c r="AD108" s="144"/>
+      <c r="AE108" s="144"/>
+      <c r="AF108" s="144"/>
+      <c r="AG108" s="144"/>
+      <c r="AH108" s="144"/>
+      <c r="AI108" s="144"/>
+      <c r="AJ108" s="144"/>
+      <c r="AK108" s="144"/>
       <c r="AL108" s="48"/>
       <c r="AM108" s="28"/>
       <c r="AN108" s="28"/>
       <c r="AO108" s="23"/>
       <c r="AT108" s="5"/>
       <c r="AU108" s="5"/>
       <c r="AV108" s="5"/>
       <c r="AW108" s="4"/>
       <c r="AX108" s="4"/>
       <c r="AY108" s="4"/>
     </row>
     <row r="109" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C109" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK109" s="96"/>
+      <c r="C109" s="143" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D109" s="143"/>
+      <c r="E109" s="143"/>
+      <c r="F109" s="143"/>
+      <c r="G109" s="143"/>
+      <c r="H109" s="145"/>
+      <c r="I109" s="146"/>
+      <c r="J109" s="146"/>
+      <c r="K109" s="146"/>
+      <c r="L109" s="146"/>
+      <c r="M109" s="146"/>
+      <c r="N109" s="146"/>
+      <c r="O109" s="146"/>
+      <c r="P109" s="146"/>
+      <c r="Q109" s="146"/>
+      <c r="R109" s="146"/>
+      <c r="S109" s="146"/>
+      <c r="U109" s="143" t="s">
+        <v>1574</v>
+      </c>
+      <c r="V109" s="143"/>
+      <c r="W109" s="143"/>
+      <c r="X109" s="143"/>
+      <c r="Y109" s="143"/>
+      <c r="Z109" s="145"/>
+      <c r="AA109" s="146"/>
+      <c r="AB109" s="146"/>
+      <c r="AC109" s="146"/>
+      <c r="AD109" s="146"/>
+      <c r="AE109" s="146"/>
+      <c r="AF109" s="146"/>
+      <c r="AG109" s="146"/>
+      <c r="AH109" s="146"/>
+      <c r="AI109" s="146"/>
+      <c r="AJ109" s="146"/>
+      <c r="AK109" s="146"/>
       <c r="AL109" s="48"/>
       <c r="AM109" s="28"/>
       <c r="AN109" s="28"/>
       <c r="AO109" s="23"/>
       <c r="AT109" s="5"/>
       <c r="AU109" s="5"/>
       <c r="AV109" s="5"/>
       <c r="AW109" s="4"/>
       <c r="AX109" s="4"/>
       <c r="AY109" s="4"/>
     </row>
     <row r="110" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C110" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK110" s="94"/>
+      <c r="C110" s="143" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D110" s="143"/>
+      <c r="E110" s="143"/>
+      <c r="F110" s="143"/>
+      <c r="G110" s="143"/>
+      <c r="H110" s="144"/>
+      <c r="I110" s="144"/>
+      <c r="J110" s="144"/>
+      <c r="K110" s="144"/>
+      <c r="L110" s="144"/>
+      <c r="M110" s="144"/>
+      <c r="N110" s="144"/>
+      <c r="O110" s="144"/>
+      <c r="P110" s="144"/>
+      <c r="Q110" s="144"/>
+      <c r="R110" s="144"/>
+      <c r="S110" s="144"/>
+      <c r="U110" s="143" t="s">
+        <v>1575</v>
+      </c>
+      <c r="V110" s="143"/>
+      <c r="W110" s="143"/>
+      <c r="X110" s="143"/>
+      <c r="Y110" s="143"/>
+      <c r="Z110" s="144"/>
+      <c r="AA110" s="144"/>
+      <c r="AB110" s="144"/>
+      <c r="AC110" s="144"/>
+      <c r="AD110" s="144"/>
+      <c r="AE110" s="144"/>
+      <c r="AF110" s="144"/>
+      <c r="AG110" s="144"/>
+      <c r="AH110" s="144"/>
+      <c r="AI110" s="144"/>
+      <c r="AJ110" s="144"/>
+      <c r="AK110" s="144"/>
       <c r="AL110" s="48"/>
       <c r="AM110" s="28"/>
       <c r="AN110" s="28"/>
       <c r="AO110" s="23"/>
       <c r="AT110" s="5"/>
       <c r="AU110" s="5"/>
       <c r="AV110" s="5"/>
       <c r="AW110" s="4"/>
       <c r="AX110" s="4"/>
       <c r="AY110" s="4"/>
     </row>
     <row r="111" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C111" s="57"/>
       <c r="D111" s="58"/>
       <c r="E111" s="56"/>
       <c r="F111" s="56"/>
       <c r="G111" s="56"/>
       <c r="H111" s="56"/>
       <c r="I111" s="56"/>
       <c r="J111" s="56"/>
       <c r="K111" s="56"/>
       <c r="L111" s="56"/>
       <c r="M111" s="56"/>
       <c r="N111" s="56"/>
       <c r="O111" s="56"/>
@@ -25643,338 +27506,338 @@
       <c r="Y111" s="56"/>
       <c r="Z111" s="56"/>
       <c r="AA111" s="56"/>
       <c r="AB111" s="56"/>
       <c r="AC111" s="56"/>
       <c r="AD111" s="56"/>
       <c r="AE111" s="56"/>
       <c r="AF111" s="56"/>
       <c r="AG111" s="56"/>
       <c r="AH111" s="56"/>
       <c r="AI111" s="56"/>
       <c r="AJ111" s="56"/>
       <c r="AK111" s="56"/>
       <c r="AL111" s="48"/>
       <c r="AM111" s="28"/>
       <c r="AN111" s="28"/>
       <c r="AO111" s="23"/>
       <c r="AT111" s="5"/>
       <c r="AU111" s="5"/>
       <c r="AV111" s="5"/>
       <c r="AW111" s="4"/>
       <c r="AX111" s="4"/>
       <c r="AY111" s="4"/>
     </row>
     <row r="112" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C112" s="97" t="s">
+      <c r="C112" s="147" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D112" s="147"/>
+      <c r="E112" s="147"/>
+      <c r="F112" s="147"/>
+      <c r="G112" s="147"/>
+      <c r="H112" s="147"/>
+      <c r="I112" s="147"/>
+      <c r="J112" s="147"/>
+      <c r="K112" s="147"/>
+      <c r="L112" s="147"/>
+      <c r="M112" s="147"/>
+      <c r="N112" s="147"/>
+      <c r="O112" s="147"/>
+      <c r="P112" s="147"/>
+      <c r="Q112" s="147"/>
+      <c r="R112" s="147"/>
+      <c r="S112" s="147"/>
+      <c r="U112" s="147" t="s">
         <v>1581</v>
       </c>
-      <c r="D112" s="97"/>
-[...33 lines deleted...]
-      <c r="AK112" s="97"/>
+      <c r="V112" s="147"/>
+      <c r="W112" s="147"/>
+      <c r="X112" s="147"/>
+      <c r="Y112" s="147"/>
+      <c r="Z112" s="147"/>
+      <c r="AA112" s="147"/>
+      <c r="AB112" s="147"/>
+      <c r="AC112" s="147"/>
+      <c r="AD112" s="147"/>
+      <c r="AE112" s="147"/>
+      <c r="AF112" s="147"/>
+      <c r="AG112" s="147"/>
+      <c r="AH112" s="147"/>
+      <c r="AI112" s="147"/>
+      <c r="AJ112" s="147"/>
+      <c r="AK112" s="147"/>
       <c r="AL112" s="48"/>
       <c r="AM112" s="28"/>
       <c r="AN112" s="28"/>
       <c r="AO112" s="23"/>
       <c r="AT112" s="5"/>
       <c r="AU112" s="5"/>
       <c r="AV112" s="5"/>
       <c r="AW112" s="4"/>
       <c r="AX112" s="4"/>
       <c r="AY112" s="4"/>
     </row>
     <row r="113" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C113" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK113" s="96"/>
+      <c r="C113" s="143" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D113" s="143"/>
+      <c r="E113" s="143"/>
+      <c r="F113" s="143"/>
+      <c r="G113" s="143"/>
+      <c r="H113" s="146"/>
+      <c r="I113" s="146"/>
+      <c r="J113" s="146"/>
+      <c r="K113" s="146"/>
+      <c r="L113" s="146"/>
+      <c r="M113" s="146"/>
+      <c r="N113" s="146"/>
+      <c r="O113" s="146"/>
+      <c r="P113" s="146"/>
+      <c r="Q113" s="146"/>
+      <c r="R113" s="146"/>
+      <c r="S113" s="146"/>
+      <c r="U113" s="143" t="s">
+        <v>1571</v>
+      </c>
+      <c r="V113" s="143"/>
+      <c r="W113" s="143"/>
+      <c r="X113" s="143"/>
+      <c r="Y113" s="143"/>
+      <c r="Z113" s="146"/>
+      <c r="AA113" s="146"/>
+      <c r="AB113" s="146"/>
+      <c r="AC113" s="146"/>
+      <c r="AD113" s="146"/>
+      <c r="AE113" s="146"/>
+      <c r="AF113" s="146"/>
+      <c r="AG113" s="146"/>
+      <c r="AH113" s="146"/>
+      <c r="AI113" s="146"/>
+      <c r="AJ113" s="146"/>
+      <c r="AK113" s="146"/>
       <c r="AL113" s="48"/>
       <c r="AM113" s="28"/>
       <c r="AN113" s="28"/>
       <c r="AO113" s="23"/>
       <c r="AT113" s="5"/>
       <c r="AU113" s="5"/>
       <c r="AV113" s="5"/>
       <c r="AW113" s="4"/>
       <c r="AX113" s="4"/>
       <c r="AY113" s="4"/>
     </row>
     <row r="114" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C114" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK114" s="94"/>
+      <c r="C114" s="143" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D114" s="143"/>
+      <c r="E114" s="143"/>
+      <c r="F114" s="143"/>
+      <c r="G114" s="143"/>
+      <c r="H114" s="144"/>
+      <c r="I114" s="144"/>
+      <c r="J114" s="144"/>
+      <c r="K114" s="144"/>
+      <c r="L114" s="144"/>
+      <c r="M114" s="144"/>
+      <c r="N114" s="144"/>
+      <c r="O114" s="144"/>
+      <c r="P114" s="144"/>
+      <c r="Q114" s="144"/>
+      <c r="R114" s="144"/>
+      <c r="S114" s="144"/>
+      <c r="U114" s="143" t="s">
+        <v>1572</v>
+      </c>
+      <c r="V114" s="143"/>
+      <c r="W114" s="143"/>
+      <c r="X114" s="143"/>
+      <c r="Y114" s="143"/>
+      <c r="Z114" s="144"/>
+      <c r="AA114" s="144"/>
+      <c r="AB114" s="144"/>
+      <c r="AC114" s="144"/>
+      <c r="AD114" s="144"/>
+      <c r="AE114" s="144"/>
+      <c r="AF114" s="144"/>
+      <c r="AG114" s="144"/>
+      <c r="AH114" s="144"/>
+      <c r="AI114" s="144"/>
+      <c r="AJ114" s="144"/>
+      <c r="AK114" s="144"/>
       <c r="AL114" s="48"/>
       <c r="AM114" s="28"/>
       <c r="AN114" s="28"/>
       <c r="AO114" s="23"/>
       <c r="AT114" s="5"/>
       <c r="AU114" s="5"/>
       <c r="AV114" s="5"/>
       <c r="AW114" s="4"/>
       <c r="AX114" s="4"/>
       <c r="AY114" s="4"/>
     </row>
     <row r="115" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C115" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK115" s="94"/>
+      <c r="C115" s="143" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D115" s="143"/>
+      <c r="E115" s="143"/>
+      <c r="F115" s="143"/>
+      <c r="G115" s="143"/>
+      <c r="H115" s="144"/>
+      <c r="I115" s="144"/>
+      <c r="J115" s="144"/>
+      <c r="K115" s="144"/>
+      <c r="L115" s="144"/>
+      <c r="M115" s="144"/>
+      <c r="N115" s="144"/>
+      <c r="O115" s="144"/>
+      <c r="P115" s="144"/>
+      <c r="Q115" s="144"/>
+      <c r="R115" s="144"/>
+      <c r="S115" s="144"/>
+      <c r="U115" s="143" t="s">
+        <v>1573</v>
+      </c>
+      <c r="V115" s="143"/>
+      <c r="W115" s="143"/>
+      <c r="X115" s="143"/>
+      <c r="Y115" s="143"/>
+      <c r="Z115" s="144"/>
+      <c r="AA115" s="144"/>
+      <c r="AB115" s="144"/>
+      <c r="AC115" s="144"/>
+      <c r="AD115" s="144"/>
+      <c r="AE115" s="144"/>
+      <c r="AF115" s="144"/>
+      <c r="AG115" s="144"/>
+      <c r="AH115" s="144"/>
+      <c r="AI115" s="144"/>
+      <c r="AJ115" s="144"/>
+      <c r="AK115" s="144"/>
       <c r="AL115" s="48"/>
       <c r="AM115" s="28"/>
       <c r="AN115" s="28"/>
       <c r="AO115" s="23"/>
       <c r="AT115" s="5"/>
       <c r="AU115" s="5"/>
       <c r="AV115" s="5"/>
       <c r="AW115" s="4"/>
       <c r="AX115" s="4"/>
       <c r="AY115" s="4"/>
     </row>
     <row r="116" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C116" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK116" s="96"/>
+      <c r="C116" s="143" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D116" s="143"/>
+      <c r="E116" s="143"/>
+      <c r="F116" s="143"/>
+      <c r="G116" s="143"/>
+      <c r="H116" s="145"/>
+      <c r="I116" s="146"/>
+      <c r="J116" s="146"/>
+      <c r="K116" s="146"/>
+      <c r="L116" s="146"/>
+      <c r="M116" s="146"/>
+      <c r="N116" s="146"/>
+      <c r="O116" s="146"/>
+      <c r="P116" s="146"/>
+      <c r="Q116" s="146"/>
+      <c r="R116" s="146"/>
+      <c r="S116" s="146"/>
+      <c r="U116" s="143" t="s">
+        <v>1574</v>
+      </c>
+      <c r="V116" s="143"/>
+      <c r="W116" s="143"/>
+      <c r="X116" s="143"/>
+      <c r="Y116" s="143"/>
+      <c r="Z116" s="145"/>
+      <c r="AA116" s="146"/>
+      <c r="AB116" s="146"/>
+      <c r="AC116" s="146"/>
+      <c r="AD116" s="146"/>
+      <c r="AE116" s="146"/>
+      <c r="AF116" s="146"/>
+      <c r="AG116" s="146"/>
+      <c r="AH116" s="146"/>
+      <c r="AI116" s="146"/>
+      <c r="AJ116" s="146"/>
+      <c r="AK116" s="146"/>
       <c r="AL116" s="48"/>
       <c r="AM116" s="28"/>
       <c r="AN116" s="28"/>
       <c r="AO116" s="23"/>
       <c r="AT116" s="5"/>
       <c r="AU116" s="5"/>
       <c r="AV116" s="5"/>
       <c r="AW116" s="4"/>
       <c r="AX116" s="4"/>
       <c r="AY116" s="4"/>
     </row>
     <row r="117" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C117" s="93" t="s">
-[...36 lines deleted...]
-      <c r="AK117" s="94"/>
+      <c r="C117" s="143" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D117" s="143"/>
+      <c r="E117" s="143"/>
+      <c r="F117" s="143"/>
+      <c r="G117" s="143"/>
+      <c r="H117" s="144"/>
+      <c r="I117" s="144"/>
+      <c r="J117" s="144"/>
+      <c r="K117" s="144"/>
+      <c r="L117" s="144"/>
+      <c r="M117" s="144"/>
+      <c r="N117" s="144"/>
+      <c r="O117" s="144"/>
+      <c r="P117" s="144"/>
+      <c r="Q117" s="144"/>
+      <c r="R117" s="144"/>
+      <c r="S117" s="144"/>
+      <c r="U117" s="143" t="s">
+        <v>1575</v>
+      </c>
+      <c r="V117" s="143"/>
+      <c r="W117" s="143"/>
+      <c r="X117" s="143"/>
+      <c r="Y117" s="143"/>
+      <c r="Z117" s="144"/>
+      <c r="AA117" s="144"/>
+      <c r="AB117" s="144"/>
+      <c r="AC117" s="144"/>
+      <c r="AD117" s="144"/>
+      <c r="AE117" s="144"/>
+      <c r="AF117" s="144"/>
+      <c r="AG117" s="144"/>
+      <c r="AH117" s="144"/>
+      <c r="AI117" s="144"/>
+      <c r="AJ117" s="144"/>
+      <c r="AK117" s="144"/>
       <c r="AL117" s="48"/>
       <c r="AM117" s="28"/>
       <c r="AN117" s="28"/>
       <c r="AO117" s="23"/>
       <c r="AT117" s="5"/>
       <c r="AU117" s="5"/>
       <c r="AV117" s="5"/>
       <c r="AW117" s="4"/>
       <c r="AX117" s="4"/>
       <c r="AY117" s="4"/>
     </row>
     <row r="118" spans="3:51" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C118" s="57"/>
       <c r="D118" s="58"/>
       <c r="E118" s="56"/>
       <c r="F118" s="56"/>
       <c r="G118" s="56"/>
       <c r="H118" s="56"/>
       <c r="I118" s="56"/>
       <c r="J118" s="56"/>
       <c r="K118" s="56"/>
       <c r="L118" s="56"/>
       <c r="M118" s="56"/>
       <c r="N118" s="56"/>
       <c r="O118" s="56"/>
@@ -26078,180 +27941,183 @@
       <c r="V120" s="53"/>
       <c r="W120" s="53"/>
       <c r="X120" s="53"/>
       <c r="Y120" s="53"/>
       <c r="Z120" s="53"/>
       <c r="AA120" s="53"/>
       <c r="AB120" s="53"/>
       <c r="AC120" s="53"/>
       <c r="AD120" s="53"/>
       <c r="AE120" s="53"/>
       <c r="AF120" s="53"/>
       <c r="AG120" s="53"/>
       <c r="AH120" s="53"/>
       <c r="AI120" s="53"/>
       <c r="AJ120" s="53"/>
       <c r="AK120" s="53"/>
       <c r="AL120" s="53"/>
       <c r="AT120" s="5"/>
       <c r="AU120" s="5"/>
       <c r="AV120" s="5"/>
       <c r="AW120" s="4"/>
       <c r="AX120" s="4"/>
       <c r="AY120" s="4"/>
     </row>
     <row r="121" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="J121" s="130" t="s">
+      <c r="J121" s="180" t="s">
         <v>1541</v>
       </c>
-      <c r="K121" s="131"/>
-[...16 lines deleted...]
-      <c r="AB121" s="132"/>
+      <c r="K121" s="181"/>
+      <c r="L121" s="181"/>
+      <c r="M121" s="181"/>
+      <c r="N121" s="181"/>
+      <c r="O121" s="181"/>
+      <c r="P121" s="181"/>
+      <c r="Q121" s="181"/>
+      <c r="R121" s="181"/>
+      <c r="S121" s="181"/>
+      <c r="T121" s="181"/>
+      <c r="U121" s="181"/>
+      <c r="V121" s="181"/>
+      <c r="W121" s="181"/>
+      <c r="X121" s="181"/>
+      <c r="Y121" s="181"/>
+      <c r="Z121" s="181"/>
+      <c r="AA121" s="181"/>
+      <c r="AB121" s="182"/>
       <c r="AP121" s="54"/>
       <c r="AQ121" s="5"/>
       <c r="AR121" s="5"/>
       <c r="AW121" s="4"/>
       <c r="AX121" s="4"/>
       <c r="AY121" s="4"/>
     </row>
     <row r="122" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="J122" s="133"/>
-[...17 lines deleted...]
-      <c r="AB122" s="135"/>
+      <c r="J122" s="183"/>
+      <c r="K122" s="184"/>
+      <c r="L122" s="184"/>
+      <c r="M122" s="184"/>
+      <c r="N122" s="184"/>
+      <c r="O122" s="184"/>
+      <c r="P122" s="184"/>
+      <c r="Q122" s="184"/>
+      <c r="R122" s="184"/>
+      <c r="S122" s="184"/>
+      <c r="T122" s="184"/>
+      <c r="U122" s="184"/>
+      <c r="V122" s="184"/>
+      <c r="W122" s="184"/>
+      <c r="X122" s="184"/>
+      <c r="Y122" s="184"/>
+      <c r="Z122" s="184"/>
+      <c r="AA122" s="184"/>
+      <c r="AB122" s="185"/>
       <c r="AP122" s="54"/>
       <c r="AQ122" s="5"/>
       <c r="AR122" s="5"/>
       <c r="AW122" s="4"/>
       <c r="AX122" s="4"/>
       <c r="AY122" s="4"/>
     </row>
     <row r="123" spans="3:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="J123" s="133" t="s">
+      <c r="J123" s="183" t="s">
         <v>1542</v>
       </c>
-      <c r="K123" s="134"/>
-[...16 lines deleted...]
-      <c r="AB123" s="135"/>
+      <c r="K123" s="184"/>
+      <c r="L123" s="184"/>
+      <c r="M123" s="184"/>
+      <c r="N123" s="184"/>
+      <c r="O123" s="184"/>
+      <c r="P123" s="184"/>
+      <c r="Q123" s="184"/>
+      <c r="R123" s="184"/>
+      <c r="S123" s="184"/>
+      <c r="T123" s="184"/>
+      <c r="U123" s="184"/>
+      <c r="V123" s="184"/>
+      <c r="W123" s="184"/>
+      <c r="X123" s="184"/>
+      <c r="Y123" s="184"/>
+      <c r="Z123" s="184"/>
+      <c r="AA123" s="184"/>
+      <c r="AB123" s="185"/>
       <c r="AP123" s="54"/>
       <c r="AQ123" s="5"/>
       <c r="AR123" s="5"/>
       <c r="AW123" s="4"/>
       <c r="AX123" s="4"/>
       <c r="AY123" s="4"/>
     </row>
     <row r="124" spans="3:51" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="J124" s="121" t="s">
-[...19 lines deleted...]
-      <c r="AB124" s="123"/>
+      <c r="J124" s="171" t="s">
+        <v>1557</v>
+      </c>
+      <c r="K124" s="172"/>
+      <c r="L124" s="172"/>
+      <c r="M124" s="172"/>
+      <c r="N124" s="172"/>
+      <c r="O124" s="172"/>
+      <c r="P124" s="172"/>
+      <c r="Q124" s="172"/>
+      <c r="R124" s="172"/>
+      <c r="S124" s="172"/>
+      <c r="T124" s="172"/>
+      <c r="U124" s="172"/>
+      <c r="V124" s="172"/>
+      <c r="W124" s="172"/>
+      <c r="X124" s="172"/>
+      <c r="Y124" s="172"/>
+      <c r="Z124" s="172"/>
+      <c r="AA124" s="172"/>
+      <c r="AB124" s="173"/>
       <c r="AP124" s="54"/>
       <c r="AQ124" s="5"/>
       <c r="AR124" s="5"/>
       <c r="AW124" s="4"/>
       <c r="AX124" s="4"/>
       <c r="AY124" s="4"/>
     </row>
     <row r="125" spans="3:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="AD125" s="124" t="s">
-[...9 lines deleted...]
-      <c r="AL125" s="124"/>
+      <c r="AD125" s="174"/>
+      <c r="AE125" s="174"/>
+      <c r="AF125" s="174"/>
+      <c r="AG125" s="174"/>
+      <c r="AH125" s="174"/>
+      <c r="AI125" s="174"/>
+      <c r="AJ125" s="174"/>
+      <c r="AK125" s="174"/>
+      <c r="AL125" s="174"/>
       <c r="AQ125" s="5"/>
       <c r="AR125" s="5"/>
       <c r="AW125" s="4"/>
       <c r="AX125" s="4"/>
       <c r="AY125" s="4"/>
+    </row>
+    <row r="128" spans="3:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AK128" s="4" t="s">
+        <v>1618</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="208">
     <mergeCell ref="C14:I15"/>
     <mergeCell ref="J14:AK15"/>
     <mergeCell ref="C17:I18"/>
     <mergeCell ref="J17:AK18"/>
     <mergeCell ref="C20:I21"/>
     <mergeCell ref="J20:AK21"/>
     <mergeCell ref="AC62:AH62"/>
     <mergeCell ref="B50:AK50"/>
     <mergeCell ref="M54:T54"/>
     <mergeCell ref="AC60:AH60"/>
     <mergeCell ref="H62:L62"/>
     <mergeCell ref="C62:G62"/>
     <mergeCell ref="AC61:AH61"/>
     <mergeCell ref="AC55:AH55"/>
     <mergeCell ref="U56:AB56"/>
     <mergeCell ref="C61:G61"/>
     <mergeCell ref="H61:L61"/>
     <mergeCell ref="C55:G55"/>
     <mergeCell ref="H55:L55"/>
     <mergeCell ref="M56:T56"/>
     <mergeCell ref="H58:L58"/>
@@ -26622,284 +28488,284 @@
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED404473-911A-420B-B74A-28083EB98986}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:D144"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="45.125" style="44" customWidth="1"/>
     <col min="2" max="2" width="48.5" style="44" customWidth="1"/>
     <col min="3" max="3" width="9" style="44"/>
     <col min="4" max="4" width="45.125" style="44" customWidth="1"/>
     <col min="5" max="5" width="14.375" style="36" customWidth="1"/>
     <col min="6" max="16384" width="9" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A1" s="44" t="s">
         <v>273</v>
       </c>
       <c r="B1" s="44" t="s">
         <v>283</v>
       </c>
       <c r="C1" s="44" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A2" s="92" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="B2" s="44" t="s">
         <v>58</v>
       </c>
       <c r="C2" s="45">
         <v>17067</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A3" s="92" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="B3" s="92" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="C3" s="45">
         <v>17039</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A4" s="92" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="B4" s="44" t="s">
         <v>59</v>
       </c>
       <c r="C4" s="45">
         <v>17061</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A5" s="92" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="B5" s="44" t="s">
         <v>60</v>
       </c>
       <c r="C5" s="45">
         <v>17028</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A6" s="92" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
       <c r="B6" s="44" t="s">
         <v>61</v>
       </c>
       <c r="C6" s="45">
         <v>17045</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A7" s="92" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="B7" s="44" t="s">
         <v>62</v>
       </c>
       <c r="C7" s="45">
         <v>17034</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A8" s="92" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
       <c r="B8" s="44" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
       <c r="C8" s="45">
         <v>17011</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A9" s="44" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="44" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="C9" s="45">
         <v>13005</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A10" s="92" t="s">
-        <v>1592</v>
+        <v>1591</v>
       </c>
       <c r="B10" s="44" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="45">
         <v>17037</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A11" s="44" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="44" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="45">
         <v>17010</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A12" s="44" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="44" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="45">
         <v>17056</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A13" s="44" t="s">
         <v>67</v>
       </c>
       <c r="B13" s="44" t="s">
         <v>67</v>
       </c>
       <c r="C13" s="45">
         <v>17025</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A14" s="44" t="s">
         <v>68</v>
       </c>
       <c r="B14" s="44" t="s">
-        <v>68</v>
+        <v>1617</v>
       </c>
       <c r="C14" s="45">
         <v>17051</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A15" s="44" t="s">
         <v>69</v>
       </c>
       <c r="B15" s="44" t="s">
         <v>69</v>
       </c>
       <c r="C15" s="45">
         <v>17062</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A16" s="44" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="B16" s="44" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="45">
         <v>17012</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A17" s="44" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="B17" s="44" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="45">
         <v>17060</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A18" s="44" t="s">
         <v>72</v>
       </c>
       <c r="B18" s="44" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
       <c r="C18" s="45">
         <v>17004</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A19" s="44" t="s">
         <v>73</v>
       </c>
       <c r="B19" s="44" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="45">
         <v>17017</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A20" s="44" t="s">
         <v>74</v>
       </c>
       <c r="B20" s="44" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="C20" s="45">
         <v>17019</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A21" s="44" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="44" t="s">
         <v>75</v>
       </c>
       <c r="C21" s="45">
         <v>17015</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A22" s="44" t="s">
         <v>76</v>
       </c>
       <c r="B22" s="44" t="s">
         <v>76</v>
       </c>
       <c r="C22" s="45">
         <v>17063</v>
@@ -26984,51 +28850,51 @@
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A30" s="44" t="s">
         <v>84</v>
       </c>
       <c r="B30" s="44" t="s">
         <v>84</v>
       </c>
       <c r="C30" s="45">
         <v>17033</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A31" s="44" t="s">
         <v>85</v>
       </c>
       <c r="B31" s="44" t="s">
         <v>85</v>
       </c>
       <c r="C31" s="45">
         <v>17005</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A32" s="44" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
       <c r="B32" s="44" t="s">
         <v>86</v>
       </c>
       <c r="C32" s="45">
         <v>17027</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A33" s="44" t="s">
         <v>87</v>
       </c>
       <c r="B33" s="44" t="s">
         <v>87</v>
       </c>
       <c r="C33" s="45">
         <v>17055</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A34" s="44" t="s">
         <v>88</v>
       </c>
       <c r="B34" s="44" t="s">
         <v>88</v>
@@ -27086,95 +28952,95 @@
         <v>269</v>
       </c>
       <c r="B39" s="44" t="s">
         <v>269</v>
       </c>
       <c r="C39" s="45">
         <v>17054</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A40" s="44" t="s">
         <v>93</v>
       </c>
       <c r="B40" s="44" t="s">
         <v>93</v>
       </c>
       <c r="C40" s="45">
         <v>17070</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A41" s="44" t="s">
         <v>94</v>
       </c>
       <c r="B41" s="44" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="C41" s="45">
         <v>17053</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A42" s="44" t="s">
         <v>95</v>
       </c>
       <c r="B42" s="44" t="s">
         <v>95</v>
       </c>
       <c r="C42" s="45">
         <v>17016</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A43" s="44" t="s">
         <v>96</v>
       </c>
       <c r="B43" s="44" t="s">
         <v>96</v>
       </c>
       <c r="C43" s="45">
         <v>17048</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A44" s="44" t="s">
         <v>97</v>
       </c>
       <c r="B44" s="44" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="45">
         <v>17052</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A45" s="44" t="s">
         <v>98</v>
       </c>
       <c r="B45" s="44" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="C45" s="45">
         <v>17013</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A46" s="44" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="44" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="45">
         <v>17001</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.15">
       <c r="A47" s="44" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="44" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="45">
         <v>17068</v>
@@ -27527,51 +29393,51 @@
       <c r="B77" s="44" t="s">
         <v>151</v>
       </c>
       <c r="C77" s="44">
         <v>11520</v>
       </c>
       <c r="D77" s="46"/>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A78" s="44" t="s">
         <v>152</v>
       </c>
       <c r="B78" s="44" t="s">
         <v>153</v>
       </c>
       <c r="C78" s="44">
         <v>11544</v>
       </c>
       <c r="D78" s="46"/>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A79" s="44" t="s">
         <v>154</v>
       </c>
       <c r="B79" s="44" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="C79" s="44">
         <v>11560</v>
       </c>
       <c r="D79" s="46"/>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A80" s="44" t="s">
         <v>155</v>
       </c>
       <c r="B80" s="44" t="s">
         <v>156</v>
       </c>
       <c r="C80" s="44">
         <v>11616</v>
       </c>
       <c r="D80" s="46"/>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A81" s="44" t="s">
         <v>157</v>
       </c>
       <c r="B81" s="44" t="s">
         <v>158</v>
       </c>
@@ -27880,51 +29746,51 @@
       <c r="B107" s="44" t="s">
         <v>206</v>
       </c>
       <c r="C107" s="44">
         <v>12288</v>
       </c>
       <c r="D107" s="46"/>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A108" s="44" t="s">
         <v>207</v>
       </c>
       <c r="B108" s="44" t="s">
         <v>208</v>
       </c>
       <c r="C108" s="44">
         <v>12296</v>
       </c>
       <c r="D108" s="46"/>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A109" s="44" t="s">
         <v>209</v>
       </c>
       <c r="B109" s="44" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="C109" s="44">
         <v>12320</v>
       </c>
       <c r="D109" s="46"/>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A110" s="62" t="s">
         <v>277</v>
       </c>
       <c r="B110" s="44" t="s">
         <v>210</v>
       </c>
       <c r="C110" s="44">
         <v>12328</v>
       </c>
       <c r="D110" s="46"/>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A111" s="44" t="s">
         <v>211</v>
       </c>
       <c r="B111" s="44" t="s">
         <v>212</v>
       </c>
@@ -27997,51 +29863,51 @@
       </c>
       <c r="B117" s="44" t="s">
         <v>221</v>
       </c>
       <c r="C117" s="44">
         <v>12428</v>
       </c>
       <c r="D117" s="46"/>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A118" s="44" t="s">
         <v>222</v>
       </c>
       <c r="B118" s="44" t="s">
         <v>223</v>
       </c>
       <c r="C118" s="44">
         <v>12432</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A119" s="44" t="s">
         <v>224</v>
       </c>
       <c r="B119" s="44" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
       <c r="C119" s="44">
         <v>12464</v>
       </c>
       <c r="D119" s="46"/>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A120" s="44" t="s">
         <v>266</v>
       </c>
       <c r="B120" s="44" t="s">
         <v>272</v>
       </c>
       <c r="C120" s="44">
         <v>12479</v>
       </c>
       <c r="D120" s="46"/>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A121" s="44" t="s">
         <v>225</v>
       </c>
       <c r="B121" s="44" t="s">
         <v>226</v>
       </c>
@@ -28080,51 +29946,51 @@
       </c>
       <c r="B124" s="44" t="s">
         <v>232</v>
       </c>
       <c r="C124" s="44">
         <v>12616</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A125" s="44" t="s">
         <v>233</v>
       </c>
       <c r="B125" s="44" t="s">
         <v>234</v>
       </c>
       <c r="C125" s="44">
         <v>12632</v>
       </c>
       <c r="D125" s="46"/>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A126" s="44" t="s">
         <v>235</v>
       </c>
       <c r="B126" s="44" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="C126" s="44">
         <v>12664</v>
       </c>
       <c r="D126" s="46"/>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A127" s="44" t="s">
         <v>236</v>
       </c>
       <c r="B127" s="44" t="s">
         <v>237</v>
       </c>
       <c r="C127" s="44">
         <v>12672</v>
       </c>
       <c r="D127" s="46"/>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A128" s="44" t="s">
         <v>238</v>
       </c>
       <c r="B128" s="44" t="s">
         <v>239</v>
       </c>
@@ -28301,51 +30167,51 @@
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A143" s="44" t="s">
         <v>264</v>
       </c>
       <c r="B143" s="44" t="s">
         <v>265</v>
       </c>
       <c r="C143" s="44">
         <v>15501</v>
       </c>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.15">
       <c r="D144" s="46"/>
     </row>
   </sheetData>
   <phoneticPr fontId="6"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4C51EF0-C6FE-4E98-A380-9FB2BE4D4B29}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="49.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A1" s="60" t="s">
         <v>288</v>
       </c>
       <c r="B1" s="60" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A2" s="60" t="s">
         <v>290</v>
       </c>
@@ -28414,106 +30280,110 @@
       <c r="B13" s="60"/>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A14" s="60"/>
       <c r="B14" s="60"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A15" s="60"/>
       <c r="B15" s="60"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A16" s="60"/>
       <c r="B16" s="60"/>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A17" s="60"/>
       <c r="B17" s="60"/>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A18" s="60"/>
       <c r="B18" s="60"/>
     </row>
   </sheetData>
   <phoneticPr fontId="37"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <customProperties>
+    <customPr name="layoutContexts" r:id="rId1"/>
+  </customProperties>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>ユーザ管理アプリ</vt:lpstr>
+      <vt:lpstr>証券口座情報アプリ</vt:lpstr>
       <vt:lpstr>機関コードM</vt:lpstr>
       <vt:lpstr>DT-11</vt:lpstr>
       <vt:lpstr>コードM</vt:lpstr>
       <vt:lpstr>ベンダー口座名対応表</vt:lpstr>
       <vt:lpstr>'DT-11'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2022-07-12T23:34:14Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SiteId">
     <vt:lpwstr>fe7a9aa7-6097-47a2-9163-81d624f8cbfd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SetDate">
-    <vt:lpwstr>2025-09-22T14:04:09Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-10T16:04:04Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Name">
     <vt:lpwstr>【2GVDI】社外秘</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>