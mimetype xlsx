--- v0 (2025-10-23)
+++ v1 (2026-02-01)
@@ -8,51 +8,52 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{581CBD40-9EA0-43C8-BAFC-AA097F8E1335}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{2A4D72E1-FDF7-4822-B724-4A763E8AC58B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="n7WZZ5ApEvo1ZdJXfthbuyS9RGvUc66aG5Yf9n5SKt7PwtJ/ek63VPTWV3RiRzzrSnAC8eltknyK1Iqrcm0zXA==" workbookSaltValue="HW1KlCjGGg2y6KHhOH/3Gw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DT-15" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DT-15'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'DT-15'!$A$1:$AL$70</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -142,55 +143,55 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Phone number
 （Before change）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Phone number
 （After change）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Contact for inquiries and applications</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Email　　　ask-conneqtor@jpx.co.jp</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve"> *The phone number is a common setting for both demo and production environments.</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>v20250912</t>
+    <t>Phone　　+81-3-3666-0141 (Operator)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>Phone　　+81-3-3666-0141 (Operator)</t>
+    <t>v20251110</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
@@ -4001,82 +4002,83 @@
     <row r="69" spans="5:38" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J69" s="80" t="s">
         <v>23</v>
       </c>
       <c r="K69" s="81"/>
       <c r="L69" s="81"/>
       <c r="M69" s="81"/>
       <c r="N69" s="81"/>
       <c r="O69" s="81"/>
       <c r="P69" s="81"/>
       <c r="Q69" s="81"/>
       <c r="R69" s="81"/>
       <c r="S69" s="81"/>
       <c r="T69" s="81"/>
       <c r="U69" s="81"/>
       <c r="V69" s="81"/>
       <c r="W69" s="81"/>
       <c r="X69" s="81"/>
       <c r="Y69" s="81"/>
       <c r="Z69" s="81"/>
       <c r="AA69" s="81"/>
       <c r="AB69" s="82"/>
     </row>
     <row r="70" spans="5:38" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="J70" s="72" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K70" s="73"/>
       <c r="L70" s="73"/>
       <c r="M70" s="73"/>
       <c r="N70" s="73"/>
       <c r="O70" s="73"/>
       <c r="P70" s="73"/>
       <c r="Q70" s="73"/>
       <c r="R70" s="73"/>
       <c r="S70" s="73"/>
       <c r="T70" s="73"/>
       <c r="U70" s="73"/>
       <c r="V70" s="73"/>
       <c r="W70" s="73"/>
       <c r="X70" s="73"/>
       <c r="Y70" s="73"/>
       <c r="Z70" s="73"/>
       <c r="AA70" s="73"/>
       <c r="AB70" s="74"/>
     </row>
     <row r="71" spans="5:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AG71" s="47" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AH71" s="47"/>
       <c r="AI71" s="47"/>
       <c r="AJ71" s="47"/>
       <c r="AK71" s="47"/>
       <c r="AL71" s="47"/>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="73">
     <mergeCell ref="J70:AB70"/>
     <mergeCell ref="B41:AK41"/>
     <mergeCell ref="C42:AK42"/>
     <mergeCell ref="J67:AB67"/>
     <mergeCell ref="J68:AB68"/>
     <mergeCell ref="J69:AB69"/>
     <mergeCell ref="M62:V62"/>
     <mergeCell ref="M52:V52"/>
     <mergeCell ref="M53:V53"/>
     <mergeCell ref="M54:V54"/>
     <mergeCell ref="M56:V56"/>
     <mergeCell ref="M55:V55"/>
     <mergeCell ref="W55:AB55"/>
     <mergeCell ref="D55:L55"/>
     <mergeCell ref="D54:L54"/>
     <mergeCell ref="AC44:AJ44"/>
     <mergeCell ref="B23:AK23"/>
     <mergeCell ref="H27:AK27"/>
     <mergeCell ref="H28:AK29"/>
     <mergeCell ref="I30:AK30"/>
     <mergeCell ref="A40:AK40"/>
     <mergeCell ref="C17:K17"/>
     <mergeCell ref="L17:AK17"/>
     <mergeCell ref="C19:K19"/>
@@ -4213,41 +4215,41 @@
       <vt:lpstr>'DT-15'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2022-07-12T22:46:40Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SiteId">
     <vt:lpwstr>fe7a9aa7-6097-47a2-9163-81d624f8cbfd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SetDate">
-    <vt:lpwstr>2025-05-23T12:49:12Z</vt:lpwstr>
+    <vt:lpwstr>2025-10-09T15:06:40Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Name">
     <vt:lpwstr>【2GVDI】社外秘</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>