--- v0 (2025-10-23)
+++ v1 (2026-03-22)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D0FB93D-41FA-46A4-9D88-473FFC27326A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA9974E1-F36A-4484-9401-E88BBD715054}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List!$A$2:$C$179</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">List!$A$1:$C$179</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">List!$A$2:$C$191</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">List!$A$1:$C$191</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">List!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="380">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="418" uniqueCount="416">
   <si>
     <t>上場インデックスファンドTOPIX</t>
   </si>
   <si>
     <t>ＭＡＸＩＳ　トピックス上場投信</t>
   </si>
   <si>
     <t>Ｏｎｅ　ＥＴＦ　トピックス</t>
   </si>
   <si>
     <t>iシェアーズ　TOPIX ETF</t>
   </si>
   <si>
     <t>上場インデックスファンド225</t>
   </si>
   <si>
     <t>ｉシェアーズ　日経225 ETF</t>
   </si>
   <si>
     <t>ＭＡＸＩＳ　日経２２５上場投信</t>
   </si>
   <si>
     <t>上場インデックスファンド日経225（ミニ）</t>
   </si>
   <si>
@@ -1401,85 +1401,229 @@
   </si>
   <si>
     <t>Sector Restructuring Select ETF TV</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Sector Restructuring Select ETF Regional Banks</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Sector Restructuring Select ETF Event-Driven REITs</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Listed Index Fund Nikkei 225 High Dividend Yield Stock 50</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>銘柄名</t>
     <rPh sb="0" eb="2">
       <t>メイガラ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>引けiNAV取引の対象ETF（2025年10月7日時点）
- ETFs Eligible for Closing iNAV Trading (as of October 7, 2025)</t>
+    <t>435A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>iFreeETF 日本株配当ローテーション戦略</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>iFreeETF Japan Equity Dividend Rotation Strategy</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>iFreeETF 東証REIT指数（2・5・8・11月決算型）</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>443A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>iFreeETF Tokyo Stock Exchange REIT Index (Feb/May/Aug/Nov Dividend Type)</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>野村高利回りＪリート指数ＥＴＦ</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>459A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>ＭＡＸＩＳ日本株高配当ＳＭＡＲＴ５０上場投信</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>461A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>グローバルＸ 日経平均株主還元40-日本株式 ETF</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>465A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>ニッセイＥＴＦ　日経２２５インデックス</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>473A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>488A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>iシェアーズ　円高フォーカス ETF</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>東証ＲＥＩＴ物流フォーカスＥＴＦ</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>489A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Ｏｎｅ　ＥＴＦ　日本国債　高クーポン（平均残存１０年未満）</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Ｏｎｅ　ＥＴＦ　日本国債　１－３年</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Ｏｎｅ　ＥＴＦ　日本国債　３－７年</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Ｏｎｅ　ＥＴＦ　日本国債　７－１０年</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Ｏｎｅ　ＥＴＦ　日本国債　１７－２０年</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>492A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>493A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>494A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>495A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>496A</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>引けiNAV取引の対象ETF（2026年1月20日時点）
+ ETFs Eligible for Closing iNAV Trading (as of January 20, 2026)</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>トリヒキ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>タイショウ</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>ネン</t>
     </rPh>
-    <rPh sb="22" eb="23">
+    <rPh sb="21" eb="22">
       <t>ガツ</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>ニチ</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>ジテン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>435A</t>
-[...7 lines deleted...]
-    <t>iFreeETF Japan Equity Dividend Rotation Strategy</t>
+    <t>One ETF Japanese Government Bond High Coupon (Average Duration Below Ten Years)</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>One ETF Japanese Government Bond 1-3 years</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>One ETF Japanese Government Bond 3-7 years</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>One ETF Japanese Government Bond 7-10 years</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>One ETF Japanese Government Bond 17-20 years</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>TSE REIT Logistics Focus ETF</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>iShares Yen Appreciation Focus ETF</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Nissay ETF Nikkei 225 Index</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Global X Japan Nikkei 225 Shareholder Return 40 ETF</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>MAXIS Japan Equity High Dividend SMART 50 ETF</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>Nomura High-yield J-REIT Index ETF</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
@@ -1746,133 +1890,129 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 9" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2147,2039 +2287,2171 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C179"/>
+  <dimension ref="A1:C191"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:C1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.125" style="2" customWidth="1"/>
-    <col min="2" max="2" width="75.625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="75.625" style="4" customWidth="1"/>
     <col min="3" max="3" width="75.625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="29" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="29"/>
+      <c r="A1" s="27" t="s">
+        <v>404</v>
+      </c>
+      <c r="B1" s="27"/>
+      <c r="C1" s="27"/>
     </row>
     <row r="2" spans="1:3" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="11" t="s">
+      <c r="A2" s="9" t="s">
         <v>199</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="B2" s="25" t="s">
         <v>375</v>
       </c>
-      <c r="C2" s="28" t="s">
+      <c r="C2" s="26" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="3" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="10">
+    <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="8">
         <v>1305</v>
       </c>
-      <c r="B3" s="25" t="s">
+      <c r="B3" s="23" t="s">
         <v>109</v>
       </c>
-      <c r="C3" s="26" t="s">
+      <c r="C3" s="24" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3">
         <v>1306</v>
       </c>
-      <c r="B4" s="12" t="s">
+      <c r="B4" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="C4" s="15" t="s">
+      <c r="C4" s="13" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="5" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
         <v>1308</v>
       </c>
-      <c r="B5" s="12" t="s">
+      <c r="B5" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="15" t="s">
+      <c r="C5" s="13" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="6" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>1311</v>
       </c>
-      <c r="B6" s="12" t="s">
+      <c r="B6" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="C6" s="15" t="s">
+      <c r="C6" s="13" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="7" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>1319</v>
       </c>
-      <c r="B7" s="12" t="s">
+      <c r="B7" s="10" t="s">
         <v>74</v>
       </c>
-      <c r="C7" s="15" t="s">
+      <c r="C7" s="13" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="8" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>1320</v>
       </c>
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>110</v>
       </c>
-      <c r="C8" s="15" t="s">
+      <c r="C8" s="13" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="9" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>1321</v>
       </c>
-      <c r="B9" s="12" t="s">
+      <c r="B9" s="10" t="s">
         <v>75</v>
       </c>
-      <c r="C9" s="15" t="s">
+      <c r="C9" s="13" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="10" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>1329</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="15" t="s">
+      <c r="C10" s="13" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="11" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>1330</v>
       </c>
-      <c r="B11" s="12" t="s">
+      <c r="B11" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="C11" s="15" t="s">
+      <c r="C11" s="13" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>1343</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="C12" s="15" t="s">
+      <c r="C12" s="13" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="13" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>1345</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="15" t="s">
+      <c r="C13" s="13" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="14" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>1346</v>
       </c>
-      <c r="B14" s="12" t="s">
+      <c r="B14" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C14" s="15" t="s">
+      <c r="C14" s="13" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="15" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>1348</v>
       </c>
-      <c r="B15" s="12" t="s">
+      <c r="B15" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="C15" s="15" t="s">
+      <c r="C15" s="13" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="16" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="6">
+    <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5">
         <v>1356</v>
       </c>
-      <c r="B16" s="13" t="s">
+      <c r="B16" s="11" t="s">
         <v>99</v>
       </c>
-      <c r="C16" s="15" t="s">
+      <c r="C16" s="13" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="17" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="6">
+    <row r="17" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5">
         <v>1357</v>
       </c>
-      <c r="B17" s="13" t="s">
+      <c r="B17" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="C17" s="15" t="s">
+      <c r="C17" s="13" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="18" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="6">
+    <row r="18" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5">
         <v>1358</v>
       </c>
-      <c r="B18" s="13" t="s">
+      <c r="B18" s="11" t="s">
         <v>102</v>
       </c>
-      <c r="C18" s="15" t="s">
+      <c r="C18" s="13" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="19" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="6">
+    <row r="19" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="5">
         <v>1360</v>
       </c>
-      <c r="B19" s="13" t="s">
+      <c r="B19" s="11" t="s">
         <v>107</v>
       </c>
-      <c r="C19" s="15" t="s">
+      <c r="C19" s="13" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="20" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>1364</v>
       </c>
-      <c r="B20" s="12" t="s">
+      <c r="B20" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="15" t="s">
+      <c r="C20" s="13" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="21" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="6">
+    <row r="21" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="5">
         <v>1365</v>
       </c>
-      <c r="B21" s="13" t="s">
+      <c r="B21" s="11" t="s">
         <v>111</v>
       </c>
-      <c r="C21" s="15" t="s">
+      <c r="C21" s="13" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="22" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="6">
+    <row r="22" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="5">
         <v>1366</v>
       </c>
-      <c r="B22" s="13" t="s">
+      <c r="B22" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="C22" s="15" t="s">
+      <c r="C22" s="13" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="23" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="6">
+    <row r="23" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5">
         <v>1367</v>
       </c>
-      <c r="B23" s="13" t="s">
+      <c r="B23" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="C23" s="15" t="s">
+      <c r="C23" s="13" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="24" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="6">
+    <row r="24" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5">
         <v>1368</v>
       </c>
-      <c r="B24" s="13" t="s">
+      <c r="B24" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="C24" s="15" t="s">
+      <c r="C24" s="13" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="25" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>1369</v>
       </c>
-      <c r="B25" s="12" t="s">
+      <c r="B25" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="C25" s="15" t="s">
+      <c r="C25" s="13" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="26" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>1397</v>
       </c>
-      <c r="B26" s="12" t="s">
+      <c r="B26" s="10" t="s">
         <v>129</v>
       </c>
-      <c r="C26" s="15" t="s">
+      <c r="C26" s="13" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="27" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>1398</v>
       </c>
-      <c r="B27" s="12" t="s">
+      <c r="B27" s="10" t="s">
         <v>130</v>
       </c>
-      <c r="C27" s="15" t="s">
+      <c r="C27" s="13" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="28" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>1399</v>
       </c>
-      <c r="B28" s="12" t="s">
+      <c r="B28" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="C28" s="15" t="s">
+      <c r="C28" s="13" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="29" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="7">
+    <row r="29" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="3">
         <v>1456</v>
       </c>
-      <c r="B29" s="14" t="s">
+      <c r="B29" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="C29" s="16" t="s">
+      <c r="C29" s="14" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="30" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="6">
+    <row r="30" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="5">
         <v>1457</v>
       </c>
-      <c r="B30" s="20" t="s">
+      <c r="B30" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="C30" s="17" t="s">
+      <c r="C30" s="15" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="31" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="6">
+    <row r="31" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="5">
         <v>1458</v>
       </c>
-      <c r="B31" s="20" t="s">
+      <c r="B31" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="C31" s="18" t="s">
+      <c r="C31" s="16" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="32" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="6">
+    <row r="32" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="5">
         <v>1459</v>
       </c>
-      <c r="B32" s="20" t="s">
+      <c r="B32" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="C32" s="18" t="s">
+      <c r="C32" s="16" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="33" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="6">
+    <row r="33" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="5">
         <v>1466</v>
       </c>
-      <c r="B33" s="20" t="s">
+      <c r="B33" s="18" t="s">
         <v>117</v>
       </c>
-      <c r="C33" s="18" t="s">
+      <c r="C33" s="16" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="34" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="6">
+    <row r="34" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="5">
         <v>1469</v>
       </c>
-      <c r="B34" s="20" t="s">
+      <c r="B34" s="18" t="s">
         <v>196</v>
       </c>
-      <c r="C34" s="18" t="s">
+      <c r="C34" s="16" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="35" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="6">
+    <row r="35" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="5">
         <v>1472</v>
       </c>
-      <c r="B35" s="20" t="s">
+      <c r="B35" s="18" t="s">
         <v>197</v>
       </c>
-      <c r="C35" s="18" t="s">
+      <c r="C35" s="16" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="36" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>1473</v>
       </c>
-      <c r="B36" s="21" t="s">
+      <c r="B36" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="C36" s="18" t="s">
+      <c r="C36" s="16" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="37" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>1474</v>
       </c>
-      <c r="B37" s="21" t="s">
+      <c r="B37" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="C37" s="18" t="s">
+      <c r="C37" s="16" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="38" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>1475</v>
       </c>
-      <c r="B38" s="21" t="s">
+      <c r="B38" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C38" s="18" t="s">
+      <c r="C38" s="16" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="39" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>1476</v>
       </c>
-      <c r="B39" s="21" t="s">
+      <c r="B39" s="19" t="s">
         <v>142</v>
       </c>
-      <c r="C39" s="18" t="s">
+      <c r="C39" s="16" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="40" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>1477</v>
       </c>
-      <c r="B40" s="21" t="s">
+      <c r="B40" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C40" s="18" t="s">
+      <c r="C40" s="16" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="41" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>1478</v>
       </c>
-      <c r="B41" s="21" t="s">
+      <c r="B41" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C41" s="18" t="s">
+      <c r="C41" s="16" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="42" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>1479</v>
       </c>
-      <c r="B42" s="21" t="s">
+      <c r="B42" s="19" t="s">
         <v>118</v>
       </c>
-      <c r="C42" s="18" t="s">
+      <c r="C42" s="16" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="43" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>1480</v>
       </c>
-      <c r="B43" s="21" t="s">
+      <c r="B43" s="19" t="s">
         <v>39</v>
       </c>
-      <c r="C43" s="18" t="s">
+      <c r="C43" s="16" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="44" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>1481</v>
       </c>
-      <c r="B44" s="21" t="s">
+      <c r="B44" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="C44" s="18" t="s">
+      <c r="C44" s="16" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="45" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>1483</v>
       </c>
-      <c r="B45" s="21" t="s">
+      <c r="B45" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C45" s="18" t="s">
+      <c r="C45" s="16" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="46" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>1484</v>
       </c>
-      <c r="B46" s="21" t="s">
+      <c r="B46" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="C46" s="18" t="s">
+      <c r="C46" s="16" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="47" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>1485</v>
       </c>
-      <c r="B47" s="21" t="s">
+      <c r="B47" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="C47" s="18" t="s">
+      <c r="C47" s="16" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="48" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>1488</v>
       </c>
-      <c r="B48" s="21" t="s">
+      <c r="B48" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="C48" s="18" t="s">
+      <c r="C48" s="16" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="49" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>1489</v>
       </c>
-      <c r="B49" s="21" t="s">
+      <c r="B49" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="C49" s="18" t="s">
+      <c r="C49" s="16" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="50" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>1493</v>
       </c>
-      <c r="B50" s="21" t="s">
+      <c r="B50" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="C50" s="18" t="s">
+      <c r="C50" s="16" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="51" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>1494</v>
       </c>
-      <c r="B51" s="21" t="s">
+      <c r="B51" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="C51" s="18" t="s">
+      <c r="C51" s="16" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="52" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>1495</v>
       </c>
-      <c r="B52" s="21" t="s">
+      <c r="B52" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="C52" s="18" t="s">
+      <c r="C52" s="16" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="53" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>1498</v>
       </c>
-      <c r="B53" s="21" t="s">
+      <c r="B53" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="C53" s="18" t="s">
+      <c r="C53" s="16" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="54" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>1551</v>
       </c>
-      <c r="B54" s="21" t="s">
+      <c r="B54" s="19" t="s">
         <v>198</v>
       </c>
-      <c r="C54" s="18" t="s">
+      <c r="C54" s="16" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="55" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>1555</v>
       </c>
-      <c r="B55" s="21" t="s">
+      <c r="B55" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="C55" s="18" t="s">
+      <c r="C55" s="16" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="56" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>1563</v>
       </c>
-      <c r="B56" s="21" t="s">
+      <c r="B56" s="19" t="s">
         <v>137</v>
       </c>
-      <c r="C56" s="18" t="s">
+      <c r="C56" s="16" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="57" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="6">
+    <row r="57" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="5">
         <v>1568</v>
       </c>
-      <c r="B57" s="20" t="s">
+      <c r="B57" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="C57" s="18" t="s">
+      <c r="C57" s="16" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="58" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="6">
+    <row r="58" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="5">
         <v>1569</v>
       </c>
-      <c r="B58" s="20" t="s">
+      <c r="B58" s="18" t="s">
         <v>98</v>
       </c>
-      <c r="C58" s="18" t="s">
+      <c r="C58" s="16" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="59" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="6">
+    <row r="59" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="5">
         <v>1570</v>
       </c>
-      <c r="B59" s="20" t="s">
+      <c r="B59" s="18" t="s">
         <v>100</v>
       </c>
-      <c r="C59" s="18" t="s">
+      <c r="C59" s="16" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="60" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="6">
+    <row r="60" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="5">
         <v>1571</v>
       </c>
-      <c r="B60" s="20" t="s">
+      <c r="B60" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="C60" s="18" t="s">
+      <c r="C60" s="16" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="61" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>1577</v>
       </c>
-      <c r="B61" s="21" t="s">
+      <c r="B61" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C61" s="18" t="s">
+      <c r="C61" s="16" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="62" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>1578</v>
       </c>
-      <c r="B62" s="21" t="s">
+      <c r="B62" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="C62" s="18" t="s">
+      <c r="C62" s="16" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="63" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="6">
+    <row r="63" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="5">
         <v>1579</v>
       </c>
-      <c r="B63" s="20" t="s">
+      <c r="B63" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="C63" s="18" t="s">
+      <c r="C63" s="16" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="64" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="6">
+    <row r="64" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="5">
         <v>1580</v>
       </c>
-      <c r="B64" s="20" t="s">
+      <c r="B64" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="C64" s="18" t="s">
+      <c r="C64" s="16" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="65" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>1585</v>
       </c>
-      <c r="B65" s="21" t="s">
+      <c r="B65" s="19" t="s">
         <v>120</v>
       </c>
-      <c r="C65" s="18" t="s">
+      <c r="C65" s="16" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="66" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>1586</v>
       </c>
-      <c r="B66" s="21" t="s">
+      <c r="B66" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="C66" s="18" t="s">
+      <c r="C66" s="16" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="67" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>1591</v>
       </c>
-      <c r="B67" s="21" t="s">
+      <c r="B67" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="C67" s="18" t="s">
+      <c r="C67" s="16" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="68" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>1592</v>
       </c>
-      <c r="B68" s="21" t="s">
+      <c r="B68" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="C68" s="18" t="s">
+      <c r="C68" s="16" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="69" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>1593</v>
       </c>
-      <c r="B69" s="21" t="s">
+      <c r="B69" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="C69" s="18" t="s">
+      <c r="C69" s="16" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="70" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>1595</v>
       </c>
-      <c r="B70" s="21" t="s">
+      <c r="B70" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="C70" s="18" t="s">
+      <c r="C70" s="16" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="71" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>1596</v>
       </c>
-      <c r="B71" s="21" t="s">
+      <c r="B71" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="C71" s="18" t="s">
+      <c r="C71" s="16" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="72" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>1597</v>
       </c>
-      <c r="B72" s="21" t="s">
+      <c r="B72" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C72" s="18" t="s">
+      <c r="C72" s="16" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="73" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>1599</v>
       </c>
-      <c r="B73" s="21" t="s">
+      <c r="B73" s="19" t="s">
         <v>121</v>
       </c>
-      <c r="C73" s="18" t="s">
+      <c r="C73" s="16" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="74" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B74" s="21" t="s">
+      <c r="B74" s="19" t="s">
         <v>150</v>
       </c>
-      <c r="C74" s="18" t="s">
+      <c r="C74" s="16" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="75" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>1615</v>
       </c>
-      <c r="B75" s="21" t="s">
+      <c r="B75" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="C75" s="18" t="s">
+      <c r="C75" s="16" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="76" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>1617</v>
       </c>
-      <c r="B76" s="21" t="s">
+      <c r="B76" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="C76" s="18" t="s">
+      <c r="C76" s="16" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="77" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>1618</v>
       </c>
-      <c r="B77" s="21" t="s">
+      <c r="B77" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="C77" s="18" t="s">
+      <c r="C77" s="16" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="78" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>1619</v>
       </c>
-      <c r="B78" s="21" t="s">
+      <c r="B78" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="C78" s="18" t="s">
+      <c r="C78" s="16" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="79" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>1620</v>
       </c>
-      <c r="B79" s="21" t="s">
+      <c r="B79" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="C79" s="18" t="s">
+      <c r="C79" s="16" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="80" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>1621</v>
       </c>
-      <c r="B80" s="21" t="s">
+      <c r="B80" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="C80" s="18" t="s">
+      <c r="C80" s="16" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="81" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>1622</v>
       </c>
-      <c r="B81" s="21" t="s">
+      <c r="B81" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C81" s="18" t="s">
+      <c r="C81" s="16" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="82" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>1623</v>
       </c>
-      <c r="B82" s="21" t="s">
+      <c r="B82" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="C82" s="18" t="s">
+      <c r="C82" s="16" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="83" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>1624</v>
       </c>
-      <c r="B83" s="21" t="s">
+      <c r="B83" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="C83" s="18" t="s">
+      <c r="C83" s="16" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="84" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>1625</v>
       </c>
-      <c r="B84" s="21" t="s">
+      <c r="B84" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C84" s="18" t="s">
+      <c r="C84" s="16" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="85" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>1626</v>
       </c>
-      <c r="B85" s="21" t="s">
+      <c r="B85" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="C85" s="18" t="s">
+      <c r="C85" s="16" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="86" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>1627</v>
       </c>
-      <c r="B86" s="21" t="s">
+      <c r="B86" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="C86" s="18" t="s">
+      <c r="C86" s="16" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="87" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>1628</v>
       </c>
-      <c r="B87" s="21" t="s">
+      <c r="B87" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C87" s="18" t="s">
+      <c r="C87" s="16" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="88" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>1629</v>
       </c>
-      <c r="B88" s="21" t="s">
+      <c r="B88" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="C88" s="18" t="s">
+      <c r="C88" s="16" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="89" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>1630</v>
       </c>
-      <c r="B89" s="21" t="s">
+      <c r="B89" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="C89" s="18" t="s">
+      <c r="C89" s="16" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="90" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>1631</v>
       </c>
-      <c r="B90" s="21" t="s">
+      <c r="B90" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="C90" s="18" t="s">
+      <c r="C90" s="16" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="91" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>1632</v>
       </c>
-      <c r="B91" s="21" t="s">
+      <c r="B91" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="C91" s="18" t="s">
+      <c r="C91" s="16" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="92" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>1633</v>
       </c>
-      <c r="B92" s="21" t="s">
+      <c r="B92" s="19" t="s">
         <v>31</v>
       </c>
-      <c r="C92" s="18" t="s">
+      <c r="C92" s="16" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="93" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>1651</v>
       </c>
-      <c r="B93" s="21" t="s">
+      <c r="B93" s="19" t="s">
         <v>122</v>
       </c>
-      <c r="C93" s="18" t="s">
+      <c r="C93" s="16" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="94" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>1652</v>
       </c>
-      <c r="B94" s="21" t="s">
+      <c r="B94" s="19" t="s">
         <v>123</v>
       </c>
-      <c r="C94" s="18" t="s">
+      <c r="C94" s="16" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="95" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>1653</v>
       </c>
-      <c r="B95" s="21" t="s">
+      <c r="B95" s="19" t="s">
         <v>124</v>
       </c>
-      <c r="C95" s="18" t="s">
+      <c r="C95" s="16" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="96" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>1654</v>
       </c>
-      <c r="B96" s="21" t="s">
+      <c r="B96" s="19" t="s">
         <v>125</v>
       </c>
-      <c r="C96" s="18" t="s">
+      <c r="C96" s="16" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="97" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>1660</v>
       </c>
-      <c r="B97" s="21" t="s">
+      <c r="B97" s="19" t="s">
         <v>55</v>
       </c>
-      <c r="C97" s="18" t="s">
+      <c r="C97" s="16" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="98" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>1698</v>
       </c>
-      <c r="B98" s="21" t="s">
+      <c r="B98" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="C98" s="18" t="s">
+      <c r="C98" s="16" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="99" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B99" s="21" t="s">
+      <c r="B99" s="19" t="s">
         <v>152</v>
       </c>
-      <c r="C99" s="18" t="s">
+      <c r="C99" s="16" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="100" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B100" s="21" t="s">
+      <c r="B100" s="19" t="s">
         <v>154</v>
       </c>
-      <c r="C100" s="18" t="s">
+      <c r="C100" s="16" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="101" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>2011</v>
       </c>
-      <c r="B101" s="21" t="s">
+      <c r="B101" s="19" t="s">
         <v>147</v>
       </c>
-      <c r="C101" s="18" t="s">
+      <c r="C101" s="16" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="102" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>2017</v>
       </c>
-      <c r="B102" s="21" t="s">
+      <c r="B102" s="19" t="s">
         <v>148</v>
       </c>
-      <c r="C102" s="18" t="s">
+      <c r="C102" s="16" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="103" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>2080</v>
       </c>
-      <c r="B103" s="21" t="s">
+      <c r="B103" s="19" t="s">
         <v>131</v>
       </c>
-      <c r="C103" s="18" t="s">
+      <c r="C103" s="16" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="104" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>2081</v>
       </c>
-      <c r="B104" s="21" t="s">
+      <c r="B104" s="19" t="s">
         <v>132</v>
       </c>
-      <c r="C104" s="18" t="s">
+      <c r="C104" s="16" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="105" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>2082</v>
       </c>
-      <c r="B105" s="21" t="s">
+      <c r="B105" s="19" t="s">
         <v>133</v>
       </c>
-      <c r="C105" s="18" t="s">
+      <c r="C105" s="16" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="106" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>2083</v>
       </c>
-      <c r="B106" s="21" t="s">
+      <c r="B106" s="19" t="s">
         <v>134</v>
       </c>
-      <c r="C106" s="18" t="s">
+      <c r="C106" s="16" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="107" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>2084</v>
       </c>
-      <c r="B107" s="21" t="s">
+      <c r="B107" s="19" t="s">
         <v>135</v>
       </c>
-      <c r="C107" s="18" t="s">
+      <c r="C107" s="16" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="108" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>2085</v>
       </c>
-      <c r="B108" s="21" t="s">
+      <c r="B108" s="19" t="s">
         <v>136</v>
       </c>
-      <c r="C108" s="18" t="s">
+      <c r="C108" s="16" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="109" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>2094</v>
       </c>
-      <c r="B109" s="21" t="s">
+      <c r="B109" s="19" t="s">
         <v>138</v>
       </c>
-      <c r="C109" s="18" t="s">
+      <c r="C109" s="16" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="110" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>2096</v>
       </c>
-      <c r="B110" s="21" t="s">
+      <c r="B110" s="19" t="s">
         <v>139</v>
       </c>
-      <c r="C110" s="18" t="s">
+      <c r="C110" s="16" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="111" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>2097</v>
       </c>
-      <c r="B111" s="21" t="s">
+      <c r="B111" s="19" t="s">
         <v>140</v>
       </c>
-      <c r="C111" s="18" t="s">
+      <c r="C111" s="16" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="112" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>2098</v>
       </c>
-      <c r="B112" s="21" t="s">
+      <c r="B112" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="C112" s="18" t="s">
+      <c r="C112" s="16" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="113" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B113" s="21" t="s">
+      <c r="B113" s="19" t="s">
         <v>156</v>
       </c>
-      <c r="C113" s="18" t="s">
+      <c r="C113" s="16" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="114" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B114" s="21" t="s">
+      <c r="B114" s="19" t="s">
         <v>158</v>
       </c>
-      <c r="C114" s="18" t="s">
+      <c r="C114" s="16" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="115" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B115" s="21" t="s">
+      <c r="B115" s="19" t="s">
         <v>160</v>
       </c>
-      <c r="C115" s="18" t="s">
+      <c r="C115" s="16" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="116" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="7">
+    <row r="116" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="3">
         <v>2250</v>
       </c>
-      <c r="B116" s="22" t="s">
+      <c r="B116" s="20" t="s">
         <v>127</v>
       </c>
-      <c r="C116" s="18" t="s">
+      <c r="C116" s="16" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="117" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="7">
+    <row r="117" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="3">
         <v>2251</v>
       </c>
-      <c r="B117" s="22" t="s">
+      <c r="B117" s="20" t="s">
         <v>128</v>
       </c>
-      <c r="C117" s="18" t="s">
+      <c r="C117" s="16" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="118" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="7" t="s">
+    <row r="118" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B118" s="22" t="s">
+      <c r="B118" s="20" t="s">
         <v>163</v>
       </c>
-      <c r="C118" s="18" t="s">
+      <c r="C118" s="16" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="119" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="7" t="s">
+    <row r="119" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B119" s="22" t="s">
+      <c r="B119" s="20" t="s">
         <v>164</v>
       </c>
-      <c r="C119" s="18" t="s">
+      <c r="C119" s="16" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="120" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="7" t="s">
+    <row r="120" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B120" s="22" t="s">
+      <c r="B120" s="20" t="s">
         <v>166</v>
       </c>
-      <c r="C120" s="18" t="s">
+      <c r="C120" s="16" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="121" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>2516</v>
       </c>
-      <c r="B121" s="21" t="s">
+      <c r="B121" s="19" t="s">
         <v>146</v>
       </c>
-      <c r="C121" s="18" t="s">
+      <c r="C121" s="16" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="122" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>2517</v>
       </c>
-      <c r="B122" s="21" t="s">
+      <c r="B122" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="C122" s="18" t="s">
+      <c r="C122" s="16" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="123" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>2518</v>
       </c>
-      <c r="B123" s="21" t="s">
+      <c r="B123" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="C123" s="18" t="s">
+      <c r="C123" s="16" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="124" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>2523</v>
       </c>
-      <c r="B124" s="21" t="s">
+      <c r="B124" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="C124" s="18" t="s">
+      <c r="C124" s="16" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="125" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>2524</v>
       </c>
-      <c r="B125" s="21" t="s">
+      <c r="B125" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="C125" s="18" t="s">
+      <c r="C125" s="16" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="126" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>2525</v>
       </c>
-      <c r="B126" s="21" t="s">
+      <c r="B126" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="C126" s="18" t="s">
+      <c r="C126" s="16" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="127" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>2526</v>
       </c>
-      <c r="B127" s="21" t="s">
+      <c r="B127" s="19" t="s">
         <v>59</v>
       </c>
-      <c r="C127" s="18" t="s">
+      <c r="C127" s="16" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="128" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>2527</v>
       </c>
-      <c r="B128" s="21" t="s">
+      <c r="B128" s="19" t="s">
         <v>60</v>
       </c>
-      <c r="C128" s="18" t="s">
+      <c r="C128" s="16" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="129" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>2528</v>
       </c>
-      <c r="B129" s="21" t="s">
+      <c r="B129" s="19" t="s">
         <v>126</v>
       </c>
-      <c r="C129" s="18" t="s">
+      <c r="C129" s="16" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="130" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>2529</v>
       </c>
-      <c r="B130" s="21" t="s">
+      <c r="B130" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="C130" s="18" t="s">
+      <c r="C130" s="16" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="131" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>2552</v>
       </c>
-      <c r="B131" s="21" t="s">
+      <c r="B131" s="19" t="s">
         <v>62</v>
       </c>
-      <c r="C131" s="18" t="s">
+      <c r="C131" s="16" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="132" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>2555</v>
       </c>
-      <c r="B132" s="21" t="s">
+      <c r="B132" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="C132" s="18" t="s">
+      <c r="C132" s="16" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="133" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>2556</v>
       </c>
-      <c r="B133" s="21" t="s">
+      <c r="B133" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="C133" s="18" t="s">
+      <c r="C133" s="16" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="134" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>2557</v>
       </c>
-      <c r="B134" s="21" t="s">
+      <c r="B134" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="C134" s="18" t="s">
+      <c r="C134" s="16" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="135" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>2560</v>
       </c>
-      <c r="B135" s="21" t="s">
+      <c r="B135" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="C135" s="18" t="s">
+      <c r="C135" s="16" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="136" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>2561</v>
       </c>
-      <c r="B136" s="21" t="s">
+      <c r="B136" s="19" t="s">
         <v>67</v>
       </c>
-      <c r="C136" s="18" t="s">
+      <c r="C136" s="16" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="137" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>2564</v>
       </c>
-      <c r="B137" s="21" t="s">
+      <c r="B137" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="C137" s="18" t="s">
+      <c r="C137" s="16" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="138" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>2565</v>
       </c>
-      <c r="B138" s="21" t="s">
+      <c r="B138" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="C138" s="18" t="s">
+      <c r="C138" s="16" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="139" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>2566</v>
       </c>
-      <c r="B139" s="21" t="s">
+      <c r="B139" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="C139" s="18" t="s">
+      <c r="C139" s="16" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="140" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>2567</v>
       </c>
-      <c r="B140" s="21" t="s">
+      <c r="B140" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="C140" s="18" t="s">
+      <c r="C140" s="16" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="141" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B141" s="21" t="s">
+      <c r="B141" s="19" t="s">
         <v>169</v>
       </c>
-      <c r="C141" s="18" t="s">
+      <c r="C141" s="16" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="142" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B142" s="21" t="s">
+      <c r="B142" s="19" t="s">
         <v>170</v>
       </c>
-      <c r="C142" s="18" t="s">
+      <c r="C142" s="16" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="143" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>2624</v>
       </c>
-      <c r="B143" s="21" t="s">
+      <c r="B143" s="19" t="s">
         <v>77</v>
       </c>
-      <c r="C143" s="18" t="s">
+      <c r="C143" s="16" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="144" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>2625</v>
       </c>
-      <c r="B144" s="21" t="s">
+      <c r="B144" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="C144" s="18" t="s">
+      <c r="C144" s="16" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="145" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>2626</v>
       </c>
-      <c r="B145" s="21" t="s">
+      <c r="B145" s="19" t="s">
         <v>79</v>
       </c>
-      <c r="C145" s="18" t="s">
+      <c r="C145" s="16" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="146" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>2627</v>
       </c>
-      <c r="B146" s="21" t="s">
+      <c r="B146" s="19" t="s">
         <v>80</v>
       </c>
-      <c r="C146" s="18" t="s">
+      <c r="C146" s="16" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="147" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>2636</v>
       </c>
-      <c r="B147" s="21" t="s">
+      <c r="B147" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="C147" s="18" t="s">
+      <c r="C147" s="16" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="148" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>2637</v>
       </c>
-      <c r="B148" s="21" t="s">
+      <c r="B148" s="19" t="s">
         <v>143</v>
       </c>
-      <c r="C148" s="18" t="s">
+      <c r="C148" s="16" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="149" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>2638</v>
       </c>
-      <c r="B149" s="21" t="s">
+      <c r="B149" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="C149" s="18" t="s">
+      <c r="C149" s="16" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="150" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>2639</v>
       </c>
-      <c r="B150" s="21" t="s">
+      <c r="B150" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="C150" s="18" t="s">
+      <c r="C150" s="16" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="151" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>2640</v>
       </c>
-      <c r="B151" s="21" t="s">
+      <c r="B151" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="C151" s="18" t="s">
+      <c r="C151" s="16" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="152" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>2641</v>
       </c>
-      <c r="B152" s="21" t="s">
+      <c r="B152" s="19" t="s">
         <v>144</v>
       </c>
-      <c r="C152" s="18" t="s">
+      <c r="C152" s="16" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="153" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>2642</v>
       </c>
-      <c r="B153" s="21" t="s">
+      <c r="B153" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="C153" s="18" t="s">
+      <c r="C153" s="16" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="154" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>2643</v>
       </c>
-      <c r="B154" s="21" t="s">
+      <c r="B154" s="19" t="s">
         <v>179</v>
       </c>
-      <c r="C154" s="18" t="s">
+      <c r="C154" s="16" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="155" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>2644</v>
       </c>
-      <c r="B155" s="21" t="s">
+      <c r="B155" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="C155" s="18" t="s">
+      <c r="C155" s="16" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="156" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>2645</v>
       </c>
-      <c r="B156" s="21" t="s">
+      <c r="B156" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="C156" s="18" t="s">
+      <c r="C156" s="16" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="157" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>2646</v>
       </c>
-      <c r="B157" s="21" t="s">
+      <c r="B157" s="19" t="s">
         <v>88</v>
       </c>
-      <c r="C157" s="18" t="s">
+      <c r="C157" s="16" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="158" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B158" s="21" t="s">
+      <c r="B158" s="19" t="s">
         <v>172</v>
       </c>
-      <c r="C158" s="18" t="s">
+      <c r="C158" s="16" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="159" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>2836</v>
       </c>
-      <c r="B159" s="21" t="s">
+      <c r="B159" s="19" t="s">
         <v>89</v>
       </c>
-      <c r="C159" s="18" t="s">
+      <c r="C159" s="16" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="160" spans="1:3" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>2837</v>
       </c>
-      <c r="B160" s="21" t="s">
+      <c r="B160" s="19" t="s">
         <v>145</v>
       </c>
-      <c r="C160" s="18" t="s">
+      <c r="C160" s="16" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="161" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>2847</v>
       </c>
-      <c r="B161" s="21" t="s">
+      <c r="B161" s="19" t="s">
         <v>90</v>
       </c>
-      <c r="C161" s="18" t="s">
+      <c r="C161" s="16" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="162" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>2848</v>
       </c>
-      <c r="B162" s="21" t="s">
+      <c r="B162" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="C162" s="18" t="s">
+      <c r="C162" s="16" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="163" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>2849</v>
       </c>
-      <c r="B163" s="21" t="s">
+      <c r="B163" s="19" t="s">
         <v>92</v>
       </c>
-      <c r="C163" s="18" t="s">
+      <c r="C163" s="16" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="164" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>2851</v>
       </c>
-      <c r="B164" s="21" t="s">
+      <c r="B164" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="C164" s="18" t="s">
+      <c r="C164" s="16" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="165" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>2852</v>
       </c>
-      <c r="B165" s="21" t="s">
+      <c r="B165" s="19" t="s">
         <v>94</v>
       </c>
-      <c r="C165" s="18" t="s">
+      <c r="C165" s="16" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="166" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>2854</v>
       </c>
-      <c r="B166" s="21" t="s">
+      <c r="B166" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="C166" s="18" t="s">
+      <c r="C166" s="16" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="167" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>2855</v>
       </c>
-      <c r="B167" s="21" t="s">
+      <c r="B167" s="19" t="s">
         <v>96</v>
       </c>
-      <c r="C167" s="18" t="s">
+      <c r="C167" s="16" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="168" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="7" t="s">
+      <c r="A168" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B168" s="22" t="s">
+      <c r="B168" s="20" t="s">
         <v>174</v>
       </c>
-      <c r="C168" s="18" t="s">
+      <c r="C168" s="16" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="169" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A169" s="7" t="s">
+      <c r="A169" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B169" s="22" t="s">
+      <c r="B169" s="20" t="s">
         <v>176</v>
       </c>
-      <c r="C169" s="18" t="s">
+      <c r="C169" s="16" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="170" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="7" t="s">
+      <c r="A170" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B170" s="22" t="s">
+      <c r="B170" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="C170" s="18" t="s">
+      <c r="C170" s="16" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="171" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="7" t="s">
+      <c r="A171" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B171" s="22" t="s">
+      <c r="B171" s="20" t="s">
         <v>182</v>
       </c>
-      <c r="C171" s="18" t="s">
+      <c r="C171" s="16" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="172" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="7" t="s">
+      <c r="A172" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B172" s="22" t="s">
+      <c r="B172" s="20" t="s">
         <v>183</v>
       </c>
-      <c r="C172" s="18" t="s">
+      <c r="C172" s="16" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="173" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="7" t="s">
+      <c r="A173" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B173" s="22" t="s">
+      <c r="B173" s="20" t="s">
         <v>184</v>
       </c>
-      <c r="C173" s="18" t="s">
+      <c r="C173" s="16" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="174" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="8" t="s">
+      <c r="A174" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="B174" s="23" t="s">
+      <c r="B174" s="21" t="s">
         <v>187</v>
       </c>
-      <c r="C174" s="18" t="s">
+      <c r="C174" s="16" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="175" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="9" t="s">
+      <c r="A175" s="7" t="s">
         <v>188</v>
       </c>
-      <c r="B175" s="24" t="s">
+      <c r="B175" s="22" t="s">
         <v>192</v>
       </c>
-      <c r="C175" s="19" t="s">
+      <c r="C175" s="17" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="176" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A176" s="9" t="s">
+      <c r="A176" s="7" t="s">
         <v>189</v>
       </c>
-      <c r="B176" s="24" t="s">
+      <c r="B176" s="22" t="s">
         <v>193</v>
       </c>
-      <c r="C176" s="19" t="s">
+      <c r="C176" s="17" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="177" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A177" s="9" t="s">
+      <c r="A177" s="7" t="s">
         <v>190</v>
       </c>
-      <c r="B177" s="24" t="s">
+      <c r="B177" s="22" t="s">
         <v>194</v>
       </c>
-      <c r="C177" s="19" t="s">
+      <c r="C177" s="17" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="178" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A178" s="9" t="s">
+      <c r="A178" s="7" t="s">
         <v>191</v>
       </c>
-      <c r="B178" s="24" t="s">
+      <c r="B178" s="22" t="s">
         <v>195</v>
       </c>
-      <c r="C178" s="19" t="s">
+      <c r="C178" s="17" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="179" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="9" t="s">
+      <c r="A179" s="7" t="s">
+        <v>376</v>
+      </c>
+      <c r="B179" s="22" t="s">
         <v>377</v>
       </c>
-      <c r="B179" s="24" t="s">
+      <c r="C179" s="17" t="s">
         <v>378</v>
       </c>
-      <c r="C179" s="19" t="s">
+    </row>
+    <row r="180" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="B180" s="22" t="s">
         <v>379</v>
+      </c>
+      <c r="C180" s="17" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="B181" s="22" t="s">
+        <v>382</v>
+      </c>
+      <c r="C181" s="17" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="7" t="s">
+        <v>385</v>
+      </c>
+      <c r="B182" s="22" t="s">
+        <v>384</v>
+      </c>
+      <c r="C182" s="17" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="7" t="s">
+        <v>387</v>
+      </c>
+      <c r="B183" s="22" t="s">
+        <v>386</v>
+      </c>
+      <c r="C183" s="17" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B184" s="22" t="s">
+        <v>388</v>
+      </c>
+      <c r="C184" s="17" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="7" t="s">
+        <v>390</v>
+      </c>
+      <c r="B185" s="22" t="s">
+        <v>391</v>
+      </c>
+      <c r="C185" s="17" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="7" t="s">
+        <v>393</v>
+      </c>
+      <c r="B186" s="22" t="s">
+        <v>392</v>
+      </c>
+      <c r="C186" s="17" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="7" t="s">
+        <v>399</v>
+      </c>
+      <c r="B187" s="22" t="s">
+        <v>394</v>
+      </c>
+      <c r="C187" s="17" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="7" t="s">
+        <v>400</v>
+      </c>
+      <c r="B188" s="22" t="s">
+        <v>395</v>
+      </c>
+      <c r="C188" s="17" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="B189" s="22" t="s">
+        <v>396</v>
+      </c>
+      <c r="C189" s="17" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="7" t="s">
+        <v>402</v>
+      </c>
+      <c r="B190" s="22" t="s">
+        <v>397</v>
+      </c>
+      <c r="C190" s="17" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="B191" s="22" t="s">
+        <v>398</v>
+      </c>
+      <c r="C191" s="17" t="s">
+        <v>409</v>
       </c>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="A67:B158 D55:XFD65 A55:B65 D1:XFD53 A2:B53 C180:XFD1048576 A1:C1 A168:B1048576 D67:XFD179" name="範囲1"/>
+    <protectedRange sqref="A67:B158 D55:XFD65 A55:B65 D1:XFD53 A2:B53 C192:XFD1048576 A1:C1 D67:XFD191 A168:B1048576" name="範囲1"/>
     <protectedRange sqref="A66:B66 D66:XFD66" name="範囲1_6"/>
     <protectedRange sqref="A54:B54 D54:XFD54" name="範囲1_5"/>
     <protectedRange sqref="A163:B167 A159:B160" name="範囲1_2"/>
     <protectedRange sqref="A162:B162" name="範囲1_6_1"/>
     <protectedRange sqref="A161:B161" name="範囲1_7_1"/>
-    <protectedRange sqref="C55:C65 C50:C53 C9:C48 C2:C6 C67:C179" name="範囲1_7"/>
+    <protectedRange sqref="C55:C65 C50:C53 C9:C48 C2:C6 C67:C191" name="範囲1_7"/>
     <protectedRange sqref="C7:C8" name="範囲1_3_1"/>
     <protectedRange sqref="C66" name="範囲1_7_2"/>
     <protectedRange sqref="C54" name="範囲1_14"/>
   </protectedRanges>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:B167">
     <sortCondition ref="A3:A167"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="63" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 