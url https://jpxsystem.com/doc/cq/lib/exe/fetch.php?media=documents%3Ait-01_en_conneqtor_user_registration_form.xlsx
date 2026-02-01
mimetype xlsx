--- v0 (2025-10-23)
+++ v1 (2026-02-01)
@@ -1,103 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF0B1B75-EEE8-41C8-9072-5C3125AD13F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="aL8O865TD0ag+S5R1hwh+h1BrA55a20medFXF3HmJm8avOJ4WynRPmBKhbYGzeHjtCFVaJBB9Rge+Y9qCOfcIQ==" workbookSaltValue="ajTaMtGdPbrB0+5eOtfRdw==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{55ACAE37-EECA-489D-9A53-8F78337125AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="k8CHea6Xe3gtRylDKwYqrwU/I29tF38WwUzgwFW3yKXIG/IphA+3Lp8qetct3FrMN8DHXdiDaKD9WO94p+5XxQ==" workbookSaltValue="EKomR8nAMAKzffitHFj9Ug==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ユーザ管理アプリ" sheetId="6" state="hidden" r:id="rId1"/>
     <sheet name="IT-01" sheetId="2" r:id="rId2"/>
     <sheet name="機関コードM" sheetId="5" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'IT-01'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'IT-01'!$A$1:$AL$85</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AZ3" i="6" l="1"/>
   <c r="AZ4" i="6" s="1"/>
   <c r="AZ5" i="6" s="1"/>
   <c r="AZ6" i="6" s="1"/>
   <c r="AZ7" i="6" s="1"/>
   <c r="AZ8" i="6" s="1"/>
   <c r="AZ9" i="6" s="1"/>
   <c r="AZ10" i="6" s="1"/>
   <c r="AZ11" i="6" s="1"/>
   <c r="H3" i="6"/>
   <c r="I2" i="6" l="1"/>
+  <c r="J2" i="6" s="1"/>
   <c r="T2" i="6"/>
   <c r="C2" i="6"/>
   <c r="T4" i="6"/>
   <c r="T5" i="6"/>
   <c r="T6" i="6"/>
   <c r="T7" i="6"/>
   <c r="T8" i="6"/>
   <c r="T9" i="6"/>
   <c r="T10" i="6"/>
   <c r="T11" i="6"/>
   <c r="T3" i="6"/>
   <c r="C3" i="6"/>
   <c r="C4" i="6" s="1"/>
   <c r="C5" i="6" s="1"/>
   <c r="C6" i="6" s="1"/>
   <c r="C7" i="6" s="1"/>
   <c r="C8" i="6" s="1"/>
   <c r="C9" i="6" s="1"/>
   <c r="C10" i="6" s="1"/>
   <c r="C11" i="6" s="1"/>
   <c r="AA11" i="6"/>
   <c r="W11" i="6"/>
   <c r="X11" i="6" s="1"/>
   <c r="V11" i="6"/>
   <c r="U11" i="6"/>
@@ -361,59 +363,50 @@
   <c r="R5" i="6" s="1"/>
   <c r="R6" i="6" s="1"/>
   <c r="R7" i="6" s="1"/>
   <c r="R8" i="6" s="1"/>
   <c r="R9" i="6" s="1"/>
   <c r="R10" i="6" s="1"/>
   <c r="R11" i="6" s="1"/>
   <c r="Q3" i="6"/>
   <c r="Q4" i="6" s="1"/>
   <c r="Q5" i="6" s="1"/>
   <c r="Q6" i="6" s="1"/>
   <c r="Q7" i="6" s="1"/>
   <c r="Q8" i="6" s="1"/>
   <c r="Q9" i="6" s="1"/>
   <c r="Q10" i="6" s="1"/>
   <c r="Q11" i="6" s="1"/>
   <c r="L3" i="6"/>
   <c r="L4" i="6" s="1"/>
   <c r="L5" i="6" s="1"/>
   <c r="L6" i="6" s="1"/>
   <c r="L7" i="6" s="1"/>
   <c r="L8" i="6" s="1"/>
   <c r="L9" i="6" s="1"/>
   <c r="L10" i="6" s="1"/>
   <c r="L11" i="6" s="1"/>
-  <c r="J3" i="6"/>
-[...7 lines deleted...]
-  <c r="J11" i="6" s="1"/>
   <c r="B3" i="6"/>
   <c r="B4" i="6" s="1"/>
   <c r="B5" i="6" s="1"/>
   <c r="B6" i="6" s="1"/>
   <c r="B7" i="6" s="1"/>
   <c r="B8" i="6" s="1"/>
   <c r="B9" i="6" s="1"/>
   <c r="B10" i="6" s="1"/>
   <c r="B11" i="6" s="1"/>
   <c r="A3" i="6"/>
   <c r="A4" i="6" s="1"/>
   <c r="A5" i="6" s="1"/>
   <c r="A6" i="6" s="1"/>
   <c r="A7" i="6" s="1"/>
   <c r="A8" i="6" s="1"/>
   <c r="A9" i="6" s="1"/>
   <c r="A10" i="6" s="1"/>
   <c r="A11" i="6" s="1"/>
   <c r="AA2" i="6"/>
   <c r="W2" i="6"/>
   <c r="X2" i="6" s="1"/>
   <c r="V2" i="6"/>
   <c r="U2" i="6"/>
   <c r="P2" i="6"/>
   <c r="P3" i="6" s="1"/>
@@ -455,63 +448,72 @@
   <c r="M9" i="6" s="1"/>
   <c r="M10" i="6" s="1"/>
   <c r="M11" i="6" s="1"/>
   <c r="AB11" i="6"/>
   <c r="AB10" i="6"/>
   <c r="AB9" i="6"/>
   <c r="AB8" i="6"/>
   <c r="AB7" i="6"/>
   <c r="AB6" i="6"/>
   <c r="AB5" i="6"/>
   <c r="AB4" i="6"/>
   <c r="AB3" i="6"/>
   <c r="AB2" i="6"/>
   <c r="D4" i="5"/>
   <c r="K2" i="6" l="1"/>
   <c r="K3" i="6" s="1"/>
   <c r="K4" i="6" s="1"/>
   <c r="K5" i="6" s="1"/>
   <c r="K6" i="6" s="1"/>
   <c r="K7" i="6" s="1"/>
   <c r="K8" i="6" s="1"/>
   <c r="K9" i="6" s="1"/>
   <c r="K10" i="6" s="1"/>
   <c r="K11" i="6" s="1"/>
   <c r="I3" i="6"/>
-  <c r="I4" i="6" s="1"/>
-[...6 lines deleted...]
-  <c r="I11" i="6" s="1"/>
+  <c r="I4" i="6" l="1"/>
+  <c r="J3" i="6"/>
+  <c r="I5" i="6" l="1"/>
+  <c r="J4" i="6"/>
+  <c r="I6" i="6" l="1"/>
+  <c r="J5" i="6"/>
+  <c r="I7" i="6" l="1"/>
+  <c r="J6" i="6"/>
+  <c r="I8" i="6" l="1"/>
+  <c r="J7" i="6"/>
+  <c r="I9" i="6" l="1"/>
+  <c r="J8" i="6"/>
+  <c r="I10" i="6" l="1"/>
+  <c r="J9" i="6"/>
+  <c r="I11" i="6" l="1"/>
+  <c r="J11" i="6" s="1"/>
+  <c r="J10" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1338" uniqueCount="1315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1336" uniqueCount="1314">
   <si>
     <t>ask-conneqtor@jpx.co.jp</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>銀行コード</t>
   </si>
   <si>
     <t>正式銀行名</t>
     <rPh sb="0" eb="2">
       <t>セイシキ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>みずほ銀行</t>
   </si>
   <si>
     <t>三菱ＵＦＪ銀行</t>
   </si>
   <si>
     <t>りそな銀行</t>
   </si>
   <si>
     <t>埼玉りそな銀行</t>
@@ -4392,54 +4394,50 @@
     <t>https://www.jpx.co.jp/english/corporate/governance/security/personal-information/</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Family Name</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>First Name</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>2.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>1.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>３.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>↓ next page</t>
-    <phoneticPr fontId="2"/>
-[...2 lines deleted...]
-    <t>Would like the user IDs and passwords to be sent individually to each user.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Agree to the handling of personal information.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Email address</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Name of organization</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>* For more information on the handling of personal information by JPX, please refer to the following website.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Email</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Phone</t>
     <phoneticPr fontId="2"/>
@@ -4474,149 +4472,148 @@
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Authority type
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>*</t>
     </r>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>E-mail Address
 **</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>v20250218</t>
-[...2 lines deleted...]
-  <si>
     <t>** The email address will be used as user ID. It is also possible to use multiple accounts 
      with the same email address, such as a group address (TSE will assign a unique identifier).</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Phone Number for 
 two-step verification
  (include hyphens) 
 ***</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>* Please use this application form only if you are applying for CONNEQTOR for the first time. 
 * If your organization has previously submitted this application form, please use the 
   "IT-04_User Addition/Deletion Application Form" for adding or deleting users, 
   and the "IT-05_Phone Number Change Application Form" for changing phone numbers.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Account information
 Please fill in the information of the users according to their authority type.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>* Please select one of the following authority type: "Administrator," "Trader," or "Auditor." 
    It is also possible for the same person to apply for multiple authority type.
    For more detail, please refer to the "Overview of Procedures for Investors" at the link below.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t xml:space="preserve">* We may inquire about the details of your application to contact person.
    </t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Name of contact person</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Contact Details*</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Contact for inquiries and applications</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>*** The system will automatically dial the specified phone number when you log in.
        In order to prevent unauthorized use by a third party, please set up an appropriate 
        phone number, such as a landline phone in your office.</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>CONNEQTOR
+User Registration Form</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>組織・代表者_部門コード</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>+81-3-3666-0141 (Operator)</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>v20251110</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">・ At least one "Administrator" and one "Trader" need to be registered.
 ・ If your organization has previously submitted this application form, please use the 
   "IT-04_User Addition/Deletion Application Form" for adding or deleting users, 
   and the "IT-05_Phone Number Change Application Form" for changing phone numbers.
 ・ User IDs and passwords will be sent </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>collectively to the contact person</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>. 
-   If you prefer them to be sent to each user individually, please check the box below.</t>
+      <t xml:space="preserve">. </t>
     </r>
-    <phoneticPr fontId="2"/>
-[...11 lines deleted...]
-    <t>+81-3-3666-0141 (Operator)</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="0_);[Red]\(0\)"/>
     <numFmt numFmtId="177" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
@@ -5619,54 +5616,50 @@
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$AP$37" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>95250</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>37</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="Check Box 3" hidden="1">
               <a:extLst>
@@ -5858,117 +5851,50 @@
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>IT-01</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...65 lines deleted...]
-  </mc:AlternateContent>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9524</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>60325</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>152399</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>125375</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="正方形/長方形 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000006000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
@@ -6288,63 +6214,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/english/equities/products/etfs/rfq-platform/01.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ask-conneqtor@jpx.co.jp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/english/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/english/equities/products/etfs/rfq-platform/01.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ask-conneqtor@jpx.co.jp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/english/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5785E00-B48D-4796-ADD9-812A26D5E2A1}">
   <dimension ref="A1:AZ30"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="BH5" sqref="BH5"/>
+      <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="23.625" defaultRowHeight="14.25" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="42" customWidth="1"/>
     <col min="2" max="2" width="20.75" style="42" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.5" style="42" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.625" style="42" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="42" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="20.75" style="42" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22.75" style="42" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="19.75" style="42" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="29.25" style="42" customWidth="1"/>
     <col min="11" max="11" width="18.125" style="42" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.875" style="42" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19.75" style="42" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="17.75" style="42" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="21.875" style="42" customWidth="1"/>
     <col min="16" max="16" width="24.125" style="42" bestFit="1" customWidth="1"/>
     <col min="17" max="19" width="21.625" style="42" customWidth="1"/>
     <col min="20" max="20" width="23" style="42" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13.75" style="42" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="13.25" style="42" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="33.75" style="42" customWidth="1"/>
     <col min="25" max="25" width="19.25" style="42" bestFit="1" customWidth="1"/>
@@ -6509,77 +6439,78 @@
       <c r="AR1" s="62" t="s">
         <v>1262</v>
       </c>
       <c r="AS1" s="62" t="s">
         <v>1263</v>
       </c>
       <c r="AT1" s="62" t="s">
         <v>1264</v>
       </c>
       <c r="AU1" s="62" t="s">
         <v>1265</v>
       </c>
       <c r="AV1" s="62" t="s">
         <v>1266</v>
       </c>
       <c r="AW1" s="62" t="s">
         <v>1267</v>
       </c>
       <c r="AX1" s="62" t="s">
         <v>1268</v>
       </c>
       <c r="AY1" s="64" t="s">
         <v>1269</v>
       </c>
       <c r="AZ1" s="67" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="2" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="73" t="s">
         <v>1270</v>
       </c>
       <c r="B2" s="64" t="s">
         <v>1271</v>
       </c>
       <c r="C2" s="68">
         <f>'IT-01'!$X$5</f>
         <v>0</v>
       </c>
       <c r="D2" s="64"/>
       <c r="E2" s="64"/>
       <c r="F2" s="64"/>
       <c r="G2" s="64"/>
       <c r="H2" s="64" t="s">
         <v>1272</v>
       </c>
       <c r="I2" s="64">
         <f>'IT-01'!J15</f>
         <v>0</v>
       </c>
-      <c r="J2" s="64" t="s">
-        <v>1273</v>
+      <c r="J2" s="64">
+        <f>I2</f>
+        <v>0</v>
       </c>
       <c r="K2" s="71" t="e">
         <f>VLOOKUP(機関コードM!D4,機関コードM!$A$2:$B$1217,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="L2" s="64" t="s">
         <v>1274</v>
       </c>
       <c r="M2" s="64">
         <f>'IT-01'!$J$18</f>
         <v>0</v>
       </c>
       <c r="N2" s="64">
         <f>'IT-01'!$J$21</f>
         <v>0</v>
       </c>
       <c r="O2" s="64">
         <f>'IT-01'!$J$24</f>
         <v>0</v>
       </c>
       <c r="P2" s="64">
         <f>'IT-01'!$J$27</f>
         <v>0</v>
       </c>
       <c r="Q2" s="64" t="s">
@@ -6695,52 +6626,52 @@
     <row r="3" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",A2,"")</f>
         <v/>
       </c>
       <c r="B3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",B2,"")</f>
         <v/>
       </c>
       <c r="C3" s="74" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",C2,"")</f>
         <v/>
       </c>
       <c r="D3" s="73"/>
       <c r="E3" s="73"/>
       <c r="F3" s="73"/>
       <c r="G3" s="73"/>
       <c r="H3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",H2,"")</f>
         <v/>
       </c>
       <c r="I3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",I2,"")</f>
         <v/>
       </c>
-      <c r="J3" s="73" t="str">
-        <f>IF('IT-01'!R61&lt;&gt;"",J2,"")</f>
+      <c r="J3" s="64" t="str">
+        <f t="shared" ref="J3:J11" si="1">I3</f>
         <v/>
       </c>
       <c r="K3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",K2,"")</f>
         <v/>
       </c>
       <c r="L3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",L2,"")</f>
         <v/>
       </c>
       <c r="M3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",M2,"")</f>
         <v/>
       </c>
       <c r="N3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",N2,"")</f>
         <v/>
       </c>
       <c r="O3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",O2,"")</f>
         <v/>
       </c>
       <c r="P3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",P2,"")</f>
         <v/>
@@ -6749,51 +6680,51 @@
         <f>IF('IT-01'!R61&lt;&gt;"",Q2,"")</f>
         <v/>
       </c>
       <c r="R3" s="73" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",R2,"")</f>
         <v/>
       </c>
       <c r="S3" s="73"/>
       <c r="T3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D61, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",'IT-01'!J61,"")</f>
         <v/>
       </c>
       <c r="V3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",'IT-01'!N61,"")</f>
         <v/>
       </c>
       <c r="W3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",'IT-01'!R61,"")</f>
         <v/>
       </c>
       <c r="X3" s="70" t="str">
-        <f t="shared" ref="X3:X11" si="1">W3</f>
+        <f t="shared" ref="X3:X11" si="2">W3</f>
         <v/>
       </c>
       <c r="Y3" s="64"/>
       <c r="Z3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",Z2,"")</f>
         <v/>
       </c>
       <c r="AA3" s="64" t="str">
         <f>ASC(IF('IT-01'!R61&lt;&gt;"",'IT-01'!AA61,""))</f>
         <v/>
       </c>
       <c r="AB3" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",AC2,"")</f>
         <v/>
       </c>
       <c r="AD3" s="64"/>
       <c r="AE3" s="64" t="str">
         <f>IF('IT-01'!R61&lt;&gt;"",AE2,"")</f>
         <v/>
       </c>
       <c r="AF3" s="64" t="str">
@@ -6884,52 +6815,52 @@
     <row r="4" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",A3,"")</f>
         <v/>
       </c>
       <c r="B4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",B3,"")</f>
         <v/>
       </c>
       <c r="C4" s="74" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",C3,"")</f>
         <v/>
       </c>
       <c r="D4" s="64"/>
       <c r="E4" s="64"/>
       <c r="F4" s="64"/>
       <c r="G4" s="64"/>
       <c r="H4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",H3,"")</f>
         <v/>
       </c>
       <c r="I4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",I3,"")</f>
         <v/>
       </c>
-      <c r="J4" s="73" t="str">
-        <f>IF('IT-01'!R62&lt;&gt;"",J3,"")</f>
+      <c r="J4" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",K3,"")</f>
         <v/>
       </c>
       <c r="L4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",L3,"")</f>
         <v/>
       </c>
       <c r="M4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",M3,"")</f>
         <v/>
       </c>
       <c r="N4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",N3,"")</f>
         <v/>
       </c>
       <c r="O4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",O3,"")</f>
         <v/>
       </c>
       <c r="P4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",P3,"")</f>
         <v/>
@@ -6938,51 +6869,51 @@
         <f>IF('IT-01'!R62&lt;&gt;"",Q3,"")</f>
         <v/>
       </c>
       <c r="R4" s="73" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",R3,"")</f>
         <v/>
       </c>
       <c r="S4" s="64"/>
       <c r="T4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D62, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",'IT-01'!J62,"")</f>
         <v/>
       </c>
       <c r="V4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",'IT-01'!N62,"")</f>
         <v/>
       </c>
       <c r="W4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",'IT-01'!R62,"")</f>
         <v/>
       </c>
       <c r="X4" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y4" s="64"/>
       <c r="Z4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",Z3,"")</f>
         <v/>
       </c>
       <c r="AA4" s="64" t="str">
         <f>ASC(IF('IT-01'!R62&lt;&gt;"",'IT-01'!AA62,""))</f>
         <v/>
       </c>
       <c r="AB4" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",AC3,"")</f>
         <v/>
       </c>
       <c r="AD4" s="64"/>
       <c r="AE4" s="64" t="str">
         <f>IF('IT-01'!R62&lt;&gt;"",AE3,"")</f>
         <v/>
       </c>
       <c r="AF4" s="64" t="str">
@@ -7073,52 +7004,52 @@
     <row r="5" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",A4,"")</f>
         <v/>
       </c>
       <c r="B5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",B4,"")</f>
         <v/>
       </c>
       <c r="C5" s="74" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",C4,"")</f>
         <v/>
       </c>
       <c r="D5" s="64"/>
       <c r="E5" s="64"/>
       <c r="F5" s="64"/>
       <c r="G5" s="64"/>
       <c r="H5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",H4,"")</f>
         <v/>
       </c>
       <c r="I5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",I4,"")</f>
         <v/>
       </c>
-      <c r="J5" s="73" t="str">
-        <f>IF('IT-01'!R63&lt;&gt;"",J4,"")</f>
+      <c r="J5" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",K4,"")</f>
         <v/>
       </c>
       <c r="L5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",L4,"")</f>
         <v/>
       </c>
       <c r="M5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",M4,"")</f>
         <v/>
       </c>
       <c r="N5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",N4,"")</f>
         <v/>
       </c>
       <c r="O5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",O4,"")</f>
         <v/>
       </c>
       <c r="P5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",P4,"")</f>
         <v/>
@@ -7127,51 +7058,51 @@
         <f>IF('IT-01'!R63&lt;&gt;"",Q4,"")</f>
         <v/>
       </c>
       <c r="R5" s="73" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",R4,"")</f>
         <v/>
       </c>
       <c r="S5" s="64"/>
       <c r="T5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D63, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",'IT-01'!J63,"")</f>
         <v/>
       </c>
       <c r="V5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",'IT-01'!N63,"")</f>
         <v/>
       </c>
       <c r="W5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",'IT-01'!R63,"")</f>
         <v/>
       </c>
       <c r="X5" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y5" s="64"/>
       <c r="Z5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",Z4,"")</f>
         <v/>
       </c>
       <c r="AA5" s="64" t="str">
         <f>ASC(IF('IT-01'!R63&lt;&gt;"",'IT-01'!AA63,""))</f>
         <v/>
       </c>
       <c r="AB5" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",AC4,"")</f>
         <v/>
       </c>
       <c r="AD5" s="64"/>
       <c r="AE5" s="64" t="str">
         <f>IF('IT-01'!R63&lt;&gt;"",AE4,"")</f>
         <v/>
       </c>
       <c r="AF5" s="64" t="str">
@@ -7262,52 +7193,52 @@
     <row r="6" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",A5,"")</f>
         <v/>
       </c>
       <c r="B6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",B5,"")</f>
         <v/>
       </c>
       <c r="C6" s="74" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",C5,"")</f>
         <v/>
       </c>
       <c r="D6" s="64"/>
       <c r="E6" s="64"/>
       <c r="F6" s="64"/>
       <c r="G6" s="64"/>
       <c r="H6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",H5,"")</f>
         <v/>
       </c>
       <c r="I6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",I5,"")</f>
         <v/>
       </c>
-      <c r="J6" s="73" t="str">
-        <f>IF('IT-01'!R64&lt;&gt;"",J5,"")</f>
+      <c r="J6" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",K5,"")</f>
         <v/>
       </c>
       <c r="L6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",L5,"")</f>
         <v/>
       </c>
       <c r="M6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",M5,"")</f>
         <v/>
       </c>
       <c r="N6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",N5,"")</f>
         <v/>
       </c>
       <c r="O6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",O5,"")</f>
         <v/>
       </c>
       <c r="P6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",P5,"")</f>
         <v/>
@@ -7316,51 +7247,51 @@
         <f>IF('IT-01'!R64&lt;&gt;"",Q5,"")</f>
         <v/>
       </c>
       <c r="R6" s="73" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",R5,"")</f>
         <v/>
       </c>
       <c r="S6" s="64"/>
       <c r="T6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D64, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",'IT-01'!J64,"")</f>
         <v/>
       </c>
       <c r="V6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",'IT-01'!N64,"")</f>
         <v/>
       </c>
       <c r="W6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",'IT-01'!R64,"")</f>
         <v/>
       </c>
       <c r="X6" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y6" s="64"/>
       <c r="Z6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",Z5,"")</f>
         <v/>
       </c>
       <c r="AA6" s="64" t="str">
         <f>ASC(IF('IT-01'!R64&lt;&gt;"",'IT-01'!AA64,""))</f>
         <v/>
       </c>
       <c r="AB6" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",AC5,"")</f>
         <v/>
       </c>
       <c r="AD6" s="64"/>
       <c r="AE6" s="64" t="str">
         <f>IF('IT-01'!R64&lt;&gt;"",AE5,"")</f>
         <v/>
       </c>
       <c r="AF6" s="64" t="str">
@@ -7451,52 +7382,52 @@
     <row r="7" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",A6,"")</f>
         <v/>
       </c>
       <c r="B7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",B6,"")</f>
         <v/>
       </c>
       <c r="C7" s="74" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",C6,"")</f>
         <v/>
       </c>
       <c r="D7" s="64"/>
       <c r="E7" s="64"/>
       <c r="F7" s="64"/>
       <c r="G7" s="64"/>
       <c r="H7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",H6,"")</f>
         <v/>
       </c>
       <c r="I7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",I6,"")</f>
         <v/>
       </c>
-      <c r="J7" s="73" t="str">
-        <f>IF('IT-01'!R65&lt;&gt;"",J6,"")</f>
+      <c r="J7" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",K6,"")</f>
         <v/>
       </c>
       <c r="L7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",L6,"")</f>
         <v/>
       </c>
       <c r="M7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",M6,"")</f>
         <v/>
       </c>
       <c r="N7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",N6,"")</f>
         <v/>
       </c>
       <c r="O7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",O6,"")</f>
         <v/>
       </c>
       <c r="P7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",P6,"")</f>
         <v/>
@@ -7505,51 +7436,51 @@
         <f>IF('IT-01'!R65&lt;&gt;"",Q6,"")</f>
         <v/>
       </c>
       <c r="R7" s="73" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",R6,"")</f>
         <v/>
       </c>
       <c r="S7" s="64"/>
       <c r="T7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D65, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",'IT-01'!J65,"")</f>
         <v/>
       </c>
       <c r="V7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",'IT-01'!N65,"")</f>
         <v/>
       </c>
       <c r="W7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",'IT-01'!R65,"")</f>
         <v/>
       </c>
       <c r="X7" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y7" s="64"/>
       <c r="Z7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",Z6,"")</f>
         <v/>
       </c>
       <c r="AA7" s="64" t="str">
         <f>ASC(IF('IT-01'!R65&lt;&gt;"",'IT-01'!AA65,""))</f>
         <v/>
       </c>
       <c r="AB7" s="64" t="str">
         <f>IF(LEFT(AA7,1)="0", "+81 " &amp; SUBSTITUTE(RIGHT(AA7,LEN(AA7)-1),"-",""),SUBSTITUTE(AA7,"-",""))</f>
         <v/>
       </c>
       <c r="AC7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",AC6,"")</f>
         <v/>
       </c>
       <c r="AD7" s="64"/>
       <c r="AE7" s="64" t="str">
         <f>IF('IT-01'!R65&lt;&gt;"",AE6,"")</f>
         <v/>
       </c>
       <c r="AF7" s="64" t="str">
@@ -7640,52 +7571,52 @@
     <row r="8" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",A7,"")</f>
         <v/>
       </c>
       <c r="B8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",B7,"")</f>
         <v/>
       </c>
       <c r="C8" s="74" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",C7,"")</f>
         <v/>
       </c>
       <c r="D8" s="64"/>
       <c r="E8" s="64"/>
       <c r="F8" s="64"/>
       <c r="G8" s="64"/>
       <c r="H8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",H7,"")</f>
         <v/>
       </c>
       <c r="I8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",I7,"")</f>
         <v/>
       </c>
-      <c r="J8" s="73" t="str">
-        <f>IF('IT-01'!R66&lt;&gt;"",J7,"")</f>
+      <c r="J8" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",K7,"")</f>
         <v/>
       </c>
       <c r="L8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",L7,"")</f>
         <v/>
       </c>
       <c r="M8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",M7,"")</f>
         <v/>
       </c>
       <c r="N8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",N7,"")</f>
         <v/>
       </c>
       <c r="O8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",O7,"")</f>
         <v/>
       </c>
       <c r="P8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",P7,"")</f>
         <v/>
@@ -7694,51 +7625,51 @@
         <f>IF('IT-01'!R66&lt;&gt;"",Q7,"")</f>
         <v/>
       </c>
       <c r="R8" s="73" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",R7,"")</f>
         <v/>
       </c>
       <c r="S8" s="64"/>
       <c r="T8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D66, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",'IT-01'!J66,"")</f>
         <v/>
       </c>
       <c r="V8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",'IT-01'!N66,"")</f>
         <v/>
       </c>
       <c r="W8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",'IT-01'!R66,"")</f>
         <v/>
       </c>
       <c r="X8" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y8" s="64"/>
       <c r="Z8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",Z7,"")</f>
         <v/>
       </c>
       <c r="AA8" s="64" t="str">
         <f>ASC(IF('IT-01'!R66&lt;&gt;"",'IT-01'!AA66,""))</f>
         <v/>
       </c>
       <c r="AB8" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",AC7,"")</f>
         <v/>
       </c>
       <c r="AD8" s="64"/>
       <c r="AE8" s="64" t="str">
         <f>IF('IT-01'!R66&lt;&gt;"",AE7,"")</f>
         <v/>
       </c>
       <c r="AF8" s="64" t="str">
@@ -7829,52 +7760,52 @@
     <row r="9" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",A8,"")</f>
         <v/>
       </c>
       <c r="B9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",B8,"")</f>
         <v/>
       </c>
       <c r="C9" s="74" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",C8,"")</f>
         <v/>
       </c>
       <c r="D9" s="64"/>
       <c r="E9" s="64"/>
       <c r="F9" s="64"/>
       <c r="G9" s="64"/>
       <c r="H9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",H8,"")</f>
         <v/>
       </c>
       <c r="I9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",I8,"")</f>
         <v/>
       </c>
-      <c r="J9" s="73" t="str">
-        <f>IF('IT-01'!R67&lt;&gt;"",J8,"")</f>
+      <c r="J9" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",K8,"")</f>
         <v/>
       </c>
       <c r="L9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",L8,"")</f>
         <v/>
       </c>
       <c r="M9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",M8,"")</f>
         <v/>
       </c>
       <c r="N9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",N8,"")</f>
         <v/>
       </c>
       <c r="O9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",O8,"")</f>
         <v/>
       </c>
       <c r="P9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",P8,"")</f>
         <v/>
@@ -7883,51 +7814,51 @@
         <f>IF('IT-01'!R67&lt;&gt;"",Q8,"")</f>
         <v/>
       </c>
       <c r="R9" s="73" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",R8,"")</f>
         <v/>
       </c>
       <c r="S9" s="64"/>
       <c r="T9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D67, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",'IT-01'!J67,"")</f>
         <v/>
       </c>
       <c r="V9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",'IT-01'!N67,"")</f>
         <v/>
       </c>
       <c r="W9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",'IT-01'!R67,"")</f>
         <v/>
       </c>
       <c r="X9" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y9" s="64"/>
       <c r="Z9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",Z8,"")</f>
         <v/>
       </c>
       <c r="AA9" s="64" t="str">
         <f>ASC(IF('IT-01'!R67&lt;&gt;"",'IT-01'!AA67,""))</f>
         <v/>
       </c>
       <c r="AB9" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",AC8,"")</f>
         <v/>
       </c>
       <c r="AD9" s="64"/>
       <c r="AE9" s="64" t="str">
         <f>IF('IT-01'!R67&lt;&gt;"",AE8,"")</f>
         <v/>
       </c>
       <c r="AF9" s="64" t="str">
@@ -8018,52 +7949,52 @@
     <row r="10" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",A9,"")</f>
         <v/>
       </c>
       <c r="B10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",B9,"")</f>
         <v/>
       </c>
       <c r="C10" s="74" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",C9,"")</f>
         <v/>
       </c>
       <c r="D10" s="64"/>
       <c r="E10" s="64"/>
       <c r="F10" s="64"/>
       <c r="G10" s="64"/>
       <c r="H10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",H9,"")</f>
         <v/>
       </c>
       <c r="I10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",I9,"")</f>
         <v/>
       </c>
-      <c r="J10" s="73" t="str">
-        <f>IF('IT-01'!R68&lt;&gt;"",J9,"")</f>
+      <c r="J10" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",K9,"")</f>
         <v/>
       </c>
       <c r="L10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",L9,"")</f>
         <v/>
       </c>
       <c r="M10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",M9,"")</f>
         <v/>
       </c>
       <c r="N10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",N9,"")</f>
         <v/>
       </c>
       <c r="O10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",O9,"")</f>
         <v/>
       </c>
       <c r="P10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",P9,"")</f>
         <v/>
@@ -8072,51 +8003,51 @@
         <f>IF('IT-01'!R68&lt;&gt;"",Q9,"")</f>
         <v/>
       </c>
       <c r="R10" s="73" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",R9,"")</f>
         <v/>
       </c>
       <c r="S10" s="64"/>
       <c r="T10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D68, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",'IT-01'!J68,"")</f>
         <v/>
       </c>
       <c r="V10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",'IT-01'!N68,"")</f>
         <v/>
       </c>
       <c r="W10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",'IT-01'!R68,"")</f>
         <v/>
       </c>
       <c r="X10" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y10" s="64"/>
       <c r="Z10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",Z9,"")</f>
         <v/>
       </c>
       <c r="AA10" s="64" t="str">
         <f>ASC(IF('IT-01'!R68&lt;&gt;"",'IT-01'!AA68,""))</f>
         <v/>
       </c>
       <c r="AB10" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",AC9,"")</f>
         <v/>
       </c>
       <c r="AD10" s="64"/>
       <c r="AE10" s="64" t="str">
         <f>IF('IT-01'!R68&lt;&gt;"",AE9,"")</f>
         <v/>
       </c>
       <c r="AF10" s="64" t="str">
@@ -8207,52 +8138,52 @@
     <row r="11" spans="1:52" s="61" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",A10,"")</f>
         <v/>
       </c>
       <c r="B11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",B10,"")</f>
         <v/>
       </c>
       <c r="C11" s="74" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",C10,"")</f>
         <v/>
       </c>
       <c r="D11" s="71"/>
       <c r="E11" s="71"/>
       <c r="F11" s="71"/>
       <c r="G11" s="64"/>
       <c r="H11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",H10,"")</f>
         <v/>
       </c>
       <c r="I11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",I10,"")</f>
         <v/>
       </c>
-      <c r="J11" s="73" t="str">
-        <f>IF('IT-01'!R69&lt;&gt;"",J10,"")</f>
+      <c r="J11" s="64" t="str">
+        <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",K10,"")</f>
         <v/>
       </c>
       <c r="L11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",L10,"")</f>
         <v/>
       </c>
       <c r="M11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",M10,"")</f>
         <v/>
       </c>
       <c r="N11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",N10,"")</f>
         <v/>
       </c>
       <c r="O11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",O10,"")</f>
         <v/>
       </c>
       <c r="P11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",P10,"")</f>
         <v/>
@@ -8261,51 +8192,51 @@
         <f>IF('IT-01'!R69&lt;&gt;"",Q10,"")</f>
         <v/>
       </c>
       <c r="R11" s="73" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",R10,"")</f>
         <v/>
       </c>
       <c r="S11" s="71"/>
       <c r="T11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"", SUBSTITUTE(SUBSTITUTE(SUBSTITUTE('IT-01'!D69, "Administrator", "統括者"), "Trader", "取引担当者"), "Auditor", "監査担当者"), "")</f>
         <v/>
       </c>
       <c r="U11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",'IT-01'!J69,"")</f>
         <v/>
       </c>
       <c r="V11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",'IT-01'!N69,"")</f>
         <v/>
       </c>
       <c r="W11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",'IT-01'!R69,"")</f>
         <v/>
       </c>
       <c r="X11" s="70" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Y11" s="71"/>
       <c r="Z11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",Z10,"")</f>
         <v/>
       </c>
       <c r="AA11" s="64" t="str">
         <f>ASC(IF('IT-01'!R69&lt;&gt;"",'IT-01'!AA69,""))</f>
         <v/>
       </c>
       <c r="AB11" s="64" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="AC11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",AC10,"")</f>
         <v/>
       </c>
       <c r="AD11" s="71"/>
       <c r="AE11" s="64" t="str">
         <f>IF('IT-01'!R69&lt;&gt;"",AE10,"")</f>
         <v/>
       </c>
       <c r="AF11" s="64" t="str">
@@ -9415,78 +9346,81 @@
       <c r="AU30" s="78"/>
       <c r="AV30" s="78"/>
       <c r="AW30" s="78"/>
       <c r="AX30" s="78"/>
       <c r="AY30" s="71"/>
       <c r="AZ30" s="78"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2"/>
   <conditionalFormatting sqref="B1:B2">
     <cfRule type="expression" dxfId="2" priority="15">
       <formula>AND(#REF!="済",B1="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F1:G2">
     <cfRule type="expression" dxfId="1" priority="17">
       <formula>AND(#REF!="済",F1="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F4:G10 G11:G25">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>AND(#REF!="済",F4="")</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation allowBlank="1" sqref="V12:V29 Q4:R11 T2 A2:B20 D3:V3 W3:W28 I12:I26 M12:O27 T4:V11 J12:J25 H4:H26 I4:J11 L4:O11 K4:K27 L12:L25 P4:P28 Q12:Q27 R12:R28 T12:T28 U12:U30 C3:C20" xr:uid="{78DF569A-17C1-4475-AD0A-2072192F5D2E}"/>
+    <dataValidation allowBlank="1" sqref="V12:V29 Q4:R11 T2 A2:B20 W3:W28 H4:I26 M12:O27 T4:V11 J12:J25 C3:C20 L4:O11 K4:K27 L12:L25 P4:P28 Q12:Q27 R12:R28 T12:T28 U12:U30 D3:I3 K3:V3" xr:uid="{78DF569A-17C1-4475-AD0A-2072192F5D2E}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <customProperties>
+    <customPr name="layoutContexts" r:id="rId2"/>
+  </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AR86"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="115" workbookViewId="0">
       <selection activeCell="X5" sqref="X5:AJ5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="8" width="2.5" style="1"/>
     <col min="9" max="9" width="5.375" style="1" customWidth="1"/>
     <col min="10" max="41" width="2.5" style="1"/>
     <col min="42" max="44" width="2.5" style="15" customWidth="1"/>
     <col min="45" max="16384" width="2.5" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="104" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="B1" s="105"/>
       <c r="C1" s="105"/>
       <c r="D1" s="105"/>
       <c r="E1" s="105"/>
       <c r="F1" s="105"/>
       <c r="G1" s="105"/>
       <c r="H1" s="105"/>
       <c r="I1" s="105"/>
       <c r="J1" s="105"/>
       <c r="K1" s="105"/>
       <c r="L1" s="105"/>
       <c r="M1" s="105"/>
       <c r="N1" s="105"/>
       <c r="O1" s="105"/>
       <c r="P1" s="105"/>
       <c r="Q1" s="105"/>
       <c r="R1" s="105"/>
       <c r="S1" s="105"/>
       <c r="T1" s="105"/>
       <c r="U1" s="105"/>
       <c r="V1" s="105"/>
       <c r="W1" s="105"/>
       <c r="X1" s="105"/>
       <c r="Y1" s="105"/>
@@ -9586,91 +9520,91 @@
     </row>
     <row r="4" spans="1:44" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="14"/>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
       <c r="D4" s="14"/>
       <c r="E4" s="14"/>
       <c r="F4" s="14"/>
       <c r="G4" s="14"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="14"/>
       <c r="M4" s="14"/>
       <c r="N4" s="14"/>
       <c r="O4" s="14"/>
       <c r="P4" s="14"/>
       <c r="Q4" s="14"/>
       <c r="R4" s="14"/>
       <c r="S4" s="14"/>
       <c r="T4" s="14"/>
       <c r="U4" s="14"/>
       <c r="V4" s="14"/>
       <c r="X4" s="47" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="Y4" s="14"/>
       <c r="Z4" s="14"/>
       <c r="AA4" s="14"/>
       <c r="AB4" s="14"/>
       <c r="AC4" s="14"/>
       <c r="AD4" s="14"/>
       <c r="AE4" s="14"/>
       <c r="AF4" s="14"/>
       <c r="AG4" s="14"/>
       <c r="AH4" s="14"/>
       <c r="AI4" s="14"/>
       <c r="AJ4" s="14"/>
       <c r="AK4" s="14"/>
       <c r="AL4" s="14"/>
       <c r="AP4" s="16"/>
       <c r="AQ4" s="16"/>
       <c r="AR4" s="16"/>
     </row>
     <row r="5" spans="1:44" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="W5" s="48"/>
       <c r="X5" s="110"/>
       <c r="Y5" s="110"/>
       <c r="Z5" s="110"/>
       <c r="AA5" s="110"/>
       <c r="AB5" s="110"/>
       <c r="AC5" s="110"/>
       <c r="AD5" s="110"/>
       <c r="AE5" s="110"/>
       <c r="AF5" s="110"/>
       <c r="AG5" s="110"/>
       <c r="AH5" s="110"/>
       <c r="AI5" s="110"/>
       <c r="AJ5" s="110"/>
       <c r="AK5" s="35"/>
       <c r="AL5" s="35"/>
     </row>
     <row r="7" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="109" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="C7" s="109"/>
       <c r="D7" s="109"/>
       <c r="E7" s="109"/>
       <c r="F7" s="109"/>
       <c r="G7" s="109"/>
       <c r="H7" s="109"/>
       <c r="I7" s="109"/>
       <c r="J7" s="109"/>
       <c r="K7" s="109"/>
       <c r="L7" s="109"/>
       <c r="M7" s="109"/>
       <c r="N7" s="109"/>
       <c r="O7" s="109"/>
       <c r="P7" s="109"/>
       <c r="Q7" s="109"/>
       <c r="R7" s="109"/>
       <c r="S7" s="109"/>
       <c r="T7" s="109"/>
       <c r="U7" s="109"/>
       <c r="V7" s="109"/>
       <c r="W7" s="109"/>
       <c r="X7" s="109"/>
       <c r="Y7" s="109"/>
       <c r="Z7" s="109"/>
@@ -9792,51 +9726,51 @@
       <c r="V10" s="109"/>
       <c r="W10" s="109"/>
       <c r="X10" s="109"/>
       <c r="Y10" s="109"/>
       <c r="Z10" s="109"/>
       <c r="AA10" s="109"/>
       <c r="AB10" s="109"/>
       <c r="AC10" s="109"/>
       <c r="AD10" s="109"/>
       <c r="AE10" s="109"/>
       <c r="AF10" s="109"/>
       <c r="AG10" s="109"/>
       <c r="AH10" s="109"/>
       <c r="AI10" s="109"/>
       <c r="AJ10" s="109"/>
       <c r="AK10" s="109"/>
       <c r="AL10" s="38"/>
     </row>
     <row r="12" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="106" t="s">
         <v>1281</v>
       </c>
       <c r="B12" s="107"/>
       <c r="C12" s="107"/>
       <c r="D12" s="108" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="E12" s="108"/>
       <c r="F12" s="108"/>
       <c r="G12" s="108"/>
       <c r="H12" s="108"/>
       <c r="I12" s="108"/>
       <c r="J12" s="108"/>
       <c r="K12" s="108"/>
       <c r="L12" s="108"/>
       <c r="M12" s="108"/>
       <c r="N12" s="108"/>
       <c r="O12" s="108"/>
       <c r="P12" s="108"/>
       <c r="Q12" s="108"/>
       <c r="R12" s="108"/>
       <c r="S12" s="108"/>
       <c r="T12" s="108"/>
       <c r="U12" s="108"/>
       <c r="V12" s="108"/>
       <c r="W12" s="108"/>
       <c r="X12" s="108"/>
       <c r="Y12" s="108"/>
       <c r="Z12" s="108"/>
       <c r="AA12" s="108"/>
       <c r="AB12" s="108"/>
@@ -9911,51 +9845,51 @@
       <c r="Q14" s="4"/>
       <c r="R14" s="4"/>
       <c r="S14" s="4"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
       <c r="Z14" s="4"/>
       <c r="AA14" s="4"/>
       <c r="AB14" s="4"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="4"/>
       <c r="AE14" s="4"/>
       <c r="AF14" s="4"/>
       <c r="AG14" s="4"/>
       <c r="AH14" s="4"/>
       <c r="AI14" s="4"/>
       <c r="AJ14" s="4"/>
       <c r="AK14" s="4"/>
       <c r="AL14" s="4"/>
     </row>
     <row r="15" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C15" s="101" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="D15" s="101"/>
       <c r="E15" s="101"/>
       <c r="F15" s="101"/>
       <c r="G15" s="101"/>
       <c r="H15" s="101"/>
       <c r="I15" s="101"/>
       <c r="J15" s="99"/>
       <c r="K15" s="99"/>
       <c r="L15" s="99"/>
       <c r="M15" s="99"/>
       <c r="N15" s="99"/>
       <c r="O15" s="99"/>
       <c r="P15" s="99"/>
       <c r="Q15" s="99"/>
       <c r="R15" s="99"/>
       <c r="S15" s="99"/>
       <c r="T15" s="99"/>
       <c r="U15" s="99"/>
       <c r="V15" s="99"/>
       <c r="W15" s="99"/>
       <c r="X15" s="99"/>
       <c r="Y15" s="99"/>
       <c r="Z15" s="99"/>
       <c r="AA15" s="99"/>
@@ -10024,51 +9958,51 @@
       <c r="P17" s="36"/>
       <c r="Q17" s="36"/>
       <c r="R17" s="36"/>
       <c r="S17" s="36"/>
       <c r="T17" s="36"/>
       <c r="U17" s="36"/>
       <c r="V17" s="36"/>
       <c r="W17" s="36"/>
       <c r="X17" s="36"/>
       <c r="Y17" s="36"/>
       <c r="Z17" s="36"/>
       <c r="AA17" s="36"/>
       <c r="AB17" s="36"/>
       <c r="AC17" s="36"/>
       <c r="AD17" s="36"/>
       <c r="AE17" s="36"/>
       <c r="AF17" s="36"/>
       <c r="AG17" s="36"/>
       <c r="AH17" s="36"/>
       <c r="AI17" s="36"/>
       <c r="AJ17" s="36"/>
       <c r="AK17" s="36"/>
     </row>
     <row r="18" spans="3:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C18" s="101" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="D18" s="101"/>
       <c r="E18" s="101"/>
       <c r="F18" s="101"/>
       <c r="G18" s="101"/>
       <c r="H18" s="101"/>
       <c r="I18" s="101"/>
       <c r="J18" s="99"/>
       <c r="K18" s="99"/>
       <c r="L18" s="99"/>
       <c r="M18" s="99"/>
       <c r="N18" s="99"/>
       <c r="O18" s="99"/>
       <c r="P18" s="99"/>
       <c r="Q18" s="99"/>
       <c r="R18" s="99"/>
       <c r="S18" s="99"/>
       <c r="T18" s="99"/>
       <c r="U18" s="99"/>
       <c r="V18" s="99"/>
       <c r="W18" s="99"/>
       <c r="X18" s="99"/>
       <c r="Y18" s="99"/>
       <c r="Z18" s="99"/>
       <c r="AA18" s="99"/>
@@ -10137,51 +10071,51 @@
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="8"/>
       <c r="U20" s="8"/>
       <c r="V20" s="8"/>
       <c r="W20" s="8"/>
       <c r="X20" s="8"/>
       <c r="Y20" s="8"/>
       <c r="Z20" s="8"/>
       <c r="AA20" s="8"/>
       <c r="AB20" s="8"/>
       <c r="AC20" s="8"/>
       <c r="AD20" s="8"/>
       <c r="AE20" s="8"/>
       <c r="AF20" s="8"/>
       <c r="AG20" s="8"/>
       <c r="AH20" s="8"/>
       <c r="AI20" s="8"/>
       <c r="AJ20" s="8"/>
       <c r="AK20" s="8"/>
     </row>
     <row r="21" spans="3:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C21" s="101" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="D21" s="101"/>
       <c r="E21" s="101"/>
       <c r="F21" s="101"/>
       <c r="G21" s="101"/>
       <c r="H21" s="101"/>
       <c r="I21" s="101"/>
       <c r="J21" s="99"/>
       <c r="K21" s="99"/>
       <c r="L21" s="99"/>
       <c r="M21" s="99"/>
       <c r="N21" s="99"/>
       <c r="O21" s="99"/>
       <c r="P21" s="99"/>
       <c r="Q21" s="99"/>
       <c r="R21" s="99"/>
       <c r="S21" s="99"/>
       <c r="T21" s="99"/>
       <c r="U21" s="99"/>
       <c r="V21" s="99"/>
       <c r="W21" s="99"/>
       <c r="X21" s="99"/>
       <c r="Y21" s="99"/>
       <c r="Z21" s="99"/>
       <c r="AA21" s="99"/>
@@ -10250,51 +10184,51 @@
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
       <c r="U23" s="8"/>
       <c r="V23" s="8"/>
       <c r="W23" s="8"/>
       <c r="X23" s="8"/>
       <c r="Y23" s="8"/>
       <c r="Z23" s="8"/>
       <c r="AA23" s="8"/>
       <c r="AB23" s="8"/>
       <c r="AC23" s="8"/>
       <c r="AD23" s="8"/>
       <c r="AE23" s="8"/>
       <c r="AF23" s="8"/>
       <c r="AG23" s="8"/>
       <c r="AH23" s="8"/>
       <c r="AI23" s="8"/>
       <c r="AJ23" s="8"/>
       <c r="AK23" s="8"/>
     </row>
     <row r="24" spans="3:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C24" s="101" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="D24" s="101"/>
       <c r="E24" s="101"/>
       <c r="F24" s="101"/>
       <c r="G24" s="101"/>
       <c r="H24" s="101"/>
       <c r="I24" s="101"/>
       <c r="J24" s="99"/>
       <c r="K24" s="99"/>
       <c r="L24" s="99"/>
       <c r="M24" s="99"/>
       <c r="N24" s="99"/>
       <c r="O24" s="99"/>
       <c r="P24" s="99"/>
       <c r="Q24" s="99"/>
       <c r="R24" s="99"/>
       <c r="S24" s="99"/>
       <c r="T24" s="99"/>
       <c r="U24" s="99"/>
       <c r="V24" s="99"/>
       <c r="W24" s="99"/>
       <c r="X24" s="99"/>
       <c r="Y24" s="99"/>
       <c r="Z24" s="99"/>
       <c r="AA24" s="99"/>
@@ -10363,51 +10297,51 @@
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="8"/>
       <c r="U26" s="8"/>
       <c r="V26" s="8"/>
       <c r="W26" s="8"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="8"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="8"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="8"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="8"/>
       <c r="AF26" s="8"/>
       <c r="AG26" s="8"/>
       <c r="AH26" s="8"/>
       <c r="AI26" s="8"/>
       <c r="AJ26" s="8"/>
       <c r="AK26" s="8"/>
     </row>
     <row r="27" spans="3:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C27" s="101" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="D27" s="101"/>
       <c r="E27" s="101"/>
       <c r="F27" s="101"/>
       <c r="G27" s="101"/>
       <c r="H27" s="101"/>
       <c r="I27" s="101"/>
       <c r="J27" s="99"/>
       <c r="K27" s="99"/>
       <c r="L27" s="99"/>
       <c r="M27" s="99"/>
       <c r="N27" s="99"/>
       <c r="O27" s="99"/>
       <c r="P27" s="99"/>
       <c r="Q27" s="99"/>
       <c r="R27" s="99"/>
       <c r="S27" s="99"/>
       <c r="T27" s="99"/>
       <c r="U27" s="99"/>
       <c r="V27" s="99"/>
       <c r="W27" s="99"/>
       <c r="X27" s="99"/>
       <c r="Y27" s="99"/>
       <c r="Z27" s="99"/>
       <c r="AA27" s="99"/>
@@ -10440,51 +10374,51 @@
       <c r="Q28" s="100"/>
       <c r="R28" s="100"/>
       <c r="S28" s="100"/>
       <c r="T28" s="100"/>
       <c r="U28" s="100"/>
       <c r="V28" s="100"/>
       <c r="W28" s="100"/>
       <c r="X28" s="100"/>
       <c r="Y28" s="100"/>
       <c r="Z28" s="100"/>
       <c r="AA28" s="100"/>
       <c r="AB28" s="100"/>
       <c r="AC28" s="100"/>
       <c r="AD28" s="100"/>
       <c r="AE28" s="100"/>
       <c r="AF28" s="100"/>
       <c r="AG28" s="100"/>
       <c r="AH28" s="100"/>
       <c r="AI28" s="100"/>
       <c r="AJ28" s="100"/>
       <c r="AK28" s="100"/>
     </row>
     <row r="30" spans="3:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D30" s="5"/>
       <c r="E30" s="112" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="F30" s="112"/>
       <c r="G30" s="112"/>
       <c r="H30" s="112"/>
       <c r="I30" s="112"/>
       <c r="J30" s="112"/>
       <c r="K30" s="112"/>
       <c r="L30" s="112"/>
       <c r="M30" s="112"/>
       <c r="N30" s="112"/>
       <c r="O30" s="112"/>
       <c r="P30" s="112"/>
       <c r="Q30" s="112"/>
       <c r="R30" s="112"/>
       <c r="S30" s="112"/>
       <c r="T30" s="112"/>
       <c r="U30" s="112"/>
       <c r="V30" s="112"/>
       <c r="W30" s="112"/>
       <c r="X30" s="112"/>
       <c r="Y30" s="112"/>
       <c r="Z30" s="112"/>
       <c r="AA30" s="112"/>
       <c r="AB30" s="112"/>
       <c r="AC30" s="112"/>
@@ -10520,51 +10454,51 @@
       <c r="V31" s="49"/>
       <c r="W31" s="49"/>
       <c r="X31" s="49"/>
       <c r="Y31" s="49"/>
       <c r="Z31" s="49"/>
       <c r="AA31" s="49"/>
       <c r="AB31" s="49"/>
       <c r="AC31" s="49"/>
       <c r="AD31" s="49"/>
       <c r="AE31" s="49"/>
       <c r="AF31" s="49"/>
       <c r="AG31" s="49"/>
       <c r="AH31" s="49"/>
       <c r="AI31" s="49"/>
       <c r="AJ31" s="49"/>
       <c r="AK31" s="49"/>
       <c r="AL31" s="37"/>
     </row>
     <row r="33" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="103" t="s">
         <v>1280</v>
       </c>
       <c r="B33" s="103"/>
       <c r="C33" s="103"/>
       <c r="D33" s="102" t="s">
-        <v>1291</v>
+        <v>1290</v>
       </c>
       <c r="E33" s="102"/>
       <c r="F33" s="102"/>
       <c r="G33" s="102"/>
       <c r="H33" s="102"/>
       <c r="I33" s="102"/>
       <c r="J33" s="102"/>
       <c r="K33" s="102"/>
       <c r="L33" s="102"/>
       <c r="M33" s="102"/>
       <c r="N33" s="102"/>
       <c r="O33" s="102"/>
       <c r="P33" s="102"/>
       <c r="Q33" s="102"/>
       <c r="R33" s="102"/>
       <c r="S33" s="102"/>
       <c r="T33" s="102"/>
       <c r="U33" s="102"/>
       <c r="V33" s="102"/>
       <c r="W33" s="102"/>
       <c r="X33" s="102"/>
       <c r="Y33" s="102"/>
       <c r="Z33" s="102"/>
       <c r="AA33" s="102"/>
       <c r="AB33" s="102"/>
@@ -10645,51 +10579,51 @@
       <c r="W35" s="102"/>
       <c r="X35" s="102"/>
       <c r="Y35" s="102"/>
       <c r="Z35" s="102"/>
       <c r="AA35" s="102"/>
       <c r="AB35" s="102"/>
       <c r="AC35" s="102"/>
       <c r="AD35" s="102"/>
       <c r="AE35" s="102"/>
       <c r="AF35" s="102"/>
       <c r="AG35" s="102"/>
       <c r="AH35" s="102"/>
       <c r="AI35" s="102"/>
       <c r="AJ35" s="102"/>
       <c r="AK35" s="102"/>
       <c r="AL35" s="102"/>
     </row>
     <row r="36" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E37" s="83"/>
       <c r="F37" s="83"/>
       <c r="G37" s="12"/>
       <c r="H37" s="111" t="s">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="I37" s="111"/>
       <c r="J37" s="111"/>
       <c r="K37" s="111"/>
       <c r="L37" s="111"/>
       <c r="M37" s="111"/>
       <c r="N37" s="111"/>
       <c r="O37" s="111"/>
       <c r="P37" s="111"/>
       <c r="Q37" s="111"/>
       <c r="R37" s="111"/>
       <c r="S37" s="111"/>
       <c r="T37" s="111"/>
       <c r="U37" s="111"/>
       <c r="V37" s="111"/>
       <c r="W37" s="111"/>
       <c r="X37" s="111"/>
       <c r="Y37" s="111"/>
       <c r="Z37" s="111"/>
       <c r="AA37" s="2"/>
       <c r="AB37" s="2"/>
       <c r="AC37" s="2"/>
       <c r="AD37" s="2"/>
       <c r="AE37" s="2"/>
       <c r="AF37" s="2"/>
@@ -10720,51 +10654,51 @@
       <c r="S38" s="111"/>
       <c r="T38" s="111"/>
       <c r="U38" s="111"/>
       <c r="V38" s="111"/>
       <c r="W38" s="111"/>
       <c r="X38" s="111"/>
       <c r="Y38" s="111"/>
       <c r="Z38" s="111"/>
       <c r="AA38" s="2"/>
       <c r="AB38" s="2"/>
       <c r="AC38" s="2"/>
       <c r="AD38" s="2"/>
       <c r="AE38" s="2"/>
       <c r="AF38" s="2"/>
       <c r="AG38" s="2"/>
       <c r="AH38" s="2"/>
       <c r="AI38" s="2"/>
       <c r="AJ38" s="2"/>
       <c r="AK38" s="2"/>
     </row>
     <row r="39" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:44" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E40" s="85" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="F40" s="85"/>
       <c r="G40" s="85"/>
       <c r="H40" s="85"/>
       <c r="I40" s="85"/>
       <c r="J40" s="85"/>
       <c r="K40" s="85"/>
       <c r="L40" s="85"/>
       <c r="M40" s="85"/>
       <c r="N40" s="85"/>
       <c r="O40" s="85"/>
       <c r="P40" s="85"/>
       <c r="Q40" s="85"/>
       <c r="R40" s="85"/>
       <c r="S40" s="85"/>
       <c r="T40" s="85"/>
       <c r="U40" s="85"/>
       <c r="V40" s="85"/>
       <c r="W40" s="85"/>
       <c r="X40" s="85"/>
       <c r="Y40" s="85"/>
       <c r="Z40" s="85"/>
       <c r="AA40" s="85"/>
       <c r="AB40" s="85"/>
       <c r="AC40" s="85"/>
@@ -10800,51 +10734,51 @@
       <c r="T41" s="85"/>
       <c r="U41" s="85"/>
       <c r="V41" s="85"/>
       <c r="W41" s="85"/>
       <c r="X41" s="85"/>
       <c r="Y41" s="85"/>
       <c r="Z41" s="85"/>
       <c r="AA41" s="85"/>
       <c r="AB41" s="85"/>
       <c r="AC41" s="85"/>
       <c r="AD41" s="85"/>
       <c r="AE41" s="85"/>
       <c r="AF41" s="85"/>
       <c r="AG41" s="85"/>
       <c r="AH41" s="85"/>
       <c r="AI41" s="85"/>
       <c r="AJ41" s="85"/>
       <c r="AK41" s="29"/>
       <c r="AL41" s="29"/>
       <c r="AP41" s="16"/>
       <c r="AQ41" s="16"/>
       <c r="AR41" s="16"/>
     </row>
     <row r="42" spans="1:44" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E42" s="84" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="F42" s="84"/>
       <c r="G42" s="84"/>
       <c r="H42" s="84"/>
       <c r="I42" s="84"/>
       <c r="J42" s="84"/>
       <c r="K42" s="84"/>
       <c r="L42" s="84"/>
       <c r="M42" s="84"/>
       <c r="N42" s="84"/>
       <c r="O42" s="84"/>
       <c r="P42" s="84"/>
       <c r="Q42" s="84"/>
       <c r="R42" s="84"/>
       <c r="S42" s="84"/>
       <c r="T42" s="84"/>
       <c r="U42" s="84"/>
       <c r="V42" s="84"/>
       <c r="W42" s="84"/>
       <c r="X42" s="84"/>
       <c r="Y42" s="84"/>
       <c r="Z42" s="84"/>
       <c r="AA42" s="84"/>
       <c r="AB42" s="84"/>
       <c r="AC42" s="84"/>
@@ -11019,51 +10953,51 @@
       <c r="V48" s="20"/>
       <c r="W48" s="20"/>
       <c r="X48" s="20"/>
       <c r="Y48" s="20"/>
       <c r="Z48" s="20"/>
       <c r="AA48" s="20"/>
       <c r="AB48" s="20"/>
       <c r="AC48" s="20"/>
       <c r="AD48" s="20"/>
       <c r="AE48" s="20"/>
       <c r="AF48" s="20"/>
       <c r="AG48" s="20"/>
       <c r="AH48" s="20"/>
       <c r="AI48" s="20"/>
       <c r="AJ48" s="20"/>
       <c r="AK48" s="20"/>
       <c r="AL48" s="20"/>
     </row>
     <row r="49" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="117" t="s">
         <v>1282</v>
       </c>
       <c r="B49" s="117"/>
       <c r="C49" s="117"/>
       <c r="D49" s="102" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="E49" s="102"/>
       <c r="F49" s="102"/>
       <c r="G49" s="102"/>
       <c r="H49" s="102"/>
       <c r="I49" s="102"/>
       <c r="J49" s="102"/>
       <c r="K49" s="102"/>
       <c r="L49" s="102"/>
       <c r="M49" s="102"/>
       <c r="N49" s="102"/>
       <c r="O49" s="102"/>
       <c r="P49" s="102"/>
       <c r="Q49" s="102"/>
       <c r="R49" s="102"/>
       <c r="S49" s="102"/>
       <c r="T49" s="102"/>
       <c r="U49" s="102"/>
       <c r="V49" s="102"/>
       <c r="W49" s="102"/>
       <c r="X49" s="102"/>
       <c r="Y49" s="102"/>
       <c r="Z49" s="102"/>
       <c r="AA49" s="102"/>
       <c r="AB49" s="102"/>
@@ -11101,130 +11035,128 @@
       <c r="T50" s="102"/>
       <c r="U50" s="102"/>
       <c r="V50" s="102"/>
       <c r="W50" s="102"/>
       <c r="X50" s="102"/>
       <c r="Y50" s="102"/>
       <c r="Z50" s="102"/>
       <c r="AA50" s="102"/>
       <c r="AB50" s="102"/>
       <c r="AC50" s="102"/>
       <c r="AD50" s="102"/>
       <c r="AE50" s="102"/>
       <c r="AF50" s="102"/>
       <c r="AG50" s="102"/>
       <c r="AH50" s="102"/>
       <c r="AI50" s="102"/>
       <c r="AJ50" s="102"/>
       <c r="AK50" s="102"/>
       <c r="AL50" s="102"/>
     </row>
     <row r="51" spans="1:42" ht="88.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="31"/>
       <c r="B51" s="31"/>
       <c r="C51" s="31"/>
       <c r="D51" s="81" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="E51" s="81"/>
       <c r="F51" s="81"/>
       <c r="G51" s="81"/>
       <c r="H51" s="81"/>
       <c r="I51" s="81"/>
       <c r="J51" s="81"/>
       <c r="K51" s="81"/>
       <c r="L51" s="81"/>
       <c r="M51" s="81"/>
       <c r="N51" s="81"/>
       <c r="O51" s="81"/>
       <c r="P51" s="81"/>
       <c r="Q51" s="81"/>
       <c r="R51" s="81"/>
       <c r="S51" s="81"/>
       <c r="T51" s="81"/>
       <c r="U51" s="81"/>
       <c r="V51" s="81"/>
       <c r="W51" s="81"/>
       <c r="X51" s="81"/>
       <c r="Y51" s="81"/>
       <c r="Z51" s="81"/>
       <c r="AA51" s="81"/>
       <c r="AB51" s="81"/>
       <c r="AC51" s="81"/>
       <c r="AD51" s="81"/>
       <c r="AE51" s="81"/>
       <c r="AF51" s="81"/>
       <c r="AG51" s="81"/>
       <c r="AH51" s="81"/>
       <c r="AI51" s="81"/>
       <c r="AJ51" s="81"/>
       <c r="AK51" s="81"/>
       <c r="AL51" s="18"/>
     </row>
     <row r="52" spans="1:42" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="10"/>
       <c r="B52" s="10"/>
       <c r="C52" s="10"/>
       <c r="D52" s="18"/>
       <c r="E52" s="18"/>
       <c r="F52" s="18"/>
-      <c r="G52" s="122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G52" s="122"/>
       <c r="H52" s="122"/>
       <c r="I52" s="122"/>
       <c r="J52" s="122"/>
       <c r="K52" s="122"/>
       <c r="L52" s="122"/>
       <c r="M52" s="122"/>
       <c r="N52" s="122"/>
       <c r="O52" s="122"/>
       <c r="P52" s="122"/>
       <c r="Q52" s="122"/>
       <c r="R52" s="122"/>
       <c r="S52" s="122"/>
       <c r="T52" s="122"/>
       <c r="U52" s="122"/>
       <c r="V52" s="122"/>
       <c r="W52" s="122"/>
       <c r="X52" s="122"/>
       <c r="Y52" s="122"/>
       <c r="Z52" s="122"/>
       <c r="AA52" s="122"/>
       <c r="AB52" s="122"/>
       <c r="AC52" s="122"/>
       <c r="AD52" s="122"/>
       <c r="AE52" s="122"/>
       <c r="AF52" s="122"/>
       <c r="AG52" s="122"/>
       <c r="AH52" s="122"/>
       <c r="AI52" s="122"/>
       <c r="AJ52" s="122"/>
       <c r="AK52" s="122"/>
       <c r="AL52" s="122"/>
       <c r="AP52" s="17" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:42" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="10"/>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="33"/>
       <c r="E53" s="33"/>
       <c r="F53" s="3"/>
       <c r="G53" s="122"/>
       <c r="H53" s="122"/>
       <c r="I53" s="122"/>
       <c r="J53" s="122"/>
       <c r="K53" s="122"/>
       <c r="L53" s="122"/>
       <c r="M53" s="122"/>
       <c r="N53" s="122"/>
       <c r="O53" s="122"/>
       <c r="P53" s="122"/>
       <c r="Q53" s="122"/>
       <c r="R53" s="122"/>
       <c r="S53" s="122"/>
       <c r="T53" s="122"/>
       <c r="U53" s="122"/>
       <c r="V53" s="122"/>
@@ -11307,124 +11239,124 @@
       <c r="Q55" s="32"/>
       <c r="R55" s="32"/>
       <c r="S55" s="32"/>
       <c r="T55" s="32"/>
       <c r="U55" s="32"/>
       <c r="V55" s="32"/>
       <c r="W55" s="32"/>
       <c r="X55" s="32"/>
       <c r="Y55" s="32"/>
       <c r="Z55" s="32"/>
       <c r="AA55" s="32"/>
       <c r="AB55" s="32"/>
       <c r="AC55" s="32"/>
       <c r="AD55" s="32"/>
       <c r="AE55" s="32"/>
       <c r="AF55" s="32"/>
       <c r="AG55" s="32"/>
       <c r="AH55" s="32"/>
       <c r="AI55" s="32"/>
     </row>
     <row r="56" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="10"/>
       <c r="B56" s="10"/>
       <c r="C56" s="10"/>
       <c r="D56" s="119" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="E56" s="120"/>
       <c r="F56" s="120"/>
       <c r="G56" s="120"/>
       <c r="H56" s="120"/>
       <c r="I56" s="120"/>
       <c r="J56" s="120"/>
       <c r="K56" s="120"/>
       <c r="L56" s="120"/>
       <c r="M56" s="120"/>
       <c r="N56" s="120"/>
       <c r="O56" s="120"/>
       <c r="P56" s="120"/>
       <c r="Q56" s="120"/>
       <c r="R56" s="120"/>
       <c r="S56" s="120"/>
       <c r="T56" s="120"/>
       <c r="U56" s="120"/>
       <c r="V56" s="120"/>
       <c r="W56" s="120"/>
       <c r="X56" s="120"/>
       <c r="Y56" s="120"/>
       <c r="Z56" s="120"/>
       <c r="AA56" s="120"/>
       <c r="AB56" s="120"/>
       <c r="AC56" s="120"/>
       <c r="AD56" s="120"/>
       <c r="AE56" s="120"/>
       <c r="AF56" s="120"/>
       <c r="AG56" s="120"/>
       <c r="AH56" s="120"/>
       <c r="AI56" s="121"/>
       <c r="AJ56" s="11"/>
       <c r="AK56" s="11"/>
       <c r="AL56" s="11"/>
     </row>
     <row r="57" spans="1:42" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="10"/>
       <c r="B57" s="10"/>
       <c r="C57" s="10"/>
       <c r="D57" s="89" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="E57" s="90"/>
       <c r="F57" s="90"/>
       <c r="G57" s="90"/>
       <c r="H57" s="90"/>
       <c r="I57" s="91"/>
       <c r="J57" s="89" t="s">
         <v>1279</v>
       </c>
       <c r="K57" s="90"/>
       <c r="L57" s="90"/>
       <c r="M57" s="113"/>
       <c r="N57" s="90" t="s">
         <v>1278</v>
       </c>
       <c r="O57" s="90"/>
       <c r="P57" s="90"/>
       <c r="Q57" s="91"/>
       <c r="R57" s="89" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="S57" s="90"/>
       <c r="T57" s="90"/>
       <c r="U57" s="90"/>
       <c r="V57" s="90"/>
       <c r="W57" s="90"/>
       <c r="X57" s="90"/>
       <c r="Y57" s="90"/>
       <c r="Z57" s="91"/>
       <c r="AA57" s="89" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="AB57" s="90"/>
       <c r="AC57" s="90"/>
       <c r="AD57" s="90"/>
       <c r="AE57" s="90"/>
       <c r="AF57" s="90"/>
       <c r="AG57" s="90"/>
       <c r="AH57" s="90"/>
       <c r="AI57" s="91"/>
       <c r="AJ57" s="11"/>
       <c r="AK57" s="11"/>
       <c r="AL57" s="11"/>
     </row>
     <row r="58" spans="1:42" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="10"/>
       <c r="B58" s="10"/>
       <c r="C58" s="10"/>
       <c r="D58" s="92"/>
       <c r="E58" s="93"/>
       <c r="F58" s="93"/>
       <c r="G58" s="93"/>
       <c r="H58" s="93"/>
       <c r="I58" s="94"/>
       <c r="J58" s="92"/>
       <c r="K58" s="114"/>
@@ -11863,51 +11795,51 @@
       <c r="V69" s="87"/>
       <c r="W69" s="87"/>
       <c r="X69" s="87"/>
       <c r="Y69" s="87"/>
       <c r="Z69" s="88"/>
       <c r="AA69" s="86"/>
       <c r="AB69" s="87"/>
       <c r="AC69" s="87"/>
       <c r="AD69" s="87"/>
       <c r="AE69" s="87"/>
       <c r="AF69" s="87"/>
       <c r="AG69" s="87"/>
       <c r="AH69" s="87"/>
       <c r="AI69" s="88"/>
       <c r="AP69" s="17"/>
       <c r="AQ69" s="17"/>
       <c r="AR69" s="17"/>
     </row>
     <row r="70" spans="1:44" ht="15" x14ac:dyDescent="0.25">
       <c r="AP70" s="17"/>
       <c r="AQ70" s="17"/>
       <c r="AR70" s="17"/>
     </row>
     <row r="71" spans="1:44" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E71" s="81" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="F71" s="81"/>
       <c r="G71" s="81"/>
       <c r="H71" s="81"/>
       <c r="I71" s="81"/>
       <c r="J71" s="81"/>
       <c r="K71" s="81"/>
       <c r="L71" s="81"/>
       <c r="M71" s="81"/>
       <c r="N71" s="81"/>
       <c r="O71" s="81"/>
       <c r="P71" s="81"/>
       <c r="Q71" s="81"/>
       <c r="R71" s="81"/>
       <c r="S71" s="81"/>
       <c r="T71" s="81"/>
       <c r="U71" s="81"/>
       <c r="V71" s="81"/>
       <c r="W71" s="81"/>
       <c r="X71" s="81"/>
       <c r="Y71" s="81"/>
       <c r="Z71" s="81"/>
       <c r="AA71" s="81"/>
       <c r="AB71" s="81"/>
       <c r="AC71" s="81"/>
@@ -11980,88 +11912,88 @@
       <c r="T73" s="81"/>
       <c r="U73" s="81"/>
       <c r="V73" s="81"/>
       <c r="W73" s="81"/>
       <c r="X73" s="81"/>
       <c r="Y73" s="81"/>
       <c r="Z73" s="81"/>
       <c r="AA73" s="81"/>
       <c r="AB73" s="81"/>
       <c r="AC73" s="81"/>
       <c r="AD73" s="81"/>
       <c r="AE73" s="81"/>
       <c r="AF73" s="81"/>
       <c r="AG73" s="81"/>
       <c r="AH73" s="81"/>
       <c r="AI73" s="81"/>
       <c r="AJ73" s="81"/>
       <c r="AK73" s="81"/>
       <c r="AP73" s="17"/>
       <c r="AQ73" s="17"/>
       <c r="AR73" s="17"/>
     </row>
     <row r="74" spans="1:44" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E74" s="6"/>
       <c r="F74" s="19" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="G74" s="19"/>
       <c r="H74" s="19"/>
       <c r="I74" s="19"/>
       <c r="J74" s="19"/>
       <c r="K74" s="19"/>
       <c r="L74" s="19"/>
       <c r="M74" s="19"/>
       <c r="N74" s="19"/>
       <c r="O74" s="19"/>
       <c r="P74" s="19"/>
       <c r="Q74" s="19"/>
       <c r="R74" s="19"/>
       <c r="S74" s="19"/>
       <c r="T74" s="19"/>
       <c r="U74" s="19"/>
       <c r="V74" s="19"/>
       <c r="W74" s="19"/>
       <c r="X74" s="19"/>
       <c r="Y74" s="19"/>
       <c r="Z74" s="19"/>
       <c r="AA74" s="19"/>
       <c r="AB74" s="19"/>
       <c r="AC74" s="19"/>
       <c r="AD74" s="19"/>
       <c r="AE74" s="19"/>
       <c r="AF74" s="19"/>
       <c r="AG74" s="19"/>
       <c r="AH74" s="19"/>
       <c r="AI74" s="19"/>
       <c r="AJ74" s="19"/>
       <c r="AK74" s="19"/>
       <c r="AL74" s="14"/>
     </row>
     <row r="75" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E75" s="81" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="F75" s="81"/>
       <c r="G75" s="81"/>
       <c r="H75" s="81"/>
       <c r="I75" s="81"/>
       <c r="J75" s="81"/>
       <c r="K75" s="81"/>
       <c r="L75" s="81"/>
       <c r="M75" s="81"/>
       <c r="N75" s="81"/>
       <c r="O75" s="81"/>
       <c r="P75" s="81"/>
       <c r="Q75" s="81"/>
       <c r="R75" s="81"/>
       <c r="S75" s="81"/>
       <c r="T75" s="81"/>
       <c r="U75" s="81"/>
       <c r="V75" s="81"/>
       <c r="W75" s="81"/>
       <c r="X75" s="81"/>
       <c r="Y75" s="81"/>
       <c r="Z75" s="81"/>
       <c r="AA75" s="81"/>
       <c r="AB75" s="81"/>
       <c r="AC75" s="81"/>
@@ -12091,51 +12023,51 @@
       <c r="Q76" s="81"/>
       <c r="R76" s="81"/>
       <c r="S76" s="81"/>
       <c r="T76" s="81"/>
       <c r="U76" s="81"/>
       <c r="V76" s="81"/>
       <c r="W76" s="81"/>
       <c r="X76" s="81"/>
       <c r="Y76" s="81"/>
       <c r="Z76" s="81"/>
       <c r="AA76" s="81"/>
       <c r="AB76" s="81"/>
       <c r="AC76" s="81"/>
       <c r="AD76" s="81"/>
       <c r="AE76" s="81"/>
       <c r="AF76" s="81"/>
       <c r="AG76" s="81"/>
       <c r="AH76" s="81"/>
       <c r="AI76" s="81"/>
       <c r="AJ76" s="81"/>
       <c r="AK76" s="81"/>
       <c r="AL76" s="13"/>
     </row>
     <row r="77" spans="1:44" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E77" s="81" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="F77" s="81"/>
       <c r="G77" s="81"/>
       <c r="H77" s="81"/>
       <c r="I77" s="81"/>
       <c r="J77" s="81"/>
       <c r="K77" s="81"/>
       <c r="L77" s="81"/>
       <c r="M77" s="81"/>
       <c r="N77" s="81"/>
       <c r="O77" s="81"/>
       <c r="P77" s="81"/>
       <c r="Q77" s="81"/>
       <c r="R77" s="81"/>
       <c r="S77" s="81"/>
       <c r="T77" s="81"/>
       <c r="U77" s="81"/>
       <c r="V77" s="81"/>
       <c r="W77" s="81"/>
       <c r="X77" s="81"/>
       <c r="Y77" s="81"/>
       <c r="Z77" s="81"/>
       <c r="AA77" s="81"/>
       <c r="AB77" s="81"/>
       <c r="AC77" s="81"/>
@@ -12199,51 +12131,51 @@
       <c r="P79" s="34"/>
       <c r="Q79" s="34"/>
       <c r="R79" s="34"/>
       <c r="S79" s="34"/>
       <c r="T79" s="34"/>
       <c r="U79" s="34"/>
       <c r="V79" s="34"/>
       <c r="W79" s="34"/>
       <c r="X79" s="34"/>
       <c r="Y79" s="34"/>
       <c r="Z79" s="34"/>
       <c r="AA79" s="34"/>
       <c r="AB79" s="34"/>
       <c r="AC79" s="34"/>
       <c r="AD79" s="34"/>
       <c r="AE79" s="34"/>
       <c r="AF79" s="34"/>
       <c r="AG79" s="34"/>
       <c r="AH79" s="34"/>
       <c r="AI79" s="34"/>
       <c r="AJ79" s="34"/>
       <c r="AK79" s="34"/>
     </row>
     <row r="80" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="50" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="B80" s="51"/>
       <c r="C80" s="51"/>
       <c r="D80" s="51"/>
       <c r="E80" s="51"/>
       <c r="F80" s="51"/>
       <c r="G80" s="51"/>
       <c r="H80" s="51"/>
       <c r="I80" s="51"/>
       <c r="J80" s="51"/>
       <c r="K80" s="51"/>
       <c r="L80" s="55"/>
       <c r="M80" s="55"/>
       <c r="N80" s="55"/>
       <c r="O80" s="55"/>
       <c r="P80" s="55"/>
       <c r="Q80" s="55"/>
       <c r="R80" s="55"/>
       <c r="S80" s="55"/>
       <c r="T80" s="55"/>
       <c r="U80" s="55"/>
       <c r="V80" s="55"/>
       <c r="W80" s="55"/>
       <c r="X80" s="56"/>
       <c r="Y80" s="56"/>
@@ -12283,51 +12215,51 @@
       <c r="S81" s="58"/>
       <c r="T81" s="58"/>
       <c r="U81" s="58"/>
       <c r="V81" s="58"/>
       <c r="W81" s="58"/>
       <c r="X81" s="59"/>
       <c r="Y81" s="59"/>
       <c r="Z81" s="59"/>
       <c r="AA81" s="59"/>
       <c r="AB81" s="59"/>
       <c r="AC81" s="59"/>
       <c r="AD81" s="59"/>
       <c r="AE81" s="59"/>
       <c r="AF81" s="59"/>
       <c r="AG81" s="59"/>
       <c r="AH81" s="59"/>
       <c r="AI81" s="59"/>
       <c r="AJ81" s="59"/>
       <c r="AK81" s="59"/>
       <c r="AL81" s="60"/>
     </row>
     <row r="82" spans="1:44" s="23" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="21"/>
       <c r="B82" s="22"/>
       <c r="C82" s="131" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="D82" s="131"/>
       <c r="E82" s="131"/>
       <c r="F82" s="131"/>
       <c r="G82" s="133" t="s">
         <v>0</v>
       </c>
       <c r="H82" s="133"/>
       <c r="I82" s="133"/>
       <c r="J82" s="133"/>
       <c r="K82" s="133"/>
       <c r="L82" s="133"/>
       <c r="M82" s="133"/>
       <c r="N82" s="133"/>
       <c r="O82" s="133"/>
       <c r="P82" s="133"/>
       <c r="Q82" s="133"/>
       <c r="R82" s="133"/>
       <c r="S82" s="133"/>
       <c r="T82" s="133"/>
       <c r="U82" s="133"/>
       <c r="V82" s="133"/>
       <c r="W82" s="133"/>
       <c r="X82" s="133"/>
       <c r="Y82" s="133"/>
@@ -12373,57 +12305,57 @@
       <c r="V83" s="133"/>
       <c r="W83" s="133"/>
       <c r="X83" s="133"/>
       <c r="Y83" s="133"/>
       <c r="Z83" s="133"/>
       <c r="AA83" s="133"/>
       <c r="AB83" s="133"/>
       <c r="AC83" s="133"/>
       <c r="AD83" s="133"/>
       <c r="AE83" s="133"/>
       <c r="AF83" s="133"/>
       <c r="AG83" s="133"/>
       <c r="AH83" s="133"/>
       <c r="AI83" s="133"/>
       <c r="AJ83" s="133"/>
       <c r="AK83" s="133"/>
       <c r="AL83" s="134"/>
       <c r="AP83" s="24"/>
       <c r="AQ83" s="24"/>
       <c r="AR83" s="24"/>
     </row>
     <row r="84" spans="1:44" s="23" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="25"/>
       <c r="B84" s="26"/>
       <c r="C84" s="131" t="s">
-        <v>1290</v>
+        <v>1289</v>
       </c>
       <c r="D84" s="131"/>
       <c r="E84" s="131"/>
       <c r="F84" s="131"/>
       <c r="G84" s="127" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="H84" s="127"/>
       <c r="I84" s="127"/>
       <c r="J84" s="127"/>
       <c r="K84" s="127"/>
       <c r="L84" s="127"/>
       <c r="M84" s="127"/>
       <c r="N84" s="127"/>
       <c r="O84" s="127"/>
       <c r="P84" s="127"/>
       <c r="Q84" s="127"/>
       <c r="R84" s="127"/>
       <c r="S84" s="127"/>
       <c r="T84" s="127"/>
       <c r="U84" s="127"/>
       <c r="V84" s="127"/>
       <c r="W84" s="127"/>
       <c r="X84" s="127"/>
       <c r="Y84" s="127"/>
       <c r="Z84" s="127"/>
       <c r="AA84" s="127"/>
       <c r="AB84" s="127"/>
       <c r="AC84" s="127"/>
       <c r="AD84" s="127"/>
       <c r="AE84" s="127"/>
@@ -12461,51 +12393,51 @@
       <c r="T85" s="129"/>
       <c r="U85" s="129"/>
       <c r="V85" s="129"/>
       <c r="W85" s="129"/>
       <c r="X85" s="129"/>
       <c r="Y85" s="129"/>
       <c r="Z85" s="129"/>
       <c r="AA85" s="129"/>
       <c r="AB85" s="129"/>
       <c r="AC85" s="129"/>
       <c r="AD85" s="129"/>
       <c r="AE85" s="129"/>
       <c r="AF85" s="129"/>
       <c r="AG85" s="129"/>
       <c r="AH85" s="129"/>
       <c r="AI85" s="129"/>
       <c r="AJ85" s="129"/>
       <c r="AK85" s="129"/>
       <c r="AL85" s="130"/>
       <c r="AP85" s="24"/>
       <c r="AQ85" s="24"/>
       <c r="AR85" s="24"/>
     </row>
     <row r="86" spans="1:44" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AG86" s="126" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="AH86" s="126"/>
       <c r="AI86" s="126"/>
       <c r="AJ86" s="126"/>
       <c r="AK86" s="126"/>
       <c r="AL86" s="126"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="92">
     <mergeCell ref="AG86:AL86"/>
     <mergeCell ref="E77:AK78"/>
     <mergeCell ref="G84:AL85"/>
     <mergeCell ref="C84:F85"/>
     <mergeCell ref="C82:F83"/>
     <mergeCell ref="G82:AL83"/>
     <mergeCell ref="D69:I69"/>
     <mergeCell ref="D63:I63"/>
     <mergeCell ref="D64:I64"/>
     <mergeCell ref="D65:I65"/>
     <mergeCell ref="D66:I66"/>
     <mergeCell ref="D67:I67"/>
     <mergeCell ref="D68:I68"/>
     <mergeCell ref="J63:M63"/>
     <mergeCell ref="N63:Q63"/>
@@ -12616,72 +12548,50 @@
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId9" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
-        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...20 lines deleted...]
-        </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08B7404B-B60D-499E-B3E6-EDD0F3C44CA1}">
   <sheetPr>
     <tabColor theme="9" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:D1217"/>
   <sheetViews>
     <sheetView topLeftCell="A184" workbookViewId="0">
       <selection activeCell="A216" sqref="A216"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="23.625" style="43" customWidth="1"/>
     <col min="2" max="2" width="9" style="45"/>
     <col min="3" max="16384" width="9" style="43"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.15">
@@ -22405,50 +22315,53 @@
         <v>1213</v>
       </c>
       <c r="B1215" s="43">
         <v>9489</v>
       </c>
     </row>
     <row r="1216" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A1216" s="43" t="s">
         <v>1214</v>
       </c>
       <c r="B1216" s="43">
         <v>9493</v>
       </c>
     </row>
     <row r="1217" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A1217" s="43" t="s">
         <v>1215</v>
       </c>
       <c r="B1217" s="43">
         <v>9900</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <customProperties>
+    <customPr name="layoutContexts" r:id="rId1"/>
+  </customProperties>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
@@ -22468,41 +22381,41 @@
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2022-07-12T22:47:24Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SiteId">
     <vt:lpwstr>fe7a9aa7-6097-47a2-9163-81d624f8cbfd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SetDate">
-    <vt:lpwstr>2025-05-29T15:32:51Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-10T16:04:03Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Name">
     <vt:lpwstr>【2GVDI】社外秘</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>