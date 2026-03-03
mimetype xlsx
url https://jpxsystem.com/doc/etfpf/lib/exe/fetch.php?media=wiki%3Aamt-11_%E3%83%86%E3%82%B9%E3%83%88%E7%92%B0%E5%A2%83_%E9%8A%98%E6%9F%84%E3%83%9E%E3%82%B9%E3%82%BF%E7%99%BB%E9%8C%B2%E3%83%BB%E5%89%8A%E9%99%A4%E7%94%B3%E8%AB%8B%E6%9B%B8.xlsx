--- v0 (2025-11-23)
+++ v1 (2026-03-03)
@@ -171,54 +171,54 @@
   <Override PartName="/xl/ctrlProps/ctrlProp155.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp156.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp157.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp158.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp159.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp160.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp161.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp162.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp163.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp164.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp165.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{383E0B04-8D77-43B9-891B-36A88C7CC4BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F2E64D82-D94C-4410-93A5-F8EAB1C1573F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="AMT-11" sheetId="4" r:id="rId1"/>
     <sheet name="メンテ台帳" sheetId="10" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'AMT-11'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'AMT-11'!$A$1:$ET$64</definedName>
     <definedName name="TokaiTokyo">OFFSET(#REF!,0, 0, COUNTA(#REF!), 1)</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -991,64 +991,418 @@
   <c r="BH63" i="4"/>
   <c r="BJ63" i="4" a="1"/>
   <c r="BJ63" i="4"/>
   <c r="BL63" i="4" a="1"/>
   <c r="BL63" i="4"/>
   <c r="BN63" i="4" a="1"/>
   <c r="BN63" i="4"/>
   <c r="AZ64" i="4" a="1"/>
   <c r="AZ64" i="4"/>
   <c r="BB64" i="4" a="1"/>
   <c r="BB64" i="4"/>
   <c r="BD64" i="4" a="1"/>
   <c r="BD64" i="4"/>
   <c r="BF64" i="4" a="1"/>
   <c r="BF64" i="4"/>
   <c r="BH64" i="4" a="1"/>
   <c r="BH64" i="4"/>
   <c r="BJ64" i="4" a="1"/>
   <c r="BJ64" i="4"/>
   <c r="BL64" i="4" a="1"/>
   <c r="BL64" i="4"/>
   <c r="BN64" i="4" a="1"/>
   <c r="BN64" i="4"/>
   <c r="BN15" i="4" a="1"/>
   <c r="BN15" i="4"/>
+  <c r="BL15" i="4" a="1"/>
+  <c r="BL15" i="4"/>
   <c r="BJ15" i="4" a="1"/>
   <c r="BJ15" i="4"/>
+  <c r="BH15" i="4" a="1"/>
+  <c r="BH15" i="4"/>
   <c r="BF15" i="4" a="1"/>
   <c r="BF15" i="4" s="1"/>
+  <c r="BD15" i="4" a="1"/>
+  <c r="BD15" i="4" s="1"/>
   <c r="BB15" i="4" a="1"/>
   <c r="BB15" i="4"/>
-  <c r="BL15" i="4" a="1"/>
-[...4 lines deleted...]
-  <c r="BD15" i="4" s="1"/>
   <c r="AZ15" i="4" a="1"/>
   <c r="AZ15" i="4"/>
+  <c r="AU4" i="10"/>
+  <c r="AU5" i="10"/>
+  <c r="AU6" i="10"/>
+  <c r="AU7" i="10"/>
+  <c r="AU8" i="10"/>
+  <c r="AU9" i="10"/>
+  <c r="AU10" i="10"/>
+  <c r="AU11" i="10"/>
+  <c r="AU12" i="10"/>
+  <c r="AU13" i="10"/>
+  <c r="AU14" i="10"/>
+  <c r="AU15" i="10"/>
+  <c r="AU16" i="10"/>
+  <c r="AU17" i="10"/>
+  <c r="AU18" i="10"/>
+  <c r="AU19" i="10"/>
+  <c r="AU20" i="10"/>
+  <c r="AU21" i="10"/>
+  <c r="AU22" i="10"/>
+  <c r="AU23" i="10"/>
+  <c r="AU24" i="10"/>
+  <c r="AU25" i="10"/>
+  <c r="AU26" i="10"/>
+  <c r="AU27" i="10"/>
+  <c r="AU28" i="10"/>
+  <c r="AU29" i="10"/>
+  <c r="AU30" i="10"/>
+  <c r="AU31" i="10"/>
+  <c r="AU32" i="10"/>
+  <c r="AU33" i="10"/>
+  <c r="AU34" i="10"/>
+  <c r="AU35" i="10"/>
+  <c r="AU36" i="10"/>
+  <c r="AU37" i="10"/>
+  <c r="AU38" i="10"/>
+  <c r="AU39" i="10"/>
+  <c r="AU40" i="10"/>
+  <c r="AU41" i="10"/>
+  <c r="AU42" i="10"/>
+  <c r="AU43" i="10"/>
+  <c r="AU44" i="10"/>
+  <c r="AU45" i="10"/>
+  <c r="AU46" i="10"/>
+  <c r="AU47" i="10"/>
+  <c r="AU48" i="10"/>
+  <c r="AU49" i="10"/>
+  <c r="AU50" i="10"/>
+  <c r="AU51" i="10"/>
+  <c r="AU52" i="10"/>
+  <c r="AU3" i="10"/>
+  <c r="AJ4" i="10"/>
+  <c r="AK4" i="10"/>
+  <c r="AJ5" i="10"/>
+  <c r="AK5" i="10"/>
+  <c r="AJ6" i="10"/>
+  <c r="AK6" i="10"/>
+  <c r="AJ7" i="10"/>
+  <c r="AK7" i="10"/>
+  <c r="AJ8" i="10"/>
+  <c r="AK8" i="10"/>
+  <c r="AJ9" i="10"/>
+  <c r="AK9" i="10"/>
+  <c r="AJ10" i="10"/>
+  <c r="AK10" i="10"/>
+  <c r="AJ11" i="10"/>
+  <c r="AK11" i="10"/>
+  <c r="AJ12" i="10"/>
+  <c r="AK12" i="10"/>
+  <c r="AJ13" i="10"/>
+  <c r="AK13" i="10"/>
+  <c r="AJ14" i="10"/>
+  <c r="AK14" i="10"/>
+  <c r="AJ15" i="10"/>
+  <c r="AK15" i="10"/>
+  <c r="AJ16" i="10"/>
+  <c r="AK16" i="10"/>
+  <c r="AJ17" i="10"/>
+  <c r="AK17" i="10"/>
+  <c r="AJ18" i="10"/>
+  <c r="AK18" i="10"/>
+  <c r="AJ19" i="10"/>
+  <c r="AK19" i="10"/>
+  <c r="AJ20" i="10"/>
+  <c r="AK20" i="10"/>
+  <c r="AJ21" i="10"/>
+  <c r="AK21" i="10"/>
+  <c r="AJ22" i="10"/>
+  <c r="AK22" i="10"/>
+  <c r="AJ23" i="10"/>
+  <c r="AK23" i="10"/>
+  <c r="AJ24" i="10"/>
+  <c r="AK24" i="10"/>
+  <c r="AJ25" i="10"/>
+  <c r="AK25" i="10"/>
+  <c r="AJ26" i="10"/>
+  <c r="AK26" i="10"/>
+  <c r="AJ27" i="10"/>
+  <c r="AK27" i="10"/>
+  <c r="AJ28" i="10"/>
+  <c r="AK28" i="10"/>
+  <c r="AJ29" i="10"/>
+  <c r="AK29" i="10"/>
+  <c r="AJ30" i="10"/>
+  <c r="AK30" i="10"/>
+  <c r="AJ31" i="10"/>
+  <c r="AK31" i="10"/>
+  <c r="AJ32" i="10"/>
+  <c r="AK32" i="10"/>
+  <c r="AJ33" i="10"/>
+  <c r="AK33" i="10"/>
+  <c r="AJ34" i="10"/>
+  <c r="AK34" i="10"/>
+  <c r="AJ35" i="10"/>
+  <c r="AK35" i="10"/>
+  <c r="AJ36" i="10"/>
+  <c r="AK36" i="10"/>
+  <c r="AJ37" i="10"/>
+  <c r="AK37" i="10"/>
+  <c r="AJ38" i="10"/>
+  <c r="AK38" i="10"/>
+  <c r="AJ39" i="10"/>
+  <c r="AK39" i="10"/>
+  <c r="AJ40" i="10"/>
+  <c r="AK40" i="10"/>
+  <c r="AJ41" i="10"/>
+  <c r="AK41" i="10"/>
+  <c r="AJ42" i="10"/>
+  <c r="AK42" i="10"/>
+  <c r="AJ43" i="10"/>
+  <c r="AK43" i="10"/>
+  <c r="AJ44" i="10"/>
+  <c r="AK44" i="10"/>
+  <c r="AJ45" i="10"/>
+  <c r="AK45" i="10"/>
+  <c r="AJ46" i="10"/>
+  <c r="AK46" i="10"/>
+  <c r="AJ47" i="10"/>
+  <c r="AK47" i="10"/>
+  <c r="AJ48" i="10"/>
+  <c r="AK48" i="10"/>
+  <c r="AJ49" i="10"/>
+  <c r="AK49" i="10"/>
+  <c r="AJ50" i="10"/>
+  <c r="AK50" i="10"/>
+  <c r="AJ51" i="10"/>
+  <c r="AK51" i="10"/>
+  <c r="AJ52" i="10"/>
+  <c r="AK52" i="10"/>
+  <c r="AK3" i="10"/>
+  <c r="AJ3" i="10"/>
+  <c r="AH4" i="10"/>
+  <c r="AI4" i="10"/>
+  <c r="AH5" i="10"/>
+  <c r="AI5" i="10"/>
+  <c r="AH6" i="10"/>
+  <c r="AI6" i="10"/>
+  <c r="AH7" i="10"/>
+  <c r="AI7" i="10"/>
+  <c r="AH8" i="10"/>
+  <c r="AI8" i="10"/>
+  <c r="AH9" i="10"/>
+  <c r="AI9" i="10"/>
+  <c r="AH10" i="10"/>
+  <c r="AI10" i="10"/>
+  <c r="AH11" i="10"/>
+  <c r="AI11" i="10"/>
+  <c r="AH12" i="10"/>
+  <c r="AI12" i="10"/>
+  <c r="AH13" i="10"/>
+  <c r="AI13" i="10"/>
+  <c r="AH14" i="10"/>
+  <c r="AI14" i="10"/>
+  <c r="AH15" i="10"/>
+  <c r="AI15" i="10"/>
+  <c r="AH16" i="10"/>
+  <c r="AI16" i="10"/>
+  <c r="AH17" i="10"/>
+  <c r="AI17" i="10"/>
+  <c r="AH18" i="10"/>
+  <c r="AI18" i="10"/>
+  <c r="AH19" i="10"/>
+  <c r="AI19" i="10"/>
+  <c r="AH20" i="10"/>
+  <c r="AI20" i="10"/>
+  <c r="AH21" i="10"/>
+  <c r="AI21" i="10"/>
+  <c r="AH22" i="10"/>
+  <c r="AI22" i="10"/>
+  <c r="AH23" i="10"/>
+  <c r="AI23" i="10"/>
+  <c r="AH24" i="10"/>
+  <c r="AI24" i="10"/>
+  <c r="AH25" i="10"/>
+  <c r="AI25" i="10"/>
+  <c r="AH26" i="10"/>
+  <c r="AI26" i="10"/>
+  <c r="AH27" i="10"/>
+  <c r="AI27" i="10"/>
+  <c r="AH28" i="10"/>
+  <c r="AI28" i="10"/>
+  <c r="AH29" i="10"/>
+  <c r="AI29" i="10"/>
+  <c r="AH30" i="10"/>
+  <c r="AI30" i="10"/>
+  <c r="AH31" i="10"/>
+  <c r="AI31" i="10"/>
+  <c r="AH32" i="10"/>
+  <c r="AI32" i="10"/>
+  <c r="AH33" i="10"/>
+  <c r="AI33" i="10"/>
+  <c r="AH34" i="10"/>
+  <c r="AI34" i="10"/>
+  <c r="AH35" i="10"/>
+  <c r="AI35" i="10"/>
+  <c r="AH36" i="10"/>
+  <c r="AI36" i="10"/>
+  <c r="AH37" i="10"/>
+  <c r="AI37" i="10"/>
+  <c r="AH38" i="10"/>
+  <c r="AI38" i="10"/>
+  <c r="AH39" i="10"/>
+  <c r="AI39" i="10"/>
+  <c r="AH40" i="10"/>
+  <c r="AI40" i="10"/>
+  <c r="AH41" i="10"/>
+  <c r="AI41" i="10"/>
+  <c r="AH42" i="10"/>
+  <c r="AI42" i="10"/>
+  <c r="AH43" i="10"/>
+  <c r="AI43" i="10"/>
+  <c r="AH44" i="10"/>
+  <c r="AI44" i="10"/>
+  <c r="AH45" i="10"/>
+  <c r="AI45" i="10"/>
+  <c r="AH46" i="10"/>
+  <c r="AI46" i="10"/>
+  <c r="AH47" i="10"/>
+  <c r="AI47" i="10"/>
+  <c r="AH48" i="10"/>
+  <c r="AI48" i="10"/>
+  <c r="AH49" i="10"/>
+  <c r="AI49" i="10"/>
+  <c r="AH50" i="10"/>
+  <c r="AI50" i="10"/>
+  <c r="AH51" i="10"/>
+  <c r="AI51" i="10"/>
+  <c r="AH52" i="10"/>
+  <c r="AI52" i="10"/>
+  <c r="AI3" i="10"/>
+  <c r="AH3" i="10"/>
+  <c r="AS4" i="10"/>
+  <c r="AT4" i="10"/>
+  <c r="AS5" i="10"/>
+  <c r="AT5" i="10"/>
+  <c r="AS6" i="10"/>
+  <c r="AT6" i="10"/>
+  <c r="AS7" i="10"/>
+  <c r="AT7" i="10"/>
+  <c r="AS8" i="10"/>
+  <c r="AT8" i="10"/>
+  <c r="AS9" i="10"/>
+  <c r="AT9" i="10"/>
+  <c r="AS10" i="10"/>
+  <c r="AT10" i="10"/>
+  <c r="AS11" i="10"/>
+  <c r="AT11" i="10"/>
+  <c r="AS12" i="10"/>
+  <c r="AT12" i="10"/>
+  <c r="AS13" i="10"/>
+  <c r="AT13" i="10"/>
+  <c r="AS14" i="10"/>
+  <c r="AT14" i="10"/>
+  <c r="AS15" i="10"/>
+  <c r="AT15" i="10"/>
+  <c r="AS16" i="10"/>
+  <c r="AT16" i="10"/>
+  <c r="AS17" i="10"/>
+  <c r="AT17" i="10"/>
+  <c r="AS18" i="10"/>
+  <c r="AT18" i="10"/>
+  <c r="AS19" i="10"/>
+  <c r="AT19" i="10"/>
+  <c r="AS20" i="10"/>
+  <c r="AT20" i="10"/>
+  <c r="AS21" i="10"/>
+  <c r="AT21" i="10"/>
+  <c r="AS22" i="10"/>
+  <c r="AT22" i="10"/>
+  <c r="AS23" i="10"/>
+  <c r="AT23" i="10"/>
+  <c r="AS24" i="10"/>
+  <c r="AT24" i="10"/>
+  <c r="AS25" i="10"/>
+  <c r="AT25" i="10"/>
+  <c r="AS26" i="10"/>
+  <c r="AT26" i="10"/>
+  <c r="AS27" i="10"/>
+  <c r="AT27" i="10"/>
+  <c r="AS28" i="10"/>
+  <c r="AT28" i="10"/>
+  <c r="AS29" i="10"/>
+  <c r="AT29" i="10"/>
+  <c r="AS30" i="10"/>
+  <c r="AT30" i="10"/>
+  <c r="AS31" i="10"/>
+  <c r="AT31" i="10"/>
+  <c r="AS32" i="10"/>
+  <c r="AT32" i="10"/>
+  <c r="AS33" i="10"/>
+  <c r="AT33" i="10"/>
+  <c r="AS34" i="10"/>
+  <c r="AT34" i="10"/>
+  <c r="AS35" i="10"/>
+  <c r="AT35" i="10"/>
+  <c r="AS36" i="10"/>
+  <c r="AT36" i="10"/>
+  <c r="AS37" i="10"/>
+  <c r="AT37" i="10"/>
+  <c r="AS38" i="10"/>
+  <c r="AT38" i="10"/>
+  <c r="AS39" i="10"/>
+  <c r="AT39" i="10"/>
+  <c r="AS40" i="10"/>
+  <c r="AT40" i="10"/>
+  <c r="AS41" i="10"/>
+  <c r="AT41" i="10"/>
+  <c r="AS42" i="10"/>
+  <c r="AT42" i="10"/>
+  <c r="AS43" i="10"/>
+  <c r="AT43" i="10"/>
+  <c r="AS44" i="10"/>
+  <c r="AT44" i="10"/>
+  <c r="AS45" i="10"/>
+  <c r="AT45" i="10"/>
+  <c r="AS46" i="10"/>
+  <c r="AT46" i="10"/>
+  <c r="AS47" i="10"/>
+  <c r="AT47" i="10"/>
+  <c r="AS48" i="10"/>
+  <c r="AT48" i="10"/>
+  <c r="AS49" i="10"/>
+  <c r="AT49" i="10"/>
+  <c r="AS50" i="10"/>
+  <c r="AT50" i="10"/>
+  <c r="AS51" i="10"/>
+  <c r="AT51" i="10"/>
+  <c r="AS52" i="10"/>
+  <c r="AT52" i="10"/>
+  <c r="AT3" i="10"/>
+  <c r="AS3" i="10"/>
+  <c r="M3" i="10" l="1" a="1"/>
+  <c r="M3" i="10"/>
+  <c r="L3" i="10" a="1"/>
+  <c r="L3" i="10"/>
   <c r="M4" i="10" l="1" a="1"/>
   <c r="M4" i="10"/>
   <c r="M5" i="10" a="1"/>
   <c r="M5" i="10"/>
   <c r="M6" i="10" a="1"/>
   <c r="M6" i="10"/>
   <c r="M7" i="10" a="1"/>
   <c r="M7" i="10"/>
   <c r="M8" i="10" a="1"/>
   <c r="M8" i="10"/>
   <c r="M9" i="10" a="1"/>
   <c r="M9" i="10"/>
   <c r="M10" i="10" a="1"/>
   <c r="M10" i="10"/>
   <c r="M11" i="10" a="1"/>
   <c r="M11" i="10"/>
   <c r="M12" i="10" a="1"/>
   <c r="M12" i="10"/>
   <c r="M13" i="10" a="1"/>
   <c r="M13" i="10"/>
   <c r="M14" i="10" a="1"/>
   <c r="M14" i="10"/>
   <c r="M15" i="10" a="1"/>
   <c r="M15" i="10"/>
   <c r="M16" i="10" a="1"/>
@@ -1103,52 +1457,50 @@
   <c r="M40" i="10"/>
   <c r="M41" i="10" a="1"/>
   <c r="M41" i="10"/>
   <c r="M42" i="10" a="1"/>
   <c r="M42" i="10"/>
   <c r="M43" i="10" a="1"/>
   <c r="M43" i="10"/>
   <c r="M44" i="10" a="1"/>
   <c r="M44" i="10"/>
   <c r="M45" i="10" a="1"/>
   <c r="M45" i="10"/>
   <c r="M46" i="10" a="1"/>
   <c r="M46" i="10"/>
   <c r="M47" i="10" a="1"/>
   <c r="M47" i="10"/>
   <c r="M48" i="10" a="1"/>
   <c r="M48" i="10"/>
   <c r="M49" i="10" a="1"/>
   <c r="M49" i="10"/>
   <c r="M50" i="10" a="1"/>
   <c r="M50" i="10"/>
   <c r="M51" i="10" a="1"/>
   <c r="M51" i="10"/>
   <c r="M52" i="10" a="1"/>
   <c r="M52" i="10"/>
-  <c r="M3" i="10" a="1"/>
-  <c r="M3" i="10"/>
   <c r="L4" i="10" a="1"/>
   <c r="L4" i="10"/>
   <c r="L5" i="10" a="1"/>
   <c r="L5" i="10"/>
   <c r="L6" i="10" a="1"/>
   <c r="L6" i="10"/>
   <c r="L7" i="10" a="1"/>
   <c r="L7" i="10"/>
   <c r="L8" i="10" a="1"/>
   <c r="L8" i="10"/>
   <c r="L9" i="10" a="1"/>
   <c r="L9" i="10"/>
   <c r="L10" i="10" a="1"/>
   <c r="L10" i="10"/>
   <c r="L11" i="10" a="1"/>
   <c r="L11" i="10"/>
   <c r="L12" i="10" a="1"/>
   <c r="L12" i="10"/>
   <c r="L13" i="10" a="1"/>
   <c r="L13" i="10"/>
   <c r="L14" i="10" a="1"/>
   <c r="L14" i="10"/>
   <c r="L15" i="10" a="1"/>
   <c r="L15" i="10"/>
   <c r="L16" i="10" a="1"/>
@@ -1203,151 +1555,149 @@
   <c r="L40" i="10"/>
   <c r="L41" i="10" a="1"/>
   <c r="L41" i="10"/>
   <c r="L42" i="10" a="1"/>
   <c r="L42" i="10"/>
   <c r="L43" i="10" a="1"/>
   <c r="L43" i="10"/>
   <c r="L44" i="10" a="1"/>
   <c r="L44" i="10"/>
   <c r="L45" i="10" a="1"/>
   <c r="L45" i="10"/>
   <c r="L46" i="10" a="1"/>
   <c r="L46" i="10"/>
   <c r="L47" i="10" a="1"/>
   <c r="L47" i="10"/>
   <c r="L48" i="10" a="1"/>
   <c r="L48" i="10"/>
   <c r="L49" i="10" a="1"/>
   <c r="L49" i="10"/>
   <c r="L50" i="10" a="1"/>
   <c r="L50" i="10"/>
   <c r="L51" i="10" a="1"/>
   <c r="L51" i="10"/>
   <c r="L52" i="10" a="1"/>
   <c r="L52" i="10"/>
-  <c r="L3" i="10" a="1"/>
-[...49 lines deleted...]
-  <c r="E52" i="10"/>
   <c r="A4" i="10"/>
   <c r="A5" i="10"/>
   <c r="A6" i="10"/>
   <c r="A7" i="10"/>
   <c r="A8" i="10"/>
   <c r="A9" i="10"/>
   <c r="A10" i="10"/>
   <c r="A11" i="10"/>
   <c r="A12" i="10"/>
   <c r="A13" i="10"/>
   <c r="A14" i="10"/>
   <c r="A15" i="10"/>
   <c r="A16" i="10"/>
   <c r="A17" i="10"/>
   <c r="A18" i="10"/>
   <c r="A19" i="10"/>
   <c r="A20" i="10"/>
   <c r="A21" i="10"/>
   <c r="A22" i="10"/>
   <c r="A23" i="10"/>
   <c r="A24" i="10"/>
   <c r="A25" i="10"/>
   <c r="A26" i="10"/>
   <c r="A27" i="10"/>
   <c r="A28" i="10"/>
   <c r="A29" i="10"/>
   <c r="A30" i="10"/>
   <c r="A31" i="10"/>
   <c r="A32" i="10"/>
   <c r="A33" i="10"/>
   <c r="A34" i="10"/>
   <c r="A35" i="10"/>
   <c r="A36" i="10"/>
   <c r="A37" i="10"/>
   <c r="A38" i="10"/>
   <c r="A39" i="10"/>
   <c r="A40" i="10"/>
   <c r="A41" i="10"/>
   <c r="A42" i="10"/>
   <c r="A43" i="10"/>
   <c r="A44" i="10"/>
   <c r="A45" i="10"/>
   <c r="A46" i="10"/>
   <c r="A47" i="10"/>
   <c r="A48" i="10"/>
   <c r="A49" i="10"/>
   <c r="A50" i="10"/>
   <c r="A51" i="10"/>
   <c r="A52" i="10"/>
   <c r="A3" i="10"/>
+  <c r="E4" i="10"/>
+  <c r="E5" i="10"/>
+  <c r="E6" i="10"/>
+  <c r="E7" i="10"/>
+  <c r="E8" i="10"/>
+  <c r="E9" i="10"/>
+  <c r="E10" i="10"/>
+  <c r="E11" i="10"/>
+  <c r="E12" i="10"/>
+  <c r="E13" i="10"/>
+  <c r="E14" i="10"/>
+  <c r="E15" i="10"/>
+  <c r="E16" i="10"/>
+  <c r="E17" i="10"/>
+  <c r="E18" i="10"/>
+  <c r="E19" i="10"/>
+  <c r="E20" i="10"/>
+  <c r="E21" i="10"/>
+  <c r="E22" i="10"/>
+  <c r="E23" i="10"/>
+  <c r="E24" i="10"/>
+  <c r="E25" i="10"/>
+  <c r="E26" i="10"/>
+  <c r="E27" i="10"/>
+  <c r="E28" i="10"/>
+  <c r="E29" i="10"/>
+  <c r="E30" i="10"/>
+  <c r="E31" i="10"/>
+  <c r="E32" i="10"/>
+  <c r="E33" i="10"/>
+  <c r="E34" i="10"/>
+  <c r="E35" i="10"/>
+  <c r="E36" i="10"/>
+  <c r="E37" i="10"/>
+  <c r="E38" i="10"/>
+  <c r="E39" i="10"/>
+  <c r="E40" i="10"/>
+  <c r="E41" i="10"/>
+  <c r="E42" i="10"/>
+  <c r="E43" i="10"/>
+  <c r="E44" i="10"/>
+  <c r="E45" i="10"/>
+  <c r="E46" i="10"/>
+  <c r="E47" i="10"/>
+  <c r="E48" i="10"/>
+  <c r="E49" i="10"/>
+  <c r="E50" i="10"/>
+  <c r="E51" i="10"/>
+  <c r="E52" i="10"/>
   <c r="E3" i="10"/>
   <c r="P4" i="10" l="1"/>
   <c r="Q4" i="10"/>
   <c r="R4" i="10"/>
   <c r="S4" i="10"/>
   <c r="T4" i="10"/>
   <c r="U4" i="10"/>
   <c r="V4" i="10"/>
   <c r="W4" i="10"/>
   <c r="X4" i="10"/>
   <c r="Y4" i="10"/>
   <c r="Z4" i="10"/>
   <c r="AA4" i="10"/>
   <c r="AB4" i="10"/>
   <c r="AC4" i="10"/>
   <c r="AD4" i="10"/>
   <c r="AE4" i="10"/>
   <c r="P5" i="10"/>
   <c r="Q5" i="10"/>
   <c r="R5" i="10"/>
   <c r="S5" i="10"/>
   <c r="T5" i="10"/>
   <c r="U5" i="10"/>
   <c r="V5" i="10"/>
   <c r="W5" i="10"/>
@@ -2107,996 +2457,746 @@
   <c r="Y52" i="10"/>
   <c r="Z52" i="10"/>
   <c r="AA52" i="10"/>
   <c r="AB52" i="10"/>
   <c r="AC52" i="10"/>
   <c r="AD52" i="10"/>
   <c r="AE52" i="10"/>
   <c r="AE3" i="10"/>
   <c r="AD3" i="10"/>
   <c r="AC3" i="10"/>
   <c r="AB3" i="10"/>
   <c r="AA3" i="10"/>
   <c r="Z3" i="10"/>
   <c r="Y3" i="10"/>
   <c r="X3" i="10"/>
   <c r="W3" i="10"/>
   <c r="V3" i="10"/>
   <c r="H4" i="10"/>
   <c r="I4" i="10"/>
   <c r="J4" i="10"/>
   <c r="K4" i="10"/>
   <c r="N4" i="10"/>
   <c r="O4" i="10"/>
   <c r="AF4" i="10"/>
   <c r="AG4" i="10"/>
-  <c r="AH4" i="10"/>
-[...2 lines deleted...]
-  <c r="AK4" i="10"/>
   <c r="AL4" i="10"/>
   <c r="AM4" i="10"/>
   <c r="AN4" i="10"/>
-  <c r="AO4" i="10"/>
   <c r="AP4" i="10"/>
   <c r="AQ4" i="10"/>
   <c r="AR4" i="10"/>
   <c r="H5" i="10"/>
   <c r="I5" i="10"/>
   <c r="J5" i="10"/>
   <c r="K5" i="10"/>
   <c r="N5" i="10"/>
   <c r="O5" i="10"/>
   <c r="AF5" i="10"/>
   <c r="AG5" i="10"/>
-  <c r="AH5" i="10"/>
-[...2 lines deleted...]
-  <c r="AK5" i="10"/>
   <c r="AL5" i="10"/>
   <c r="AM5" i="10"/>
   <c r="AN5" i="10"/>
-  <c r="AO5" i="10"/>
   <c r="AP5" i="10"/>
   <c r="AQ5" i="10"/>
   <c r="AR5" i="10"/>
   <c r="H6" i="10"/>
   <c r="I6" i="10"/>
   <c r="J6" i="10"/>
   <c r="K6" i="10"/>
   <c r="N6" i="10"/>
   <c r="O6" i="10"/>
   <c r="AF6" i="10"/>
   <c r="AG6" i="10"/>
-  <c r="AH6" i="10"/>
-[...2 lines deleted...]
-  <c r="AK6" i="10"/>
   <c r="AL6" i="10"/>
   <c r="AM6" i="10"/>
   <c r="AN6" i="10"/>
-  <c r="AO6" i="10"/>
   <c r="AP6" i="10"/>
   <c r="AQ6" i="10"/>
   <c r="AR6" i="10"/>
   <c r="H7" i="10"/>
   <c r="I7" i="10"/>
   <c r="J7" i="10"/>
   <c r="K7" i="10"/>
   <c r="N7" i="10"/>
   <c r="O7" i="10"/>
   <c r="AF7" i="10"/>
   <c r="AG7" i="10"/>
-  <c r="AH7" i="10"/>
-[...2 lines deleted...]
-  <c r="AK7" i="10"/>
   <c r="AL7" i="10"/>
   <c r="AM7" i="10"/>
   <c r="AN7" i="10"/>
-  <c r="AO7" i="10"/>
   <c r="AP7" i="10"/>
   <c r="AQ7" i="10"/>
   <c r="AR7" i="10"/>
   <c r="H8" i="10"/>
   <c r="I8" i="10"/>
   <c r="J8" i="10"/>
   <c r="K8" i="10"/>
   <c r="N8" i="10"/>
   <c r="O8" i="10"/>
   <c r="AF8" i="10"/>
   <c r="AG8" i="10"/>
-  <c r="AH8" i="10"/>
-[...2 lines deleted...]
-  <c r="AK8" i="10"/>
   <c r="AL8" i="10"/>
   <c r="AM8" i="10"/>
   <c r="AN8" i="10"/>
-  <c r="AO8" i="10"/>
   <c r="AP8" i="10"/>
   <c r="AQ8" i="10"/>
   <c r="AR8" i="10"/>
   <c r="H9" i="10"/>
   <c r="I9" i="10"/>
   <c r="J9" i="10"/>
   <c r="K9" i="10"/>
   <c r="N9" i="10"/>
   <c r="O9" i="10"/>
   <c r="AF9" i="10"/>
   <c r="AG9" i="10"/>
-  <c r="AH9" i="10"/>
-[...2 lines deleted...]
-  <c r="AK9" i="10"/>
   <c r="AL9" i="10"/>
   <c r="AM9" i="10"/>
   <c r="AN9" i="10"/>
-  <c r="AO9" i="10"/>
   <c r="AP9" i="10"/>
   <c r="AQ9" i="10"/>
   <c r="AR9" i="10"/>
   <c r="H10" i="10"/>
   <c r="I10" i="10"/>
   <c r="J10" i="10"/>
   <c r="K10" i="10"/>
   <c r="N10" i="10"/>
   <c r="O10" i="10"/>
   <c r="AF10" i="10"/>
   <c r="AG10" i="10"/>
-  <c r="AH10" i="10"/>
-[...2 lines deleted...]
-  <c r="AK10" i="10"/>
   <c r="AL10" i="10"/>
   <c r="AM10" i="10"/>
   <c r="AN10" i="10"/>
-  <c r="AO10" i="10"/>
   <c r="AP10" i="10"/>
   <c r="AQ10" i="10"/>
   <c r="AR10" i="10"/>
   <c r="H11" i="10"/>
   <c r="I11" i="10"/>
   <c r="J11" i="10"/>
   <c r="K11" i="10"/>
   <c r="N11" i="10"/>
   <c r="O11" i="10"/>
   <c r="AF11" i="10"/>
   <c r="AG11" i="10"/>
-  <c r="AH11" i="10"/>
-[...2 lines deleted...]
-  <c r="AK11" i="10"/>
   <c r="AL11" i="10"/>
   <c r="AM11" i="10"/>
   <c r="AN11" i="10"/>
-  <c r="AO11" i="10"/>
   <c r="AP11" i="10"/>
   <c r="AQ11" i="10"/>
   <c r="AR11" i="10"/>
   <c r="H12" i="10"/>
   <c r="I12" i="10"/>
   <c r="J12" i="10"/>
   <c r="K12" i="10"/>
   <c r="N12" i="10"/>
   <c r="O12" i="10"/>
   <c r="AF12" i="10"/>
   <c r="AG12" i="10"/>
-  <c r="AH12" i="10"/>
-[...2 lines deleted...]
-  <c r="AK12" i="10"/>
   <c r="AL12" i="10"/>
   <c r="AM12" i="10"/>
   <c r="AN12" i="10"/>
-  <c r="AO12" i="10"/>
   <c r="AP12" i="10"/>
   <c r="AQ12" i="10"/>
   <c r="AR12" i="10"/>
   <c r="H13" i="10"/>
   <c r="I13" i="10"/>
   <c r="J13" i="10"/>
   <c r="K13" i="10"/>
   <c r="N13" i="10"/>
   <c r="O13" i="10"/>
   <c r="AF13" i="10"/>
   <c r="AG13" i="10"/>
-  <c r="AH13" i="10"/>
-[...2 lines deleted...]
-  <c r="AK13" i="10"/>
   <c r="AL13" i="10"/>
   <c r="AM13" i="10"/>
   <c r="AN13" i="10"/>
-  <c r="AO13" i="10"/>
   <c r="AP13" i="10"/>
   <c r="AQ13" i="10"/>
   <c r="AR13" i="10"/>
   <c r="H14" i="10"/>
   <c r="I14" i="10"/>
   <c r="J14" i="10"/>
   <c r="K14" i="10"/>
   <c r="N14" i="10"/>
   <c r="O14" i="10"/>
   <c r="AF14" i="10"/>
   <c r="AG14" i="10"/>
-  <c r="AH14" i="10"/>
-[...2 lines deleted...]
-  <c r="AK14" i="10"/>
   <c r="AL14" i="10"/>
   <c r="AM14" i="10"/>
   <c r="AN14" i="10"/>
-  <c r="AO14" i="10"/>
   <c r="AP14" i="10"/>
   <c r="AQ14" i="10"/>
   <c r="AR14" i="10"/>
   <c r="H15" i="10"/>
   <c r="I15" i="10"/>
   <c r="J15" i="10"/>
   <c r="K15" i="10"/>
   <c r="N15" i="10"/>
   <c r="O15" i="10"/>
   <c r="AF15" i="10"/>
   <c r="AG15" i="10"/>
-  <c r="AH15" i="10"/>
-[...2 lines deleted...]
-  <c r="AK15" i="10"/>
   <c r="AL15" i="10"/>
   <c r="AM15" i="10"/>
   <c r="AN15" i="10"/>
-  <c r="AO15" i="10"/>
   <c r="AP15" i="10"/>
   <c r="AQ15" i="10"/>
   <c r="AR15" i="10"/>
   <c r="H16" i="10"/>
   <c r="I16" i="10"/>
   <c r="J16" i="10"/>
   <c r="K16" i="10"/>
   <c r="N16" i="10"/>
   <c r="O16" i="10"/>
   <c r="AF16" i="10"/>
   <c r="AG16" i="10"/>
-  <c r="AH16" i="10"/>
-[...2 lines deleted...]
-  <c r="AK16" i="10"/>
   <c r="AL16" i="10"/>
   <c r="AM16" i="10"/>
   <c r="AN16" i="10"/>
-  <c r="AO16" i="10"/>
   <c r="AP16" i="10"/>
   <c r="AQ16" i="10"/>
   <c r="AR16" i="10"/>
   <c r="H17" i="10"/>
   <c r="I17" i="10"/>
   <c r="J17" i="10"/>
   <c r="K17" i="10"/>
   <c r="N17" i="10"/>
   <c r="O17" i="10"/>
   <c r="AF17" i="10"/>
   <c r="AG17" i="10"/>
-  <c r="AH17" i="10"/>
-[...2 lines deleted...]
-  <c r="AK17" i="10"/>
   <c r="AL17" i="10"/>
   <c r="AM17" i="10"/>
   <c r="AN17" i="10"/>
-  <c r="AO17" i="10"/>
   <c r="AP17" i="10"/>
   <c r="AQ17" i="10"/>
   <c r="AR17" i="10"/>
   <c r="H18" i="10"/>
   <c r="I18" i="10"/>
   <c r="J18" i="10"/>
   <c r="K18" i="10"/>
   <c r="N18" i="10"/>
   <c r="O18" i="10"/>
   <c r="AF18" i="10"/>
   <c r="AG18" i="10"/>
-  <c r="AH18" i="10"/>
-[...2 lines deleted...]
-  <c r="AK18" i="10"/>
   <c r="AL18" i="10"/>
   <c r="AM18" i="10"/>
   <c r="AN18" i="10"/>
-  <c r="AO18" i="10"/>
   <c r="AP18" i="10"/>
   <c r="AQ18" i="10"/>
   <c r="AR18" i="10"/>
   <c r="H19" i="10"/>
   <c r="I19" i="10"/>
   <c r="J19" i="10"/>
   <c r="K19" i="10"/>
   <c r="N19" i="10"/>
   <c r="O19" i="10"/>
   <c r="AF19" i="10"/>
   <c r="AG19" i="10"/>
-  <c r="AH19" i="10"/>
-[...2 lines deleted...]
-  <c r="AK19" i="10"/>
   <c r="AL19" i="10"/>
   <c r="AM19" i="10"/>
   <c r="AN19" i="10"/>
-  <c r="AO19" i="10"/>
   <c r="AP19" i="10"/>
   <c r="AQ19" i="10"/>
   <c r="AR19" i="10"/>
   <c r="H20" i="10"/>
   <c r="I20" i="10"/>
   <c r="J20" i="10"/>
   <c r="K20" i="10"/>
   <c r="N20" i="10"/>
   <c r="O20" i="10"/>
   <c r="AF20" i="10"/>
   <c r="AG20" i="10"/>
-  <c r="AH20" i="10"/>
-[...2 lines deleted...]
-  <c r="AK20" i="10"/>
   <c r="AL20" i="10"/>
   <c r="AM20" i="10"/>
   <c r="AN20" i="10"/>
-  <c r="AO20" i="10"/>
   <c r="AP20" i="10"/>
   <c r="AQ20" i="10"/>
   <c r="AR20" i="10"/>
   <c r="H21" i="10"/>
   <c r="I21" i="10"/>
   <c r="J21" i="10"/>
   <c r="K21" i="10"/>
   <c r="N21" i="10"/>
   <c r="O21" i="10"/>
   <c r="AF21" i="10"/>
   <c r="AG21" i="10"/>
-  <c r="AH21" i="10"/>
-[...2 lines deleted...]
-  <c r="AK21" i="10"/>
   <c r="AL21" i="10"/>
   <c r="AM21" i="10"/>
   <c r="AN21" i="10"/>
-  <c r="AO21" i="10"/>
   <c r="AP21" i="10"/>
   <c r="AQ21" i="10"/>
   <c r="AR21" i="10"/>
   <c r="H22" i="10"/>
   <c r="I22" i="10"/>
   <c r="J22" i="10"/>
   <c r="K22" i="10"/>
   <c r="N22" i="10"/>
   <c r="O22" i="10"/>
   <c r="AF22" i="10"/>
   <c r="AG22" i="10"/>
-  <c r="AH22" i="10"/>
-[...2 lines deleted...]
-  <c r="AK22" i="10"/>
   <c r="AL22" i="10"/>
   <c r="AM22" i="10"/>
   <c r="AN22" i="10"/>
-  <c r="AO22" i="10"/>
   <c r="AP22" i="10"/>
   <c r="AQ22" i="10"/>
   <c r="AR22" i="10"/>
   <c r="H23" i="10"/>
   <c r="I23" i="10"/>
   <c r="J23" i="10"/>
   <c r="K23" i="10"/>
   <c r="N23" i="10"/>
   <c r="O23" i="10"/>
   <c r="AF23" i="10"/>
   <c r="AG23" i="10"/>
-  <c r="AH23" i="10"/>
-[...2 lines deleted...]
-  <c r="AK23" i="10"/>
   <c r="AL23" i="10"/>
   <c r="AM23" i="10"/>
   <c r="AN23" i="10"/>
-  <c r="AO23" i="10"/>
   <c r="AP23" i="10"/>
   <c r="AQ23" i="10"/>
   <c r="AR23" i="10"/>
   <c r="H24" i="10"/>
   <c r="I24" i="10"/>
   <c r="J24" i="10"/>
   <c r="K24" i="10"/>
   <c r="N24" i="10"/>
   <c r="O24" i="10"/>
   <c r="AF24" i="10"/>
   <c r="AG24" i="10"/>
-  <c r="AH24" i="10"/>
-[...2 lines deleted...]
-  <c r="AK24" i="10"/>
   <c r="AL24" i="10"/>
   <c r="AM24" i="10"/>
   <c r="AN24" i="10"/>
-  <c r="AO24" i="10"/>
   <c r="AP24" i="10"/>
   <c r="AQ24" i="10"/>
   <c r="AR24" i="10"/>
   <c r="H25" i="10"/>
   <c r="I25" i="10"/>
   <c r="J25" i="10"/>
   <c r="K25" i="10"/>
   <c r="N25" i="10"/>
   <c r="O25" i="10"/>
   <c r="AF25" i="10"/>
   <c r="AG25" i="10"/>
-  <c r="AH25" i="10"/>
-[...2 lines deleted...]
-  <c r="AK25" i="10"/>
   <c r="AL25" i="10"/>
   <c r="AM25" i="10"/>
   <c r="AN25" i="10"/>
-  <c r="AO25" i="10"/>
   <c r="AP25" i="10"/>
   <c r="AQ25" i="10"/>
   <c r="AR25" i="10"/>
   <c r="H26" i="10"/>
   <c r="I26" i="10"/>
   <c r="J26" i="10"/>
   <c r="K26" i="10"/>
   <c r="N26" i="10"/>
   <c r="O26" i="10"/>
   <c r="AF26" i="10"/>
   <c r="AG26" i="10"/>
-  <c r="AH26" i="10"/>
-[...2 lines deleted...]
-  <c r="AK26" i="10"/>
   <c r="AL26" i="10"/>
   <c r="AM26" i="10"/>
   <c r="AN26" i="10"/>
-  <c r="AO26" i="10"/>
   <c r="AP26" i="10"/>
   <c r="AQ26" i="10"/>
   <c r="AR26" i="10"/>
   <c r="H27" i="10"/>
   <c r="I27" i="10"/>
   <c r="J27" i="10"/>
   <c r="K27" i="10"/>
   <c r="N27" i="10"/>
   <c r="O27" i="10"/>
   <c r="AF27" i="10"/>
   <c r="AG27" i="10"/>
-  <c r="AH27" i="10"/>
-[...2 lines deleted...]
-  <c r="AK27" i="10"/>
   <c r="AL27" i="10"/>
   <c r="AM27" i="10"/>
   <c r="AN27" i="10"/>
-  <c r="AO27" i="10"/>
   <c r="AP27" i="10"/>
   <c r="AQ27" i="10"/>
   <c r="AR27" i="10"/>
   <c r="H28" i="10"/>
   <c r="I28" i="10"/>
   <c r="J28" i="10"/>
   <c r="K28" i="10"/>
   <c r="N28" i="10"/>
   <c r="O28" i="10"/>
   <c r="AF28" i="10"/>
   <c r="AG28" i="10"/>
-  <c r="AH28" i="10"/>
-[...2 lines deleted...]
-  <c r="AK28" i="10"/>
   <c r="AL28" i="10"/>
   <c r="AM28" i="10"/>
   <c r="AN28" i="10"/>
-  <c r="AO28" i="10"/>
   <c r="AP28" i="10"/>
   <c r="AQ28" i="10"/>
   <c r="AR28" i="10"/>
   <c r="H29" i="10"/>
   <c r="I29" i="10"/>
   <c r="J29" i="10"/>
   <c r="K29" i="10"/>
   <c r="N29" i="10"/>
   <c r="O29" i="10"/>
   <c r="AF29" i="10"/>
   <c r="AG29" i="10"/>
-  <c r="AH29" i="10"/>
-[...2 lines deleted...]
-  <c r="AK29" i="10"/>
   <c r="AL29" i="10"/>
   <c r="AM29" i="10"/>
   <c r="AN29" i="10"/>
-  <c r="AO29" i="10"/>
   <c r="AP29" i="10"/>
   <c r="AQ29" i="10"/>
   <c r="AR29" i="10"/>
   <c r="H30" i="10"/>
   <c r="I30" i="10"/>
   <c r="J30" i="10"/>
   <c r="K30" i="10"/>
   <c r="N30" i="10"/>
   <c r="O30" i="10"/>
   <c r="AF30" i="10"/>
   <c r="AG30" i="10"/>
-  <c r="AH30" i="10"/>
-[...2 lines deleted...]
-  <c r="AK30" i="10"/>
   <c r="AL30" i="10"/>
   <c r="AM30" i="10"/>
   <c r="AN30" i="10"/>
-  <c r="AO30" i="10"/>
   <c r="AP30" i="10"/>
   <c r="AQ30" i="10"/>
   <c r="AR30" i="10"/>
   <c r="H31" i="10"/>
   <c r="I31" i="10"/>
   <c r="J31" i="10"/>
   <c r="K31" i="10"/>
   <c r="N31" i="10"/>
   <c r="O31" i="10"/>
   <c r="AF31" i="10"/>
   <c r="AG31" i="10"/>
-  <c r="AH31" i="10"/>
-[...2 lines deleted...]
-  <c r="AK31" i="10"/>
   <c r="AL31" i="10"/>
   <c r="AM31" i="10"/>
   <c r="AN31" i="10"/>
-  <c r="AO31" i="10"/>
   <c r="AP31" i="10"/>
   <c r="AQ31" i="10"/>
   <c r="AR31" i="10"/>
   <c r="H32" i="10"/>
   <c r="I32" i="10"/>
   <c r="J32" i="10"/>
   <c r="K32" i="10"/>
   <c r="N32" i="10"/>
   <c r="O32" i="10"/>
   <c r="AF32" i="10"/>
   <c r="AG32" i="10"/>
-  <c r="AH32" i="10"/>
-[...2 lines deleted...]
-  <c r="AK32" i="10"/>
   <c r="AL32" i="10"/>
   <c r="AM32" i="10"/>
   <c r="AN32" i="10"/>
-  <c r="AO32" i="10"/>
   <c r="AP32" i="10"/>
   <c r="AQ32" i="10"/>
   <c r="AR32" i="10"/>
   <c r="H33" i="10"/>
   <c r="I33" i="10"/>
   <c r="J33" i="10"/>
   <c r="K33" i="10"/>
   <c r="N33" i="10"/>
   <c r="O33" i="10"/>
   <c r="AF33" i="10"/>
   <c r="AG33" i="10"/>
-  <c r="AH33" i="10"/>
-[...2 lines deleted...]
-  <c r="AK33" i="10"/>
   <c r="AL33" i="10"/>
   <c r="AM33" i="10"/>
   <c r="AN33" i="10"/>
-  <c r="AO33" i="10"/>
   <c r="AP33" i="10"/>
   <c r="AQ33" i="10"/>
   <c r="AR33" i="10"/>
   <c r="H34" i="10"/>
   <c r="I34" i="10"/>
   <c r="J34" i="10"/>
   <c r="K34" i="10"/>
   <c r="N34" i="10"/>
   <c r="O34" i="10"/>
   <c r="AF34" i="10"/>
   <c r="AG34" i="10"/>
-  <c r="AH34" i="10"/>
-[...2 lines deleted...]
-  <c r="AK34" i="10"/>
   <c r="AL34" i="10"/>
   <c r="AM34" i="10"/>
   <c r="AN34" i="10"/>
-  <c r="AO34" i="10"/>
   <c r="AP34" i="10"/>
   <c r="AQ34" i="10"/>
   <c r="AR34" i="10"/>
   <c r="H35" i="10"/>
   <c r="I35" i="10"/>
   <c r="J35" i="10"/>
   <c r="K35" i="10"/>
   <c r="N35" i="10"/>
   <c r="O35" i="10"/>
   <c r="AF35" i="10"/>
   <c r="AG35" i="10"/>
-  <c r="AH35" i="10"/>
-[...2 lines deleted...]
-  <c r="AK35" i="10"/>
   <c r="AL35" i="10"/>
   <c r="AM35" i="10"/>
   <c r="AN35" i="10"/>
-  <c r="AO35" i="10"/>
   <c r="AP35" i="10"/>
   <c r="AQ35" i="10"/>
   <c r="AR35" i="10"/>
   <c r="H36" i="10"/>
   <c r="I36" i="10"/>
   <c r="J36" i="10"/>
   <c r="K36" i="10"/>
   <c r="N36" i="10"/>
   <c r="O36" i="10"/>
   <c r="AF36" i="10"/>
   <c r="AG36" i="10"/>
-  <c r="AH36" i="10"/>
-[...2 lines deleted...]
-  <c r="AK36" i="10"/>
   <c r="AL36" i="10"/>
   <c r="AM36" i="10"/>
   <c r="AN36" i="10"/>
-  <c r="AO36" i="10"/>
   <c r="AP36" i="10"/>
   <c r="AQ36" i="10"/>
   <c r="AR36" i="10"/>
   <c r="H37" i="10"/>
   <c r="I37" i="10"/>
   <c r="J37" i="10"/>
   <c r="K37" i="10"/>
   <c r="N37" i="10"/>
   <c r="O37" i="10"/>
   <c r="AF37" i="10"/>
   <c r="AG37" i="10"/>
-  <c r="AH37" i="10"/>
-[...2 lines deleted...]
-  <c r="AK37" i="10"/>
   <c r="AL37" i="10"/>
   <c r="AM37" i="10"/>
   <c r="AN37" i="10"/>
-  <c r="AO37" i="10"/>
   <c r="AP37" i="10"/>
   <c r="AQ37" i="10"/>
   <c r="AR37" i="10"/>
   <c r="H38" i="10"/>
   <c r="I38" i="10"/>
   <c r="J38" i="10"/>
   <c r="K38" i="10"/>
   <c r="N38" i="10"/>
   <c r="O38" i="10"/>
   <c r="AF38" i="10"/>
   <c r="AG38" i="10"/>
-  <c r="AH38" i="10"/>
-[...2 lines deleted...]
-  <c r="AK38" i="10"/>
   <c r="AL38" i="10"/>
   <c r="AM38" i="10"/>
   <c r="AN38" i="10"/>
-  <c r="AO38" i="10"/>
   <c r="AP38" i="10"/>
   <c r="AQ38" i="10"/>
   <c r="AR38" i="10"/>
   <c r="H39" i="10"/>
   <c r="I39" i="10"/>
   <c r="J39" i="10"/>
   <c r="K39" i="10"/>
   <c r="N39" i="10"/>
   <c r="O39" i="10"/>
   <c r="AF39" i="10"/>
   <c r="AG39" i="10"/>
-  <c r="AH39" i="10"/>
-[...2 lines deleted...]
-  <c r="AK39" i="10"/>
   <c r="AL39" i="10"/>
   <c r="AM39" i="10"/>
   <c r="AN39" i="10"/>
-  <c r="AO39" i="10"/>
   <c r="AP39" i="10"/>
   <c r="AQ39" i="10"/>
   <c r="AR39" i="10"/>
   <c r="H40" i="10"/>
   <c r="I40" i="10"/>
   <c r="J40" i="10"/>
   <c r="K40" i="10"/>
   <c r="N40" i="10"/>
   <c r="O40" i="10"/>
   <c r="AF40" i="10"/>
   <c r="AG40" i="10"/>
-  <c r="AH40" i="10"/>
-[...2 lines deleted...]
-  <c r="AK40" i="10"/>
   <c r="AL40" i="10"/>
   <c r="AM40" i="10"/>
   <c r="AN40" i="10"/>
-  <c r="AO40" i="10"/>
   <c r="AP40" i="10"/>
   <c r="AQ40" i="10"/>
   <c r="AR40" i="10"/>
   <c r="H41" i="10"/>
   <c r="I41" i="10"/>
   <c r="J41" i="10"/>
   <c r="K41" i="10"/>
   <c r="N41" i="10"/>
   <c r="O41" i="10"/>
   <c r="AF41" i="10"/>
   <c r="AG41" i="10"/>
-  <c r="AH41" i="10"/>
-[...2 lines deleted...]
-  <c r="AK41" i="10"/>
   <c r="AL41" i="10"/>
   <c r="AM41" i="10"/>
   <c r="AN41" i="10"/>
-  <c r="AO41" i="10"/>
   <c r="AP41" i="10"/>
   <c r="AQ41" i="10"/>
   <c r="AR41" i="10"/>
   <c r="H42" i="10"/>
   <c r="I42" i="10"/>
   <c r="J42" i="10"/>
   <c r="K42" i="10"/>
   <c r="N42" i="10"/>
   <c r="O42" i="10"/>
   <c r="AF42" i="10"/>
   <c r="AG42" i="10"/>
-  <c r="AH42" i="10"/>
-[...2 lines deleted...]
-  <c r="AK42" i="10"/>
   <c r="AL42" i="10"/>
   <c r="AM42" i="10"/>
   <c r="AN42" i="10"/>
-  <c r="AO42" i="10"/>
   <c r="AP42" i="10"/>
   <c r="AQ42" i="10"/>
   <c r="AR42" i="10"/>
   <c r="H43" i="10"/>
   <c r="I43" i="10"/>
   <c r="J43" i="10"/>
   <c r="K43" i="10"/>
   <c r="N43" i="10"/>
   <c r="O43" i="10"/>
   <c r="AF43" i="10"/>
   <c r="AG43" i="10"/>
-  <c r="AH43" i="10"/>
-[...2 lines deleted...]
-  <c r="AK43" i="10"/>
   <c r="AL43" i="10"/>
   <c r="AM43" i="10"/>
   <c r="AN43" i="10"/>
-  <c r="AO43" i="10"/>
   <c r="AP43" i="10"/>
   <c r="AQ43" i="10"/>
   <c r="AR43" i="10"/>
   <c r="H44" i="10"/>
   <c r="I44" i="10"/>
   <c r="J44" i="10"/>
   <c r="K44" i="10"/>
   <c r="N44" i="10"/>
   <c r="O44" i="10"/>
   <c r="AF44" i="10"/>
   <c r="AG44" i="10"/>
-  <c r="AH44" i="10"/>
-[...2 lines deleted...]
-  <c r="AK44" i="10"/>
   <c r="AL44" i="10"/>
   <c r="AM44" i="10"/>
   <c r="AN44" i="10"/>
-  <c r="AO44" i="10"/>
   <c r="AP44" i="10"/>
   <c r="AQ44" i="10"/>
   <c r="AR44" i="10"/>
   <c r="H45" i="10"/>
   <c r="I45" i="10"/>
   <c r="J45" i="10"/>
   <c r="K45" i="10"/>
   <c r="N45" i="10"/>
   <c r="O45" i="10"/>
   <c r="AF45" i="10"/>
   <c r="AG45" i="10"/>
-  <c r="AH45" i="10"/>
-[...2 lines deleted...]
-  <c r="AK45" i="10"/>
   <c r="AL45" i="10"/>
   <c r="AM45" i="10"/>
   <c r="AN45" i="10"/>
-  <c r="AO45" i="10"/>
   <c r="AP45" i="10"/>
   <c r="AQ45" i="10"/>
   <c r="AR45" i="10"/>
   <c r="H46" i="10"/>
   <c r="I46" i="10"/>
   <c r="J46" i="10"/>
   <c r="K46" i="10"/>
   <c r="N46" i="10"/>
   <c r="O46" i="10"/>
   <c r="AF46" i="10"/>
   <c r="AG46" i="10"/>
-  <c r="AH46" i="10"/>
-[...2 lines deleted...]
-  <c r="AK46" i="10"/>
   <c r="AL46" i="10"/>
   <c r="AM46" i="10"/>
   <c r="AN46" i="10"/>
-  <c r="AO46" i="10"/>
   <c r="AP46" i="10"/>
   <c r="AQ46" i="10"/>
   <c r="AR46" i="10"/>
   <c r="H47" i="10"/>
   <c r="I47" i="10"/>
   <c r="J47" i="10"/>
   <c r="K47" i="10"/>
   <c r="N47" i="10"/>
   <c r="O47" i="10"/>
   <c r="AF47" i="10"/>
   <c r="AG47" i="10"/>
-  <c r="AH47" i="10"/>
-[...2 lines deleted...]
-  <c r="AK47" i="10"/>
   <c r="AL47" i="10"/>
   <c r="AM47" i="10"/>
   <c r="AN47" i="10"/>
-  <c r="AO47" i="10"/>
   <c r="AP47" i="10"/>
   <c r="AQ47" i="10"/>
   <c r="AR47" i="10"/>
   <c r="H48" i="10"/>
   <c r="I48" i="10"/>
   <c r="J48" i="10"/>
   <c r="K48" i="10"/>
   <c r="N48" i="10"/>
   <c r="O48" i="10"/>
   <c r="AF48" i="10"/>
   <c r="AG48" i="10"/>
-  <c r="AH48" i="10"/>
-[...2 lines deleted...]
-  <c r="AK48" i="10"/>
   <c r="AL48" i="10"/>
   <c r="AM48" i="10"/>
   <c r="AN48" i="10"/>
-  <c r="AO48" i="10"/>
   <c r="AP48" i="10"/>
   <c r="AQ48" i="10"/>
   <c r="AR48" i="10"/>
   <c r="H49" i="10"/>
   <c r="I49" i="10"/>
   <c r="J49" i="10"/>
   <c r="K49" i="10"/>
   <c r="N49" i="10"/>
   <c r="O49" i="10"/>
   <c r="AF49" i="10"/>
   <c r="AG49" i="10"/>
-  <c r="AH49" i="10"/>
-[...2 lines deleted...]
-  <c r="AK49" i="10"/>
   <c r="AL49" i="10"/>
   <c r="AM49" i="10"/>
   <c r="AN49" i="10"/>
-  <c r="AO49" i="10"/>
   <c r="AP49" i="10"/>
   <c r="AQ49" i="10"/>
   <c r="AR49" i="10"/>
   <c r="H50" i="10"/>
   <c r="I50" i="10"/>
   <c r="J50" i="10"/>
   <c r="K50" i="10"/>
   <c r="N50" i="10"/>
   <c r="O50" i="10"/>
   <c r="AF50" i="10"/>
   <c r="AG50" i="10"/>
-  <c r="AH50" i="10"/>
-[...2 lines deleted...]
-  <c r="AK50" i="10"/>
   <c r="AL50" i="10"/>
   <c r="AM50" i="10"/>
   <c r="AN50" i="10"/>
-  <c r="AO50" i="10"/>
   <c r="AP50" i="10"/>
   <c r="AQ50" i="10"/>
   <c r="AR50" i="10"/>
   <c r="H51" i="10"/>
   <c r="I51" i="10"/>
   <c r="J51" i="10"/>
   <c r="K51" i="10"/>
   <c r="N51" i="10"/>
   <c r="O51" i="10"/>
   <c r="AF51" i="10"/>
   <c r="AG51" i="10"/>
-  <c r="AH51" i="10"/>
-[...2 lines deleted...]
-  <c r="AK51" i="10"/>
   <c r="AL51" i="10"/>
   <c r="AM51" i="10"/>
   <c r="AN51" i="10"/>
-  <c r="AO51" i="10"/>
   <c r="AP51" i="10"/>
   <c r="AQ51" i="10"/>
   <c r="AR51" i="10"/>
   <c r="H52" i="10"/>
   <c r="I52" i="10"/>
   <c r="J52" i="10"/>
   <c r="K52" i="10"/>
   <c r="N52" i="10"/>
   <c r="O52" i="10"/>
   <c r="AF52" i="10"/>
   <c r="AG52" i="10"/>
-  <c r="AH52" i="10"/>
-[...2 lines deleted...]
-  <c r="AK52" i="10"/>
   <c r="AL52" i="10"/>
   <c r="AM52" i="10"/>
   <c r="AN52" i="10"/>
-  <c r="AO52" i="10"/>
   <c r="AP52" i="10"/>
   <c r="AQ52" i="10"/>
   <c r="AR52" i="10"/>
   <c r="AF3" i="10"/>
   <c r="H3" i="10"/>
   <c r="F3" i="10" s="1"/>
   <c r="I3" i="10"/>
   <c r="J3" i="10"/>
   <c r="K3" i="10"/>
   <c r="N3" i="10"/>
   <c r="O3" i="10"/>
   <c r="P3" i="10"/>
   <c r="Q3" i="10"/>
   <c r="R3" i="10"/>
   <c r="S3" i="10"/>
   <c r="T3" i="10"/>
   <c r="U3" i="10"/>
   <c r="AG3" i="10"/>
-  <c r="AH3" i="10"/>
-[...2 lines deleted...]
-  <c r="AK3" i="10"/>
   <c r="AL3" i="10"/>
   <c r="AM3" i="10"/>
   <c r="AN3" i="10"/>
-  <c r="AO3" i="10"/>
   <c r="AP3" i="10"/>
   <c r="AQ3" i="10"/>
   <c r="AR3" i="10"/>
   <c r="F52" i="10" l="1"/>
   <c r="G52" i="10"/>
   <c r="F51" i="10"/>
   <c r="G51" i="10"/>
   <c r="F50" i="10"/>
   <c r="G50" i="10"/>
   <c r="F49" i="10"/>
   <c r="G49" i="10"/>
   <c r="F48" i="10"/>
   <c r="G48" i="10"/>
   <c r="F47" i="10"/>
   <c r="G47" i="10"/>
   <c r="F46" i="10"/>
   <c r="G46" i="10"/>
   <c r="F45" i="10"/>
   <c r="G45" i="10"/>
   <c r="F44" i="10"/>
   <c r="G44" i="10"/>
   <c r="F43" i="10"/>
   <c r="G43" i="10"/>
   <c r="F42" i="10"/>
   <c r="G42" i="10"/>
@@ -3181,229 +3281,193 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="81">
   <si>
     <t>メールアドレス</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>No.</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>氏名</t>
     <rPh sb="0" eb="2">
       <t>シメイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>区分</t>
   </si>
   <si>
     <t>1. 今回申請する事務連絡担当者</t>
     <rPh sb="3" eb="7">
       <t>コンカイシンセイ</t>
     </rPh>
     <rPh sb="9" eb="13">
       <t>ジムレンラク</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>タントウシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>区分</t>
     <rPh sb="0" eb="2">
       <t>クブン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ISINコード</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>設定</t>
     <rPh sb="0" eb="2">
       <t>セッテイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>交換</t>
     <rPh sb="0" eb="2">
       <t>コウカン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...9 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>取扱終了日</t>
     <rPh sb="0" eb="2">
       <t>トリアツカイ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>シュウリョウビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>信託銀行</t>
     <rPh sb="0" eb="4">
       <t>シンタクギンコウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>最低申込口数</t>
     <rPh sb="0" eb="2">
       <t>サイテイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>クチスウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>申込単位</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>タンイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>事務連絡担当者</t>
     <rPh sb="0" eb="4">
       <t>ジムレンラク</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>タントウシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...25 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>申込時限
 (金銭受付対象銘柄含む)</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジゲン</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>キンセン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ウケツケ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>タイショウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>メイガラ</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>フク</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>電話番号</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>会社名</t>
     <rPh sb="0" eb="2">
       <t>カイシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">申請は届出を行っている事務連絡担当者のみ可能です。初回登録をする事務連絡担当者を記載してください。 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>＊届出済みの担当者のみ申請可能です。初回登録や担当者を増やす場合は、「事務連絡担当者届出書」を合わせてご提出ください。</t>
     </r>
     <rPh sb="0" eb="2">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>トドケデ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>オコナ</t>
     </rPh>
     <rPh sb="11" eb="13">
@@ -3411,219 +3475,184 @@
     </rPh>
     <rPh sb="13" eb="15">
       <t>レンラク</t>
     </rPh>
     <rPh sb="15" eb="18">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>カノウ</t>
     </rPh>
     <rPh sb="25" eb="29">
       <t>ショカイトウロク</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>ジム</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>レンラク</t>
     </rPh>
     <rPh sb="36" eb="39">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>キサイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>2. 申請する銘柄マスタ情報</t>
     <rPh sb="3" eb="5">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>メイガラ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ジョウホウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...18 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>商品属性</t>
     <rPh sb="0" eb="2">
       <t>ショウヒン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ゾクセイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>銘柄コード
 （5桁）</t>
     <rPh sb="0" eb="2">
       <t>メイガラ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ケタ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>発行者任意
 銘柄コード
 （任意）</t>
     <rPh sb="0" eb="3">
       <t>ハッコウシャ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ニンイ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>メイガラ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>会社</t>
     <rPh sb="0" eb="2">
       <t>カイシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ETF特別清算参加者コード</t>
     <rPh sb="3" eb="5">
       <t>トクベツ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>セイサン</t>
     </rPh>
     <rPh sb="7" eb="10">
       <t>サンカシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>繰上条項口数
 （任意）</t>
     <rPh sb="0" eb="2">
       <t>クリアゲ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジョウコウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>クチスウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ニンイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...15 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>銘柄名（日本語）</t>
     <rPh sb="0" eb="3">
       <t>メイガラメイ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>ニホンゴ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>銘柄名（英語）</t>
     <rPh sb="0" eb="3">
       <t>メイガラメイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>エイゴ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>受領日</t>
     <rPh sb="0" eb="3">
       <t>ジュリョウビ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>会社名</t>
     <rPh sb="0" eb="3">
       <t>カイシャメイ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>ETF特別清算参加者コード</t>
     <rPh sb="3" eb="5">
       <t>トクベツ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>セイサン</t>
     </rPh>
     <rPh sb="7" eb="10">
       <t>サンカシャ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>銘柄コード
 （5桁）</t>
   </si>
   <si>
     <t>ISINコード</t>
   </si>
   <si>
     <t>商品属性</t>
   </si>
   <si>
     <t>銘柄名（日本語）</t>
   </si>
   <si>
     <t>銘柄名（英語）</t>
   </si>
   <si>
     <t>債務負担対象銘柄区分</t>
   </si>
   <si>
     <t>申込時限
 (金銭受付対象銘柄含まない)</t>
   </si>
   <si>
@@ -3639,441 +3668,443 @@
   <si>
     <t>発行者任意
 銘柄コード
 （任意）</t>
   </si>
   <si>
     <t>有効開始日</t>
   </si>
   <si>
     <t>有効終了日</t>
   </si>
   <si>
     <t>取扱開始日</t>
   </si>
   <si>
     <t>取扱終了日</t>
   </si>
   <si>
     <t>信託銀行</t>
   </si>
   <si>
     <t>設定</t>
     <rPh sb="0" eb="2">
       <t>セッテイ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>交換</t>
     <rPh sb="0" eb="2">
       <t>コウカン</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>債務負担対象銘柄区分*</t>
     <rPh sb="0" eb="4">
       <t>サイムフタン</t>
     </rPh>
     <rPh sb="4" eb="8">
       <t>タイショウメイガラ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>クブン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...21 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受あり】
 基準価額
 算出日</t>
     <rPh sb="1" eb="5">
       <t>サイムヒキウケ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>キジュン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>カガク</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>サンシュツビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受あり】
 計算書
 確定日</t>
     <rPh sb="9" eb="12">
       <t>ケイサンショ</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>カクテイビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受あり】
 信託設定日</t>
     <rPh sb="1" eb="5">
       <t>サイムヒキウケ</t>
     </rPh>
     <rPh sb="9" eb="14">
       <t>シンタクセッテイビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受あり】
 決済日</t>
     <rPh sb="1" eb="5">
       <t>サイムヒキウケ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>ケッサイビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受なし】
 基準価額
 算出日</t>
     <rPh sb="1" eb="5">
       <t>サイムヒキウケ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>キジュン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>カガク</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>サンシュツビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受なし】
 計算書
 確定日</t>
     <rPh sb="9" eb="12">
       <t>ケイサンショ</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>カクテイビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受なし】
 信託設定日</t>
     <rPh sb="1" eb="5">
       <t>サイムヒキウケ</t>
     </rPh>
     <rPh sb="9" eb="14">
       <t>シンタクセッテイビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【債務引受なし】
 決済日</t>
     <rPh sb="1" eb="5">
       <t>サイムヒキウケ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>ケッサイビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>更新依頼日</t>
     <rPh sb="0" eb="2">
       <t>コウシン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イライ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ビ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>更新内容</t>
     <rPh sb="0" eb="4">
       <t>コウシンナイヨウ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>ステータス</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>#</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受あり】
 基準価額
 算出日</t>
     <rPh sb="1" eb="5">
       <t>サイムヒキウケ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受あり】
 計算書
 確定日</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受あり】
 信託設定日</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受あり】
 決済日</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受なし】
 基準価額
 算出日</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受なし】
 計算書
 確定日</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受なし】
 信託設定日</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>【債務引受なし】
 決済日</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>申込時限
 (金銭受付対象銘柄含む)</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>未反映</t>
     <rPh sb="0" eb="3">
       <t>ミハンエイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...52 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>有効開始日
 （Crednexに反映される日）</t>
     <rPh sb="0" eb="5">
       <t>ユウコウカイシビ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>取扱開始日
 （設定交換の申込が可能になる日）</t>
     <rPh sb="0" eb="2">
       <t>トリアツカイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>カイシ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ビ</t>
     </rPh>
     <rPh sb="7" eb="11">
       <t>セッテイコウカン</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>モウ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>コ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>カノウ</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>ヒ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>注）以下青いセルの項目については、追加時のみ申請可能。更新時はAM様側で変更対応お願いします。（操作マニュアルP14記載）</t>
     <rPh sb="0" eb="1">
       <t>チュウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イカ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>アオ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>コウモク</t>
     </rPh>
     <rPh sb="17" eb="20">
       <t>ツイカジ</t>
     </rPh>
     <rPh sb="22" eb="26">
       <t>シンセイカノウ</t>
     </rPh>
     <rPh sb="27" eb="30">
       <t>コウシンジ</t>
     </rPh>
     <rPh sb="33" eb="34">
       <t>サマ</t>
     </rPh>
     <rPh sb="34" eb="35">
       <t>ガワ</t>
     </rPh>
     <rPh sb="36" eb="40">
       <t>ヘンコウタイオウ</t>
     </rPh>
     <rPh sb="41" eb="42">
       <t>ネガ</t>
     </rPh>
     <rPh sb="48" eb="50">
       <t>ソウサ</t>
     </rPh>
     <rPh sb="58" eb="60">
       <t>キサイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>v20251029</t>
-    <phoneticPr fontId="3"/>
+    <t>申込方法</t>
+    <rPh sb="0" eb="2">
+      <t>モウシコミ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ホウホウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>申込方法</t>
+    <rPh sb="0" eb="4">
+      <t>モウシコミホウホウ</t>
+    </rPh>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>v20260116</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>任意入力項目</t>
+    <rPh sb="0" eb="6">
+      <t>ニンイニュウリョクコウモク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">申込時限
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="6"/>
+        <color theme="0"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>(金銭受付対象銘柄含まない)</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>モウシコミ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ジゲン</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>キンセン</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ウケツケ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>タイショウ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>メイガラ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>フク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>任意入力項目利用区分</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>テスト環境 銘柄マスタ登録・削除申請書</t>
+    <rPh sb="3" eb="5">
+      <t>カンキョウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>メイガラ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>トウロク</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>サクジョ</t>
+    </rPh>
+    <rPh sb="16" eb="19">
+      <t>シンセイショ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...6 lines deleted...]
-      <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
@@ -4259,101 +4290,95 @@
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF1D1C1D"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
-  <fills count="9">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -4487,375 +4512,443 @@
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="7">
+  <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="38" fontId="22" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="38" fontId="29" fillId="3" borderId="13" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="56" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="38" fontId="10" fillId="2" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="14" fontId="24" fillId="2" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="20" fontId="4" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
-[...18 lines deleted...]
-      <alignment wrapText="1"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="38" fontId="29" fillId="3" borderId="13" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="38" fontId="30" fillId="3" borderId="13" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...170 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="7">
+  <cellStyles count="6">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="ハイパーリンク 2" xfId="3" xr:uid="{9D566D8F-A609-4D4E-824E-D4FFCE8AB435}"/>
     <cellStyle name="桁区切り" xfId="5" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{E0FD8DCF-AF20-4869-8B14-2DF4666B37DF}"/>
     <cellStyle name="標準 3" xfId="4" xr:uid="{2D791979-18F3-43B8-8AD9-E0EE94F311FE}"/>
-    <cellStyle name="標準 3 2" xfId="6" xr:uid="{F80EE2D6-18D0-48F8-A62B-8272325A209A}"/>
   </cellStyles>
-  <dxfs count="10">
+  <dxfs count="15">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.34998626667073579"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.34998626667073579"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.34998626667073579"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.34998626667073579"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.34998626667073579"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
@@ -5559,50 +5652,54 @@
 
 <file path=xl/ctrlProps/ctrlProp94.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp95.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp96.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp97.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp98.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp99.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jpxsystem.com/doc/etfpf/lib/exe/fetch.php?media=wiki:crednex%E7%94%B3%E8%AB%8B%E6%89%8B%E7%B6%9A%E3%81%8D%E3%81%AE%E3%81%93%E3%82%99%E6%A1%88%E5%86%85.pdf" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>138000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>59634</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="23" name="正方形/長方形 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000017000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
@@ -5655,51 +5752,51 @@
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>175260</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>144780</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>60960</xdr:colOff>
           <xdr:row>15</xdr:row>
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:rowOff>60960</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3110" name="Group Box 38" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3110"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000260C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -6339,51 +6436,51 @@
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 65</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>175260</xdr:colOff>
           <xdr:row>14</xdr:row>
           <xdr:rowOff>144780</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>60960</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:rowOff>60960</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3139" name="Group Box 67" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3139"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000430C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -18263,50 +18360,125 @@
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>AM</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>125505</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>89647</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6525056" cy="325217"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="テキスト ボックス 2">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{620C2CFA-BF10-4744-BB41-BB25C8F50DD0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1658470" y="89647"/>
+          <a:ext cx="6525056" cy="325217"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>※</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>各項目の記載方法については申請手続きのご案内をご一読いただけますようお願い申し上げます。（リンク）</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -18560,392 +18732,400 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp113.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp80.xml"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp134.xml"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp155.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp103.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp124.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp145.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp91.xml"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp156.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp114.xml"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp135.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp81.xml"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp146.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp104.xml"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp125.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp87.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp92.xml"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp136.xml"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp141.xml"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp157.xml"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp162.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp110.xml"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp115.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp82.xml"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp126.xml"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp131.xml"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp147.xml"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp152.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp105.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp93.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp100.xml"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp116.xml"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp121.xml"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp137.xml"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp142.xml"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp163.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp88.xml"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp158.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp83.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp106.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp111.xml"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp127.xml"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp132.xml"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp153.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp78.xml"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp148.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp96.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp101.xml"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp122.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp143.xml"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp164.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp89.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp94.xml"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp117.xml"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp138.xml"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp159.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp112.xml"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp133.xml"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp154.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp79.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp84.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp107.xml"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp128.xml"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp149.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp102.xml"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp123.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp90.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp95.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp97.xml"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp118.xml"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp139.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp144.xml"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp160.xml"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp165.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp85.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp108.xml"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp129.xml"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp150.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp98.xml"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp119.xml"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp140.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp86.xml"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp161.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp109.xml"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp130.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp151.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp99.xml"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp120.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A449BE7B-BFDE-4D25-9A21-CB3D87DB05C2}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:ET85"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="AV53" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="EL66" sqref="EL66"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection activeCell="AV11" sqref="AV11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.44140625" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="117" width="2.44140625" style="1"/>
-[...5 lines deleted...]
-    <col min="132" max="16384" width="2.44140625" style="1"/>
+    <col min="1" max="115" width="2.44140625" style="1"/>
+    <col min="116" max="116" width="10" style="7" customWidth="1"/>
+    <col min="117" max="122" width="2.44140625" style="1"/>
+    <col min="123" max="123" width="2.44140625" style="7"/>
+    <col min="124" max="125" width="2.44140625" style="7" customWidth="1"/>
+    <col min="126" max="128" width="2.44140625" style="7"/>
+    <col min="129" max="136" width="2.44140625" style="1"/>
+    <col min="137" max="141" width="2.44140625" style="38"/>
+    <col min="142" max="16384" width="2.44140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="48" t="s">
-[...138 lines deleted...]
-      <c r="EH1" s="48"/>
+      <c r="A1" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="62"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
+      <c r="X1" s="62"/>
+      <c r="Y1" s="62"/>
+      <c r="Z1" s="62"/>
+      <c r="AA1" s="62"/>
+      <c r="AB1" s="62"/>
+      <c r="AC1" s="62"/>
+      <c r="AD1" s="62"/>
+      <c r="AE1" s="62"/>
+      <c r="AF1" s="62"/>
+      <c r="AG1" s="62"/>
+      <c r="AH1" s="62"/>
+      <c r="AI1" s="62"/>
+      <c r="AJ1" s="62"/>
+      <c r="AK1" s="62"/>
+      <c r="AL1" s="62"/>
+      <c r="AM1" s="62"/>
+      <c r="AN1" s="62"/>
+      <c r="AO1" s="62"/>
+      <c r="AP1" s="62"/>
+      <c r="AQ1" s="62"/>
+      <c r="AR1" s="62"/>
+      <c r="AS1" s="62"/>
+      <c r="AT1" s="62"/>
+      <c r="AU1" s="62"/>
+      <c r="AV1" s="62"/>
+      <c r="AW1" s="62"/>
+      <c r="AX1" s="62"/>
+      <c r="AY1" s="62"/>
+      <c r="AZ1" s="62"/>
+      <c r="BA1" s="62"/>
+      <c r="BB1" s="62"/>
+      <c r="BC1" s="62"/>
+      <c r="BD1" s="62"/>
+      <c r="BE1" s="62"/>
+      <c r="BF1" s="62"/>
+      <c r="BG1" s="62"/>
+      <c r="BH1" s="62"/>
+      <c r="BI1" s="62"/>
+      <c r="BJ1" s="62"/>
+      <c r="BK1" s="62"/>
+      <c r="BL1" s="62"/>
+      <c r="BM1" s="62"/>
+      <c r="BN1" s="62"/>
+      <c r="BO1" s="62"/>
+      <c r="BP1" s="62"/>
+      <c r="BQ1" s="62"/>
+      <c r="BR1" s="62"/>
+      <c r="BS1" s="62"/>
+      <c r="BT1" s="62"/>
+      <c r="BU1" s="62"/>
+      <c r="BV1" s="62"/>
+      <c r="BW1" s="62"/>
+      <c r="BX1" s="62"/>
+      <c r="BY1" s="62"/>
+      <c r="BZ1" s="62"/>
+      <c r="CA1" s="62"/>
+      <c r="CB1" s="62"/>
+      <c r="CC1" s="62"/>
+      <c r="CD1" s="62"/>
+      <c r="CE1" s="62"/>
+      <c r="CF1" s="62"/>
+      <c r="CG1" s="62"/>
+      <c r="CH1" s="62"/>
+      <c r="CI1" s="62"/>
+      <c r="CJ1" s="62"/>
+      <c r="CK1" s="62"/>
+      <c r="CL1" s="62"/>
+      <c r="CM1" s="62"/>
+      <c r="CN1" s="62"/>
+      <c r="CO1" s="62"/>
+      <c r="CP1" s="62"/>
+      <c r="CQ1" s="62"/>
+      <c r="CR1" s="62"/>
+      <c r="CS1" s="62"/>
+      <c r="CT1" s="62"/>
+      <c r="CU1" s="62"/>
+      <c r="CV1" s="62"/>
+      <c r="CW1" s="62"/>
+      <c r="CX1" s="62"/>
+      <c r="CY1" s="62"/>
+      <c r="CZ1" s="62"/>
+      <c r="DA1" s="62"/>
+      <c r="DB1" s="62"/>
+      <c r="DC1" s="62"/>
+      <c r="DD1" s="62"/>
+      <c r="DE1" s="62"/>
+      <c r="DF1" s="62"/>
+      <c r="DG1" s="62"/>
+      <c r="DH1" s="62"/>
+      <c r="DI1" s="62"/>
+      <c r="DJ1" s="62"/>
+      <c r="DK1" s="62"/>
+      <c r="DL1" s="62"/>
+      <c r="DM1" s="62"/>
+      <c r="DN1" s="62"/>
+      <c r="DO1" s="62"/>
+      <c r="DP1" s="62"/>
+      <c r="DQ1" s="62"/>
+      <c r="DR1" s="62"/>
+      <c r="DS1" s="62"/>
+      <c r="DT1" s="62"/>
+      <c r="DU1" s="62"/>
+      <c r="DV1" s="62"/>
+      <c r="DW1" s="62"/>
+      <c r="DX1" s="62"/>
+      <c r="DY1" s="62"/>
+      <c r="DZ1" s="62"/>
+      <c r="EA1" s="62"/>
+      <c r="EB1" s="62"/>
+      <c r="EC1" s="62"/>
+      <c r="ED1" s="62"/>
+      <c r="EE1" s="62"/>
+      <c r="EF1" s="62"/>
+      <c r="EG1" s="62"/>
+      <c r="EH1" s="62"/>
+      <c r="EI1" s="1"/>
+      <c r="EJ1" s="1"/>
+      <c r="EK1" s="1"/>
     </row>
     <row r="2" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="48"/>
-[...136 lines deleted...]
-      <c r="EH2" s="48"/>
+      <c r="A2" s="62"/>
+      <c r="B2" s="62"/>
+      <c r="C2" s="62"/>
+      <c r="D2" s="62"/>
+      <c r="E2" s="62"/>
+      <c r="F2" s="62"/>
+      <c r="G2" s="62"/>
+      <c r="H2" s="62"/>
+      <c r="I2" s="62"/>
+      <c r="J2" s="62"/>
+      <c r="K2" s="62"/>
+      <c r="L2" s="62"/>
+      <c r="M2" s="62"/>
+      <c r="N2" s="62"/>
+      <c r="O2" s="62"/>
+      <c r="P2" s="62"/>
+      <c r="Q2" s="62"/>
+      <c r="R2" s="62"/>
+      <c r="S2" s="62"/>
+      <c r="T2" s="62"/>
+      <c r="U2" s="62"/>
+      <c r="V2" s="62"/>
+      <c r="W2" s="62"/>
+      <c r="X2" s="62"/>
+      <c r="Y2" s="62"/>
+      <c r="Z2" s="62"/>
+      <c r="AA2" s="62"/>
+      <c r="AB2" s="62"/>
+      <c r="AC2" s="62"/>
+      <c r="AD2" s="62"/>
+      <c r="AE2" s="62"/>
+      <c r="AF2" s="62"/>
+      <c r="AG2" s="62"/>
+      <c r="AH2" s="62"/>
+      <c r="AI2" s="62"/>
+      <c r="AJ2" s="62"/>
+      <c r="AK2" s="62"/>
+      <c r="AL2" s="62"/>
+      <c r="AM2" s="62"/>
+      <c r="AN2" s="62"/>
+      <c r="AO2" s="62"/>
+      <c r="AP2" s="62"/>
+      <c r="AQ2" s="62"/>
+      <c r="AR2" s="62"/>
+      <c r="AS2" s="62"/>
+      <c r="AT2" s="62"/>
+      <c r="AU2" s="62"/>
+      <c r="AV2" s="62"/>
+      <c r="AW2" s="62"/>
+      <c r="AX2" s="62"/>
+      <c r="AY2" s="62"/>
+      <c r="AZ2" s="62"/>
+      <c r="BA2" s="62"/>
+      <c r="BB2" s="62"/>
+      <c r="BC2" s="62"/>
+      <c r="BD2" s="62"/>
+      <c r="BE2" s="62"/>
+      <c r="BF2" s="62"/>
+      <c r="BG2" s="62"/>
+      <c r="BH2" s="62"/>
+      <c r="BI2" s="62"/>
+      <c r="BJ2" s="62"/>
+      <c r="BK2" s="62"/>
+      <c r="BL2" s="62"/>
+      <c r="BM2" s="62"/>
+      <c r="BN2" s="62"/>
+      <c r="BO2" s="62"/>
+      <c r="BP2" s="62"/>
+      <c r="BQ2" s="62"/>
+      <c r="BR2" s="62"/>
+      <c r="BS2" s="62"/>
+      <c r="BT2" s="62"/>
+      <c r="BU2" s="62"/>
+      <c r="BV2" s="62"/>
+      <c r="BW2" s="62"/>
+      <c r="BX2" s="62"/>
+      <c r="BY2" s="62"/>
+      <c r="BZ2" s="62"/>
+      <c r="CA2" s="62"/>
+      <c r="CB2" s="62"/>
+      <c r="CC2" s="62"/>
+      <c r="CD2" s="62"/>
+      <c r="CE2" s="62"/>
+      <c r="CF2" s="62"/>
+      <c r="CG2" s="62"/>
+      <c r="CH2" s="62"/>
+      <c r="CI2" s="62"/>
+      <c r="CJ2" s="62"/>
+      <c r="CK2" s="62"/>
+      <c r="CL2" s="62"/>
+      <c r="CM2" s="62"/>
+      <c r="CN2" s="62"/>
+      <c r="CO2" s="62"/>
+      <c r="CP2" s="62"/>
+      <c r="CQ2" s="62"/>
+      <c r="CR2" s="62"/>
+      <c r="CS2" s="62"/>
+      <c r="CT2" s="62"/>
+      <c r="CU2" s="62"/>
+      <c r="CV2" s="62"/>
+      <c r="CW2" s="62"/>
+      <c r="CX2" s="62"/>
+      <c r="CY2" s="62"/>
+      <c r="CZ2" s="62"/>
+      <c r="DA2" s="62"/>
+      <c r="DB2" s="62"/>
+      <c r="DC2" s="62"/>
+      <c r="DD2" s="62"/>
+      <c r="DE2" s="62"/>
+      <c r="DF2" s="62"/>
+      <c r="DG2" s="62"/>
+      <c r="DH2" s="62"/>
+      <c r="DI2" s="62"/>
+      <c r="DJ2" s="62"/>
+      <c r="DK2" s="62"/>
+      <c r="DL2" s="62"/>
+      <c r="DM2" s="62"/>
+      <c r="DN2" s="62"/>
+      <c r="DO2" s="62"/>
+      <c r="DP2" s="62"/>
+      <c r="DQ2" s="62"/>
+      <c r="DR2" s="62"/>
+      <c r="DS2" s="62"/>
+      <c r="DT2" s="62"/>
+      <c r="DU2" s="62"/>
+      <c r="DV2" s="62"/>
+      <c r="DW2" s="62"/>
+      <c r="DX2" s="62"/>
+      <c r="DY2" s="62"/>
+      <c r="DZ2" s="62"/>
+      <c r="EA2" s="62"/>
+      <c r="EB2" s="62"/>
+      <c r="EC2" s="62"/>
+      <c r="ED2" s="62"/>
+      <c r="EE2" s="62"/>
+      <c r="EF2" s="62"/>
+      <c r="EG2" s="62"/>
+      <c r="EH2" s="62"/>
+      <c r="EI2" s="1"/>
+      <c r="EJ2" s="1"/>
+      <c r="EK2" s="1"/>
     </row>
     <row r="3" spans="1:150" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="85" t="s">
+      <c r="A3" s="90" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="85"/>
-[...39 lines deleted...]
-      <c r="AP3" s="85"/>
+      <c r="B3" s="90"/>
+      <c r="C3" s="90"/>
+      <c r="D3" s="90"/>
+      <c r="E3" s="90"/>
+      <c r="F3" s="90"/>
+      <c r="G3" s="90"/>
+      <c r="H3" s="90"/>
+      <c r="I3" s="90"/>
+      <c r="J3" s="90"/>
+      <c r="K3" s="90"/>
+      <c r="L3" s="90"/>
+      <c r="M3" s="90"/>
+      <c r="N3" s="90"/>
+      <c r="O3" s="90"/>
+      <c r="P3" s="90"/>
+      <c r="Q3" s="90"/>
+      <c r="R3" s="90"/>
+      <c r="S3" s="90"/>
+      <c r="T3" s="90"/>
+      <c r="U3" s="90"/>
+      <c r="V3" s="90"/>
+      <c r="W3" s="90"/>
+      <c r="X3" s="90"/>
+      <c r="Y3" s="90"/>
+      <c r="Z3" s="90"/>
+      <c r="AA3" s="90"/>
+      <c r="AB3" s="90"/>
+      <c r="AC3" s="90"/>
+      <c r="AD3" s="90"/>
+      <c r="AE3" s="90"/>
+      <c r="AF3" s="90"/>
+      <c r="AG3" s="90"/>
+      <c r="AH3" s="90"/>
+      <c r="AI3" s="90"/>
+      <c r="AJ3" s="90"/>
+      <c r="AK3" s="90"/>
+      <c r="AL3" s="90"/>
+      <c r="AM3" s="90"/>
+      <c r="AN3" s="90"/>
+      <c r="AO3" s="90"/>
+      <c r="AP3" s="90"/>
       <c r="AQ3" s="23"/>
       <c r="AR3" s="23"/>
       <c r="AS3" s="23"/>
       <c r="AT3" s="23"/>
       <c r="AU3" s="24"/>
       <c r="AV3" s="23"/>
       <c r="AW3" s="23"/>
       <c r="AX3" s="23"/>
       <c r="AY3" s="23"/>
       <c r="AZ3" s="23"/>
       <c r="BA3" s="23"/>
       <c r="BB3" s="23"/>
       <c r="BC3" s="23"/>
       <c r="BD3" s="23"/>
       <c r="BE3" s="23"/>
       <c r="BF3" s="23"/>
       <c r="BG3" s="23"/>
       <c r="BH3" s="23"/>
       <c r="BI3" s="23"/>
       <c r="BJ3" s="23"/>
       <c r="BK3" s="23"/>
       <c r="BL3" s="23"/>
       <c r="BM3" s="23"/>
       <c r="BN3" s="23"/>
       <c r="BO3" s="23"/>
@@ -18964,196 +19144,211 @@
       <c r="CB3" s="23"/>
       <c r="CC3" s="23"/>
       <c r="CD3" s="23"/>
       <c r="CE3" s="23"/>
       <c r="CF3" s="23"/>
       <c r="CG3" s="23"/>
       <c r="CH3" s="23"/>
       <c r="CI3" s="23"/>
       <c r="CJ3" s="23"/>
       <c r="CK3" s="23"/>
       <c r="CL3" s="23"/>
       <c r="CM3" s="23"/>
       <c r="CN3" s="23"/>
       <c r="CO3" s="23"/>
       <c r="CP3" s="23"/>
       <c r="CQ3" s="23"/>
       <c r="CR3" s="23"/>
       <c r="CS3" s="23"/>
       <c r="CT3" s="23"/>
       <c r="CU3" s="23"/>
       <c r="CV3" s="23"/>
       <c r="CW3" s="23"/>
       <c r="CX3" s="23"/>
       <c r="CY3" s="23"/>
       <c r="CZ3" s="23"/>
-      <c r="DD3" s="7"/>
-[...6 lines deleted...]
-      <c r="DR3" s="1"/>
+      <c r="DA3" s="23"/>
+      <c r="DB3" s="23"/>
+      <c r="DC3" s="23"/>
+      <c r="DD3" s="23"/>
+      <c r="DH3" s="7"/>
+      <c r="DI3" s="7"/>
+      <c r="DJ3" s="7"/>
+      <c r="DL3" s="1"/>
       <c r="DS3" s="1"/>
+      <c r="DT3" s="1"/>
+      <c r="DU3" s="1"/>
+      <c r="DV3" s="1"/>
+      <c r="DW3" s="1"/>
+      <c r="DX3" s="1"/>
+      <c r="EG3" s="1"/>
+      <c r="EH3" s="1"/>
+      <c r="EI3" s="1"/>
+      <c r="EJ3" s="1"/>
+      <c r="EK3" s="1"/>
     </row>
     <row r="4" spans="1:150" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="21"/>
-      <c r="B4" s="86" t="s">
-[...132 lines deleted...]
-      <c r="EC4" s="86"/>
+      <c r="B4" s="91" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" s="91"/>
+      <c r="D4" s="91"/>
+      <c r="E4" s="91"/>
+      <c r="F4" s="91"/>
+      <c r="G4" s="91"/>
+      <c r="H4" s="91"/>
+      <c r="I4" s="91"/>
+      <c r="J4" s="91"/>
+      <c r="K4" s="91"/>
+      <c r="L4" s="91"/>
+      <c r="M4" s="91"/>
+      <c r="N4" s="91"/>
+      <c r="O4" s="91"/>
+      <c r="P4" s="91"/>
+      <c r="Q4" s="91"/>
+      <c r="R4" s="91"/>
+      <c r="S4" s="91"/>
+      <c r="T4" s="91"/>
+      <c r="U4" s="91"/>
+      <c r="V4" s="91"/>
+      <c r="W4" s="91"/>
+      <c r="X4" s="91"/>
+      <c r="Y4" s="91"/>
+      <c r="Z4" s="91"/>
+      <c r="AA4" s="91"/>
+      <c r="AB4" s="91"/>
+      <c r="AC4" s="91"/>
+      <c r="AD4" s="91"/>
+      <c r="AE4" s="91"/>
+      <c r="AF4" s="91"/>
+      <c r="AG4" s="91"/>
+      <c r="AH4" s="91"/>
+      <c r="AI4" s="91"/>
+      <c r="AJ4" s="91"/>
+      <c r="AK4" s="91"/>
+      <c r="AL4" s="91"/>
+      <c r="AM4" s="91"/>
+      <c r="AN4" s="91"/>
+      <c r="AO4" s="91"/>
+      <c r="AP4" s="91"/>
+      <c r="AQ4" s="91"/>
+      <c r="AR4" s="91"/>
+      <c r="AS4" s="91"/>
+      <c r="AT4" s="91"/>
+      <c r="AU4" s="91"/>
+      <c r="AV4" s="91"/>
+      <c r="AW4" s="91"/>
+      <c r="AX4" s="91"/>
+      <c r="AY4" s="91"/>
+      <c r="AZ4" s="91"/>
+      <c r="BA4" s="91"/>
+      <c r="BB4" s="91"/>
+      <c r="BC4" s="91"/>
+      <c r="BD4" s="91"/>
+      <c r="BE4" s="91"/>
+      <c r="BF4" s="91"/>
+      <c r="BG4" s="91"/>
+      <c r="BH4" s="91"/>
+      <c r="BI4" s="91"/>
+      <c r="BJ4" s="91"/>
+      <c r="BK4" s="91"/>
+      <c r="BL4" s="91"/>
+      <c r="BM4" s="91"/>
+      <c r="BN4" s="91"/>
+      <c r="BO4" s="91"/>
+      <c r="BP4" s="91"/>
+      <c r="BQ4" s="91"/>
+      <c r="BR4" s="91"/>
+      <c r="BS4" s="91"/>
+      <c r="BT4" s="91"/>
+      <c r="BU4" s="91"/>
+      <c r="BV4" s="91"/>
+      <c r="BW4" s="91"/>
+      <c r="BX4" s="91"/>
+      <c r="BY4" s="91"/>
+      <c r="BZ4" s="91"/>
+      <c r="CA4" s="91"/>
+      <c r="CB4" s="91"/>
+      <c r="CC4" s="91"/>
+      <c r="CD4" s="91"/>
+      <c r="CE4" s="91"/>
+      <c r="CF4" s="91"/>
+      <c r="CG4" s="91"/>
+      <c r="CH4" s="91"/>
+      <c r="CI4" s="91"/>
+      <c r="CJ4" s="91"/>
+      <c r="CK4" s="91"/>
+      <c r="CL4" s="91"/>
+      <c r="CM4" s="91"/>
+      <c r="CN4" s="91"/>
+      <c r="CO4" s="91"/>
+      <c r="CP4" s="91"/>
+      <c r="CQ4" s="91"/>
+      <c r="CR4" s="91"/>
+      <c r="CS4" s="91"/>
+      <c r="CT4" s="91"/>
+      <c r="CU4" s="91"/>
+      <c r="CV4" s="91"/>
+      <c r="CW4" s="91"/>
+      <c r="CX4" s="91"/>
+      <c r="CY4" s="91"/>
+      <c r="CZ4" s="91"/>
+      <c r="DA4" s="91"/>
+      <c r="DB4" s="91"/>
+      <c r="DC4" s="91"/>
+      <c r="DD4" s="91"/>
+      <c r="DE4" s="91"/>
+      <c r="DF4" s="91"/>
+      <c r="DG4" s="91"/>
+      <c r="DH4" s="91"/>
+      <c r="DI4" s="91"/>
+      <c r="DJ4" s="91"/>
+      <c r="DK4" s="91"/>
+      <c r="DL4" s="91"/>
+      <c r="DM4" s="91"/>
+      <c r="DN4" s="91"/>
+      <c r="DO4" s="91"/>
+      <c r="DP4" s="91"/>
+      <c r="DQ4" s="91"/>
+      <c r="DR4" s="91"/>
+      <c r="DS4" s="91"/>
+      <c r="DT4" s="91"/>
+      <c r="DU4" s="91"/>
+      <c r="DV4" s="91"/>
+      <c r="DW4" s="91"/>
+      <c r="DX4" s="91"/>
+      <c r="DY4" s="91"/>
+      <c r="DZ4" s="91"/>
+      <c r="EA4" s="91"/>
+      <c r="EB4" s="91"/>
+      <c r="EC4" s="91"/>
+      <c r="EG4" s="1"/>
+      <c r="EH4" s="1"/>
+      <c r="EI4" s="1"/>
+      <c r="EJ4" s="1"/>
+      <c r="EK4" s="1"/>
     </row>
     <row r="5" spans="1:150" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="25"/>
       <c r="B5" s="25"/>
       <c r="C5" s="25"/>
       <c r="D5" s="25"/>
       <c r="E5" s="25"/>
       <c r="F5" s="25"/>
       <c r="G5" s="25"/>
       <c r="H5" s="25"/>
       <c r="I5" s="25"/>
       <c r="J5" s="25"/>
       <c r="K5" s="25"/>
       <c r="L5" s="25"/>
       <c r="M5" s="25"/>
       <c r="N5" s="25"/>
       <c r="O5" s="25"/>
       <c r="P5" s="25"/>
       <c r="Q5" s="25"/>
       <c r="R5" s="25"/>
       <c r="S5" s="25"/>
       <c r="T5" s="25"/>
       <c r="U5" s="25"/>
       <c r="V5" s="25"/>
       <c r="W5" s="25"/>
@@ -19175,11154 +19370,11172 @@
       <c r="AM5" s="25"/>
       <c r="AN5" s="25"/>
       <c r="AO5" s="25"/>
       <c r="AP5" s="25"/>
       <c r="AQ5" s="25"/>
       <c r="AR5" s="25"/>
       <c r="AS5" s="25"/>
       <c r="AT5" s="25"/>
       <c r="AU5" s="26"/>
       <c r="AV5" s="25"/>
       <c r="AW5" s="25"/>
       <c r="AX5" s="25"/>
       <c r="AY5" s="25"/>
       <c r="AZ5" s="25"/>
       <c r="BA5" s="25"/>
       <c r="BB5" s="25"/>
       <c r="BC5" s="25"/>
       <c r="BD5" s="25"/>
       <c r="BE5" s="25"/>
       <c r="BP5" s="25"/>
       <c r="BQ5" s="25"/>
       <c r="BR5" s="25"/>
       <c r="BS5" s="25"/>
       <c r="BT5" s="25"/>
       <c r="BU5" s="25"/>
-      <c r="CS5" s="25"/>
-[...2 lines deleted...]
-      <c r="CV5" s="25"/>
       <c r="CW5" s="25"/>
       <c r="CX5" s="25"/>
       <c r="CY5" s="25"/>
       <c r="CZ5" s="25"/>
-      <c r="DD5" s="7"/>
-[...6 lines deleted...]
-      <c r="DR5" s="1"/>
+      <c r="DA5" s="25"/>
+      <c r="DB5" s="25"/>
+      <c r="DC5" s="25"/>
+      <c r="DD5" s="25"/>
+      <c r="DH5" s="7"/>
+      <c r="DI5" s="7"/>
+      <c r="DJ5" s="7"/>
+      <c r="DL5" s="1"/>
       <c r="DS5" s="1"/>
+      <c r="DT5" s="1"/>
+      <c r="DU5" s="1"/>
+      <c r="DV5" s="1"/>
+      <c r="DW5" s="1"/>
+      <c r="DX5" s="1"/>
+      <c r="EG5" s="1"/>
+      <c r="EH5" s="1"/>
+      <c r="EI5" s="1"/>
+      <c r="EJ5" s="1"/>
+      <c r="EK5" s="1"/>
     </row>
     <row r="6" spans="1:150" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C6" s="44" t="s">
-[...6 lines deleted...]
-      <c r="H6" s="44"/>
+      <c r="C6" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" s="50"/>
+      <c r="E6" s="50"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="50"/>
       <c r="I6" s="2"/>
-      <c r="J6" s="45" t="s">
-[...44 lines deleted...]
-      <c r="DR6" s="1"/>
+      <c r="J6" s="51" t="s">
+        <v>16</v>
+      </c>
+      <c r="K6" s="51"/>
+      <c r="L6" s="51"/>
+      <c r="M6" s="52"/>
+      <c r="N6" s="52"/>
+      <c r="O6" s="52"/>
+      <c r="P6" s="52"/>
+      <c r="Q6" s="52"/>
+      <c r="R6" s="52"/>
+      <c r="S6" s="52"/>
+      <c r="T6" s="52"/>
+      <c r="U6" s="52"/>
+      <c r="V6" s="52"/>
+      <c r="W6" s="52"/>
+      <c r="X6" s="52"/>
+      <c r="Y6" s="52"/>
+      <c r="Z6" s="52"/>
+      <c r="AA6" s="52"/>
+      <c r="AB6" s="52"/>
+      <c r="AE6" s="51" t="s">
+        <v>23</v>
+      </c>
+      <c r="AF6" s="51"/>
+      <c r="AG6" s="51"/>
+      <c r="AH6" s="51"/>
+      <c r="AI6" s="51"/>
+      <c r="AJ6" s="51"/>
+      <c r="AK6" s="51"/>
+      <c r="AL6" s="51"/>
+      <c r="AM6" s="51"/>
+      <c r="AN6" s="52"/>
+      <c r="AO6" s="52"/>
+      <c r="AP6" s="52"/>
+      <c r="AQ6" s="52"/>
+      <c r="AR6" s="52"/>
+      <c r="AS6" s="52"/>
+      <c r="AT6" s="52"/>
+      <c r="AU6" s="52"/>
+      <c r="BY6" s="36"/>
+      <c r="DL6" s="1"/>
       <c r="DS6" s="1"/>
+      <c r="DT6" s="1"/>
+      <c r="DU6" s="1"/>
+      <c r="DV6" s="1"/>
+      <c r="DW6" s="1"/>
+      <c r="DX6" s="1"/>
+      <c r="EG6" s="1"/>
+      <c r="EH6" s="1"/>
+      <c r="EI6" s="1"/>
+      <c r="EJ6" s="1"/>
+      <c r="EK6" s="1"/>
     </row>
     <row r="7" spans="1:150" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J7" s="29"/>
-[...30 lines deleted...]
-      <c r="AO7" s="29"/>
+      <c r="J7" s="20"/>
+      <c r="K7" s="20"/>
+      <c r="L7" s="20"/>
+      <c r="M7" s="20"/>
+      <c r="N7" s="20"/>
+      <c r="O7" s="20"/>
+      <c r="P7" s="20"/>
+      <c r="Q7" s="20"/>
+      <c r="R7" s="20"/>
+      <c r="S7" s="20"/>
+      <c r="T7" s="20"/>
+      <c r="U7" s="20"/>
+      <c r="V7" s="20"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
+      <c r="Y7" s="20"/>
+      <c r="Z7" s="20"/>
+      <c r="AA7" s="20"/>
+      <c r="AB7" s="20"/>
+      <c r="AC7" s="20"/>
+      <c r="AD7" s="20"/>
+      <c r="AE7" s="20"/>
+      <c r="AF7" s="20"/>
+      <c r="AG7" s="20"/>
+      <c r="AH7" s="20"/>
+      <c r="AI7" s="20"/>
+      <c r="AJ7" s="20"/>
+      <c r="AK7" s="20"/>
+      <c r="AL7" s="20"/>
+      <c r="AM7" s="20"/>
+      <c r="AN7" s="20"/>
+      <c r="AO7" s="20"/>
       <c r="AT7" s="27"/>
       <c r="AU7" s="7"/>
       <c r="AV7" s="7"/>
-      <c r="BY7" s="38"/>
-[...4 lines deleted...]
-      <c r="DR7" s="1"/>
+      <c r="BY7" s="36"/>
+      <c r="DL7" s="1"/>
       <c r="DS7" s="1"/>
+      <c r="DT7" s="1"/>
+      <c r="DU7" s="1"/>
+      <c r="DV7" s="1"/>
+      <c r="DW7" s="1"/>
+      <c r="DX7" s="1"/>
+      <c r="EG7" s="1"/>
+      <c r="EH7" s="1"/>
+      <c r="EI7" s="1"/>
+      <c r="EJ7" s="1"/>
+      <c r="EK7" s="1"/>
     </row>
     <row r="8" spans="1:150" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C8" s="44" t="s">
-[...6 lines deleted...]
-      <c r="H8" s="44"/>
+      <c r="C8" s="50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="50"/>
+      <c r="E8" s="50"/>
+      <c r="F8" s="50"/>
+      <c r="G8" s="50"/>
+      <c r="H8" s="50"/>
       <c r="I8" s="2"/>
-      <c r="J8" s="45" t="s">
+      <c r="J8" s="51" t="s">
         <v>2</v>
       </c>
-      <c r="K8" s="45"/>
-[...17 lines deleted...]
-      <c r="AE8" s="44" t="s">
+      <c r="K8" s="51"/>
+      <c r="L8" s="51"/>
+      <c r="M8" s="52"/>
+      <c r="N8" s="52"/>
+      <c r="O8" s="52"/>
+      <c r="P8" s="52"/>
+      <c r="Q8" s="52"/>
+      <c r="R8" s="52"/>
+      <c r="S8" s="52"/>
+      <c r="T8" s="52"/>
+      <c r="U8" s="52"/>
+      <c r="V8" s="52"/>
+      <c r="W8" s="52"/>
+      <c r="X8" s="52"/>
+      <c r="Y8" s="52"/>
+      <c r="Z8" s="52"/>
+      <c r="AA8" s="52"/>
+      <c r="AB8" s="52"/>
+      <c r="AE8" s="50" t="s">
         <v>0</v>
       </c>
-      <c r="AF8" s="44"/>
-[...57 lines deleted...]
-      <c r="DR8" s="1"/>
+      <c r="AF8" s="50"/>
+      <c r="AG8" s="50"/>
+      <c r="AH8" s="50"/>
+      <c r="AI8" s="50"/>
+      <c r="AJ8" s="53"/>
+      <c r="AK8" s="52"/>
+      <c r="AL8" s="52"/>
+      <c r="AM8" s="52"/>
+      <c r="AN8" s="52"/>
+      <c r="AO8" s="52"/>
+      <c r="AP8" s="52"/>
+      <c r="AQ8" s="52"/>
+      <c r="AR8" s="52"/>
+      <c r="AS8" s="52"/>
+      <c r="AT8" s="52"/>
+      <c r="AU8" s="52"/>
+      <c r="AX8" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="AY8" s="50"/>
+      <c r="AZ8" s="50"/>
+      <c r="BA8" s="50"/>
+      <c r="BB8" s="52"/>
+      <c r="BC8" s="52"/>
+      <c r="BD8" s="52"/>
+      <c r="BE8" s="52"/>
+      <c r="BF8" s="52"/>
+      <c r="BG8" s="52"/>
+      <c r="BH8" s="52"/>
+      <c r="BI8" s="52"/>
+      <c r="BJ8" s="52"/>
+      <c r="BK8" s="52"/>
+      <c r="BL8" s="52"/>
+      <c r="BM8" s="52"/>
+      <c r="BV8" s="43"/>
+      <c r="BW8" s="43"/>
+      <c r="BX8" s="43"/>
+      <c r="BY8" s="43"/>
+      <c r="BZ8" s="43"/>
+      <c r="CA8" s="43"/>
+      <c r="CB8" s="43"/>
+      <c r="CC8" s="43"/>
+      <c r="CD8" s="43"/>
+      <c r="CE8" s="43"/>
+      <c r="CG8" s="43"/>
+      <c r="CH8" s="43"/>
+      <c r="CI8" s="43"/>
+      <c r="CJ8" s="43"/>
+      <c r="CK8" s="43"/>
+      <c r="CL8" s="43"/>
+      <c r="CM8" s="43"/>
+      <c r="CN8" s="43"/>
+      <c r="CO8" s="43"/>
+      <c r="CP8" s="43"/>
+      <c r="CQ8" s="43"/>
+      <c r="CR8" s="43"/>
+      <c r="CS8" s="43"/>
+      <c r="DL8" s="1"/>
       <c r="DS8" s="1"/>
+      <c r="DT8" s="1"/>
+      <c r="DU8" s="1"/>
+      <c r="DV8" s="1"/>
+      <c r="DW8" s="1"/>
+      <c r="DX8" s="1"/>
+      <c r="EG8" s="1"/>
+      <c r="EH8" s="1"/>
+      <c r="EI8" s="1"/>
+      <c r="EJ8" s="1"/>
+      <c r="EK8" s="1"/>
     </row>
     <row r="9" spans="1:150" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="K9" s="20"/>
       <c r="L9" s="20"/>
       <c r="M9" s="20"/>
       <c r="N9" s="20"/>
       <c r="O9" s="20"/>
       <c r="P9" s="20"/>
       <c r="Q9" s="20"/>
       <c r="R9" s="20"/>
       <c r="S9" s="20"/>
       <c r="T9" s="20"/>
       <c r="U9" s="20"/>
       <c r="V9" s="20"/>
       <c r="W9" s="20"/>
       <c r="X9" s="20"/>
       <c r="Y9" s="20"/>
       <c r="Z9" s="20"/>
       <c r="AA9" s="20"/>
       <c r="AB9" s="20"/>
       <c r="AC9" s="20"/>
       <c r="AD9" s="20"/>
       <c r="AE9" s="20"/>
       <c r="AF9" s="20"/>
       <c r="AG9" s="20"/>
       <c r="AH9" s="20"/>
       <c r="AI9" s="20"/>
       <c r="AJ9" s="20"/>
       <c r="AK9" s="20"/>
       <c r="AL9" s="20"/>
       <c r="AM9" s="20"/>
       <c r="AN9" s="20"/>
       <c r="AO9" s="20"/>
       <c r="AP9" s="20"/>
       <c r="AU9" s="27"/>
       <c r="AV9" s="7"/>
       <c r="AW9" s="7"/>
-      <c r="BV9" s="41"/>
-[...23 lines deleted...]
-      <c r="DR9" s="1"/>
+      <c r="BV9" s="43"/>
+      <c r="BW9" s="43"/>
+      <c r="BX9" s="43"/>
+      <c r="BY9" s="43"/>
+      <c r="BZ9" s="43"/>
+      <c r="CA9" s="43"/>
+      <c r="CB9" s="43"/>
+      <c r="CC9" s="43"/>
+      <c r="CD9" s="43"/>
+      <c r="CE9" s="43"/>
       <c r="DS9" s="1"/>
+      <c r="DT9" s="1"/>
+      <c r="DU9" s="1"/>
+      <c r="DV9" s="1"/>
+      <c r="DW9" s="1"/>
+      <c r="DX9" s="1"/>
+      <c r="EG9" s="1"/>
+      <c r="EH9" s="1"/>
+      <c r="EI9" s="1"/>
+      <c r="EJ9" s="1"/>
+      <c r="EK9" s="1"/>
     </row>
     <row r="10" spans="1:150" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C10" s="28"/>
       <c r="AU10" s="27"/>
-      <c r="BV10" s="41"/>
-[...26 lines deleted...]
-      <c r="DR10" s="1"/>
+      <c r="BV10" s="43"/>
+      <c r="BW10" s="43"/>
+      <c r="BX10" s="43"/>
+      <c r="BY10" s="43"/>
+      <c r="BZ10" s="43"/>
+      <c r="CA10" s="43"/>
+      <c r="CB10" s="43"/>
+      <c r="CC10" s="43"/>
+      <c r="CD10" s="43"/>
+      <c r="CE10" s="43"/>
       <c r="DS10" s="1"/>
+      <c r="DT10" s="1"/>
+      <c r="DU10" s="1"/>
+      <c r="DV10" s="1"/>
+      <c r="DW10" s="1"/>
+      <c r="DX10" s="1"/>
+      <c r="EG10" s="1"/>
+      <c r="EH10" s="1"/>
+      <c r="EI10" s="1"/>
+      <c r="EJ10" s="1"/>
+      <c r="EK10" s="1"/>
     </row>
     <row r="11" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="23" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="23"/>
       <c r="R11" s="23"/>
       <c r="S11" s="23"/>
       <c r="T11" s="23"/>
       <c r="U11" s="23"/>
       <c r="V11" s="23"/>
       <c r="W11" s="23"/>
-      <c r="X11" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X11" s="30"/>
       <c r="Y11" s="23"/>
       <c r="Z11" s="23"/>
       <c r="AA11" s="23"/>
       <c r="AB11" s="23"/>
       <c r="AC11" s="23"/>
       <c r="AD11" s="23"/>
       <c r="AE11" s="23"/>
       <c r="AF11" s="23"/>
       <c r="AG11" s="23"/>
       <c r="AH11" s="23"/>
       <c r="AI11" s="23"/>
       <c r="AJ11" s="23"/>
       <c r="AK11" s="23"/>
       <c r="AL11" s="23"/>
       <c r="AM11" s="23"/>
       <c r="AN11" s="23"/>
       <c r="AO11" s="23"/>
       <c r="AP11" s="23"/>
-      <c r="AQ11" s="30"/>
+      <c r="AQ11" s="29"/>
       <c r="AR11" s="22"/>
       <c r="AS11" s="22"/>
       <c r="AT11" s="22"/>
       <c r="AU11" s="22"/>
-      <c r="AV11" s="31" t="s">
-[...76 lines deleted...]
-      </c>
+      <c r="AV11" s="30"/>
+      <c r="AW11" s="30"/>
+      <c r="AX11" s="30"/>
+      <c r="AY11" s="30"/>
+      <c r="AZ11" s="30"/>
+      <c r="BA11" s="30"/>
+      <c r="BB11" s="30"/>
+      <c r="BC11" s="30"/>
+      <c r="BD11" s="30"/>
+      <c r="BE11" s="30"/>
+      <c r="BF11" s="30"/>
+      <c r="BG11" s="30"/>
+      <c r="BH11" s="30"/>
+      <c r="BI11" s="30"/>
+      <c r="BJ11" s="30"/>
+      <c r="BK11" s="30"/>
+      <c r="BL11" s="30"/>
+      <c r="BM11" s="30"/>
+      <c r="BN11" s="30"/>
+      <c r="BO11" s="30"/>
+      <c r="BP11" s="30"/>
+      <c r="BQ11" s="30"/>
+      <c r="BR11" s="30"/>
+      <c r="BS11" s="30"/>
+      <c r="BT11" s="30"/>
+      <c r="BU11" s="30"/>
+      <c r="BV11" s="43"/>
+      <c r="BW11" s="43"/>
+      <c r="BX11" s="43"/>
+      <c r="BY11" s="43"/>
+      <c r="BZ11" s="43"/>
+      <c r="CA11" s="43"/>
+      <c r="CB11" s="43"/>
+      <c r="CC11" s="43"/>
+      <c r="CD11" s="43"/>
+      <c r="CE11" s="43"/>
+      <c r="CF11" s="98" t="s">
+        <v>73</v>
+      </c>
+      <c r="CG11" s="98"/>
+      <c r="CH11" s="98"/>
+      <c r="CI11" s="98"/>
+      <c r="CJ11" s="98"/>
+      <c r="CK11" s="98"/>
+      <c r="CL11" s="98"/>
+      <c r="CM11" s="98"/>
+      <c r="CN11" s="98"/>
+      <c r="CO11" s="98"/>
+      <c r="CP11" s="98"/>
+      <c r="CQ11" s="98"/>
+      <c r="CR11" s="98"/>
+      <c r="CS11" s="98"/>
+      <c r="CT11" s="98"/>
+      <c r="CU11" s="98"/>
+      <c r="CV11" s="98"/>
+      <c r="CW11" s="98"/>
+      <c r="CX11" s="98"/>
+      <c r="CY11" s="98"/>
+      <c r="CZ11" s="98"/>
+      <c r="DA11" s="98"/>
+      <c r="DB11" s="98"/>
+      <c r="DC11" s="98"/>
+      <c r="DD11" s="98"/>
+      <c r="DE11" s="98"/>
+      <c r="DF11" s="98"/>
+      <c r="DG11" s="98"/>
+      <c r="DH11" s="98"/>
+      <c r="DI11" s="98"/>
+      <c r="DJ11" s="98"/>
+      <c r="DK11" s="98"/>
+      <c r="DL11" s="98"/>
+      <c r="DM11" s="98"/>
+      <c r="DN11" s="22"/>
+      <c r="DO11" s="22"/>
+      <c r="DP11" s="22"/>
+      <c r="DQ11" s="3"/>
+      <c r="DR11" s="3"/>
+      <c r="DS11" s="8"/>
+      <c r="DW11" s="39"/>
+      <c r="EG11" s="39"/>
+      <c r="EH11" s="1"/>
+      <c r="EI11" s="1"/>
+      <c r="EJ11" s="1"/>
+      <c r="EK11" s="1"/>
     </row>
     <row r="12" spans="1:150" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="K12" s="20"/>
       <c r="L12" s="20"/>
       <c r="M12" s="20"/>
       <c r="N12" s="20"/>
       <c r="O12" s="20"/>
       <c r="P12" s="20"/>
       <c r="Q12" s="20"/>
       <c r="R12" s="20"/>
       <c r="S12" s="20"/>
       <c r="T12" s="20"/>
       <c r="U12" s="20"/>
       <c r="V12" s="20"/>
       <c r="W12" s="20"/>
       <c r="X12" s="20"/>
       <c r="Y12" s="20"/>
       <c r="Z12" s="20"/>
       <c r="AA12" s="20"/>
       <c r="AB12" s="20"/>
       <c r="AC12" s="20"/>
       <c r="AD12" s="20"/>
       <c r="AE12" s="20"/>
       <c r="AF12" s="20"/>
       <c r="AG12" s="20"/>
       <c r="AH12" s="20"/>
       <c r="AI12" s="20"/>
       <c r="AJ12" s="20"/>
       <c r="AK12" s="20"/>
       <c r="AL12" s="20"/>
       <c r="AM12" s="20"/>
       <c r="AN12" s="20"/>
       <c r="AO12" s="20"/>
       <c r="AP12" s="20"/>
       <c r="AU12" s="27"/>
       <c r="AV12" s="7"/>
       <c r="AW12" s="7"/>
-      <c r="DN12" s="1"/>
-[...3 lines deleted...]
-      <c r="DR12" s="1"/>
+      <c r="CF12" s="98"/>
+      <c r="CG12" s="98"/>
+      <c r="CH12" s="98"/>
+      <c r="CI12" s="98"/>
+      <c r="CJ12" s="98"/>
+      <c r="CK12" s="98"/>
+      <c r="CL12" s="98"/>
+      <c r="CM12" s="98"/>
+      <c r="CN12" s="98"/>
+      <c r="CO12" s="98"/>
+      <c r="CP12" s="98"/>
+      <c r="CQ12" s="98"/>
+      <c r="CR12" s="98"/>
+      <c r="CS12" s="98"/>
+      <c r="CT12" s="98"/>
+      <c r="CU12" s="98"/>
+      <c r="CV12" s="98"/>
+      <c r="CW12" s="98"/>
+      <c r="CX12" s="98"/>
+      <c r="CY12" s="98"/>
+      <c r="CZ12" s="98"/>
+      <c r="DA12" s="98"/>
+      <c r="DB12" s="98"/>
+      <c r="DC12" s="98"/>
+      <c r="DD12" s="98"/>
+      <c r="DE12" s="98"/>
+      <c r="DF12" s="98"/>
+      <c r="DG12" s="98"/>
+      <c r="DH12" s="98"/>
+      <c r="DI12" s="98"/>
+      <c r="DJ12" s="98"/>
+      <c r="DK12" s="98"/>
+      <c r="DL12" s="98"/>
+      <c r="DM12" s="98"/>
       <c r="DS12" s="1"/>
+      <c r="DT12" s="1"/>
+      <c r="DU12" s="1"/>
+      <c r="DV12" s="1"/>
+      <c r="DW12" s="1"/>
+      <c r="DX12" s="1"/>
+      <c r="EG12" s="1"/>
+      <c r="EH12" s="1"/>
+      <c r="EI12" s="1"/>
+      <c r="EJ12" s="1"/>
+      <c r="EK12" s="1"/>
     </row>
     <row r="13" spans="1:150" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="42" t="s">
+      <c r="B13" s="68" t="s">
         <v>1</v>
       </c>
-      <c r="C13" s="42"/>
-      <c r="D13" s="42" t="s">
+      <c r="C13" s="68"/>
+      <c r="D13" s="68" t="s">
         <v>5</v>
       </c>
-      <c r="E13" s="42"/>
-[...6 lines deleted...]
-      <c r="J13" s="42" t="s">
+      <c r="E13" s="68"/>
+      <c r="F13" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="68"/>
+      <c r="H13" s="68"/>
+      <c r="I13" s="68"/>
+      <c r="J13" s="68" t="s">
         <v>6</v>
       </c>
-      <c r="K13" s="42"/>
-[...42 lines deleted...]
-      <c r="AV13" s="42" t="s">
+      <c r="K13" s="68"/>
+      <c r="L13" s="68"/>
+      <c r="M13" s="68"/>
+      <c r="N13" s="68"/>
+      <c r="O13" s="68"/>
+      <c r="P13" s="68"/>
+      <c r="Q13" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="R13" s="79"/>
+      <c r="S13" s="79"/>
+      <c r="T13" s="79"/>
+      <c r="U13" s="79"/>
+      <c r="V13" s="79"/>
+      <c r="W13" s="80"/>
+      <c r="X13" s="84" t="s">
+        <v>25</v>
+      </c>
+      <c r="Y13" s="84"/>
+      <c r="Z13" s="84"/>
+      <c r="AA13" s="84"/>
+      <c r="AB13" s="84"/>
+      <c r="AC13" s="84"/>
+      <c r="AD13" s="84"/>
+      <c r="AE13" s="84"/>
+      <c r="AF13" s="84"/>
+      <c r="AG13" s="84"/>
+      <c r="AH13" s="84"/>
+      <c r="AI13" s="84"/>
+      <c r="AJ13" s="84" t="s">
+        <v>26</v>
+      </c>
+      <c r="AK13" s="84"/>
+      <c r="AL13" s="84"/>
+      <c r="AM13" s="84"/>
+      <c r="AN13" s="84"/>
+      <c r="AO13" s="84"/>
+      <c r="AP13" s="84"/>
+      <c r="AQ13" s="84"/>
+      <c r="AR13" s="84"/>
+      <c r="AS13" s="84"/>
+      <c r="AT13" s="84"/>
+      <c r="AU13" s="84"/>
+      <c r="AV13" s="68" t="s">
+        <v>48</v>
+      </c>
+      <c r="AW13" s="68"/>
+      <c r="AX13" s="68"/>
+      <c r="AY13" s="68"/>
+      <c r="AZ13" s="85" t="s">
+        <v>49</v>
+      </c>
+      <c r="BA13" s="86"/>
+      <c r="BB13" s="86"/>
+      <c r="BC13" s="86"/>
+      <c r="BD13" s="85" t="s">
+        <v>50</v>
+      </c>
+      <c r="BE13" s="86"/>
+      <c r="BF13" s="86"/>
+      <c r="BG13" s="86"/>
+      <c r="BH13" s="85" t="s">
+        <v>51</v>
+      </c>
+      <c r="BI13" s="86"/>
+      <c r="BJ13" s="86"/>
+      <c r="BK13" s="86"/>
+      <c r="BL13" s="87" t="s">
         <v>52</v>
       </c>
-      <c r="AW13" s="42"/>
-[...2 lines deleted...]
-      <c r="AZ13" s="80" t="s">
+      <c r="BM13" s="87"/>
+      <c r="BN13" s="87"/>
+      <c r="BO13" s="87"/>
+      <c r="BP13" s="85" t="s">
+        <v>53</v>
+      </c>
+      <c r="BQ13" s="86"/>
+      <c r="BR13" s="86"/>
+      <c r="BS13" s="86"/>
+      <c r="BT13" s="85" t="s">
         <v>54</v>
       </c>
-      <c r="BA13" s="81"/>
-[...2 lines deleted...]
-      <c r="BD13" s="80" t="s">
+      <c r="BU13" s="86"/>
+      <c r="BV13" s="86"/>
+      <c r="BW13" s="86"/>
+      <c r="BX13" s="85" t="s">
         <v>55</v>
       </c>
-      <c r="BE13" s="81"/>
-[...2 lines deleted...]
-      <c r="BH13" s="80" t="s">
+      <c r="BY13" s="86"/>
+      <c r="BZ13" s="86"/>
+      <c r="CA13" s="86"/>
+      <c r="CB13" s="87" t="s">
         <v>56</v>
       </c>
-      <c r="BI13" s="81"/>
-[...44 lines deleted...]
-      <c r="CN13" s="66" t="s">
+      <c r="CC13" s="87"/>
+      <c r="CD13" s="87"/>
+      <c r="CE13" s="87"/>
+      <c r="CF13" s="56" t="s">
+        <v>14</v>
+      </c>
+      <c r="CG13" s="57"/>
+      <c r="CH13" s="57"/>
+      <c r="CI13" s="73"/>
+      <c r="CJ13" s="56" t="s">
+        <v>78</v>
+      </c>
+      <c r="CK13" s="57"/>
+      <c r="CL13" s="57"/>
+      <c r="CM13" s="73"/>
+      <c r="CN13" s="56" t="s">
+        <v>74</v>
+      </c>
+      <c r="CO13" s="57"/>
+      <c r="CP13" s="57"/>
+      <c r="CQ13" s="57"/>
+      <c r="CR13" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="CS13" s="57"/>
+      <c r="CT13" s="57"/>
+      <c r="CU13" s="57"/>
+      <c r="CV13" s="57"/>
+      <c r="CW13" s="57"/>
+      <c r="CX13" s="57"/>
+      <c r="CY13" s="57"/>
+      <c r="CZ13" s="57"/>
+      <c r="DA13" s="73"/>
+      <c r="DB13" s="56" t="s">
         <v>12</v>
       </c>
-      <c r="CO13" s="67"/>
-[...27 lines deleted...]
-      <c r="DM13" s="66" t="s">
+      <c r="DC13" s="57"/>
+      <c r="DD13" s="57"/>
+      <c r="DE13" s="57"/>
+      <c r="DF13" s="57"/>
+      <c r="DG13" s="57"/>
+      <c r="DH13" s="57"/>
+      <c r="DI13" s="57"/>
+      <c r="DJ13" s="57"/>
+      <c r="DK13" s="73"/>
+      <c r="DL13" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="DM13" s="56" t="s">
         <v>24</v>
       </c>
-      <c r="DN13" s="67"/>
-[...10 lines deleted...]
-      <c r="DW13" s="42" t="s">
+      <c r="DN13" s="57"/>
+      <c r="DO13" s="57"/>
+      <c r="DP13" s="57"/>
+      <c r="DQ13" s="73"/>
+      <c r="DR13" s="56" t="s">
+        <v>21</v>
+      </c>
+      <c r="DS13" s="57"/>
+      <c r="DT13" s="57"/>
+      <c r="DU13" s="57"/>
+      <c r="DV13" s="73"/>
+      <c r="DW13" s="68" t="s">
+        <v>71</v>
+      </c>
+      <c r="DX13" s="68"/>
+      <c r="DY13" s="68"/>
+      <c r="DZ13" s="68"/>
+      <c r="EA13" s="68"/>
+      <c r="EB13" s="68" t="s">
+        <v>72</v>
+      </c>
+      <c r="EC13" s="68"/>
+      <c r="ED13" s="68"/>
+      <c r="EE13" s="68"/>
+      <c r="EF13" s="68"/>
+      <c r="EG13" s="68" t="s">
         <v>9</v>
       </c>
-      <c r="DX13" s="42"/>
-[...10 lines deleted...]
-      <c r="EG13" s="42" t="s">
+      <c r="EH13" s="68"/>
+      <c r="EI13" s="68"/>
+      <c r="EJ13" s="68"/>
+      <c r="EK13" s="68"/>
+      <c r="EL13" s="68" t="s">
         <v>10</v>
       </c>
-      <c r="EH13" s="42"/>
-[...13 lines deleted...]
-      <c r="ET13" s="42"/>
+      <c r="EM13" s="68"/>
+      <c r="EN13" s="68"/>
+      <c r="EO13" s="68"/>
+      <c r="EP13" s="68"/>
+      <c r="EQ13" s="68"/>
+      <c r="ER13" s="68"/>
+      <c r="ES13" s="68"/>
+      <c r="ET13" s="68"/>
     </row>
     <row r="14" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
-      <c r="B14" s="42"/>
-[...45 lines deleted...]
-      <c r="AV14" s="42" t="s">
+      <c r="B14" s="68"/>
+      <c r="C14" s="68"/>
+      <c r="D14" s="68"/>
+      <c r="E14" s="68"/>
+      <c r="F14" s="68"/>
+      <c r="G14" s="68"/>
+      <c r="H14" s="68"/>
+      <c r="I14" s="68"/>
+      <c r="J14" s="68"/>
+      <c r="K14" s="68"/>
+      <c r="L14" s="68"/>
+      <c r="M14" s="68"/>
+      <c r="N14" s="68"/>
+      <c r="O14" s="68"/>
+      <c r="P14" s="68"/>
+      <c r="Q14" s="81"/>
+      <c r="R14" s="82"/>
+      <c r="S14" s="82"/>
+      <c r="T14" s="82"/>
+      <c r="U14" s="82"/>
+      <c r="V14" s="82"/>
+      <c r="W14" s="83"/>
+      <c r="X14" s="84"/>
+      <c r="Y14" s="84"/>
+      <c r="Z14" s="84"/>
+      <c r="AA14" s="84"/>
+      <c r="AB14" s="84"/>
+      <c r="AC14" s="84"/>
+      <c r="AD14" s="84"/>
+      <c r="AE14" s="84"/>
+      <c r="AF14" s="84"/>
+      <c r="AG14" s="84"/>
+      <c r="AH14" s="84"/>
+      <c r="AI14" s="84"/>
+      <c r="AJ14" s="84"/>
+      <c r="AK14" s="84"/>
+      <c r="AL14" s="84"/>
+      <c r="AM14" s="84"/>
+      <c r="AN14" s="84"/>
+      <c r="AO14" s="84"/>
+      <c r="AP14" s="84"/>
+      <c r="AQ14" s="84"/>
+      <c r="AR14" s="84"/>
+      <c r="AS14" s="84"/>
+      <c r="AT14" s="84"/>
+      <c r="AU14" s="84"/>
+      <c r="AV14" s="68" t="s">
         <v>7</v>
       </c>
-      <c r="AW14" s="42"/>
-      <c r="AX14" s="42" t="s">
+      <c r="AW14" s="68"/>
+      <c r="AX14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="AY14" s="42"/>
-      <c r="AZ14" s="83" t="s">
+      <c r="AY14" s="68"/>
+      <c r="AZ14" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="BA14" s="84"/>
-      <c r="BB14" s="42" t="s">
+      <c r="BA14" s="89"/>
+      <c r="BB14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="BC14" s="42"/>
-      <c r="BD14" s="83" t="s">
+      <c r="BC14" s="68"/>
+      <c r="BD14" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="BE14" s="84"/>
-      <c r="BF14" s="42" t="s">
+      <c r="BE14" s="89"/>
+      <c r="BF14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="BG14" s="42"/>
-      <c r="BH14" s="83" t="s">
+      <c r="BG14" s="68"/>
+      <c r="BH14" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="BI14" s="84"/>
-      <c r="BJ14" s="42" t="s">
+      <c r="BI14" s="89"/>
+      <c r="BJ14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="BK14" s="42"/>
-      <c r="BL14" s="42" t="s">
+      <c r="BK14" s="68"/>
+      <c r="BL14" s="68" t="s">
         <v>7</v>
       </c>
-      <c r="BM14" s="42"/>
-      <c r="BN14" s="42" t="s">
+      <c r="BM14" s="68"/>
+      <c r="BN14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="BO14" s="42"/>
-      <c r="BP14" s="83" t="s">
+      <c r="BO14" s="68"/>
+      <c r="BP14" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="BQ14" s="84"/>
-      <c r="BR14" s="42" t="s">
+      <c r="BQ14" s="89"/>
+      <c r="BR14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="BS14" s="42"/>
-      <c r="BT14" s="83" t="s">
+      <c r="BS14" s="68"/>
+      <c r="BT14" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="BU14" s="84"/>
-      <c r="BV14" s="42" t="s">
+      <c r="BU14" s="89"/>
+      <c r="BV14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="BW14" s="42"/>
-      <c r="BX14" s="83" t="s">
+      <c r="BW14" s="68"/>
+      <c r="BX14" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="BY14" s="84"/>
-      <c r="BZ14" s="42" t="s">
+      <c r="BY14" s="89"/>
+      <c r="BZ14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="CA14" s="42"/>
-      <c r="CB14" s="42" t="s">
+      <c r="CA14" s="68"/>
+      <c r="CB14" s="68" t="s">
         <v>7</v>
       </c>
-      <c r="CC14" s="42"/>
-      <c r="CD14" s="42" t="s">
+      <c r="CC14" s="68"/>
+      <c r="CD14" s="68" t="s">
         <v>8</v>
       </c>
-      <c r="CE14" s="42"/>
-[...8 lines deleted...]
-      <c r="CN14" s="72" t="s">
+      <c r="CE14" s="68"/>
+      <c r="CF14" s="74"/>
+      <c r="CG14" s="75"/>
+      <c r="CH14" s="75"/>
+      <c r="CI14" s="76"/>
+      <c r="CJ14" s="74"/>
+      <c r="CK14" s="75"/>
+      <c r="CL14" s="75"/>
+      <c r="CM14" s="76"/>
+      <c r="CN14" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="CO14" s="72"/>
-[...3 lines deleted...]
-      <c r="CS14" s="72" t="s">
+      <c r="CO14" s="59"/>
+      <c r="CP14" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="CT14" s="72"/>
-[...3 lines deleted...]
-      <c r="CX14" s="72" t="s">
+      <c r="CQ14" s="59"/>
+      <c r="CR14" s="77" t="s">
         <v>7</v>
       </c>
-      <c r="CY14" s="72"/>
-[...3 lines deleted...]
-      <c r="DC14" s="72" t="s">
+      <c r="CS14" s="77"/>
+      <c r="CT14" s="77"/>
+      <c r="CU14" s="77"/>
+      <c r="CV14" s="77"/>
+      <c r="CW14" s="77" t="s">
         <v>8</v>
       </c>
-      <c r="DD14" s="72"/>
-[...41 lines deleted...]
-      <c r="ET14" s="42"/>
+      <c r="CX14" s="77"/>
+      <c r="CY14" s="77"/>
+      <c r="CZ14" s="77"/>
+      <c r="DA14" s="77"/>
+      <c r="DB14" s="77" t="s">
+        <v>7</v>
+      </c>
+      <c r="DC14" s="77"/>
+      <c r="DD14" s="77"/>
+      <c r="DE14" s="77"/>
+      <c r="DF14" s="77"/>
+      <c r="DG14" s="77" t="s">
+        <v>8</v>
+      </c>
+      <c r="DH14" s="77"/>
+      <c r="DI14" s="77"/>
+      <c r="DJ14" s="77"/>
+      <c r="DK14" s="77"/>
+      <c r="DL14" s="97"/>
+      <c r="DM14" s="74"/>
+      <c r="DN14" s="75"/>
+      <c r="DO14" s="75"/>
+      <c r="DP14" s="75"/>
+      <c r="DQ14" s="76"/>
+      <c r="DR14" s="74"/>
+      <c r="DS14" s="75"/>
+      <c r="DT14" s="75"/>
+      <c r="DU14" s="75"/>
+      <c r="DV14" s="76"/>
+      <c r="DW14" s="68"/>
+      <c r="DX14" s="68"/>
+      <c r="DY14" s="68"/>
+      <c r="DZ14" s="68"/>
+      <c r="EA14" s="68"/>
+      <c r="EB14" s="68"/>
+      <c r="EC14" s="68"/>
+      <c r="ED14" s="68"/>
+      <c r="EE14" s="68"/>
+      <c r="EF14" s="68"/>
+      <c r="EG14" s="68"/>
+      <c r="EH14" s="68"/>
+      <c r="EI14" s="68"/>
+      <c r="EJ14" s="68"/>
+      <c r="EK14" s="68"/>
+      <c r="EL14" s="68"/>
+      <c r="EM14" s="68"/>
+      <c r="EN14" s="68"/>
+      <c r="EO14" s="68"/>
+      <c r="EP14" s="68"/>
+      <c r="EQ14" s="68"/>
+      <c r="ER14" s="68"/>
+      <c r="ES14" s="68"/>
+      <c r="ET14" s="68"/>
     </row>
     <row r="15" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
-      <c r="B15" s="60">
+      <c r="B15" s="67">
         <v>1</v>
       </c>
-      <c r="C15" s="42"/>
-[...172 lines deleted...]
-      <c r="ET15" s="54"/>
+      <c r="C15" s="68"/>
+      <c r="D15" s="69"/>
+      <c r="E15" s="70"/>
+      <c r="F15" s="71"/>
+      <c r="G15" s="66"/>
+      <c r="H15" s="66"/>
+      <c r="I15" s="72"/>
+      <c r="J15" s="64"/>
+      <c r="K15" s="64"/>
+      <c r="L15" s="64"/>
+      <c r="M15" s="64"/>
+      <c r="N15" s="64"/>
+      <c r="O15" s="64"/>
+      <c r="P15" s="64"/>
+      <c r="Q15" s="45"/>
+      <c r="R15" s="63"/>
+      <c r="S15" s="63"/>
+      <c r="T15" s="63"/>
+      <c r="U15" s="63"/>
+      <c r="V15" s="63"/>
+      <c r="W15" s="46"/>
+      <c r="X15" s="45"/>
+      <c r="Y15" s="63"/>
+      <c r="Z15" s="63"/>
+      <c r="AA15" s="63"/>
+      <c r="AB15" s="63"/>
+      <c r="AC15" s="63"/>
+      <c r="AD15" s="63"/>
+      <c r="AE15" s="63"/>
+      <c r="AF15" s="63"/>
+      <c r="AG15" s="63"/>
+      <c r="AH15" s="63"/>
+      <c r="AI15" s="46"/>
+      <c r="AJ15" s="45"/>
+      <c r="AK15" s="63"/>
+      <c r="AL15" s="63"/>
+      <c r="AM15" s="63"/>
+      <c r="AN15" s="63"/>
+      <c r="AO15" s="63"/>
+      <c r="AP15" s="63"/>
+      <c r="AQ15" s="63"/>
+      <c r="AR15" s="63"/>
+      <c r="AS15" s="63"/>
+      <c r="AT15" s="63"/>
+      <c r="AU15" s="46"/>
+      <c r="AV15" s="45"/>
+      <c r="AW15" s="46"/>
+      <c r="AX15" s="45"/>
+      <c r="AY15" s="46"/>
+      <c r="AZ15" s="60" t="str" cm="1">
+        <f t="array" ref="AZ15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AV15="有のみ"),"T+1",AND(LEFT($Q15,4)="金銭設定",$AV15="両方可"),"T+1",AND(LEFT($Q15,4)="現物設定",$AV15="有のみ"),"T+0",AND(LEFT($Q15,4)="現物設定",$AV15="両方可"),"T+0",$AV15="無のみ","",$AV15="","")</f>
+        <v/>
+      </c>
+      <c r="BA15" s="61"/>
+      <c r="BB15" s="60" t="str" cm="1">
+        <f t="array" ref="BB15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AX15="有のみ"),"T+1",AND(LEFT($Q15,4)="金銭設定",$AX15="両方可"),"T+1",AND(LEFT($Q15,4)="現物設定",$AX15="有のみ"),"T+0",AND(LEFT($Q15,4)="現物設定",$AX15="両方可"),"T+0",$AX15="無のみ","",$AX15="","")</f>
+        <v/>
+      </c>
+      <c r="BC15" s="61"/>
+      <c r="BD15" s="60" t="str" cm="1">
+        <f t="array" ref="BD15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AV15="有のみ"),"T+1",AND(LEFT($Q15,4)="金銭設定",$AV15="両方可"),"T+1",AND(LEFT($Q15,4)="現物設定",$AV15="有のみ"),"T+0",AND(LEFT($Q15,4)="現物設定",$AV15="両方可"),"T+0",$AV15="無のみ","",$AV15="","")</f>
+        <v/>
+      </c>
+      <c r="BE15" s="61"/>
+      <c r="BF15" s="60" t="str" cm="1">
+        <f t="array" ref="BF15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AX15="有のみ"),"T+1",AND(LEFT($Q15,4)="金銭設定",$AX15="両方可"),"T+1",AND(LEFT($Q15,4)="現物設定",$AX15="有のみ"),"T+0",AND(LEFT($Q15,4)="現物設定",$AX15="両方可"),"T+0",$AX15="無のみ","",$AX15="","")</f>
+        <v/>
+      </c>
+      <c r="BG15" s="61"/>
+      <c r="BH15" s="60" t="str" cm="1">
+        <f t="array" ref="BH15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AV15="有のみ"),"T+2",AND(LEFT($Q15,4)="金銭設定",$AV15="両方可"),"T+2",AND(LEFT($Q15,4)="現物設定",$AV15="有のみ"),"T+1",AND(LEFT($Q15,4)="現物設定",$AV15="両方可"),"T+1",$AV15="無のみ","",$AV15="","")</f>
+        <v/>
+      </c>
+      <c r="BI15" s="61"/>
+      <c r="BJ15" s="60" t="str" cm="1">
+        <f t="array" ref="BJ15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AX15="有のみ"),"T+2",AND(LEFT($Q15,4)="金銭設定",$AX15="両方可"),"T+2",AND(LEFT($Q15,4)="現物設定",$AX15="有のみ"),"T+1",AND(LEFT($Q15,4)="現物設定",$AX15="両方可"),"T+1",$AX15="無のみ","",$AX15="","")</f>
+        <v/>
+      </c>
+      <c r="BK15" s="61"/>
+      <c r="BL15" s="60" t="str" cm="1">
+        <f t="array" ref="BL15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AV15="有のみ"),"T+2",AND(LEFT($Q15,4)="金銭設定",$AV15="両方可"),"T+2",AND(LEFT($Q15,4)="現物設定",$AV15="有のみ"),"T+2",AND(LEFT($Q15,4)="現物設定",$AV15="両方可"),"T+2",$AV15="無のみ","",$AV15="","")</f>
+        <v/>
+      </c>
+      <c r="BM15" s="61"/>
+      <c r="BN15" s="60" t="str" cm="1">
+        <f t="array" ref="BN15">_xlfn.IFS(AND(LEFT($Q15,4)="金銭設定",$AX15="有のみ"),"T+2",AND(LEFT($Q15,4)="金銭設定",$AX15="両方可"),"T+2",AND(LEFT($Q15,4)="現物設定",$AX15="有のみ"),"T+2",AND(LEFT($Q15,4)="現物設定",$AX15="両方可"),"T+2",$AX15="無のみ","",$AX15="","")</f>
+        <v/>
+      </c>
+      <c r="BO15" s="61"/>
+      <c r="BP15" s="45"/>
+      <c r="BQ15" s="63"/>
+      <c r="BR15" s="45"/>
+      <c r="BS15" s="63"/>
+      <c r="BT15" s="45"/>
+      <c r="BU15" s="63"/>
+      <c r="BV15" s="45"/>
+      <c r="BW15" s="63"/>
+      <c r="BX15" s="45"/>
+      <c r="BY15" s="63"/>
+      <c r="BZ15" s="45"/>
+      <c r="CA15" s="63"/>
+      <c r="CB15" s="45"/>
+      <c r="CC15" s="63"/>
+      <c r="CD15" s="45"/>
+      <c r="CE15" s="63"/>
+      <c r="CF15" s="65"/>
+      <c r="CG15" s="66"/>
+      <c r="CH15" s="66"/>
+      <c r="CI15" s="66"/>
+      <c r="CJ15" s="65"/>
+      <c r="CK15" s="66"/>
+      <c r="CL15" s="66"/>
+      <c r="CM15" s="66"/>
+      <c r="CN15" s="45"/>
+      <c r="CO15" s="46"/>
+      <c r="CP15" s="45"/>
+      <c r="CQ15" s="46"/>
+      <c r="CR15" s="47"/>
+      <c r="CS15" s="47"/>
+      <c r="CT15" s="47"/>
+      <c r="CU15" s="47"/>
+      <c r="CV15" s="47"/>
+      <c r="CW15" s="47"/>
+      <c r="CX15" s="47"/>
+      <c r="CY15" s="47"/>
+      <c r="CZ15" s="47"/>
+      <c r="DA15" s="47"/>
+      <c r="DB15" s="47"/>
+      <c r="DC15" s="47"/>
+      <c r="DD15" s="47"/>
+      <c r="DE15" s="47"/>
+      <c r="DF15" s="47"/>
+      <c r="DG15" s="47"/>
+      <c r="DH15" s="47"/>
+      <c r="DI15" s="47"/>
+      <c r="DJ15" s="47"/>
+      <c r="DK15" s="47"/>
+      <c r="DL15" s="44"/>
+      <c r="DM15" s="47"/>
+      <c r="DN15" s="47"/>
+      <c r="DO15" s="47"/>
+      <c r="DP15" s="47"/>
+      <c r="DQ15" s="47"/>
+      <c r="DR15" s="48"/>
+      <c r="DS15" s="48"/>
+      <c r="DT15" s="48"/>
+      <c r="DU15" s="48"/>
+      <c r="DV15" s="48"/>
+      <c r="DW15" s="54"/>
+      <c r="DX15" s="54"/>
+      <c r="DY15" s="54"/>
+      <c r="DZ15" s="54"/>
+      <c r="EA15" s="54"/>
+      <c r="EB15" s="54"/>
+      <c r="EC15" s="54"/>
+      <c r="ED15" s="54"/>
+      <c r="EE15" s="54"/>
+      <c r="EF15" s="54"/>
+      <c r="EG15" s="54"/>
+      <c r="EH15" s="54"/>
+      <c r="EI15" s="54"/>
+      <c r="EJ15" s="54"/>
+      <c r="EK15" s="54"/>
+      <c r="EL15" s="55"/>
+      <c r="EM15" s="55"/>
+      <c r="EN15" s="55"/>
+      <c r="EO15" s="55"/>
+      <c r="EP15" s="55"/>
+      <c r="EQ15" s="55"/>
+      <c r="ER15" s="55"/>
+      <c r="ES15" s="55"/>
+      <c r="ET15" s="55"/>
     </row>
     <row r="16" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
-      <c r="B16" s="60">
+      <c r="B16" s="67">
         <v>2</v>
       </c>
-      <c r="C16" s="42"/>
-[...172 lines deleted...]
-      <c r="ET16" s="54"/>
+      <c r="C16" s="68"/>
+      <c r="D16" s="69"/>
+      <c r="E16" s="70"/>
+      <c r="F16" s="71"/>
+      <c r="G16" s="66"/>
+      <c r="H16" s="66"/>
+      <c r="I16" s="72"/>
+      <c r="J16" s="64"/>
+      <c r="K16" s="64"/>
+      <c r="L16" s="64"/>
+      <c r="M16" s="64"/>
+      <c r="N16" s="64"/>
+      <c r="O16" s="64"/>
+      <c r="P16" s="64"/>
+      <c r="Q16" s="45"/>
+      <c r="R16" s="63"/>
+      <c r="S16" s="63"/>
+      <c r="T16" s="63"/>
+      <c r="U16" s="63"/>
+      <c r="V16" s="63"/>
+      <c r="W16" s="46"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="63"/>
+      <c r="Z16" s="63"/>
+      <c r="AA16" s="63"/>
+      <c r="AB16" s="63"/>
+      <c r="AC16" s="63"/>
+      <c r="AD16" s="63"/>
+      <c r="AE16" s="63"/>
+      <c r="AF16" s="63"/>
+      <c r="AG16" s="63"/>
+      <c r="AH16" s="63"/>
+      <c r="AI16" s="46"/>
+      <c r="AJ16" s="45"/>
+      <c r="AK16" s="63"/>
+      <c r="AL16" s="63"/>
+      <c r="AM16" s="63"/>
+      <c r="AN16" s="63"/>
+      <c r="AO16" s="63"/>
+      <c r="AP16" s="63"/>
+      <c r="AQ16" s="63"/>
+      <c r="AR16" s="63"/>
+      <c r="AS16" s="63"/>
+      <c r="AT16" s="63"/>
+      <c r="AU16" s="46"/>
+      <c r="AV16" s="45"/>
+      <c r="AW16" s="46"/>
+      <c r="AX16" s="45"/>
+      <c r="AY16" s="46"/>
+      <c r="AZ16" s="60" t="str" cm="1">
+        <f t="array" ref="AZ16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AV16="有のみ"),"T+1",AND(LEFT($Q16,4)="金銭設定",$AV16="両方可"),"T+1",AND(LEFT($Q16,4)="現物設定",$AV16="有のみ"),"T+0",AND(LEFT($Q16,4)="現物設定",$AV16="両方可"),"T+0",$AV16="無のみ","",$AV16="","")</f>
+        <v/>
+      </c>
+      <c r="BA16" s="61"/>
+      <c r="BB16" s="60" t="str" cm="1">
+        <f t="array" ref="BB16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AX16="有のみ"),"T+1",AND(LEFT($Q16,4)="金銭設定",$AX16="両方可"),"T+1",AND(LEFT($Q16,4)="現物設定",$AX16="有のみ"),"T+0",AND(LEFT($Q16,4)="現物設定",$AX16="両方可"),"T+0",$AX16="無のみ","",$AX16="","")</f>
+        <v/>
+      </c>
+      <c r="BC16" s="61"/>
+      <c r="BD16" s="60" t="str" cm="1">
+        <f t="array" ref="BD16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AV16="有のみ"),"T+1",AND(LEFT($Q16,4)="金銭設定",$AV16="両方可"),"T+1",AND(LEFT($Q16,4)="現物設定",$AV16="有のみ"),"T+0",AND(LEFT($Q16,4)="現物設定",$AV16="両方可"),"T+0",$AV16="無のみ","",$AV16="","")</f>
+        <v/>
+      </c>
+      <c r="BE16" s="61"/>
+      <c r="BF16" s="60" t="str" cm="1">
+        <f t="array" ref="BF16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AX16="有のみ"),"T+1",AND(LEFT($Q16,4)="金銭設定",$AX16="両方可"),"T+1",AND(LEFT($Q16,4)="現物設定",$AX16="有のみ"),"T+0",AND(LEFT($Q16,4)="現物設定",$AX16="両方可"),"T+0",$AX16="無のみ","",$AX16="","")</f>
+        <v/>
+      </c>
+      <c r="BG16" s="61"/>
+      <c r="BH16" s="60" t="str" cm="1">
+        <f t="array" ref="BH16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AV16="有のみ"),"T+2",AND(LEFT($Q16,4)="金銭設定",$AV16="両方可"),"T+2",AND(LEFT($Q16,4)="現物設定",$AV16="有のみ"),"T+1",AND(LEFT($Q16,4)="現物設定",$AV16="両方可"),"T+1",$AV16="無のみ","",$AV16="","")</f>
+        <v/>
+      </c>
+      <c r="BI16" s="61"/>
+      <c r="BJ16" s="60" t="str" cm="1">
+        <f t="array" ref="BJ16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AX16="有のみ"),"T+2",AND(LEFT($Q16,4)="金銭設定",$AX16="両方可"),"T+2",AND(LEFT($Q16,4)="現物設定",$AX16="有のみ"),"T+1",AND(LEFT($Q16,4)="現物設定",$AX16="両方可"),"T+1",$AX16="無のみ","",$AX16="","")</f>
+        <v/>
+      </c>
+      <c r="BK16" s="61"/>
+      <c r="BL16" s="60" t="str" cm="1">
+        <f t="array" ref="BL16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AV16="有のみ"),"T+2",AND(LEFT($Q16,4)="金銭設定",$AV16="両方可"),"T+2",AND(LEFT($Q16,4)="現物設定",$AV16="有のみ"),"T+2",AND(LEFT($Q16,4)="現物設定",$AV16="両方可"),"T+2",$AV16="無のみ","",$AV16="","")</f>
+        <v/>
+      </c>
+      <c r="BM16" s="61"/>
+      <c r="BN16" s="60" t="str" cm="1">
+        <f t="array" ref="BN16">_xlfn.IFS(AND(LEFT($Q16,4)="金銭設定",$AX16="有のみ"),"T+2",AND(LEFT($Q16,4)="金銭設定",$AX16="両方可"),"T+2",AND(LEFT($Q16,4)="現物設定",$AX16="有のみ"),"T+2",AND(LEFT($Q16,4)="現物設定",$AX16="両方可"),"T+2",$AX16="無のみ","",$AX16="","")</f>
+        <v/>
+      </c>
+      <c r="BO16" s="61"/>
+      <c r="BP16" s="45"/>
+      <c r="BQ16" s="63"/>
+      <c r="BR16" s="45"/>
+      <c r="BS16" s="63"/>
+      <c r="BT16" s="45"/>
+      <c r="BU16" s="63"/>
+      <c r="BV16" s="45"/>
+      <c r="BW16" s="63"/>
+      <c r="BX16" s="45"/>
+      <c r="BY16" s="63"/>
+      <c r="BZ16" s="45"/>
+      <c r="CA16" s="63"/>
+      <c r="CB16" s="45"/>
+      <c r="CC16" s="63"/>
+      <c r="CD16" s="45"/>
+      <c r="CE16" s="63"/>
+      <c r="CF16" s="65"/>
+      <c r="CG16" s="66"/>
+      <c r="CH16" s="66"/>
+      <c r="CI16" s="66"/>
+      <c r="CJ16" s="65"/>
+      <c r="CK16" s="66"/>
+      <c r="CL16" s="66"/>
+      <c r="CM16" s="66"/>
+      <c r="CN16" s="45"/>
+      <c r="CO16" s="46"/>
+      <c r="CP16" s="45"/>
+      <c r="CQ16" s="46"/>
+      <c r="CR16" s="47"/>
+      <c r="CS16" s="47"/>
+      <c r="CT16" s="47"/>
+      <c r="CU16" s="47"/>
+      <c r="CV16" s="47"/>
+      <c r="CW16" s="47"/>
+      <c r="CX16" s="47"/>
+      <c r="CY16" s="47"/>
+      <c r="CZ16" s="47"/>
+      <c r="DA16" s="47"/>
+      <c r="DB16" s="47"/>
+      <c r="DC16" s="47"/>
+      <c r="DD16" s="47"/>
+      <c r="DE16" s="47"/>
+      <c r="DF16" s="47"/>
+      <c r="DG16" s="47"/>
+      <c r="DH16" s="47"/>
+      <c r="DI16" s="47"/>
+      <c r="DJ16" s="47"/>
+      <c r="DK16" s="47"/>
+      <c r="DL16" s="44"/>
+      <c r="DM16" s="47"/>
+      <c r="DN16" s="47"/>
+      <c r="DO16" s="47"/>
+      <c r="DP16" s="47"/>
+      <c r="DQ16" s="47"/>
+      <c r="DR16" s="48"/>
+      <c r="DS16" s="48"/>
+      <c r="DT16" s="48"/>
+      <c r="DU16" s="48"/>
+      <c r="DV16" s="48"/>
+      <c r="DW16" s="54"/>
+      <c r="DX16" s="54"/>
+      <c r="DY16" s="54"/>
+      <c r="DZ16" s="54"/>
+      <c r="EA16" s="54"/>
+      <c r="EB16" s="54"/>
+      <c r="EC16" s="54"/>
+      <c r="ED16" s="54"/>
+      <c r="EE16" s="54"/>
+      <c r="EF16" s="54"/>
+      <c r="EG16" s="54"/>
+      <c r="EH16" s="54"/>
+      <c r="EI16" s="54"/>
+      <c r="EJ16" s="54"/>
+      <c r="EK16" s="54"/>
+      <c r="EL16" s="55"/>
+      <c r="EM16" s="55"/>
+      <c r="EN16" s="55"/>
+      <c r="EO16" s="55"/>
+      <c r="EP16" s="55"/>
+      <c r="EQ16" s="55"/>
+      <c r="ER16" s="55"/>
+      <c r="ES16" s="55"/>
+      <c r="ET16" s="55"/>
     </row>
     <row r="17" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
-      <c r="B17" s="60">
+      <c r="B17" s="67">
         <v>3</v>
       </c>
-      <c r="C17" s="42"/>
-[...172 lines deleted...]
-      <c r="ET17" s="54"/>
+      <c r="C17" s="68"/>
+      <c r="D17" s="69"/>
+      <c r="E17" s="70"/>
+      <c r="F17" s="71"/>
+      <c r="G17" s="66"/>
+      <c r="H17" s="66"/>
+      <c r="I17" s="72"/>
+      <c r="J17" s="45"/>
+      <c r="K17" s="63"/>
+      <c r="L17" s="63"/>
+      <c r="M17" s="63"/>
+      <c r="N17" s="63"/>
+      <c r="O17" s="63"/>
+      <c r="P17" s="46"/>
+      <c r="Q17" s="45"/>
+      <c r="R17" s="63"/>
+      <c r="S17" s="63"/>
+      <c r="T17" s="63"/>
+      <c r="U17" s="63"/>
+      <c r="V17" s="63"/>
+      <c r="W17" s="46"/>
+      <c r="X17" s="45"/>
+      <c r="Y17" s="63"/>
+      <c r="Z17" s="63"/>
+      <c r="AA17" s="63"/>
+      <c r="AB17" s="63"/>
+      <c r="AC17" s="63"/>
+      <c r="AD17" s="63"/>
+      <c r="AE17" s="63"/>
+      <c r="AF17" s="63"/>
+      <c r="AG17" s="63"/>
+      <c r="AH17" s="63"/>
+      <c r="AI17" s="46"/>
+      <c r="AJ17" s="45"/>
+      <c r="AK17" s="63"/>
+      <c r="AL17" s="63"/>
+      <c r="AM17" s="63"/>
+      <c r="AN17" s="63"/>
+      <c r="AO17" s="63"/>
+      <c r="AP17" s="63"/>
+      <c r="AQ17" s="63"/>
+      <c r="AR17" s="63"/>
+      <c r="AS17" s="63"/>
+      <c r="AT17" s="63"/>
+      <c r="AU17" s="46"/>
+      <c r="AV17" s="45"/>
+      <c r="AW17" s="46"/>
+      <c r="AX17" s="45"/>
+      <c r="AY17" s="46"/>
+      <c r="AZ17" s="60" t="str" cm="1">
+        <f t="array" ref="AZ17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AV17="有のみ"),"T+1",AND(LEFT($Q17,4)="金銭設定",$AV17="両方可"),"T+1",AND(LEFT($Q17,4)="現物設定",$AV17="有のみ"),"T+0",AND(LEFT($Q17,4)="現物設定",$AV17="両方可"),"T+0",$AV17="無のみ","",$AV17="","")</f>
+        <v/>
+      </c>
+      <c r="BA17" s="61"/>
+      <c r="BB17" s="60" t="str" cm="1">
+        <f t="array" ref="BB17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AX17="有のみ"),"T+1",AND(LEFT($Q17,4)="金銭設定",$AX17="両方可"),"T+1",AND(LEFT($Q17,4)="現物設定",$AX17="有のみ"),"T+0",AND(LEFT($Q17,4)="現物設定",$AX17="両方可"),"T+0",$AX17="無のみ","",$AX17="","")</f>
+        <v/>
+      </c>
+      <c r="BC17" s="61"/>
+      <c r="BD17" s="60" t="str" cm="1">
+        <f t="array" ref="BD17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AV17="有のみ"),"T+1",AND(LEFT($Q17,4)="金銭設定",$AV17="両方可"),"T+1",AND(LEFT($Q17,4)="現物設定",$AV17="有のみ"),"T+0",AND(LEFT($Q17,4)="現物設定",$AV17="両方可"),"T+0",$AV17="無のみ","",$AV17="","")</f>
+        <v/>
+      </c>
+      <c r="BE17" s="61"/>
+      <c r="BF17" s="60" t="str" cm="1">
+        <f t="array" ref="BF17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AX17="有のみ"),"T+1",AND(LEFT($Q17,4)="金銭設定",$AX17="両方可"),"T+1",AND(LEFT($Q17,4)="現物設定",$AX17="有のみ"),"T+0",AND(LEFT($Q17,4)="現物設定",$AX17="両方可"),"T+0",$AX17="無のみ","",$AX17="","")</f>
+        <v/>
+      </c>
+      <c r="BG17" s="61"/>
+      <c r="BH17" s="60" t="str" cm="1">
+        <f t="array" ref="BH17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AV17="有のみ"),"T+2",AND(LEFT($Q17,4)="金銭設定",$AV17="両方可"),"T+2",AND(LEFT($Q17,4)="現物設定",$AV17="有のみ"),"T+1",AND(LEFT($Q17,4)="現物設定",$AV17="両方可"),"T+1",$AV17="無のみ","",$AV17="","")</f>
+        <v/>
+      </c>
+      <c r="BI17" s="61"/>
+      <c r="BJ17" s="60" t="str" cm="1">
+        <f t="array" ref="BJ17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AX17="有のみ"),"T+2",AND(LEFT($Q17,4)="金銭設定",$AX17="両方可"),"T+2",AND(LEFT($Q17,4)="現物設定",$AX17="有のみ"),"T+1",AND(LEFT($Q17,4)="現物設定",$AX17="両方可"),"T+1",$AX17="無のみ","",$AX17="","")</f>
+        <v/>
+      </c>
+      <c r="BK17" s="61"/>
+      <c r="BL17" s="60" t="str" cm="1">
+        <f t="array" ref="BL17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AV17="有のみ"),"T+2",AND(LEFT($Q17,4)="金銭設定",$AV17="両方可"),"T+2",AND(LEFT($Q17,4)="現物設定",$AV17="有のみ"),"T+2",AND(LEFT($Q17,4)="現物設定",$AV17="両方可"),"T+2",$AV17="無のみ","",$AV17="","")</f>
+        <v/>
+      </c>
+      <c r="BM17" s="61"/>
+      <c r="BN17" s="60" t="str" cm="1">
+        <f t="array" ref="BN17">_xlfn.IFS(AND(LEFT($Q17,4)="金銭設定",$AX17="有のみ"),"T+2",AND(LEFT($Q17,4)="金銭設定",$AX17="両方可"),"T+2",AND(LEFT($Q17,4)="現物設定",$AX17="有のみ"),"T+2",AND(LEFT($Q17,4)="現物設定",$AX17="両方可"),"T+2",$AX17="無のみ","",$AX17="","")</f>
+        <v/>
+      </c>
+      <c r="BO17" s="61"/>
+      <c r="BP17" s="45"/>
+      <c r="BQ17" s="63"/>
+      <c r="BR17" s="45"/>
+      <c r="BS17" s="63"/>
+      <c r="BT17" s="45"/>
+      <c r="BU17" s="63"/>
+      <c r="BV17" s="45"/>
+      <c r="BW17" s="63"/>
+      <c r="BX17" s="45"/>
+      <c r="BY17" s="63"/>
+      <c r="BZ17" s="45"/>
+      <c r="CA17" s="63"/>
+      <c r="CB17" s="45"/>
+      <c r="CC17" s="63"/>
+      <c r="CD17" s="45"/>
+      <c r="CE17" s="63"/>
+      <c r="CF17" s="65"/>
+      <c r="CG17" s="66"/>
+      <c r="CH17" s="66"/>
+      <c r="CI17" s="66"/>
+      <c r="CJ17" s="65"/>
+      <c r="CK17" s="66"/>
+      <c r="CL17" s="66"/>
+      <c r="CM17" s="66"/>
+      <c r="CN17" s="45"/>
+      <c r="CO17" s="46"/>
+      <c r="CP17" s="45"/>
+      <c r="CQ17" s="46"/>
+      <c r="CR17" s="47"/>
+      <c r="CS17" s="47"/>
+      <c r="CT17" s="47"/>
+      <c r="CU17" s="47"/>
+      <c r="CV17" s="47"/>
+      <c r="CW17" s="47"/>
+      <c r="CX17" s="47"/>
+      <c r="CY17" s="47"/>
+      <c r="CZ17" s="47"/>
+      <c r="DA17" s="47"/>
+      <c r="DB17" s="47"/>
+      <c r="DC17" s="47"/>
+      <c r="DD17" s="47"/>
+      <c r="DE17" s="47"/>
+      <c r="DF17" s="47"/>
+      <c r="DG17" s="47"/>
+      <c r="DH17" s="47"/>
+      <c r="DI17" s="47"/>
+      <c r="DJ17" s="47"/>
+      <c r="DK17" s="47"/>
+      <c r="DL17" s="44"/>
+      <c r="DM17" s="47"/>
+      <c r="DN17" s="47"/>
+      <c r="DO17" s="47"/>
+      <c r="DP17" s="47"/>
+      <c r="DQ17" s="47"/>
+      <c r="DR17" s="48"/>
+      <c r="DS17" s="48"/>
+      <c r="DT17" s="48"/>
+      <c r="DU17" s="48"/>
+      <c r="DV17" s="48"/>
+      <c r="DW17" s="54"/>
+      <c r="DX17" s="54"/>
+      <c r="DY17" s="54"/>
+      <c r="DZ17" s="54"/>
+      <c r="EA17" s="54"/>
+      <c r="EB17" s="54"/>
+      <c r="EC17" s="54"/>
+      <c r="ED17" s="54"/>
+      <c r="EE17" s="54"/>
+      <c r="EF17" s="54"/>
+      <c r="EG17" s="54"/>
+      <c r="EH17" s="54"/>
+      <c r="EI17" s="54"/>
+      <c r="EJ17" s="54"/>
+      <c r="EK17" s="54"/>
+      <c r="EL17" s="55"/>
+      <c r="EM17" s="55"/>
+      <c r="EN17" s="55"/>
+      <c r="EO17" s="55"/>
+      <c r="EP17" s="55"/>
+      <c r="EQ17" s="55"/>
+      <c r="ER17" s="55"/>
+      <c r="ES17" s="55"/>
+      <c r="ET17" s="55"/>
     </row>
     <row r="18" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
-      <c r="B18" s="60">
+      <c r="B18" s="67">
         <v>4</v>
       </c>
-      <c r="C18" s="42"/>
-[...172 lines deleted...]
-      <c r="ET18" s="54"/>
+      <c r="C18" s="68"/>
+      <c r="D18" s="69"/>
+      <c r="E18" s="70"/>
+      <c r="F18" s="71"/>
+      <c r="G18" s="66"/>
+      <c r="H18" s="66"/>
+      <c r="I18" s="72"/>
+      <c r="J18" s="45"/>
+      <c r="K18" s="63"/>
+      <c r="L18" s="63"/>
+      <c r="M18" s="63"/>
+      <c r="N18" s="63"/>
+      <c r="O18" s="63"/>
+      <c r="P18" s="46"/>
+      <c r="Q18" s="45"/>
+      <c r="R18" s="63"/>
+      <c r="S18" s="63"/>
+      <c r="T18" s="63"/>
+      <c r="U18" s="63"/>
+      <c r="V18" s="63"/>
+      <c r="W18" s="46"/>
+      <c r="X18" s="45"/>
+      <c r="Y18" s="63"/>
+      <c r="Z18" s="63"/>
+      <c r="AA18" s="63"/>
+      <c r="AB18" s="63"/>
+      <c r="AC18" s="63"/>
+      <c r="AD18" s="63"/>
+      <c r="AE18" s="63"/>
+      <c r="AF18" s="63"/>
+      <c r="AG18" s="63"/>
+      <c r="AH18" s="63"/>
+      <c r="AI18" s="46"/>
+      <c r="AJ18" s="45"/>
+      <c r="AK18" s="63"/>
+      <c r="AL18" s="63"/>
+      <c r="AM18" s="63"/>
+      <c r="AN18" s="63"/>
+      <c r="AO18" s="63"/>
+      <c r="AP18" s="63"/>
+      <c r="AQ18" s="63"/>
+      <c r="AR18" s="63"/>
+      <c r="AS18" s="63"/>
+      <c r="AT18" s="63"/>
+      <c r="AU18" s="46"/>
+      <c r="AV18" s="45"/>
+      <c r="AW18" s="46"/>
+      <c r="AX18" s="45"/>
+      <c r="AY18" s="46"/>
+      <c r="AZ18" s="60" t="str" cm="1">
+        <f t="array" ref="AZ18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AV18="有のみ"),"T+1",AND(LEFT($Q18,4)="金銭設定",$AV18="両方可"),"T+1",AND(LEFT($Q18,4)="現物設定",$AV18="有のみ"),"T+0",AND(LEFT($Q18,4)="現物設定",$AV18="両方可"),"T+0",$AV18="無のみ","",$AV18="","")</f>
+        <v/>
+      </c>
+      <c r="BA18" s="61"/>
+      <c r="BB18" s="60" t="str" cm="1">
+        <f t="array" ref="BB18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AX18="有のみ"),"T+1",AND(LEFT($Q18,4)="金銭設定",$AX18="両方可"),"T+1",AND(LEFT($Q18,4)="現物設定",$AX18="有のみ"),"T+0",AND(LEFT($Q18,4)="現物設定",$AX18="両方可"),"T+0",$AX18="無のみ","",$AX18="","")</f>
+        <v/>
+      </c>
+      <c r="BC18" s="61"/>
+      <c r="BD18" s="60" t="str" cm="1">
+        <f t="array" ref="BD18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AV18="有のみ"),"T+1",AND(LEFT($Q18,4)="金銭設定",$AV18="両方可"),"T+1",AND(LEFT($Q18,4)="現物設定",$AV18="有のみ"),"T+0",AND(LEFT($Q18,4)="現物設定",$AV18="両方可"),"T+0",$AV18="無のみ","",$AV18="","")</f>
+        <v/>
+      </c>
+      <c r="BE18" s="61"/>
+      <c r="BF18" s="60" t="str" cm="1">
+        <f t="array" ref="BF18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AX18="有のみ"),"T+1",AND(LEFT($Q18,4)="金銭設定",$AX18="両方可"),"T+1",AND(LEFT($Q18,4)="現物設定",$AX18="有のみ"),"T+0",AND(LEFT($Q18,4)="現物設定",$AX18="両方可"),"T+0",$AX18="無のみ","",$AX18="","")</f>
+        <v/>
+      </c>
+      <c r="BG18" s="61"/>
+      <c r="BH18" s="60" t="str" cm="1">
+        <f t="array" ref="BH18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AV18="有のみ"),"T+2",AND(LEFT($Q18,4)="金銭設定",$AV18="両方可"),"T+2",AND(LEFT($Q18,4)="現物設定",$AV18="有のみ"),"T+1",AND(LEFT($Q18,4)="現物設定",$AV18="両方可"),"T+1",$AV18="無のみ","",$AV18="","")</f>
+        <v/>
+      </c>
+      <c r="BI18" s="61"/>
+      <c r="BJ18" s="60" t="str" cm="1">
+        <f t="array" ref="BJ18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AX18="有のみ"),"T+2",AND(LEFT($Q18,4)="金銭設定",$AX18="両方可"),"T+2",AND(LEFT($Q18,4)="現物設定",$AX18="有のみ"),"T+1",AND(LEFT($Q18,4)="現物設定",$AX18="両方可"),"T+1",$AX18="無のみ","",$AX18="","")</f>
+        <v/>
+      </c>
+      <c r="BK18" s="61"/>
+      <c r="BL18" s="60" t="str" cm="1">
+        <f t="array" ref="BL18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AV18="有のみ"),"T+2",AND(LEFT($Q18,4)="金銭設定",$AV18="両方可"),"T+2",AND(LEFT($Q18,4)="現物設定",$AV18="有のみ"),"T+2",AND(LEFT($Q18,4)="現物設定",$AV18="両方可"),"T+2",$AV18="無のみ","",$AV18="","")</f>
+        <v/>
+      </c>
+      <c r="BM18" s="61"/>
+      <c r="BN18" s="60" t="str" cm="1">
+        <f t="array" ref="BN18">_xlfn.IFS(AND(LEFT($Q18,4)="金銭設定",$AX18="有のみ"),"T+2",AND(LEFT($Q18,4)="金銭設定",$AX18="両方可"),"T+2",AND(LEFT($Q18,4)="現物設定",$AX18="有のみ"),"T+2",AND(LEFT($Q18,4)="現物設定",$AX18="両方可"),"T+2",$AX18="無のみ","",$AX18="","")</f>
+        <v/>
+      </c>
+      <c r="BO18" s="61"/>
+      <c r="BP18" s="45"/>
+      <c r="BQ18" s="63"/>
+      <c r="BR18" s="45"/>
+      <c r="BS18" s="63"/>
+      <c r="BT18" s="45"/>
+      <c r="BU18" s="63"/>
+      <c r="BV18" s="45"/>
+      <c r="BW18" s="63"/>
+      <c r="BX18" s="45"/>
+      <c r="BY18" s="63"/>
+      <c r="BZ18" s="45"/>
+      <c r="CA18" s="63"/>
+      <c r="CB18" s="45"/>
+      <c r="CC18" s="63"/>
+      <c r="CD18" s="45"/>
+      <c r="CE18" s="63"/>
+      <c r="CF18" s="65"/>
+      <c r="CG18" s="66"/>
+      <c r="CH18" s="66"/>
+      <c r="CI18" s="66"/>
+      <c r="CJ18" s="65"/>
+      <c r="CK18" s="66"/>
+      <c r="CL18" s="66"/>
+      <c r="CM18" s="66"/>
+      <c r="CN18" s="45"/>
+      <c r="CO18" s="46"/>
+      <c r="CP18" s="45"/>
+      <c r="CQ18" s="46"/>
+      <c r="CR18" s="47"/>
+      <c r="CS18" s="47"/>
+      <c r="CT18" s="47"/>
+      <c r="CU18" s="47"/>
+      <c r="CV18" s="47"/>
+      <c r="CW18" s="47"/>
+      <c r="CX18" s="47"/>
+      <c r="CY18" s="47"/>
+      <c r="CZ18" s="47"/>
+      <c r="DA18" s="47"/>
+      <c r="DB18" s="47"/>
+      <c r="DC18" s="47"/>
+      <c r="DD18" s="47"/>
+      <c r="DE18" s="47"/>
+      <c r="DF18" s="47"/>
+      <c r="DG18" s="47"/>
+      <c r="DH18" s="47"/>
+      <c r="DI18" s="47"/>
+      <c r="DJ18" s="47"/>
+      <c r="DK18" s="47"/>
+      <c r="DL18" s="44"/>
+      <c r="DM18" s="47"/>
+      <c r="DN18" s="47"/>
+      <c r="DO18" s="47"/>
+      <c r="DP18" s="47"/>
+      <c r="DQ18" s="47"/>
+      <c r="DR18" s="48"/>
+      <c r="DS18" s="48"/>
+      <c r="DT18" s="48"/>
+      <c r="DU18" s="48"/>
+      <c r="DV18" s="48"/>
+      <c r="DW18" s="54"/>
+      <c r="DX18" s="54"/>
+      <c r="DY18" s="54"/>
+      <c r="DZ18" s="54"/>
+      <c r="EA18" s="54"/>
+      <c r="EB18" s="54"/>
+      <c r="EC18" s="54"/>
+      <c r="ED18" s="54"/>
+      <c r="EE18" s="54"/>
+      <c r="EF18" s="54"/>
+      <c r="EG18" s="54"/>
+      <c r="EH18" s="54"/>
+      <c r="EI18" s="54"/>
+      <c r="EJ18" s="54"/>
+      <c r="EK18" s="54"/>
+      <c r="EL18" s="55"/>
+      <c r="EM18" s="55"/>
+      <c r="EN18" s="55"/>
+      <c r="EO18" s="55"/>
+      <c r="EP18" s="55"/>
+      <c r="EQ18" s="55"/>
+      <c r="ER18" s="55"/>
+      <c r="ES18" s="55"/>
+      <c r="ET18" s="55"/>
     </row>
     <row r="19" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
-      <c r="B19" s="60">
+      <c r="B19" s="67">
         <v>5</v>
       </c>
-      <c r="C19" s="42"/>
-[...172 lines deleted...]
-      <c r="ET19" s="54"/>
+      <c r="C19" s="68"/>
+      <c r="D19" s="69"/>
+      <c r="E19" s="70"/>
+      <c r="F19" s="71"/>
+      <c r="G19" s="66"/>
+      <c r="H19" s="66"/>
+      <c r="I19" s="72"/>
+      <c r="J19" s="45"/>
+      <c r="K19" s="63"/>
+      <c r="L19" s="63"/>
+      <c r="M19" s="63"/>
+      <c r="N19" s="63"/>
+      <c r="O19" s="63"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="45"/>
+      <c r="R19" s="63"/>
+      <c r="S19" s="63"/>
+      <c r="T19" s="63"/>
+      <c r="U19" s="63"/>
+      <c r="V19" s="63"/>
+      <c r="W19" s="46"/>
+      <c r="X19" s="45"/>
+      <c r="Y19" s="63"/>
+      <c r="Z19" s="63"/>
+      <c r="AA19" s="63"/>
+      <c r="AB19" s="63"/>
+      <c r="AC19" s="63"/>
+      <c r="AD19" s="63"/>
+      <c r="AE19" s="63"/>
+      <c r="AF19" s="63"/>
+      <c r="AG19" s="63"/>
+      <c r="AH19" s="63"/>
+      <c r="AI19" s="46"/>
+      <c r="AJ19" s="45"/>
+      <c r="AK19" s="63"/>
+      <c r="AL19" s="63"/>
+      <c r="AM19" s="63"/>
+      <c r="AN19" s="63"/>
+      <c r="AO19" s="63"/>
+      <c r="AP19" s="63"/>
+      <c r="AQ19" s="63"/>
+      <c r="AR19" s="63"/>
+      <c r="AS19" s="63"/>
+      <c r="AT19" s="63"/>
+      <c r="AU19" s="46"/>
+      <c r="AV19" s="45"/>
+      <c r="AW19" s="46"/>
+      <c r="AX19" s="45"/>
+      <c r="AY19" s="46"/>
+      <c r="AZ19" s="60" t="str" cm="1">
+        <f t="array" ref="AZ19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AV19="有のみ"),"T+1",AND(LEFT($Q19,4)="金銭設定",$AV19="両方可"),"T+1",AND(LEFT($Q19,4)="現物設定",$AV19="有のみ"),"T+0",AND(LEFT($Q19,4)="現物設定",$AV19="両方可"),"T+0",$AV19="無のみ","",$AV19="","")</f>
+        <v/>
+      </c>
+      <c r="BA19" s="61"/>
+      <c r="BB19" s="60" t="str" cm="1">
+        <f t="array" ref="BB19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AX19="有のみ"),"T+1",AND(LEFT($Q19,4)="金銭設定",$AX19="両方可"),"T+1",AND(LEFT($Q19,4)="現物設定",$AX19="有のみ"),"T+0",AND(LEFT($Q19,4)="現物設定",$AX19="両方可"),"T+0",$AX19="無のみ","",$AX19="","")</f>
+        <v/>
+      </c>
+      <c r="BC19" s="61"/>
+      <c r="BD19" s="60" t="str" cm="1">
+        <f t="array" ref="BD19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AV19="有のみ"),"T+1",AND(LEFT($Q19,4)="金銭設定",$AV19="両方可"),"T+1",AND(LEFT($Q19,4)="現物設定",$AV19="有のみ"),"T+0",AND(LEFT($Q19,4)="現物設定",$AV19="両方可"),"T+0",$AV19="無のみ","",$AV19="","")</f>
+        <v/>
+      </c>
+      <c r="BE19" s="61"/>
+      <c r="BF19" s="60" t="str" cm="1">
+        <f t="array" ref="BF19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AX19="有のみ"),"T+1",AND(LEFT($Q19,4)="金銭設定",$AX19="両方可"),"T+1",AND(LEFT($Q19,4)="現物設定",$AX19="有のみ"),"T+0",AND(LEFT($Q19,4)="現物設定",$AX19="両方可"),"T+0",$AX19="無のみ","",$AX19="","")</f>
+        <v/>
+      </c>
+      <c r="BG19" s="61"/>
+      <c r="BH19" s="60" t="str" cm="1">
+        <f t="array" ref="BH19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AV19="有のみ"),"T+2",AND(LEFT($Q19,4)="金銭設定",$AV19="両方可"),"T+2",AND(LEFT($Q19,4)="現物設定",$AV19="有のみ"),"T+1",AND(LEFT($Q19,4)="現物設定",$AV19="両方可"),"T+1",$AV19="無のみ","",$AV19="","")</f>
+        <v/>
+      </c>
+      <c r="BI19" s="61"/>
+      <c r="BJ19" s="60" t="str" cm="1">
+        <f t="array" ref="BJ19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AX19="有のみ"),"T+2",AND(LEFT($Q19,4)="金銭設定",$AX19="両方可"),"T+2",AND(LEFT($Q19,4)="現物設定",$AX19="有のみ"),"T+1",AND(LEFT($Q19,4)="現物設定",$AX19="両方可"),"T+1",$AX19="無のみ","",$AX19="","")</f>
+        <v/>
+      </c>
+      <c r="BK19" s="61"/>
+      <c r="BL19" s="60" t="str" cm="1">
+        <f t="array" ref="BL19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AV19="有のみ"),"T+2",AND(LEFT($Q19,4)="金銭設定",$AV19="両方可"),"T+2",AND(LEFT($Q19,4)="現物設定",$AV19="有のみ"),"T+2",AND(LEFT($Q19,4)="現物設定",$AV19="両方可"),"T+2",$AV19="無のみ","",$AV19="","")</f>
+        <v/>
+      </c>
+      <c r="BM19" s="61"/>
+      <c r="BN19" s="60" t="str" cm="1">
+        <f t="array" ref="BN19">_xlfn.IFS(AND(LEFT($Q19,4)="金銭設定",$AX19="有のみ"),"T+2",AND(LEFT($Q19,4)="金銭設定",$AX19="両方可"),"T+2",AND(LEFT($Q19,4)="現物設定",$AX19="有のみ"),"T+2",AND(LEFT($Q19,4)="現物設定",$AX19="両方可"),"T+2",$AX19="無のみ","",$AX19="","")</f>
+        <v/>
+      </c>
+      <c r="BO19" s="61"/>
+      <c r="BP19" s="45"/>
+      <c r="BQ19" s="63"/>
+      <c r="BR19" s="45"/>
+      <c r="BS19" s="63"/>
+      <c r="BT19" s="45"/>
+      <c r="BU19" s="63"/>
+      <c r="BV19" s="45"/>
+      <c r="BW19" s="63"/>
+      <c r="BX19" s="45"/>
+      <c r="BY19" s="63"/>
+      <c r="BZ19" s="45"/>
+      <c r="CA19" s="63"/>
+      <c r="CB19" s="45"/>
+      <c r="CC19" s="63"/>
+      <c r="CD19" s="45"/>
+      <c r="CE19" s="63"/>
+      <c r="CF19" s="65"/>
+      <c r="CG19" s="66"/>
+      <c r="CH19" s="66"/>
+      <c r="CI19" s="66"/>
+      <c r="CJ19" s="65"/>
+      <c r="CK19" s="66"/>
+      <c r="CL19" s="66"/>
+      <c r="CM19" s="66"/>
+      <c r="CN19" s="45"/>
+      <c r="CO19" s="46"/>
+      <c r="CP19" s="45"/>
+      <c r="CQ19" s="46"/>
+      <c r="CR19" s="47"/>
+      <c r="CS19" s="47"/>
+      <c r="CT19" s="47"/>
+      <c r="CU19" s="47"/>
+      <c r="CV19" s="47"/>
+      <c r="CW19" s="47"/>
+      <c r="CX19" s="47"/>
+      <c r="CY19" s="47"/>
+      <c r="CZ19" s="47"/>
+      <c r="DA19" s="47"/>
+      <c r="DB19" s="47"/>
+      <c r="DC19" s="47"/>
+      <c r="DD19" s="47"/>
+      <c r="DE19" s="47"/>
+      <c r="DF19" s="47"/>
+      <c r="DG19" s="47"/>
+      <c r="DH19" s="47"/>
+      <c r="DI19" s="47"/>
+      <c r="DJ19" s="47"/>
+      <c r="DK19" s="47"/>
+      <c r="DL19" s="44"/>
+      <c r="DM19" s="47"/>
+      <c r="DN19" s="47"/>
+      <c r="DO19" s="47"/>
+      <c r="DP19" s="47"/>
+      <c r="DQ19" s="47"/>
+      <c r="DR19" s="48"/>
+      <c r="DS19" s="48"/>
+      <c r="DT19" s="48"/>
+      <c r="DU19" s="48"/>
+      <c r="DV19" s="48"/>
+      <c r="DW19" s="54"/>
+      <c r="DX19" s="54"/>
+      <c r="DY19" s="54"/>
+      <c r="DZ19" s="54"/>
+      <c r="EA19" s="54"/>
+      <c r="EB19" s="54"/>
+      <c r="EC19" s="54"/>
+      <c r="ED19" s="54"/>
+      <c r="EE19" s="54"/>
+      <c r="EF19" s="54"/>
+      <c r="EG19" s="54"/>
+      <c r="EH19" s="54"/>
+      <c r="EI19" s="54"/>
+      <c r="EJ19" s="54"/>
+      <c r="EK19" s="54"/>
+      <c r="EL19" s="55"/>
+      <c r="EM19" s="55"/>
+      <c r="EN19" s="55"/>
+      <c r="EO19" s="55"/>
+      <c r="EP19" s="55"/>
+      <c r="EQ19" s="55"/>
+      <c r="ER19" s="55"/>
+      <c r="ES19" s="55"/>
+      <c r="ET19" s="55"/>
     </row>
     <row r="20" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
-      <c r="B20" s="60">
+      <c r="B20" s="67">
         <v>6</v>
       </c>
-      <c r="C20" s="42"/>
-[...172 lines deleted...]
-      <c r="ET20" s="54"/>
+      <c r="C20" s="68"/>
+      <c r="D20" s="69"/>
+      <c r="E20" s="70"/>
+      <c r="F20" s="71"/>
+      <c r="G20" s="66"/>
+      <c r="H20" s="66"/>
+      <c r="I20" s="72"/>
+      <c r="J20" s="45"/>
+      <c r="K20" s="63"/>
+      <c r="L20" s="63"/>
+      <c r="M20" s="63"/>
+      <c r="N20" s="63"/>
+      <c r="O20" s="63"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="45"/>
+      <c r="R20" s="63"/>
+      <c r="S20" s="63"/>
+      <c r="T20" s="63"/>
+      <c r="U20" s="63"/>
+      <c r="V20" s="63"/>
+      <c r="W20" s="46"/>
+      <c r="X20" s="45"/>
+      <c r="Y20" s="63"/>
+      <c r="Z20" s="63"/>
+      <c r="AA20" s="63"/>
+      <c r="AB20" s="63"/>
+      <c r="AC20" s="63"/>
+      <c r="AD20" s="63"/>
+      <c r="AE20" s="63"/>
+      <c r="AF20" s="63"/>
+      <c r="AG20" s="63"/>
+      <c r="AH20" s="63"/>
+      <c r="AI20" s="46"/>
+      <c r="AJ20" s="45"/>
+      <c r="AK20" s="63"/>
+      <c r="AL20" s="63"/>
+      <c r="AM20" s="63"/>
+      <c r="AN20" s="63"/>
+      <c r="AO20" s="63"/>
+      <c r="AP20" s="63"/>
+      <c r="AQ20" s="63"/>
+      <c r="AR20" s="63"/>
+      <c r="AS20" s="63"/>
+      <c r="AT20" s="63"/>
+      <c r="AU20" s="46"/>
+      <c r="AV20" s="45"/>
+      <c r="AW20" s="46"/>
+      <c r="AX20" s="45"/>
+      <c r="AY20" s="46"/>
+      <c r="AZ20" s="60" t="str" cm="1">
+        <f t="array" ref="AZ20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AV20="有のみ"),"T+1",AND(LEFT($Q20,4)="金銭設定",$AV20="両方可"),"T+1",AND(LEFT($Q20,4)="現物設定",$AV20="有のみ"),"T+0",AND(LEFT($Q20,4)="現物設定",$AV20="両方可"),"T+0",$AV20="無のみ","",$AV20="","")</f>
+        <v/>
+      </c>
+      <c r="BA20" s="61"/>
+      <c r="BB20" s="60" t="str" cm="1">
+        <f t="array" ref="BB20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AX20="有のみ"),"T+1",AND(LEFT($Q20,4)="金銭設定",$AX20="両方可"),"T+1",AND(LEFT($Q20,4)="現物設定",$AX20="有のみ"),"T+0",AND(LEFT($Q20,4)="現物設定",$AX20="両方可"),"T+0",$AX20="無のみ","",$AX20="","")</f>
+        <v/>
+      </c>
+      <c r="BC20" s="61"/>
+      <c r="BD20" s="60" t="str" cm="1">
+        <f t="array" ref="BD20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AV20="有のみ"),"T+1",AND(LEFT($Q20,4)="金銭設定",$AV20="両方可"),"T+1",AND(LEFT($Q20,4)="現物設定",$AV20="有のみ"),"T+0",AND(LEFT($Q20,4)="現物設定",$AV20="両方可"),"T+0",$AV20="無のみ","",$AV20="","")</f>
+        <v/>
+      </c>
+      <c r="BE20" s="61"/>
+      <c r="BF20" s="60" t="str" cm="1">
+        <f t="array" ref="BF20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AX20="有のみ"),"T+1",AND(LEFT($Q20,4)="金銭設定",$AX20="両方可"),"T+1",AND(LEFT($Q20,4)="現物設定",$AX20="有のみ"),"T+0",AND(LEFT($Q20,4)="現物設定",$AX20="両方可"),"T+0",$AX20="無のみ","",$AX20="","")</f>
+        <v/>
+      </c>
+      <c r="BG20" s="61"/>
+      <c r="BH20" s="60" t="str" cm="1">
+        <f t="array" ref="BH20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AV20="有のみ"),"T+2",AND(LEFT($Q20,4)="金銭設定",$AV20="両方可"),"T+2",AND(LEFT($Q20,4)="現物設定",$AV20="有のみ"),"T+1",AND(LEFT($Q20,4)="現物設定",$AV20="両方可"),"T+1",$AV20="無のみ","",$AV20="","")</f>
+        <v/>
+      </c>
+      <c r="BI20" s="61"/>
+      <c r="BJ20" s="60" t="str" cm="1">
+        <f t="array" ref="BJ20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AX20="有のみ"),"T+2",AND(LEFT($Q20,4)="金銭設定",$AX20="両方可"),"T+2",AND(LEFT($Q20,4)="現物設定",$AX20="有のみ"),"T+1",AND(LEFT($Q20,4)="現物設定",$AX20="両方可"),"T+1",$AX20="無のみ","",$AX20="","")</f>
+        <v/>
+      </c>
+      <c r="BK20" s="61"/>
+      <c r="BL20" s="60" t="str" cm="1">
+        <f t="array" ref="BL20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AV20="有のみ"),"T+2",AND(LEFT($Q20,4)="金銭設定",$AV20="両方可"),"T+2",AND(LEFT($Q20,4)="現物設定",$AV20="有のみ"),"T+2",AND(LEFT($Q20,4)="現物設定",$AV20="両方可"),"T+2",$AV20="無のみ","",$AV20="","")</f>
+        <v/>
+      </c>
+      <c r="BM20" s="61"/>
+      <c r="BN20" s="60" t="str" cm="1">
+        <f t="array" ref="BN20">_xlfn.IFS(AND(LEFT($Q20,4)="金銭設定",$AX20="有のみ"),"T+2",AND(LEFT($Q20,4)="金銭設定",$AX20="両方可"),"T+2",AND(LEFT($Q20,4)="現物設定",$AX20="有のみ"),"T+2",AND(LEFT($Q20,4)="現物設定",$AX20="両方可"),"T+2",$AX20="無のみ","",$AX20="","")</f>
+        <v/>
+      </c>
+      <c r="BO20" s="61"/>
+      <c r="BP20" s="45"/>
+      <c r="BQ20" s="63"/>
+      <c r="BR20" s="45"/>
+      <c r="BS20" s="63"/>
+      <c r="BT20" s="45"/>
+      <c r="BU20" s="63"/>
+      <c r="BV20" s="45"/>
+      <c r="BW20" s="63"/>
+      <c r="BX20" s="45"/>
+      <c r="BY20" s="63"/>
+      <c r="BZ20" s="45"/>
+      <c r="CA20" s="63"/>
+      <c r="CB20" s="45"/>
+      <c r="CC20" s="63"/>
+      <c r="CD20" s="45"/>
+      <c r="CE20" s="63"/>
+      <c r="CF20" s="65"/>
+      <c r="CG20" s="66"/>
+      <c r="CH20" s="66"/>
+      <c r="CI20" s="66"/>
+      <c r="CJ20" s="65"/>
+      <c r="CK20" s="66"/>
+      <c r="CL20" s="66"/>
+      <c r="CM20" s="66"/>
+      <c r="CN20" s="45"/>
+      <c r="CO20" s="46"/>
+      <c r="CP20" s="45"/>
+      <c r="CQ20" s="46"/>
+      <c r="CR20" s="47"/>
+      <c r="CS20" s="47"/>
+      <c r="CT20" s="47"/>
+      <c r="CU20" s="47"/>
+      <c r="CV20" s="47"/>
+      <c r="CW20" s="47"/>
+      <c r="CX20" s="47"/>
+      <c r="CY20" s="47"/>
+      <c r="CZ20" s="47"/>
+      <c r="DA20" s="47"/>
+      <c r="DB20" s="47"/>
+      <c r="DC20" s="47"/>
+      <c r="DD20" s="47"/>
+      <c r="DE20" s="47"/>
+      <c r="DF20" s="47"/>
+      <c r="DG20" s="47"/>
+      <c r="DH20" s="47"/>
+      <c r="DI20" s="47"/>
+      <c r="DJ20" s="47"/>
+      <c r="DK20" s="47"/>
+      <c r="DL20" s="44"/>
+      <c r="DM20" s="47"/>
+      <c r="DN20" s="47"/>
+      <c r="DO20" s="47"/>
+      <c r="DP20" s="47"/>
+      <c r="DQ20" s="47"/>
+      <c r="DR20" s="48"/>
+      <c r="DS20" s="48"/>
+      <c r="DT20" s="48"/>
+      <c r="DU20" s="48"/>
+      <c r="DV20" s="48"/>
+      <c r="DW20" s="54"/>
+      <c r="DX20" s="54"/>
+      <c r="DY20" s="54"/>
+      <c r="DZ20" s="54"/>
+      <c r="EA20" s="54"/>
+      <c r="EB20" s="54"/>
+      <c r="EC20" s="54"/>
+      <c r="ED20" s="54"/>
+      <c r="EE20" s="54"/>
+      <c r="EF20" s="54"/>
+      <c r="EG20" s="54"/>
+      <c r="EH20" s="54"/>
+      <c r="EI20" s="54"/>
+      <c r="EJ20" s="54"/>
+      <c r="EK20" s="54"/>
+      <c r="EL20" s="55"/>
+      <c r="EM20" s="55"/>
+      <c r="EN20" s="55"/>
+      <c r="EO20" s="55"/>
+      <c r="EP20" s="55"/>
+      <c r="EQ20" s="55"/>
+      <c r="ER20" s="55"/>
+      <c r="ES20" s="55"/>
+      <c r="ET20" s="55"/>
     </row>
     <row r="21" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
-      <c r="B21" s="60">
+      <c r="B21" s="67">
         <v>7</v>
       </c>
-      <c r="C21" s="42"/>
-[...172 lines deleted...]
-      <c r="ET21" s="54"/>
+      <c r="C21" s="68"/>
+      <c r="D21" s="69"/>
+      <c r="E21" s="70"/>
+      <c r="F21" s="71"/>
+      <c r="G21" s="66"/>
+      <c r="H21" s="66"/>
+      <c r="I21" s="72"/>
+      <c r="J21" s="45"/>
+      <c r="K21" s="63"/>
+      <c r="L21" s="63"/>
+      <c r="M21" s="63"/>
+      <c r="N21" s="63"/>
+      <c r="O21" s="63"/>
+      <c r="P21" s="46"/>
+      <c r="Q21" s="45"/>
+      <c r="R21" s="63"/>
+      <c r="S21" s="63"/>
+      <c r="T21" s="63"/>
+      <c r="U21" s="63"/>
+      <c r="V21" s="63"/>
+      <c r="W21" s="46"/>
+      <c r="X21" s="45"/>
+      <c r="Y21" s="63"/>
+      <c r="Z21" s="63"/>
+      <c r="AA21" s="63"/>
+      <c r="AB21" s="63"/>
+      <c r="AC21" s="63"/>
+      <c r="AD21" s="63"/>
+      <c r="AE21" s="63"/>
+      <c r="AF21" s="63"/>
+      <c r="AG21" s="63"/>
+      <c r="AH21" s="63"/>
+      <c r="AI21" s="46"/>
+      <c r="AJ21" s="45"/>
+      <c r="AK21" s="63"/>
+      <c r="AL21" s="63"/>
+      <c r="AM21" s="63"/>
+      <c r="AN21" s="63"/>
+      <c r="AO21" s="63"/>
+      <c r="AP21" s="63"/>
+      <c r="AQ21" s="63"/>
+      <c r="AR21" s="63"/>
+      <c r="AS21" s="63"/>
+      <c r="AT21" s="63"/>
+      <c r="AU21" s="46"/>
+      <c r="AV21" s="45"/>
+      <c r="AW21" s="46"/>
+      <c r="AX21" s="45"/>
+      <c r="AY21" s="46"/>
+      <c r="AZ21" s="60" t="str" cm="1">
+        <f t="array" ref="AZ21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AV21="有のみ"),"T+1",AND(LEFT($Q21,4)="金銭設定",$AV21="両方可"),"T+1",AND(LEFT($Q21,4)="現物設定",$AV21="有のみ"),"T+0",AND(LEFT($Q21,4)="現物設定",$AV21="両方可"),"T+0",$AV21="無のみ","",$AV21="","")</f>
+        <v/>
+      </c>
+      <c r="BA21" s="61"/>
+      <c r="BB21" s="60" t="str" cm="1">
+        <f t="array" ref="BB21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AX21="有のみ"),"T+1",AND(LEFT($Q21,4)="金銭設定",$AX21="両方可"),"T+1",AND(LEFT($Q21,4)="現物設定",$AX21="有のみ"),"T+0",AND(LEFT($Q21,4)="現物設定",$AX21="両方可"),"T+0",$AX21="無のみ","",$AX21="","")</f>
+        <v/>
+      </c>
+      <c r="BC21" s="61"/>
+      <c r="BD21" s="60" t="str" cm="1">
+        <f t="array" ref="BD21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AV21="有のみ"),"T+1",AND(LEFT($Q21,4)="金銭設定",$AV21="両方可"),"T+1",AND(LEFT($Q21,4)="現物設定",$AV21="有のみ"),"T+0",AND(LEFT($Q21,4)="現物設定",$AV21="両方可"),"T+0",$AV21="無のみ","",$AV21="","")</f>
+        <v/>
+      </c>
+      <c r="BE21" s="61"/>
+      <c r="BF21" s="60" t="str" cm="1">
+        <f t="array" ref="BF21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AX21="有のみ"),"T+1",AND(LEFT($Q21,4)="金銭設定",$AX21="両方可"),"T+1",AND(LEFT($Q21,4)="現物設定",$AX21="有のみ"),"T+0",AND(LEFT($Q21,4)="現物設定",$AX21="両方可"),"T+0",$AX21="無のみ","",$AX21="","")</f>
+        <v/>
+      </c>
+      <c r="BG21" s="61"/>
+      <c r="BH21" s="60" t="str" cm="1">
+        <f t="array" ref="BH21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AV21="有のみ"),"T+2",AND(LEFT($Q21,4)="金銭設定",$AV21="両方可"),"T+2",AND(LEFT($Q21,4)="現物設定",$AV21="有のみ"),"T+1",AND(LEFT($Q21,4)="現物設定",$AV21="両方可"),"T+1",$AV21="無のみ","",$AV21="","")</f>
+        <v/>
+      </c>
+      <c r="BI21" s="61"/>
+      <c r="BJ21" s="60" t="str" cm="1">
+        <f t="array" ref="BJ21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AX21="有のみ"),"T+2",AND(LEFT($Q21,4)="金銭設定",$AX21="両方可"),"T+2",AND(LEFT($Q21,4)="現物設定",$AX21="有のみ"),"T+1",AND(LEFT($Q21,4)="現物設定",$AX21="両方可"),"T+1",$AX21="無のみ","",$AX21="","")</f>
+        <v/>
+      </c>
+      <c r="BK21" s="61"/>
+      <c r="BL21" s="60" t="str" cm="1">
+        <f t="array" ref="BL21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AV21="有のみ"),"T+2",AND(LEFT($Q21,4)="金銭設定",$AV21="両方可"),"T+2",AND(LEFT($Q21,4)="現物設定",$AV21="有のみ"),"T+2",AND(LEFT($Q21,4)="現物設定",$AV21="両方可"),"T+2",$AV21="無のみ","",$AV21="","")</f>
+        <v/>
+      </c>
+      <c r="BM21" s="61"/>
+      <c r="BN21" s="60" t="str" cm="1">
+        <f t="array" ref="BN21">_xlfn.IFS(AND(LEFT($Q21,4)="金銭設定",$AX21="有のみ"),"T+2",AND(LEFT($Q21,4)="金銭設定",$AX21="両方可"),"T+2",AND(LEFT($Q21,4)="現物設定",$AX21="有のみ"),"T+2",AND(LEFT($Q21,4)="現物設定",$AX21="両方可"),"T+2",$AX21="無のみ","",$AX21="","")</f>
+        <v/>
+      </c>
+      <c r="BO21" s="61"/>
+      <c r="BP21" s="45"/>
+      <c r="BQ21" s="63"/>
+      <c r="BR21" s="45"/>
+      <c r="BS21" s="63"/>
+      <c r="BT21" s="45"/>
+      <c r="BU21" s="63"/>
+      <c r="BV21" s="45"/>
+      <c r="BW21" s="63"/>
+      <c r="BX21" s="45"/>
+      <c r="BY21" s="63"/>
+      <c r="BZ21" s="45"/>
+      <c r="CA21" s="63"/>
+      <c r="CB21" s="45"/>
+      <c r="CC21" s="63"/>
+      <c r="CD21" s="45"/>
+      <c r="CE21" s="63"/>
+      <c r="CF21" s="65"/>
+      <c r="CG21" s="66"/>
+      <c r="CH21" s="66"/>
+      <c r="CI21" s="66"/>
+      <c r="CJ21" s="65"/>
+      <c r="CK21" s="66"/>
+      <c r="CL21" s="66"/>
+      <c r="CM21" s="66"/>
+      <c r="CN21" s="45"/>
+      <c r="CO21" s="46"/>
+      <c r="CP21" s="45"/>
+      <c r="CQ21" s="46"/>
+      <c r="CR21" s="47"/>
+      <c r="CS21" s="47"/>
+      <c r="CT21" s="47"/>
+      <c r="CU21" s="47"/>
+      <c r="CV21" s="47"/>
+      <c r="CW21" s="47"/>
+      <c r="CX21" s="47"/>
+      <c r="CY21" s="47"/>
+      <c r="CZ21" s="47"/>
+      <c r="DA21" s="47"/>
+      <c r="DB21" s="47"/>
+      <c r="DC21" s="47"/>
+      <c r="DD21" s="47"/>
+      <c r="DE21" s="47"/>
+      <c r="DF21" s="47"/>
+      <c r="DG21" s="47"/>
+      <c r="DH21" s="47"/>
+      <c r="DI21" s="47"/>
+      <c r="DJ21" s="47"/>
+      <c r="DK21" s="47"/>
+      <c r="DL21" s="44"/>
+      <c r="DM21" s="47"/>
+      <c r="DN21" s="47"/>
+      <c r="DO21" s="47"/>
+      <c r="DP21" s="47"/>
+      <c r="DQ21" s="47"/>
+      <c r="DR21" s="48"/>
+      <c r="DS21" s="48"/>
+      <c r="DT21" s="48"/>
+      <c r="DU21" s="48"/>
+      <c r="DV21" s="48"/>
+      <c r="DW21" s="54"/>
+      <c r="DX21" s="54"/>
+      <c r="DY21" s="54"/>
+      <c r="DZ21" s="54"/>
+      <c r="EA21" s="54"/>
+      <c r="EB21" s="54"/>
+      <c r="EC21" s="54"/>
+      <c r="ED21" s="54"/>
+      <c r="EE21" s="54"/>
+      <c r="EF21" s="54"/>
+      <c r="EG21" s="54"/>
+      <c r="EH21" s="54"/>
+      <c r="EI21" s="54"/>
+      <c r="EJ21" s="54"/>
+      <c r="EK21" s="54"/>
+      <c r="EL21" s="55"/>
+      <c r="EM21" s="55"/>
+      <c r="EN21" s="55"/>
+      <c r="EO21" s="55"/>
+      <c r="EP21" s="55"/>
+      <c r="EQ21" s="55"/>
+      <c r="ER21" s="55"/>
+      <c r="ES21" s="55"/>
+      <c r="ET21" s="55"/>
     </row>
     <row r="22" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
-      <c r="B22" s="60">
+      <c r="B22" s="67">
         <v>8</v>
       </c>
-      <c r="C22" s="42"/>
-[...172 lines deleted...]
-      <c r="ET22" s="54"/>
+      <c r="C22" s="68"/>
+      <c r="D22" s="69"/>
+      <c r="E22" s="70"/>
+      <c r="F22" s="71"/>
+      <c r="G22" s="66"/>
+      <c r="H22" s="66"/>
+      <c r="I22" s="72"/>
+      <c r="J22" s="45"/>
+      <c r="K22" s="63"/>
+      <c r="L22" s="63"/>
+      <c r="M22" s="63"/>
+      <c r="N22" s="63"/>
+      <c r="O22" s="63"/>
+      <c r="P22" s="46"/>
+      <c r="Q22" s="45"/>
+      <c r="R22" s="63"/>
+      <c r="S22" s="63"/>
+      <c r="T22" s="63"/>
+      <c r="U22" s="63"/>
+      <c r="V22" s="63"/>
+      <c r="W22" s="46"/>
+      <c r="X22" s="45"/>
+      <c r="Y22" s="63"/>
+      <c r="Z22" s="63"/>
+      <c r="AA22" s="63"/>
+      <c r="AB22" s="63"/>
+      <c r="AC22" s="63"/>
+      <c r="AD22" s="63"/>
+      <c r="AE22" s="63"/>
+      <c r="AF22" s="63"/>
+      <c r="AG22" s="63"/>
+      <c r="AH22" s="63"/>
+      <c r="AI22" s="46"/>
+      <c r="AJ22" s="45"/>
+      <c r="AK22" s="63"/>
+      <c r="AL22" s="63"/>
+      <c r="AM22" s="63"/>
+      <c r="AN22" s="63"/>
+      <c r="AO22" s="63"/>
+      <c r="AP22" s="63"/>
+      <c r="AQ22" s="63"/>
+      <c r="AR22" s="63"/>
+      <c r="AS22" s="63"/>
+      <c r="AT22" s="63"/>
+      <c r="AU22" s="46"/>
+      <c r="AV22" s="45"/>
+      <c r="AW22" s="46"/>
+      <c r="AX22" s="45"/>
+      <c r="AY22" s="46"/>
+      <c r="AZ22" s="60" t="str" cm="1">
+        <f t="array" ref="AZ22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AV22="有のみ"),"T+1",AND(LEFT($Q22,4)="金銭設定",$AV22="両方可"),"T+1",AND(LEFT($Q22,4)="現物設定",$AV22="有のみ"),"T+0",AND(LEFT($Q22,4)="現物設定",$AV22="両方可"),"T+0",$AV22="無のみ","",$AV22="","")</f>
+        <v/>
+      </c>
+      <c r="BA22" s="61"/>
+      <c r="BB22" s="60" t="str" cm="1">
+        <f t="array" ref="BB22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AX22="有のみ"),"T+1",AND(LEFT($Q22,4)="金銭設定",$AX22="両方可"),"T+1",AND(LEFT($Q22,4)="現物設定",$AX22="有のみ"),"T+0",AND(LEFT($Q22,4)="現物設定",$AX22="両方可"),"T+0",$AX22="無のみ","",$AX22="","")</f>
+        <v/>
+      </c>
+      <c r="BC22" s="61"/>
+      <c r="BD22" s="60" t="str" cm="1">
+        <f t="array" ref="BD22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AV22="有のみ"),"T+1",AND(LEFT($Q22,4)="金銭設定",$AV22="両方可"),"T+1",AND(LEFT($Q22,4)="現物設定",$AV22="有のみ"),"T+0",AND(LEFT($Q22,4)="現物設定",$AV22="両方可"),"T+0",$AV22="無のみ","",$AV22="","")</f>
+        <v/>
+      </c>
+      <c r="BE22" s="61"/>
+      <c r="BF22" s="60" t="str" cm="1">
+        <f t="array" ref="BF22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AX22="有のみ"),"T+1",AND(LEFT($Q22,4)="金銭設定",$AX22="両方可"),"T+1",AND(LEFT($Q22,4)="現物設定",$AX22="有のみ"),"T+0",AND(LEFT($Q22,4)="現物設定",$AX22="両方可"),"T+0",$AX22="無のみ","",$AX22="","")</f>
+        <v/>
+      </c>
+      <c r="BG22" s="61"/>
+      <c r="BH22" s="60" t="str" cm="1">
+        <f t="array" ref="BH22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AV22="有のみ"),"T+2",AND(LEFT($Q22,4)="金銭設定",$AV22="両方可"),"T+2",AND(LEFT($Q22,4)="現物設定",$AV22="有のみ"),"T+1",AND(LEFT($Q22,4)="現物設定",$AV22="両方可"),"T+1",$AV22="無のみ","",$AV22="","")</f>
+        <v/>
+      </c>
+      <c r="BI22" s="61"/>
+      <c r="BJ22" s="60" t="str" cm="1">
+        <f t="array" ref="BJ22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AX22="有のみ"),"T+2",AND(LEFT($Q22,4)="金銭設定",$AX22="両方可"),"T+2",AND(LEFT($Q22,4)="現物設定",$AX22="有のみ"),"T+1",AND(LEFT($Q22,4)="現物設定",$AX22="両方可"),"T+1",$AX22="無のみ","",$AX22="","")</f>
+        <v/>
+      </c>
+      <c r="BK22" s="61"/>
+      <c r="BL22" s="60" t="str" cm="1">
+        <f t="array" ref="BL22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AV22="有のみ"),"T+2",AND(LEFT($Q22,4)="金銭設定",$AV22="両方可"),"T+2",AND(LEFT($Q22,4)="現物設定",$AV22="有のみ"),"T+2",AND(LEFT($Q22,4)="現物設定",$AV22="両方可"),"T+2",$AV22="無のみ","",$AV22="","")</f>
+        <v/>
+      </c>
+      <c r="BM22" s="61"/>
+      <c r="BN22" s="60" t="str" cm="1">
+        <f t="array" ref="BN22">_xlfn.IFS(AND(LEFT($Q22,4)="金銭設定",$AX22="有のみ"),"T+2",AND(LEFT($Q22,4)="金銭設定",$AX22="両方可"),"T+2",AND(LEFT($Q22,4)="現物設定",$AX22="有のみ"),"T+2",AND(LEFT($Q22,4)="現物設定",$AX22="両方可"),"T+2",$AX22="無のみ","",$AX22="","")</f>
+        <v/>
+      </c>
+      <c r="BO22" s="61"/>
+      <c r="BP22" s="45"/>
+      <c r="BQ22" s="63"/>
+      <c r="BR22" s="45"/>
+      <c r="BS22" s="63"/>
+      <c r="BT22" s="45"/>
+      <c r="BU22" s="63"/>
+      <c r="BV22" s="45"/>
+      <c r="BW22" s="63"/>
+      <c r="BX22" s="45"/>
+      <c r="BY22" s="63"/>
+      <c r="BZ22" s="45"/>
+      <c r="CA22" s="63"/>
+      <c r="CB22" s="45"/>
+      <c r="CC22" s="63"/>
+      <c r="CD22" s="45"/>
+      <c r="CE22" s="63"/>
+      <c r="CF22" s="65"/>
+      <c r="CG22" s="66"/>
+      <c r="CH22" s="66"/>
+      <c r="CI22" s="66"/>
+      <c r="CJ22" s="65"/>
+      <c r="CK22" s="66"/>
+      <c r="CL22" s="66"/>
+      <c r="CM22" s="66"/>
+      <c r="CN22" s="45"/>
+      <c r="CO22" s="46"/>
+      <c r="CP22" s="45"/>
+      <c r="CQ22" s="46"/>
+      <c r="CR22" s="47"/>
+      <c r="CS22" s="47"/>
+      <c r="CT22" s="47"/>
+      <c r="CU22" s="47"/>
+      <c r="CV22" s="47"/>
+      <c r="CW22" s="47"/>
+      <c r="CX22" s="47"/>
+      <c r="CY22" s="47"/>
+      <c r="CZ22" s="47"/>
+      <c r="DA22" s="47"/>
+      <c r="DB22" s="47"/>
+      <c r="DC22" s="47"/>
+      <c r="DD22" s="47"/>
+      <c r="DE22" s="47"/>
+      <c r="DF22" s="47"/>
+      <c r="DG22" s="47"/>
+      <c r="DH22" s="47"/>
+      <c r="DI22" s="47"/>
+      <c r="DJ22" s="47"/>
+      <c r="DK22" s="47"/>
+      <c r="DL22" s="44"/>
+      <c r="DM22" s="47"/>
+      <c r="DN22" s="47"/>
+      <c r="DO22" s="47"/>
+      <c r="DP22" s="47"/>
+      <c r="DQ22" s="47"/>
+      <c r="DR22" s="48"/>
+      <c r="DS22" s="48"/>
+      <c r="DT22" s="48"/>
+      <c r="DU22" s="48"/>
+      <c r="DV22" s="48"/>
+      <c r="DW22" s="54"/>
+      <c r="DX22" s="54"/>
+      <c r="DY22" s="54"/>
+      <c r="DZ22" s="54"/>
+      <c r="EA22" s="54"/>
+      <c r="EB22" s="54"/>
+      <c r="EC22" s="54"/>
+      <c r="ED22" s="54"/>
+      <c r="EE22" s="54"/>
+      <c r="EF22" s="54"/>
+      <c r="EG22" s="54"/>
+      <c r="EH22" s="54"/>
+      <c r="EI22" s="54"/>
+      <c r="EJ22" s="54"/>
+      <c r="EK22" s="54"/>
+      <c r="EL22" s="55"/>
+      <c r="EM22" s="55"/>
+      <c r="EN22" s="55"/>
+      <c r="EO22" s="55"/>
+      <c r="EP22" s="55"/>
+      <c r="EQ22" s="55"/>
+      <c r="ER22" s="55"/>
+      <c r="ES22" s="55"/>
+      <c r="ET22" s="55"/>
     </row>
     <row r="23" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="60">
+      <c r="B23" s="67">
         <v>9</v>
       </c>
-      <c r="C23" s="42"/>
-[...172 lines deleted...]
-      <c r="ET23" s="54"/>
+      <c r="C23" s="68"/>
+      <c r="D23" s="69"/>
+      <c r="E23" s="70"/>
+      <c r="F23" s="71"/>
+      <c r="G23" s="66"/>
+      <c r="H23" s="66"/>
+      <c r="I23" s="72"/>
+      <c r="J23" s="45"/>
+      <c r="K23" s="63"/>
+      <c r="L23" s="63"/>
+      <c r="M23" s="63"/>
+      <c r="N23" s="63"/>
+      <c r="O23" s="63"/>
+      <c r="P23" s="46"/>
+      <c r="Q23" s="45"/>
+      <c r="R23" s="63"/>
+      <c r="S23" s="63"/>
+      <c r="T23" s="63"/>
+      <c r="U23" s="63"/>
+      <c r="V23" s="63"/>
+      <c r="W23" s="46"/>
+      <c r="X23" s="45"/>
+      <c r="Y23" s="63"/>
+      <c r="Z23" s="63"/>
+      <c r="AA23" s="63"/>
+      <c r="AB23" s="63"/>
+      <c r="AC23" s="63"/>
+      <c r="AD23" s="63"/>
+      <c r="AE23" s="63"/>
+      <c r="AF23" s="63"/>
+      <c r="AG23" s="63"/>
+      <c r="AH23" s="63"/>
+      <c r="AI23" s="46"/>
+      <c r="AJ23" s="45"/>
+      <c r="AK23" s="63"/>
+      <c r="AL23" s="63"/>
+      <c r="AM23" s="63"/>
+      <c r="AN23" s="63"/>
+      <c r="AO23" s="63"/>
+      <c r="AP23" s="63"/>
+      <c r="AQ23" s="63"/>
+      <c r="AR23" s="63"/>
+      <c r="AS23" s="63"/>
+      <c r="AT23" s="63"/>
+      <c r="AU23" s="46"/>
+      <c r="AV23" s="45"/>
+      <c r="AW23" s="46"/>
+      <c r="AX23" s="45"/>
+      <c r="AY23" s="46"/>
+      <c r="AZ23" s="60" t="str" cm="1">
+        <f t="array" ref="AZ23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AV23="有のみ"),"T+1",AND(LEFT($Q23,4)="金銭設定",$AV23="両方可"),"T+1",AND(LEFT($Q23,4)="現物設定",$AV23="有のみ"),"T+0",AND(LEFT($Q23,4)="現物設定",$AV23="両方可"),"T+0",$AV23="無のみ","",$AV23="","")</f>
+        <v/>
+      </c>
+      <c r="BA23" s="61"/>
+      <c r="BB23" s="60" t="str" cm="1">
+        <f t="array" ref="BB23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AX23="有のみ"),"T+1",AND(LEFT($Q23,4)="金銭設定",$AX23="両方可"),"T+1",AND(LEFT($Q23,4)="現物設定",$AX23="有のみ"),"T+0",AND(LEFT($Q23,4)="現物設定",$AX23="両方可"),"T+0",$AX23="無のみ","",$AX23="","")</f>
+        <v/>
+      </c>
+      <c r="BC23" s="61"/>
+      <c r="BD23" s="60" t="str" cm="1">
+        <f t="array" ref="BD23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AV23="有のみ"),"T+1",AND(LEFT($Q23,4)="金銭設定",$AV23="両方可"),"T+1",AND(LEFT($Q23,4)="現物設定",$AV23="有のみ"),"T+0",AND(LEFT($Q23,4)="現物設定",$AV23="両方可"),"T+0",$AV23="無のみ","",$AV23="","")</f>
+        <v/>
+      </c>
+      <c r="BE23" s="61"/>
+      <c r="BF23" s="60" t="str" cm="1">
+        <f t="array" ref="BF23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AX23="有のみ"),"T+1",AND(LEFT($Q23,4)="金銭設定",$AX23="両方可"),"T+1",AND(LEFT($Q23,4)="現物設定",$AX23="有のみ"),"T+0",AND(LEFT($Q23,4)="現物設定",$AX23="両方可"),"T+0",$AX23="無のみ","",$AX23="","")</f>
+        <v/>
+      </c>
+      <c r="BG23" s="61"/>
+      <c r="BH23" s="60" t="str" cm="1">
+        <f t="array" ref="BH23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AV23="有のみ"),"T+2",AND(LEFT($Q23,4)="金銭設定",$AV23="両方可"),"T+2",AND(LEFT($Q23,4)="現物設定",$AV23="有のみ"),"T+1",AND(LEFT($Q23,4)="現物設定",$AV23="両方可"),"T+1",$AV23="無のみ","",$AV23="","")</f>
+        <v/>
+      </c>
+      <c r="BI23" s="61"/>
+      <c r="BJ23" s="60" t="str" cm="1">
+        <f t="array" ref="BJ23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AX23="有のみ"),"T+2",AND(LEFT($Q23,4)="金銭設定",$AX23="両方可"),"T+2",AND(LEFT($Q23,4)="現物設定",$AX23="有のみ"),"T+1",AND(LEFT($Q23,4)="現物設定",$AX23="両方可"),"T+1",$AX23="無のみ","",$AX23="","")</f>
+        <v/>
+      </c>
+      <c r="BK23" s="61"/>
+      <c r="BL23" s="60" t="str" cm="1">
+        <f t="array" ref="BL23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AV23="有のみ"),"T+2",AND(LEFT($Q23,4)="金銭設定",$AV23="両方可"),"T+2",AND(LEFT($Q23,4)="現物設定",$AV23="有のみ"),"T+2",AND(LEFT($Q23,4)="現物設定",$AV23="両方可"),"T+2",$AV23="無のみ","",$AV23="","")</f>
+        <v/>
+      </c>
+      <c r="BM23" s="61"/>
+      <c r="BN23" s="60" t="str" cm="1">
+        <f t="array" ref="BN23">_xlfn.IFS(AND(LEFT($Q23,4)="金銭設定",$AX23="有のみ"),"T+2",AND(LEFT($Q23,4)="金銭設定",$AX23="両方可"),"T+2",AND(LEFT($Q23,4)="現物設定",$AX23="有のみ"),"T+2",AND(LEFT($Q23,4)="現物設定",$AX23="両方可"),"T+2",$AX23="無のみ","",$AX23="","")</f>
+        <v/>
+      </c>
+      <c r="BO23" s="61"/>
+      <c r="BP23" s="45"/>
+      <c r="BQ23" s="63"/>
+      <c r="BR23" s="45"/>
+      <c r="BS23" s="63"/>
+      <c r="BT23" s="45"/>
+      <c r="BU23" s="63"/>
+      <c r="BV23" s="45"/>
+      <c r="BW23" s="63"/>
+      <c r="BX23" s="45"/>
+      <c r="BY23" s="63"/>
+      <c r="BZ23" s="45"/>
+      <c r="CA23" s="63"/>
+      <c r="CB23" s="45"/>
+      <c r="CC23" s="63"/>
+      <c r="CD23" s="45"/>
+      <c r="CE23" s="63"/>
+      <c r="CF23" s="65"/>
+      <c r="CG23" s="66"/>
+      <c r="CH23" s="66"/>
+      <c r="CI23" s="66"/>
+      <c r="CJ23" s="65"/>
+      <c r="CK23" s="66"/>
+      <c r="CL23" s="66"/>
+      <c r="CM23" s="66"/>
+      <c r="CN23" s="45"/>
+      <c r="CO23" s="46"/>
+      <c r="CP23" s="45"/>
+      <c r="CQ23" s="46"/>
+      <c r="CR23" s="47"/>
+      <c r="CS23" s="47"/>
+      <c r="CT23" s="47"/>
+      <c r="CU23" s="47"/>
+      <c r="CV23" s="47"/>
+      <c r="CW23" s="47"/>
+      <c r="CX23" s="47"/>
+      <c r="CY23" s="47"/>
+      <c r="CZ23" s="47"/>
+      <c r="DA23" s="47"/>
+      <c r="DB23" s="47"/>
+      <c r="DC23" s="47"/>
+      <c r="DD23" s="47"/>
+      <c r="DE23" s="47"/>
+      <c r="DF23" s="47"/>
+      <c r="DG23" s="47"/>
+      <c r="DH23" s="47"/>
+      <c r="DI23" s="47"/>
+      <c r="DJ23" s="47"/>
+      <c r="DK23" s="47"/>
+      <c r="DL23" s="44"/>
+      <c r="DM23" s="47"/>
+      <c r="DN23" s="47"/>
+      <c r="DO23" s="47"/>
+      <c r="DP23" s="47"/>
+      <c r="DQ23" s="47"/>
+      <c r="DR23" s="48"/>
+      <c r="DS23" s="48"/>
+      <c r="DT23" s="48"/>
+      <c r="DU23" s="48"/>
+      <c r="DV23" s="48"/>
+      <c r="DW23" s="54"/>
+      <c r="DX23" s="54"/>
+      <c r="DY23" s="54"/>
+      <c r="DZ23" s="54"/>
+      <c r="EA23" s="54"/>
+      <c r="EB23" s="54"/>
+      <c r="EC23" s="54"/>
+      <c r="ED23" s="54"/>
+      <c r="EE23" s="54"/>
+      <c r="EF23" s="54"/>
+      <c r="EG23" s="54"/>
+      <c r="EH23" s="54"/>
+      <c r="EI23" s="54"/>
+      <c r="EJ23" s="54"/>
+      <c r="EK23" s="54"/>
+      <c r="EL23" s="55"/>
+      <c r="EM23" s="55"/>
+      <c r="EN23" s="55"/>
+      <c r="EO23" s="55"/>
+      <c r="EP23" s="55"/>
+      <c r="EQ23" s="55"/>
+      <c r="ER23" s="55"/>
+      <c r="ES23" s="55"/>
+      <c r="ET23" s="55"/>
     </row>
     <row r="24" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="60">
+      <c r="B24" s="67">
         <v>10</v>
       </c>
-      <c r="C24" s="42"/>
-[...172 lines deleted...]
-      <c r="ET24" s="54"/>
+      <c r="C24" s="68"/>
+      <c r="D24" s="69"/>
+      <c r="E24" s="70"/>
+      <c r="F24" s="71"/>
+      <c r="G24" s="66"/>
+      <c r="H24" s="66"/>
+      <c r="I24" s="72"/>
+      <c r="J24" s="45"/>
+      <c r="K24" s="63"/>
+      <c r="L24" s="63"/>
+      <c r="M24" s="63"/>
+      <c r="N24" s="63"/>
+      <c r="O24" s="63"/>
+      <c r="P24" s="46"/>
+      <c r="Q24" s="45"/>
+      <c r="R24" s="63"/>
+      <c r="S24" s="63"/>
+      <c r="T24" s="63"/>
+      <c r="U24" s="63"/>
+      <c r="V24" s="63"/>
+      <c r="W24" s="46"/>
+      <c r="X24" s="45"/>
+      <c r="Y24" s="63"/>
+      <c r="Z24" s="63"/>
+      <c r="AA24" s="63"/>
+      <c r="AB24" s="63"/>
+      <c r="AC24" s="63"/>
+      <c r="AD24" s="63"/>
+      <c r="AE24" s="63"/>
+      <c r="AF24" s="63"/>
+      <c r="AG24" s="63"/>
+      <c r="AH24" s="63"/>
+      <c r="AI24" s="46"/>
+      <c r="AJ24" s="45"/>
+      <c r="AK24" s="63"/>
+      <c r="AL24" s="63"/>
+      <c r="AM24" s="63"/>
+      <c r="AN24" s="63"/>
+      <c r="AO24" s="63"/>
+      <c r="AP24" s="63"/>
+      <c r="AQ24" s="63"/>
+      <c r="AR24" s="63"/>
+      <c r="AS24" s="63"/>
+      <c r="AT24" s="63"/>
+      <c r="AU24" s="46"/>
+      <c r="AV24" s="45"/>
+      <c r="AW24" s="46"/>
+      <c r="AX24" s="45"/>
+      <c r="AY24" s="46"/>
+      <c r="AZ24" s="60" t="str" cm="1">
+        <f t="array" ref="AZ24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AV24="有のみ"),"T+1",AND(LEFT($Q24,4)="金銭設定",$AV24="両方可"),"T+1",AND(LEFT($Q24,4)="現物設定",$AV24="有のみ"),"T+0",AND(LEFT($Q24,4)="現物設定",$AV24="両方可"),"T+0",$AV24="無のみ","",$AV24="","")</f>
+        <v/>
+      </c>
+      <c r="BA24" s="61"/>
+      <c r="BB24" s="60" t="str" cm="1">
+        <f t="array" ref="BB24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AX24="有のみ"),"T+1",AND(LEFT($Q24,4)="金銭設定",$AX24="両方可"),"T+1",AND(LEFT($Q24,4)="現物設定",$AX24="有のみ"),"T+0",AND(LEFT($Q24,4)="現物設定",$AX24="両方可"),"T+0",$AX24="無のみ","",$AX24="","")</f>
+        <v/>
+      </c>
+      <c r="BC24" s="61"/>
+      <c r="BD24" s="60" t="str" cm="1">
+        <f t="array" ref="BD24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AV24="有のみ"),"T+1",AND(LEFT($Q24,4)="金銭設定",$AV24="両方可"),"T+1",AND(LEFT($Q24,4)="現物設定",$AV24="有のみ"),"T+0",AND(LEFT($Q24,4)="現物設定",$AV24="両方可"),"T+0",$AV24="無のみ","",$AV24="","")</f>
+        <v/>
+      </c>
+      <c r="BE24" s="61"/>
+      <c r="BF24" s="60" t="str" cm="1">
+        <f t="array" ref="BF24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AX24="有のみ"),"T+1",AND(LEFT($Q24,4)="金銭設定",$AX24="両方可"),"T+1",AND(LEFT($Q24,4)="現物設定",$AX24="有のみ"),"T+0",AND(LEFT($Q24,4)="現物設定",$AX24="両方可"),"T+0",$AX24="無のみ","",$AX24="","")</f>
+        <v/>
+      </c>
+      <c r="BG24" s="61"/>
+      <c r="BH24" s="60" t="str" cm="1">
+        <f t="array" ref="BH24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AV24="有のみ"),"T+2",AND(LEFT($Q24,4)="金銭設定",$AV24="両方可"),"T+2",AND(LEFT($Q24,4)="現物設定",$AV24="有のみ"),"T+1",AND(LEFT($Q24,4)="現物設定",$AV24="両方可"),"T+1",$AV24="無のみ","",$AV24="","")</f>
+        <v/>
+      </c>
+      <c r="BI24" s="61"/>
+      <c r="BJ24" s="60" t="str" cm="1">
+        <f t="array" ref="BJ24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AX24="有のみ"),"T+2",AND(LEFT($Q24,4)="金銭設定",$AX24="両方可"),"T+2",AND(LEFT($Q24,4)="現物設定",$AX24="有のみ"),"T+1",AND(LEFT($Q24,4)="現物設定",$AX24="両方可"),"T+1",$AX24="無のみ","",$AX24="","")</f>
+        <v/>
+      </c>
+      <c r="BK24" s="61"/>
+      <c r="BL24" s="60" t="str" cm="1">
+        <f t="array" ref="BL24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AV24="有のみ"),"T+2",AND(LEFT($Q24,4)="金銭設定",$AV24="両方可"),"T+2",AND(LEFT($Q24,4)="現物設定",$AV24="有のみ"),"T+2",AND(LEFT($Q24,4)="現物設定",$AV24="両方可"),"T+2",$AV24="無のみ","",$AV24="","")</f>
+        <v/>
+      </c>
+      <c r="BM24" s="61"/>
+      <c r="BN24" s="60" t="str" cm="1">
+        <f t="array" ref="BN24">_xlfn.IFS(AND(LEFT($Q24,4)="金銭設定",$AX24="有のみ"),"T+2",AND(LEFT($Q24,4)="金銭設定",$AX24="両方可"),"T+2",AND(LEFT($Q24,4)="現物設定",$AX24="有のみ"),"T+2",AND(LEFT($Q24,4)="現物設定",$AX24="両方可"),"T+2",$AX24="無のみ","",$AX24="","")</f>
+        <v/>
+      </c>
+      <c r="BO24" s="61"/>
+      <c r="BP24" s="45"/>
+      <c r="BQ24" s="63"/>
+      <c r="BR24" s="45"/>
+      <c r="BS24" s="63"/>
+      <c r="BT24" s="45"/>
+      <c r="BU24" s="63"/>
+      <c r="BV24" s="45"/>
+      <c r="BW24" s="63"/>
+      <c r="BX24" s="45"/>
+      <c r="BY24" s="63"/>
+      <c r="BZ24" s="45"/>
+      <c r="CA24" s="63"/>
+      <c r="CB24" s="45"/>
+      <c r="CC24" s="63"/>
+      <c r="CD24" s="45"/>
+      <c r="CE24" s="63"/>
+      <c r="CF24" s="65"/>
+      <c r="CG24" s="66"/>
+      <c r="CH24" s="66"/>
+      <c r="CI24" s="66"/>
+      <c r="CJ24" s="65"/>
+      <c r="CK24" s="66"/>
+      <c r="CL24" s="66"/>
+      <c r="CM24" s="66"/>
+      <c r="CN24" s="45"/>
+      <c r="CO24" s="46"/>
+      <c r="CP24" s="45"/>
+      <c r="CQ24" s="46"/>
+      <c r="CR24" s="47"/>
+      <c r="CS24" s="47"/>
+      <c r="CT24" s="47"/>
+      <c r="CU24" s="47"/>
+      <c r="CV24" s="47"/>
+      <c r="CW24" s="47"/>
+      <c r="CX24" s="47"/>
+      <c r="CY24" s="47"/>
+      <c r="CZ24" s="47"/>
+      <c r="DA24" s="47"/>
+      <c r="DB24" s="47"/>
+      <c r="DC24" s="47"/>
+      <c r="DD24" s="47"/>
+      <c r="DE24" s="47"/>
+      <c r="DF24" s="47"/>
+      <c r="DG24" s="47"/>
+      <c r="DH24" s="47"/>
+      <c r="DI24" s="47"/>
+      <c r="DJ24" s="47"/>
+      <c r="DK24" s="47"/>
+      <c r="DL24" s="44"/>
+      <c r="DM24" s="47"/>
+      <c r="DN24" s="47"/>
+      <c r="DO24" s="47"/>
+      <c r="DP24" s="47"/>
+      <c r="DQ24" s="47"/>
+      <c r="DR24" s="48"/>
+      <c r="DS24" s="48"/>
+      <c r="DT24" s="48"/>
+      <c r="DU24" s="48"/>
+      <c r="DV24" s="48"/>
+      <c r="DW24" s="54"/>
+      <c r="DX24" s="54"/>
+      <c r="DY24" s="54"/>
+      <c r="DZ24" s="54"/>
+      <c r="EA24" s="54"/>
+      <c r="EB24" s="54"/>
+      <c r="EC24" s="54"/>
+      <c r="ED24" s="54"/>
+      <c r="EE24" s="54"/>
+      <c r="EF24" s="54"/>
+      <c r="EG24" s="54"/>
+      <c r="EH24" s="54"/>
+      <c r="EI24" s="54"/>
+      <c r="EJ24" s="54"/>
+      <c r="EK24" s="54"/>
+      <c r="EL24" s="55"/>
+      <c r="EM24" s="55"/>
+      <c r="EN24" s="55"/>
+      <c r="EO24" s="55"/>
+      <c r="EP24" s="55"/>
+      <c r="EQ24" s="55"/>
+      <c r="ER24" s="55"/>
+      <c r="ES24" s="55"/>
+      <c r="ET24" s="55"/>
     </row>
     <row r="25" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="60">
+      <c r="B25" s="67">
         <v>11</v>
       </c>
-      <c r="C25" s="42"/>
-[...172 lines deleted...]
-      <c r="ET25" s="54"/>
+      <c r="C25" s="68"/>
+      <c r="D25" s="69"/>
+      <c r="E25" s="70"/>
+      <c r="F25" s="71"/>
+      <c r="G25" s="66"/>
+      <c r="H25" s="66"/>
+      <c r="I25" s="72"/>
+      <c r="J25" s="45"/>
+      <c r="K25" s="63"/>
+      <c r="L25" s="63"/>
+      <c r="M25" s="63"/>
+      <c r="N25" s="63"/>
+      <c r="O25" s="63"/>
+      <c r="P25" s="46"/>
+      <c r="Q25" s="45"/>
+      <c r="R25" s="63"/>
+      <c r="S25" s="63"/>
+      <c r="T25" s="63"/>
+      <c r="U25" s="63"/>
+      <c r="V25" s="63"/>
+      <c r="W25" s="46"/>
+      <c r="X25" s="45"/>
+      <c r="Y25" s="63"/>
+      <c r="Z25" s="63"/>
+      <c r="AA25" s="63"/>
+      <c r="AB25" s="63"/>
+      <c r="AC25" s="63"/>
+      <c r="AD25" s="63"/>
+      <c r="AE25" s="63"/>
+      <c r="AF25" s="63"/>
+      <c r="AG25" s="63"/>
+      <c r="AH25" s="63"/>
+      <c r="AI25" s="46"/>
+      <c r="AJ25" s="45"/>
+      <c r="AK25" s="63"/>
+      <c r="AL25" s="63"/>
+      <c r="AM25" s="63"/>
+      <c r="AN25" s="63"/>
+      <c r="AO25" s="63"/>
+      <c r="AP25" s="63"/>
+      <c r="AQ25" s="63"/>
+      <c r="AR25" s="63"/>
+      <c r="AS25" s="63"/>
+      <c r="AT25" s="63"/>
+      <c r="AU25" s="46"/>
+      <c r="AV25" s="45"/>
+      <c r="AW25" s="46"/>
+      <c r="AX25" s="45"/>
+      <c r="AY25" s="46"/>
+      <c r="AZ25" s="60" t="str" cm="1">
+        <f t="array" ref="AZ25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AV25="有のみ"),"T+1",AND(LEFT($Q25,4)="金銭設定",$AV25="両方可"),"T+1",AND(LEFT($Q25,4)="現物設定",$AV25="有のみ"),"T+0",AND(LEFT($Q25,4)="現物設定",$AV25="両方可"),"T+0",$AV25="無のみ","",$AV25="","")</f>
+        <v/>
+      </c>
+      <c r="BA25" s="61"/>
+      <c r="BB25" s="60" t="str" cm="1">
+        <f t="array" ref="BB25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AX25="有のみ"),"T+1",AND(LEFT($Q25,4)="金銭設定",$AX25="両方可"),"T+1",AND(LEFT($Q25,4)="現物設定",$AX25="有のみ"),"T+0",AND(LEFT($Q25,4)="現物設定",$AX25="両方可"),"T+0",$AX25="無のみ","",$AX25="","")</f>
+        <v/>
+      </c>
+      <c r="BC25" s="61"/>
+      <c r="BD25" s="60" t="str" cm="1">
+        <f t="array" ref="BD25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AV25="有のみ"),"T+1",AND(LEFT($Q25,4)="金銭設定",$AV25="両方可"),"T+1",AND(LEFT($Q25,4)="現物設定",$AV25="有のみ"),"T+0",AND(LEFT($Q25,4)="現物設定",$AV25="両方可"),"T+0",$AV25="無のみ","",$AV25="","")</f>
+        <v/>
+      </c>
+      <c r="BE25" s="61"/>
+      <c r="BF25" s="60" t="str" cm="1">
+        <f t="array" ref="BF25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AX25="有のみ"),"T+1",AND(LEFT($Q25,4)="金銭設定",$AX25="両方可"),"T+1",AND(LEFT($Q25,4)="現物設定",$AX25="有のみ"),"T+0",AND(LEFT($Q25,4)="現物設定",$AX25="両方可"),"T+0",$AX25="無のみ","",$AX25="","")</f>
+        <v/>
+      </c>
+      <c r="BG25" s="61"/>
+      <c r="BH25" s="60" t="str" cm="1">
+        <f t="array" ref="BH25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AV25="有のみ"),"T+2",AND(LEFT($Q25,4)="金銭設定",$AV25="両方可"),"T+2",AND(LEFT($Q25,4)="現物設定",$AV25="有のみ"),"T+1",AND(LEFT($Q25,4)="現物設定",$AV25="両方可"),"T+1",$AV25="無のみ","",$AV25="","")</f>
+        <v/>
+      </c>
+      <c r="BI25" s="61"/>
+      <c r="BJ25" s="60" t="str" cm="1">
+        <f t="array" ref="BJ25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AX25="有のみ"),"T+2",AND(LEFT($Q25,4)="金銭設定",$AX25="両方可"),"T+2",AND(LEFT($Q25,4)="現物設定",$AX25="有のみ"),"T+1",AND(LEFT($Q25,4)="現物設定",$AX25="両方可"),"T+1",$AX25="無のみ","",$AX25="","")</f>
+        <v/>
+      </c>
+      <c r="BK25" s="61"/>
+      <c r="BL25" s="60" t="str" cm="1">
+        <f t="array" ref="BL25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AV25="有のみ"),"T+2",AND(LEFT($Q25,4)="金銭設定",$AV25="両方可"),"T+2",AND(LEFT($Q25,4)="現物設定",$AV25="有のみ"),"T+2",AND(LEFT($Q25,4)="現物設定",$AV25="両方可"),"T+2",$AV25="無のみ","",$AV25="","")</f>
+        <v/>
+      </c>
+      <c r="BM25" s="61"/>
+      <c r="BN25" s="60" t="str" cm="1">
+        <f t="array" ref="BN25">_xlfn.IFS(AND(LEFT($Q25,4)="金銭設定",$AX25="有のみ"),"T+2",AND(LEFT($Q25,4)="金銭設定",$AX25="両方可"),"T+2",AND(LEFT($Q25,4)="現物設定",$AX25="有のみ"),"T+2",AND(LEFT($Q25,4)="現物設定",$AX25="両方可"),"T+2",$AX25="無のみ","",$AX25="","")</f>
+        <v/>
+      </c>
+      <c r="BO25" s="61"/>
+      <c r="BP25" s="45"/>
+      <c r="BQ25" s="63"/>
+      <c r="BR25" s="45"/>
+      <c r="BS25" s="63"/>
+      <c r="BT25" s="45"/>
+      <c r="BU25" s="63"/>
+      <c r="BV25" s="45"/>
+      <c r="BW25" s="63"/>
+      <c r="BX25" s="45"/>
+      <c r="BY25" s="63"/>
+      <c r="BZ25" s="45"/>
+      <c r="CA25" s="63"/>
+      <c r="CB25" s="45"/>
+      <c r="CC25" s="63"/>
+      <c r="CD25" s="45"/>
+      <c r="CE25" s="63"/>
+      <c r="CF25" s="65"/>
+      <c r="CG25" s="66"/>
+      <c r="CH25" s="66"/>
+      <c r="CI25" s="66"/>
+      <c r="CJ25" s="65"/>
+      <c r="CK25" s="66"/>
+      <c r="CL25" s="66"/>
+      <c r="CM25" s="66"/>
+      <c r="CN25" s="45"/>
+      <c r="CO25" s="46"/>
+      <c r="CP25" s="45"/>
+      <c r="CQ25" s="46"/>
+      <c r="CR25" s="47"/>
+      <c r="CS25" s="47"/>
+      <c r="CT25" s="47"/>
+      <c r="CU25" s="47"/>
+      <c r="CV25" s="47"/>
+      <c r="CW25" s="47"/>
+      <c r="CX25" s="47"/>
+      <c r="CY25" s="47"/>
+      <c r="CZ25" s="47"/>
+      <c r="DA25" s="47"/>
+      <c r="DB25" s="47"/>
+      <c r="DC25" s="47"/>
+      <c r="DD25" s="47"/>
+      <c r="DE25" s="47"/>
+      <c r="DF25" s="47"/>
+      <c r="DG25" s="47"/>
+      <c r="DH25" s="47"/>
+      <c r="DI25" s="47"/>
+      <c r="DJ25" s="47"/>
+      <c r="DK25" s="47"/>
+      <c r="DL25" s="44"/>
+      <c r="DM25" s="47"/>
+      <c r="DN25" s="47"/>
+      <c r="DO25" s="47"/>
+      <c r="DP25" s="47"/>
+      <c r="DQ25" s="47"/>
+      <c r="DR25" s="48"/>
+      <c r="DS25" s="48"/>
+      <c r="DT25" s="48"/>
+      <c r="DU25" s="48"/>
+      <c r="DV25" s="48"/>
+      <c r="DW25" s="54"/>
+      <c r="DX25" s="54"/>
+      <c r="DY25" s="54"/>
+      <c r="DZ25" s="54"/>
+      <c r="EA25" s="54"/>
+      <c r="EB25" s="54"/>
+      <c r="EC25" s="54"/>
+      <c r="ED25" s="54"/>
+      <c r="EE25" s="54"/>
+      <c r="EF25" s="54"/>
+      <c r="EG25" s="54"/>
+      <c r="EH25" s="54"/>
+      <c r="EI25" s="54"/>
+      <c r="EJ25" s="54"/>
+      <c r="EK25" s="54"/>
+      <c r="EL25" s="55"/>
+      <c r="EM25" s="55"/>
+      <c r="EN25" s="55"/>
+      <c r="EO25" s="55"/>
+      <c r="EP25" s="55"/>
+      <c r="EQ25" s="55"/>
+      <c r="ER25" s="55"/>
+      <c r="ES25" s="55"/>
+      <c r="ET25" s="55"/>
     </row>
     <row r="26" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="60">
+      <c r="B26" s="67">
         <v>12</v>
       </c>
-      <c r="C26" s="42"/>
-[...172 lines deleted...]
-      <c r="ET26" s="54"/>
+      <c r="C26" s="68"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="70"/>
+      <c r="F26" s="71"/>
+      <c r="G26" s="66"/>
+      <c r="H26" s="66"/>
+      <c r="I26" s="72"/>
+      <c r="J26" s="45"/>
+      <c r="K26" s="63"/>
+      <c r="L26" s="63"/>
+      <c r="M26" s="63"/>
+      <c r="N26" s="63"/>
+      <c r="O26" s="63"/>
+      <c r="P26" s="46"/>
+      <c r="Q26" s="45"/>
+      <c r="R26" s="63"/>
+      <c r="S26" s="63"/>
+      <c r="T26" s="63"/>
+      <c r="U26" s="63"/>
+      <c r="V26" s="63"/>
+      <c r="W26" s="46"/>
+      <c r="X26" s="45"/>
+      <c r="Y26" s="63"/>
+      <c r="Z26" s="63"/>
+      <c r="AA26" s="63"/>
+      <c r="AB26" s="63"/>
+      <c r="AC26" s="63"/>
+      <c r="AD26" s="63"/>
+      <c r="AE26" s="63"/>
+      <c r="AF26" s="63"/>
+      <c r="AG26" s="63"/>
+      <c r="AH26" s="63"/>
+      <c r="AI26" s="46"/>
+      <c r="AJ26" s="45"/>
+      <c r="AK26" s="63"/>
+      <c r="AL26" s="63"/>
+      <c r="AM26" s="63"/>
+      <c r="AN26" s="63"/>
+      <c r="AO26" s="63"/>
+      <c r="AP26" s="63"/>
+      <c r="AQ26" s="63"/>
+      <c r="AR26" s="63"/>
+      <c r="AS26" s="63"/>
+      <c r="AT26" s="63"/>
+      <c r="AU26" s="46"/>
+      <c r="AV26" s="45"/>
+      <c r="AW26" s="46"/>
+      <c r="AX26" s="45"/>
+      <c r="AY26" s="46"/>
+      <c r="AZ26" s="60" t="str" cm="1">
+        <f t="array" ref="AZ26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AV26="有のみ"),"T+1",AND(LEFT($Q26,4)="金銭設定",$AV26="両方可"),"T+1",AND(LEFT($Q26,4)="現物設定",$AV26="有のみ"),"T+0",AND(LEFT($Q26,4)="現物設定",$AV26="両方可"),"T+0",$AV26="無のみ","",$AV26="","")</f>
+        <v/>
+      </c>
+      <c r="BA26" s="61"/>
+      <c r="BB26" s="60" t="str" cm="1">
+        <f t="array" ref="BB26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AX26="有のみ"),"T+1",AND(LEFT($Q26,4)="金銭設定",$AX26="両方可"),"T+1",AND(LEFT($Q26,4)="現物設定",$AX26="有のみ"),"T+0",AND(LEFT($Q26,4)="現物設定",$AX26="両方可"),"T+0",$AX26="無のみ","",$AX26="","")</f>
+        <v/>
+      </c>
+      <c r="BC26" s="61"/>
+      <c r="BD26" s="60" t="str" cm="1">
+        <f t="array" ref="BD26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AV26="有のみ"),"T+1",AND(LEFT($Q26,4)="金銭設定",$AV26="両方可"),"T+1",AND(LEFT($Q26,4)="現物設定",$AV26="有のみ"),"T+0",AND(LEFT($Q26,4)="現物設定",$AV26="両方可"),"T+0",$AV26="無のみ","",$AV26="","")</f>
+        <v/>
+      </c>
+      <c r="BE26" s="61"/>
+      <c r="BF26" s="60" t="str" cm="1">
+        <f t="array" ref="BF26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AX26="有のみ"),"T+1",AND(LEFT($Q26,4)="金銭設定",$AX26="両方可"),"T+1",AND(LEFT($Q26,4)="現物設定",$AX26="有のみ"),"T+0",AND(LEFT($Q26,4)="現物設定",$AX26="両方可"),"T+0",$AX26="無のみ","",$AX26="","")</f>
+        <v/>
+      </c>
+      <c r="BG26" s="61"/>
+      <c r="BH26" s="60" t="str" cm="1">
+        <f t="array" ref="BH26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AV26="有のみ"),"T+2",AND(LEFT($Q26,4)="金銭設定",$AV26="両方可"),"T+2",AND(LEFT($Q26,4)="現物設定",$AV26="有のみ"),"T+1",AND(LEFT($Q26,4)="現物設定",$AV26="両方可"),"T+1",$AV26="無のみ","",$AV26="","")</f>
+        <v/>
+      </c>
+      <c r="BI26" s="61"/>
+      <c r="BJ26" s="60" t="str" cm="1">
+        <f t="array" ref="BJ26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AX26="有のみ"),"T+2",AND(LEFT($Q26,4)="金銭設定",$AX26="両方可"),"T+2",AND(LEFT($Q26,4)="現物設定",$AX26="有のみ"),"T+1",AND(LEFT($Q26,4)="現物設定",$AX26="両方可"),"T+1",$AX26="無のみ","",$AX26="","")</f>
+        <v/>
+      </c>
+      <c r="BK26" s="61"/>
+      <c r="BL26" s="60" t="str" cm="1">
+        <f t="array" ref="BL26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AV26="有のみ"),"T+2",AND(LEFT($Q26,4)="金銭設定",$AV26="両方可"),"T+2",AND(LEFT($Q26,4)="現物設定",$AV26="有のみ"),"T+2",AND(LEFT($Q26,4)="現物設定",$AV26="両方可"),"T+2",$AV26="無のみ","",$AV26="","")</f>
+        <v/>
+      </c>
+      <c r="BM26" s="61"/>
+      <c r="BN26" s="60" t="str" cm="1">
+        <f t="array" ref="BN26">_xlfn.IFS(AND(LEFT($Q26,4)="金銭設定",$AX26="有のみ"),"T+2",AND(LEFT($Q26,4)="金銭設定",$AX26="両方可"),"T+2",AND(LEFT($Q26,4)="現物設定",$AX26="有のみ"),"T+2",AND(LEFT($Q26,4)="現物設定",$AX26="両方可"),"T+2",$AX26="無のみ","",$AX26="","")</f>
+        <v/>
+      </c>
+      <c r="BO26" s="61"/>
+      <c r="BP26" s="45"/>
+      <c r="BQ26" s="63"/>
+      <c r="BR26" s="45"/>
+      <c r="BS26" s="63"/>
+      <c r="BT26" s="45"/>
+      <c r="BU26" s="63"/>
+      <c r="BV26" s="45"/>
+      <c r="BW26" s="63"/>
+      <c r="BX26" s="45"/>
+      <c r="BY26" s="63"/>
+      <c r="BZ26" s="45"/>
+      <c r="CA26" s="63"/>
+      <c r="CB26" s="45"/>
+      <c r="CC26" s="63"/>
+      <c r="CD26" s="45"/>
+      <c r="CE26" s="63"/>
+      <c r="CF26" s="65"/>
+      <c r="CG26" s="66"/>
+      <c r="CH26" s="66"/>
+      <c r="CI26" s="66"/>
+      <c r="CJ26" s="65"/>
+      <c r="CK26" s="66"/>
+      <c r="CL26" s="66"/>
+      <c r="CM26" s="66"/>
+      <c r="CN26" s="45"/>
+      <c r="CO26" s="46"/>
+      <c r="CP26" s="45"/>
+      <c r="CQ26" s="46"/>
+      <c r="CR26" s="47"/>
+      <c r="CS26" s="47"/>
+      <c r="CT26" s="47"/>
+      <c r="CU26" s="47"/>
+      <c r="CV26" s="47"/>
+      <c r="CW26" s="47"/>
+      <c r="CX26" s="47"/>
+      <c r="CY26" s="47"/>
+      <c r="CZ26" s="47"/>
+      <c r="DA26" s="47"/>
+      <c r="DB26" s="47"/>
+      <c r="DC26" s="47"/>
+      <c r="DD26" s="47"/>
+      <c r="DE26" s="47"/>
+      <c r="DF26" s="47"/>
+      <c r="DG26" s="47"/>
+      <c r="DH26" s="47"/>
+      <c r="DI26" s="47"/>
+      <c r="DJ26" s="47"/>
+      <c r="DK26" s="47"/>
+      <c r="DL26" s="44"/>
+      <c r="DM26" s="47"/>
+      <c r="DN26" s="47"/>
+      <c r="DO26" s="47"/>
+      <c r="DP26" s="47"/>
+      <c r="DQ26" s="47"/>
+      <c r="DR26" s="48"/>
+      <c r="DS26" s="48"/>
+      <c r="DT26" s="48"/>
+      <c r="DU26" s="48"/>
+      <c r="DV26" s="48"/>
+      <c r="DW26" s="54"/>
+      <c r="DX26" s="54"/>
+      <c r="DY26" s="54"/>
+      <c r="DZ26" s="54"/>
+      <c r="EA26" s="54"/>
+      <c r="EB26" s="54"/>
+      <c r="EC26" s="54"/>
+      <c r="ED26" s="54"/>
+      <c r="EE26" s="54"/>
+      <c r="EF26" s="54"/>
+      <c r="EG26" s="54"/>
+      <c r="EH26" s="54"/>
+      <c r="EI26" s="54"/>
+      <c r="EJ26" s="54"/>
+      <c r="EK26" s="54"/>
+      <c r="EL26" s="55"/>
+      <c r="EM26" s="55"/>
+      <c r="EN26" s="55"/>
+      <c r="EO26" s="55"/>
+      <c r="EP26" s="55"/>
+      <c r="EQ26" s="55"/>
+      <c r="ER26" s="55"/>
+      <c r="ES26" s="55"/>
+      <c r="ET26" s="55"/>
     </row>
     <row r="27" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="60">
+      <c r="B27" s="67">
         <v>13</v>
       </c>
-      <c r="C27" s="42"/>
-[...172 lines deleted...]
-      <c r="ET27" s="54"/>
+      <c r="C27" s="68"/>
+      <c r="D27" s="69"/>
+      <c r="E27" s="70"/>
+      <c r="F27" s="71"/>
+      <c r="G27" s="66"/>
+      <c r="H27" s="66"/>
+      <c r="I27" s="72"/>
+      <c r="J27" s="45"/>
+      <c r="K27" s="63"/>
+      <c r="L27" s="63"/>
+      <c r="M27" s="63"/>
+      <c r="N27" s="63"/>
+      <c r="O27" s="63"/>
+      <c r="P27" s="46"/>
+      <c r="Q27" s="45"/>
+      <c r="R27" s="63"/>
+      <c r="S27" s="63"/>
+      <c r="T27" s="63"/>
+      <c r="U27" s="63"/>
+      <c r="V27" s="63"/>
+      <c r="W27" s="46"/>
+      <c r="X27" s="45"/>
+      <c r="Y27" s="63"/>
+      <c r="Z27" s="63"/>
+      <c r="AA27" s="63"/>
+      <c r="AB27" s="63"/>
+      <c r="AC27" s="63"/>
+      <c r="AD27" s="63"/>
+      <c r="AE27" s="63"/>
+      <c r="AF27" s="63"/>
+      <c r="AG27" s="63"/>
+      <c r="AH27" s="63"/>
+      <c r="AI27" s="46"/>
+      <c r="AJ27" s="45"/>
+      <c r="AK27" s="63"/>
+      <c r="AL27" s="63"/>
+      <c r="AM27" s="63"/>
+      <c r="AN27" s="63"/>
+      <c r="AO27" s="63"/>
+      <c r="AP27" s="63"/>
+      <c r="AQ27" s="63"/>
+      <c r="AR27" s="63"/>
+      <c r="AS27" s="63"/>
+      <c r="AT27" s="63"/>
+      <c r="AU27" s="46"/>
+      <c r="AV27" s="45"/>
+      <c r="AW27" s="46"/>
+      <c r="AX27" s="45"/>
+      <c r="AY27" s="46"/>
+      <c r="AZ27" s="60" t="str" cm="1">
+        <f t="array" ref="AZ27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AV27="有のみ"),"T+1",AND(LEFT($Q27,4)="金銭設定",$AV27="両方可"),"T+1",AND(LEFT($Q27,4)="現物設定",$AV27="有のみ"),"T+0",AND(LEFT($Q27,4)="現物設定",$AV27="両方可"),"T+0",$AV27="無のみ","",$AV27="","")</f>
+        <v/>
+      </c>
+      <c r="BA27" s="61"/>
+      <c r="BB27" s="60" t="str" cm="1">
+        <f t="array" ref="BB27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AX27="有のみ"),"T+1",AND(LEFT($Q27,4)="金銭設定",$AX27="両方可"),"T+1",AND(LEFT($Q27,4)="現物設定",$AX27="有のみ"),"T+0",AND(LEFT($Q27,4)="現物設定",$AX27="両方可"),"T+0",$AX27="無のみ","",$AX27="","")</f>
+        <v/>
+      </c>
+      <c r="BC27" s="61"/>
+      <c r="BD27" s="60" t="str" cm="1">
+        <f t="array" ref="BD27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AV27="有のみ"),"T+1",AND(LEFT($Q27,4)="金銭設定",$AV27="両方可"),"T+1",AND(LEFT($Q27,4)="現物設定",$AV27="有のみ"),"T+0",AND(LEFT($Q27,4)="現物設定",$AV27="両方可"),"T+0",$AV27="無のみ","",$AV27="","")</f>
+        <v/>
+      </c>
+      <c r="BE27" s="61"/>
+      <c r="BF27" s="60" t="str" cm="1">
+        <f t="array" ref="BF27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AX27="有のみ"),"T+1",AND(LEFT($Q27,4)="金銭設定",$AX27="両方可"),"T+1",AND(LEFT($Q27,4)="現物設定",$AX27="有のみ"),"T+0",AND(LEFT($Q27,4)="現物設定",$AX27="両方可"),"T+0",$AX27="無のみ","",$AX27="","")</f>
+        <v/>
+      </c>
+      <c r="BG27" s="61"/>
+      <c r="BH27" s="60" t="str" cm="1">
+        <f t="array" ref="BH27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AV27="有のみ"),"T+2",AND(LEFT($Q27,4)="金銭設定",$AV27="両方可"),"T+2",AND(LEFT($Q27,4)="現物設定",$AV27="有のみ"),"T+1",AND(LEFT($Q27,4)="現物設定",$AV27="両方可"),"T+1",$AV27="無のみ","",$AV27="","")</f>
+        <v/>
+      </c>
+      <c r="BI27" s="61"/>
+      <c r="BJ27" s="60" t="str" cm="1">
+        <f t="array" ref="BJ27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AX27="有のみ"),"T+2",AND(LEFT($Q27,4)="金銭設定",$AX27="両方可"),"T+2",AND(LEFT($Q27,4)="現物設定",$AX27="有のみ"),"T+1",AND(LEFT($Q27,4)="現物設定",$AX27="両方可"),"T+1",$AX27="無のみ","",$AX27="","")</f>
+        <v/>
+      </c>
+      <c r="BK27" s="61"/>
+      <c r="BL27" s="60" t="str" cm="1">
+        <f t="array" ref="BL27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AV27="有のみ"),"T+2",AND(LEFT($Q27,4)="金銭設定",$AV27="両方可"),"T+2",AND(LEFT($Q27,4)="現物設定",$AV27="有のみ"),"T+2",AND(LEFT($Q27,4)="現物設定",$AV27="両方可"),"T+2",$AV27="無のみ","",$AV27="","")</f>
+        <v/>
+      </c>
+      <c r="BM27" s="61"/>
+      <c r="BN27" s="60" t="str" cm="1">
+        <f t="array" ref="BN27">_xlfn.IFS(AND(LEFT($Q27,4)="金銭設定",$AX27="有のみ"),"T+2",AND(LEFT($Q27,4)="金銭設定",$AX27="両方可"),"T+2",AND(LEFT($Q27,4)="現物設定",$AX27="有のみ"),"T+2",AND(LEFT($Q27,4)="現物設定",$AX27="両方可"),"T+2",$AX27="無のみ","",$AX27="","")</f>
+        <v/>
+      </c>
+      <c r="BO27" s="61"/>
+      <c r="BP27" s="45"/>
+      <c r="BQ27" s="63"/>
+      <c r="BR27" s="45"/>
+      <c r="BS27" s="63"/>
+      <c r="BT27" s="45"/>
+      <c r="BU27" s="63"/>
+      <c r="BV27" s="45"/>
+      <c r="BW27" s="63"/>
+      <c r="BX27" s="45"/>
+      <c r="BY27" s="63"/>
+      <c r="BZ27" s="45"/>
+      <c r="CA27" s="63"/>
+      <c r="CB27" s="45"/>
+      <c r="CC27" s="63"/>
+      <c r="CD27" s="45"/>
+      <c r="CE27" s="63"/>
+      <c r="CF27" s="65"/>
+      <c r="CG27" s="66"/>
+      <c r="CH27" s="66"/>
+      <c r="CI27" s="66"/>
+      <c r="CJ27" s="65"/>
+      <c r="CK27" s="66"/>
+      <c r="CL27" s="66"/>
+      <c r="CM27" s="66"/>
+      <c r="CN27" s="45"/>
+      <c r="CO27" s="46"/>
+      <c r="CP27" s="45"/>
+      <c r="CQ27" s="46"/>
+      <c r="CR27" s="47"/>
+      <c r="CS27" s="47"/>
+      <c r="CT27" s="47"/>
+      <c r="CU27" s="47"/>
+      <c r="CV27" s="47"/>
+      <c r="CW27" s="47"/>
+      <c r="CX27" s="47"/>
+      <c r="CY27" s="47"/>
+      <c r="CZ27" s="47"/>
+      <c r="DA27" s="47"/>
+      <c r="DB27" s="47"/>
+      <c r="DC27" s="47"/>
+      <c r="DD27" s="47"/>
+      <c r="DE27" s="47"/>
+      <c r="DF27" s="47"/>
+      <c r="DG27" s="47"/>
+      <c r="DH27" s="47"/>
+      <c r="DI27" s="47"/>
+      <c r="DJ27" s="47"/>
+      <c r="DK27" s="47"/>
+      <c r="DL27" s="44"/>
+      <c r="DM27" s="47"/>
+      <c r="DN27" s="47"/>
+      <c r="DO27" s="47"/>
+      <c r="DP27" s="47"/>
+      <c r="DQ27" s="47"/>
+      <c r="DR27" s="48"/>
+      <c r="DS27" s="48"/>
+      <c r="DT27" s="48"/>
+      <c r="DU27" s="48"/>
+      <c r="DV27" s="48"/>
+      <c r="DW27" s="54"/>
+      <c r="DX27" s="54"/>
+      <c r="DY27" s="54"/>
+      <c r="DZ27" s="54"/>
+      <c r="EA27" s="54"/>
+      <c r="EB27" s="54"/>
+      <c r="EC27" s="54"/>
+      <c r="ED27" s="54"/>
+      <c r="EE27" s="54"/>
+      <c r="EF27" s="54"/>
+      <c r="EG27" s="54"/>
+      <c r="EH27" s="54"/>
+      <c r="EI27" s="54"/>
+      <c r="EJ27" s="54"/>
+      <c r="EK27" s="54"/>
+      <c r="EL27" s="55"/>
+      <c r="EM27" s="55"/>
+      <c r="EN27" s="55"/>
+      <c r="EO27" s="55"/>
+      <c r="EP27" s="55"/>
+      <c r="EQ27" s="55"/>
+      <c r="ER27" s="55"/>
+      <c r="ES27" s="55"/>
+      <c r="ET27" s="55"/>
     </row>
     <row r="28" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
-      <c r="B28" s="60">
+      <c r="B28" s="67">
         <v>14</v>
       </c>
-      <c r="C28" s="42"/>
-[...172 lines deleted...]
-      <c r="ET28" s="54"/>
+      <c r="C28" s="68"/>
+      <c r="D28" s="69"/>
+      <c r="E28" s="70"/>
+      <c r="F28" s="71"/>
+      <c r="G28" s="66"/>
+      <c r="H28" s="66"/>
+      <c r="I28" s="72"/>
+      <c r="J28" s="45"/>
+      <c r="K28" s="63"/>
+      <c r="L28" s="63"/>
+      <c r="M28" s="63"/>
+      <c r="N28" s="63"/>
+      <c r="O28" s="63"/>
+      <c r="P28" s="46"/>
+      <c r="Q28" s="45"/>
+      <c r="R28" s="63"/>
+      <c r="S28" s="63"/>
+      <c r="T28" s="63"/>
+      <c r="U28" s="63"/>
+      <c r="V28" s="63"/>
+      <c r="W28" s="46"/>
+      <c r="X28" s="45"/>
+      <c r="Y28" s="63"/>
+      <c r="Z28" s="63"/>
+      <c r="AA28" s="63"/>
+      <c r="AB28" s="63"/>
+      <c r="AC28" s="63"/>
+      <c r="AD28" s="63"/>
+      <c r="AE28" s="63"/>
+      <c r="AF28" s="63"/>
+      <c r="AG28" s="63"/>
+      <c r="AH28" s="63"/>
+      <c r="AI28" s="46"/>
+      <c r="AJ28" s="45"/>
+      <c r="AK28" s="63"/>
+      <c r="AL28" s="63"/>
+      <c r="AM28" s="63"/>
+      <c r="AN28" s="63"/>
+      <c r="AO28" s="63"/>
+      <c r="AP28" s="63"/>
+      <c r="AQ28" s="63"/>
+      <c r="AR28" s="63"/>
+      <c r="AS28" s="63"/>
+      <c r="AT28" s="63"/>
+      <c r="AU28" s="46"/>
+      <c r="AV28" s="45"/>
+      <c r="AW28" s="46"/>
+      <c r="AX28" s="45"/>
+      <c r="AY28" s="46"/>
+      <c r="AZ28" s="60" t="str" cm="1">
+        <f t="array" ref="AZ28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AV28="有のみ"),"T+1",AND(LEFT($Q28,4)="金銭設定",$AV28="両方可"),"T+1",AND(LEFT($Q28,4)="現物設定",$AV28="有のみ"),"T+0",AND(LEFT($Q28,4)="現物設定",$AV28="両方可"),"T+0",$AV28="無のみ","",$AV28="","")</f>
+        <v/>
+      </c>
+      <c r="BA28" s="61"/>
+      <c r="BB28" s="60" t="str" cm="1">
+        <f t="array" ref="BB28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AX28="有のみ"),"T+1",AND(LEFT($Q28,4)="金銭設定",$AX28="両方可"),"T+1",AND(LEFT($Q28,4)="現物設定",$AX28="有のみ"),"T+0",AND(LEFT($Q28,4)="現物設定",$AX28="両方可"),"T+0",$AX28="無のみ","",$AX28="","")</f>
+        <v/>
+      </c>
+      <c r="BC28" s="61"/>
+      <c r="BD28" s="60" t="str" cm="1">
+        <f t="array" ref="BD28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AV28="有のみ"),"T+1",AND(LEFT($Q28,4)="金銭設定",$AV28="両方可"),"T+1",AND(LEFT($Q28,4)="現物設定",$AV28="有のみ"),"T+0",AND(LEFT($Q28,4)="現物設定",$AV28="両方可"),"T+0",$AV28="無のみ","",$AV28="","")</f>
+        <v/>
+      </c>
+      <c r="BE28" s="61"/>
+      <c r="BF28" s="60" t="str" cm="1">
+        <f t="array" ref="BF28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AX28="有のみ"),"T+1",AND(LEFT($Q28,4)="金銭設定",$AX28="両方可"),"T+1",AND(LEFT($Q28,4)="現物設定",$AX28="有のみ"),"T+0",AND(LEFT($Q28,4)="現物設定",$AX28="両方可"),"T+0",$AX28="無のみ","",$AX28="","")</f>
+        <v/>
+      </c>
+      <c r="BG28" s="61"/>
+      <c r="BH28" s="60" t="str" cm="1">
+        <f t="array" ref="BH28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AV28="有のみ"),"T+2",AND(LEFT($Q28,4)="金銭設定",$AV28="両方可"),"T+2",AND(LEFT($Q28,4)="現物設定",$AV28="有のみ"),"T+1",AND(LEFT($Q28,4)="現物設定",$AV28="両方可"),"T+1",$AV28="無のみ","",$AV28="","")</f>
+        <v/>
+      </c>
+      <c r="BI28" s="61"/>
+      <c r="BJ28" s="60" t="str" cm="1">
+        <f t="array" ref="BJ28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AX28="有のみ"),"T+2",AND(LEFT($Q28,4)="金銭設定",$AX28="両方可"),"T+2",AND(LEFT($Q28,4)="現物設定",$AX28="有のみ"),"T+1",AND(LEFT($Q28,4)="現物設定",$AX28="両方可"),"T+1",$AX28="無のみ","",$AX28="","")</f>
+        <v/>
+      </c>
+      <c r="BK28" s="61"/>
+      <c r="BL28" s="60" t="str" cm="1">
+        <f t="array" ref="BL28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AV28="有のみ"),"T+2",AND(LEFT($Q28,4)="金銭設定",$AV28="両方可"),"T+2",AND(LEFT($Q28,4)="現物設定",$AV28="有のみ"),"T+2",AND(LEFT($Q28,4)="現物設定",$AV28="両方可"),"T+2",$AV28="無のみ","",$AV28="","")</f>
+        <v/>
+      </c>
+      <c r="BM28" s="61"/>
+      <c r="BN28" s="60" t="str" cm="1">
+        <f t="array" ref="BN28">_xlfn.IFS(AND(LEFT($Q28,4)="金銭設定",$AX28="有のみ"),"T+2",AND(LEFT($Q28,4)="金銭設定",$AX28="両方可"),"T+2",AND(LEFT($Q28,4)="現物設定",$AX28="有のみ"),"T+2",AND(LEFT($Q28,4)="現物設定",$AX28="両方可"),"T+2",$AX28="無のみ","",$AX28="","")</f>
+        <v/>
+      </c>
+      <c r="BO28" s="61"/>
+      <c r="BP28" s="45"/>
+      <c r="BQ28" s="63"/>
+      <c r="BR28" s="45"/>
+      <c r="BS28" s="63"/>
+      <c r="BT28" s="45"/>
+      <c r="BU28" s="63"/>
+      <c r="BV28" s="45"/>
+      <c r="BW28" s="63"/>
+      <c r="BX28" s="45"/>
+      <c r="BY28" s="63"/>
+      <c r="BZ28" s="45"/>
+      <c r="CA28" s="63"/>
+      <c r="CB28" s="45"/>
+      <c r="CC28" s="63"/>
+      <c r="CD28" s="45"/>
+      <c r="CE28" s="63"/>
+      <c r="CF28" s="65"/>
+      <c r="CG28" s="66"/>
+      <c r="CH28" s="66"/>
+      <c r="CI28" s="66"/>
+      <c r="CJ28" s="65"/>
+      <c r="CK28" s="66"/>
+      <c r="CL28" s="66"/>
+      <c r="CM28" s="66"/>
+      <c r="CN28" s="45"/>
+      <c r="CO28" s="46"/>
+      <c r="CP28" s="45"/>
+      <c r="CQ28" s="46"/>
+      <c r="CR28" s="47"/>
+      <c r="CS28" s="47"/>
+      <c r="CT28" s="47"/>
+      <c r="CU28" s="47"/>
+      <c r="CV28" s="47"/>
+      <c r="CW28" s="47"/>
+      <c r="CX28" s="47"/>
+      <c r="CY28" s="47"/>
+      <c r="CZ28" s="47"/>
+      <c r="DA28" s="47"/>
+      <c r="DB28" s="47"/>
+      <c r="DC28" s="47"/>
+      <c r="DD28" s="47"/>
+      <c r="DE28" s="47"/>
+      <c r="DF28" s="47"/>
+      <c r="DG28" s="47"/>
+      <c r="DH28" s="47"/>
+      <c r="DI28" s="47"/>
+      <c r="DJ28" s="47"/>
+      <c r="DK28" s="47"/>
+      <c r="DL28" s="44"/>
+      <c r="DM28" s="47"/>
+      <c r="DN28" s="47"/>
+      <c r="DO28" s="47"/>
+      <c r="DP28" s="47"/>
+      <c r="DQ28" s="47"/>
+      <c r="DR28" s="48"/>
+      <c r="DS28" s="48"/>
+      <c r="DT28" s="48"/>
+      <c r="DU28" s="48"/>
+      <c r="DV28" s="48"/>
+      <c r="DW28" s="54"/>
+      <c r="DX28" s="54"/>
+      <c r="DY28" s="54"/>
+      <c r="DZ28" s="54"/>
+      <c r="EA28" s="54"/>
+      <c r="EB28" s="54"/>
+      <c r="EC28" s="54"/>
+      <c r="ED28" s="54"/>
+      <c r="EE28" s="54"/>
+      <c r="EF28" s="54"/>
+      <c r="EG28" s="54"/>
+      <c r="EH28" s="54"/>
+      <c r="EI28" s="54"/>
+      <c r="EJ28" s="54"/>
+      <c r="EK28" s="54"/>
+      <c r="EL28" s="55"/>
+      <c r="EM28" s="55"/>
+      <c r="EN28" s="55"/>
+      <c r="EO28" s="55"/>
+      <c r="EP28" s="55"/>
+      <c r="EQ28" s="55"/>
+      <c r="ER28" s="55"/>
+      <c r="ES28" s="55"/>
+      <c r="ET28" s="55"/>
     </row>
     <row r="29" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
-      <c r="B29" s="60">
+      <c r="B29" s="67">
         <v>15</v>
       </c>
-      <c r="C29" s="42"/>
-[...172 lines deleted...]
-      <c r="ET29" s="54"/>
+      <c r="C29" s="68"/>
+      <c r="D29" s="69"/>
+      <c r="E29" s="70"/>
+      <c r="F29" s="71"/>
+      <c r="G29" s="66"/>
+      <c r="H29" s="66"/>
+      <c r="I29" s="72"/>
+      <c r="J29" s="45"/>
+      <c r="K29" s="63"/>
+      <c r="L29" s="63"/>
+      <c r="M29" s="63"/>
+      <c r="N29" s="63"/>
+      <c r="O29" s="63"/>
+      <c r="P29" s="46"/>
+      <c r="Q29" s="45"/>
+      <c r="R29" s="63"/>
+      <c r="S29" s="63"/>
+      <c r="T29" s="63"/>
+      <c r="U29" s="63"/>
+      <c r="V29" s="63"/>
+      <c r="W29" s="46"/>
+      <c r="X29" s="45"/>
+      <c r="Y29" s="63"/>
+      <c r="Z29" s="63"/>
+      <c r="AA29" s="63"/>
+      <c r="AB29" s="63"/>
+      <c r="AC29" s="63"/>
+      <c r="AD29" s="63"/>
+      <c r="AE29" s="63"/>
+      <c r="AF29" s="63"/>
+      <c r="AG29" s="63"/>
+      <c r="AH29" s="63"/>
+      <c r="AI29" s="46"/>
+      <c r="AJ29" s="45"/>
+      <c r="AK29" s="63"/>
+      <c r="AL29" s="63"/>
+      <c r="AM29" s="63"/>
+      <c r="AN29" s="63"/>
+      <c r="AO29" s="63"/>
+      <c r="AP29" s="63"/>
+      <c r="AQ29" s="63"/>
+      <c r="AR29" s="63"/>
+      <c r="AS29" s="63"/>
+      <c r="AT29" s="63"/>
+      <c r="AU29" s="46"/>
+      <c r="AV29" s="45"/>
+      <c r="AW29" s="46"/>
+      <c r="AX29" s="45"/>
+      <c r="AY29" s="46"/>
+      <c r="AZ29" s="60" t="str" cm="1">
+        <f t="array" ref="AZ29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AV29="有のみ"),"T+1",AND(LEFT($Q29,4)="金銭設定",$AV29="両方可"),"T+1",AND(LEFT($Q29,4)="現物設定",$AV29="有のみ"),"T+0",AND(LEFT($Q29,4)="現物設定",$AV29="両方可"),"T+0",$AV29="無のみ","",$AV29="","")</f>
+        <v/>
+      </c>
+      <c r="BA29" s="61"/>
+      <c r="BB29" s="60" t="str" cm="1">
+        <f t="array" ref="BB29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AX29="有のみ"),"T+1",AND(LEFT($Q29,4)="金銭設定",$AX29="両方可"),"T+1",AND(LEFT($Q29,4)="現物設定",$AX29="有のみ"),"T+0",AND(LEFT($Q29,4)="現物設定",$AX29="両方可"),"T+0",$AX29="無のみ","",$AX29="","")</f>
+        <v/>
+      </c>
+      <c r="BC29" s="61"/>
+      <c r="BD29" s="60" t="str" cm="1">
+        <f t="array" ref="BD29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AV29="有のみ"),"T+1",AND(LEFT($Q29,4)="金銭設定",$AV29="両方可"),"T+1",AND(LEFT($Q29,4)="現物設定",$AV29="有のみ"),"T+0",AND(LEFT($Q29,4)="現物設定",$AV29="両方可"),"T+0",$AV29="無のみ","",$AV29="","")</f>
+        <v/>
+      </c>
+      <c r="BE29" s="61"/>
+      <c r="BF29" s="60" t="str" cm="1">
+        <f t="array" ref="BF29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AX29="有のみ"),"T+1",AND(LEFT($Q29,4)="金銭設定",$AX29="両方可"),"T+1",AND(LEFT($Q29,4)="現物設定",$AX29="有のみ"),"T+0",AND(LEFT($Q29,4)="現物設定",$AX29="両方可"),"T+0",$AX29="無のみ","",$AX29="","")</f>
+        <v/>
+      </c>
+      <c r="BG29" s="61"/>
+      <c r="BH29" s="60" t="str" cm="1">
+        <f t="array" ref="BH29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AV29="有のみ"),"T+2",AND(LEFT($Q29,4)="金銭設定",$AV29="両方可"),"T+2",AND(LEFT($Q29,4)="現物設定",$AV29="有のみ"),"T+1",AND(LEFT($Q29,4)="現物設定",$AV29="両方可"),"T+1",$AV29="無のみ","",$AV29="","")</f>
+        <v/>
+      </c>
+      <c r="BI29" s="61"/>
+      <c r="BJ29" s="60" t="str" cm="1">
+        <f t="array" ref="BJ29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AX29="有のみ"),"T+2",AND(LEFT($Q29,4)="金銭設定",$AX29="両方可"),"T+2",AND(LEFT($Q29,4)="現物設定",$AX29="有のみ"),"T+1",AND(LEFT($Q29,4)="現物設定",$AX29="両方可"),"T+1",$AX29="無のみ","",$AX29="","")</f>
+        <v/>
+      </c>
+      <c r="BK29" s="61"/>
+      <c r="BL29" s="60" t="str" cm="1">
+        <f t="array" ref="BL29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AV29="有のみ"),"T+2",AND(LEFT($Q29,4)="金銭設定",$AV29="両方可"),"T+2",AND(LEFT($Q29,4)="現物設定",$AV29="有のみ"),"T+2",AND(LEFT($Q29,4)="現物設定",$AV29="両方可"),"T+2",$AV29="無のみ","",$AV29="","")</f>
+        <v/>
+      </c>
+      <c r="BM29" s="61"/>
+      <c r="BN29" s="60" t="str" cm="1">
+        <f t="array" ref="BN29">_xlfn.IFS(AND(LEFT($Q29,4)="金銭設定",$AX29="有のみ"),"T+2",AND(LEFT($Q29,4)="金銭設定",$AX29="両方可"),"T+2",AND(LEFT($Q29,4)="現物設定",$AX29="有のみ"),"T+2",AND(LEFT($Q29,4)="現物設定",$AX29="両方可"),"T+2",$AX29="無のみ","",$AX29="","")</f>
+        <v/>
+      </c>
+      <c r="BO29" s="61"/>
+      <c r="BP29" s="45"/>
+      <c r="BQ29" s="63"/>
+      <c r="BR29" s="45"/>
+      <c r="BS29" s="63"/>
+      <c r="BT29" s="45"/>
+      <c r="BU29" s="63"/>
+      <c r="BV29" s="45"/>
+      <c r="BW29" s="63"/>
+      <c r="BX29" s="45"/>
+      <c r="BY29" s="63"/>
+      <c r="BZ29" s="45"/>
+      <c r="CA29" s="63"/>
+      <c r="CB29" s="45"/>
+      <c r="CC29" s="63"/>
+      <c r="CD29" s="45"/>
+      <c r="CE29" s="63"/>
+      <c r="CF29" s="65"/>
+      <c r="CG29" s="66"/>
+      <c r="CH29" s="66"/>
+      <c r="CI29" s="66"/>
+      <c r="CJ29" s="65"/>
+      <c r="CK29" s="66"/>
+      <c r="CL29" s="66"/>
+      <c r="CM29" s="66"/>
+      <c r="CN29" s="45"/>
+      <c r="CO29" s="46"/>
+      <c r="CP29" s="45"/>
+      <c r="CQ29" s="46"/>
+      <c r="CR29" s="47"/>
+      <c r="CS29" s="47"/>
+      <c r="CT29" s="47"/>
+      <c r="CU29" s="47"/>
+      <c r="CV29" s="47"/>
+      <c r="CW29" s="47"/>
+      <c r="CX29" s="47"/>
+      <c r="CY29" s="47"/>
+      <c r="CZ29" s="47"/>
+      <c r="DA29" s="47"/>
+      <c r="DB29" s="47"/>
+      <c r="DC29" s="47"/>
+      <c r="DD29" s="47"/>
+      <c r="DE29" s="47"/>
+      <c r="DF29" s="47"/>
+      <c r="DG29" s="47"/>
+      <c r="DH29" s="47"/>
+      <c r="DI29" s="47"/>
+      <c r="DJ29" s="47"/>
+      <c r="DK29" s="47"/>
+      <c r="DL29" s="44"/>
+      <c r="DM29" s="47"/>
+      <c r="DN29" s="47"/>
+      <c r="DO29" s="47"/>
+      <c r="DP29" s="47"/>
+      <c r="DQ29" s="47"/>
+      <c r="DR29" s="48"/>
+      <c r="DS29" s="48"/>
+      <c r="DT29" s="48"/>
+      <c r="DU29" s="48"/>
+      <c r="DV29" s="48"/>
+      <c r="DW29" s="54"/>
+      <c r="DX29" s="54"/>
+      <c r="DY29" s="54"/>
+      <c r="DZ29" s="54"/>
+      <c r="EA29" s="54"/>
+      <c r="EB29" s="54"/>
+      <c r="EC29" s="54"/>
+      <c r="ED29" s="54"/>
+      <c r="EE29" s="54"/>
+      <c r="EF29" s="54"/>
+      <c r="EG29" s="54"/>
+      <c r="EH29" s="54"/>
+      <c r="EI29" s="54"/>
+      <c r="EJ29" s="54"/>
+      <c r="EK29" s="54"/>
+      <c r="EL29" s="55"/>
+      <c r="EM29" s="55"/>
+      <c r="EN29" s="55"/>
+      <c r="EO29" s="55"/>
+      <c r="EP29" s="55"/>
+      <c r="EQ29" s="55"/>
+      <c r="ER29" s="55"/>
+      <c r="ES29" s="55"/>
+      <c r="ET29" s="55"/>
     </row>
     <row r="30" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="60">
+      <c r="B30" s="67">
         <v>16</v>
       </c>
-      <c r="C30" s="42"/>
-[...172 lines deleted...]
-      <c r="ET30" s="54"/>
+      <c r="C30" s="68"/>
+      <c r="D30" s="69"/>
+      <c r="E30" s="70"/>
+      <c r="F30" s="71"/>
+      <c r="G30" s="66"/>
+      <c r="H30" s="66"/>
+      <c r="I30" s="72"/>
+      <c r="J30" s="45"/>
+      <c r="K30" s="63"/>
+      <c r="L30" s="63"/>
+      <c r="M30" s="63"/>
+      <c r="N30" s="63"/>
+      <c r="O30" s="63"/>
+      <c r="P30" s="46"/>
+      <c r="Q30" s="45"/>
+      <c r="R30" s="63"/>
+      <c r="S30" s="63"/>
+      <c r="T30" s="63"/>
+      <c r="U30" s="63"/>
+      <c r="V30" s="63"/>
+      <c r="W30" s="46"/>
+      <c r="X30" s="45"/>
+      <c r="Y30" s="63"/>
+      <c r="Z30" s="63"/>
+      <c r="AA30" s="63"/>
+      <c r="AB30" s="63"/>
+      <c r="AC30" s="63"/>
+      <c r="AD30" s="63"/>
+      <c r="AE30" s="63"/>
+      <c r="AF30" s="63"/>
+      <c r="AG30" s="63"/>
+      <c r="AH30" s="63"/>
+      <c r="AI30" s="46"/>
+      <c r="AJ30" s="45"/>
+      <c r="AK30" s="63"/>
+      <c r="AL30" s="63"/>
+      <c r="AM30" s="63"/>
+      <c r="AN30" s="63"/>
+      <c r="AO30" s="63"/>
+      <c r="AP30" s="63"/>
+      <c r="AQ30" s="63"/>
+      <c r="AR30" s="63"/>
+      <c r="AS30" s="63"/>
+      <c r="AT30" s="63"/>
+      <c r="AU30" s="46"/>
+      <c r="AV30" s="45"/>
+      <c r="AW30" s="46"/>
+      <c r="AX30" s="45"/>
+      <c r="AY30" s="46"/>
+      <c r="AZ30" s="60" t="str" cm="1">
+        <f t="array" ref="AZ30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AV30="有のみ"),"T+1",AND(LEFT($Q30,4)="金銭設定",$AV30="両方可"),"T+1",AND(LEFT($Q30,4)="現物設定",$AV30="有のみ"),"T+0",AND(LEFT($Q30,4)="現物設定",$AV30="両方可"),"T+0",$AV30="無のみ","",$AV30="","")</f>
+        <v/>
+      </c>
+      <c r="BA30" s="61"/>
+      <c r="BB30" s="60" t="str" cm="1">
+        <f t="array" ref="BB30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AX30="有のみ"),"T+1",AND(LEFT($Q30,4)="金銭設定",$AX30="両方可"),"T+1",AND(LEFT($Q30,4)="現物設定",$AX30="有のみ"),"T+0",AND(LEFT($Q30,4)="現物設定",$AX30="両方可"),"T+0",$AX30="無のみ","",$AX30="","")</f>
+        <v/>
+      </c>
+      <c r="BC30" s="61"/>
+      <c r="BD30" s="60" t="str" cm="1">
+        <f t="array" ref="BD30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AV30="有のみ"),"T+1",AND(LEFT($Q30,4)="金銭設定",$AV30="両方可"),"T+1",AND(LEFT($Q30,4)="現物設定",$AV30="有のみ"),"T+0",AND(LEFT($Q30,4)="現物設定",$AV30="両方可"),"T+0",$AV30="無のみ","",$AV30="","")</f>
+        <v/>
+      </c>
+      <c r="BE30" s="61"/>
+      <c r="BF30" s="60" t="str" cm="1">
+        <f t="array" ref="BF30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AX30="有のみ"),"T+1",AND(LEFT($Q30,4)="金銭設定",$AX30="両方可"),"T+1",AND(LEFT($Q30,4)="現物設定",$AX30="有のみ"),"T+0",AND(LEFT($Q30,4)="現物設定",$AX30="両方可"),"T+0",$AX30="無のみ","",$AX30="","")</f>
+        <v/>
+      </c>
+      <c r="BG30" s="61"/>
+      <c r="BH30" s="60" t="str" cm="1">
+        <f t="array" ref="BH30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AV30="有のみ"),"T+2",AND(LEFT($Q30,4)="金銭設定",$AV30="両方可"),"T+2",AND(LEFT($Q30,4)="現物設定",$AV30="有のみ"),"T+1",AND(LEFT($Q30,4)="現物設定",$AV30="両方可"),"T+1",$AV30="無のみ","",$AV30="","")</f>
+        <v/>
+      </c>
+      <c r="BI30" s="61"/>
+      <c r="BJ30" s="60" t="str" cm="1">
+        <f t="array" ref="BJ30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AX30="有のみ"),"T+2",AND(LEFT($Q30,4)="金銭設定",$AX30="両方可"),"T+2",AND(LEFT($Q30,4)="現物設定",$AX30="有のみ"),"T+1",AND(LEFT($Q30,4)="現物設定",$AX30="両方可"),"T+1",$AX30="無のみ","",$AX30="","")</f>
+        <v/>
+      </c>
+      <c r="BK30" s="61"/>
+      <c r="BL30" s="60" t="str" cm="1">
+        <f t="array" ref="BL30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AV30="有のみ"),"T+2",AND(LEFT($Q30,4)="金銭設定",$AV30="両方可"),"T+2",AND(LEFT($Q30,4)="現物設定",$AV30="有のみ"),"T+2",AND(LEFT($Q30,4)="現物設定",$AV30="両方可"),"T+2",$AV30="無のみ","",$AV30="","")</f>
+        <v/>
+      </c>
+      <c r="BM30" s="61"/>
+      <c r="BN30" s="60" t="str" cm="1">
+        <f t="array" ref="BN30">_xlfn.IFS(AND(LEFT($Q30,4)="金銭設定",$AX30="有のみ"),"T+2",AND(LEFT($Q30,4)="金銭設定",$AX30="両方可"),"T+2",AND(LEFT($Q30,4)="現物設定",$AX30="有のみ"),"T+2",AND(LEFT($Q30,4)="現物設定",$AX30="両方可"),"T+2",$AX30="無のみ","",$AX30="","")</f>
+        <v/>
+      </c>
+      <c r="BO30" s="61"/>
+      <c r="BP30" s="45"/>
+      <c r="BQ30" s="63"/>
+      <c r="BR30" s="45"/>
+      <c r="BS30" s="63"/>
+      <c r="BT30" s="45"/>
+      <c r="BU30" s="63"/>
+      <c r="BV30" s="45"/>
+      <c r="BW30" s="63"/>
+      <c r="BX30" s="45"/>
+      <c r="BY30" s="63"/>
+      <c r="BZ30" s="45"/>
+      <c r="CA30" s="63"/>
+      <c r="CB30" s="45"/>
+      <c r="CC30" s="63"/>
+      <c r="CD30" s="45"/>
+      <c r="CE30" s="63"/>
+      <c r="CF30" s="65"/>
+      <c r="CG30" s="66"/>
+      <c r="CH30" s="66"/>
+      <c r="CI30" s="66"/>
+      <c r="CJ30" s="65"/>
+      <c r="CK30" s="66"/>
+      <c r="CL30" s="66"/>
+      <c r="CM30" s="66"/>
+      <c r="CN30" s="45"/>
+      <c r="CO30" s="46"/>
+      <c r="CP30" s="45"/>
+      <c r="CQ30" s="46"/>
+      <c r="CR30" s="47"/>
+      <c r="CS30" s="47"/>
+      <c r="CT30" s="47"/>
+      <c r="CU30" s="47"/>
+      <c r="CV30" s="47"/>
+      <c r="CW30" s="47"/>
+      <c r="CX30" s="47"/>
+      <c r="CY30" s="47"/>
+      <c r="CZ30" s="47"/>
+      <c r="DA30" s="47"/>
+      <c r="DB30" s="47"/>
+      <c r="DC30" s="47"/>
+      <c r="DD30" s="47"/>
+      <c r="DE30" s="47"/>
+      <c r="DF30" s="47"/>
+      <c r="DG30" s="47"/>
+      <c r="DH30" s="47"/>
+      <c r="DI30" s="47"/>
+      <c r="DJ30" s="47"/>
+      <c r="DK30" s="47"/>
+      <c r="DL30" s="44"/>
+      <c r="DM30" s="47"/>
+      <c r="DN30" s="47"/>
+      <c r="DO30" s="47"/>
+      <c r="DP30" s="47"/>
+      <c r="DQ30" s="47"/>
+      <c r="DR30" s="48"/>
+      <c r="DS30" s="48"/>
+      <c r="DT30" s="48"/>
+      <c r="DU30" s="48"/>
+      <c r="DV30" s="48"/>
+      <c r="DW30" s="54"/>
+      <c r="DX30" s="54"/>
+      <c r="DY30" s="54"/>
+      <c r="DZ30" s="54"/>
+      <c r="EA30" s="54"/>
+      <c r="EB30" s="54"/>
+      <c r="EC30" s="54"/>
+      <c r="ED30" s="54"/>
+      <c r="EE30" s="54"/>
+      <c r="EF30" s="54"/>
+      <c r="EG30" s="54"/>
+      <c r="EH30" s="54"/>
+      <c r="EI30" s="54"/>
+      <c r="EJ30" s="54"/>
+      <c r="EK30" s="54"/>
+      <c r="EL30" s="55"/>
+      <c r="EM30" s="55"/>
+      <c r="EN30" s="55"/>
+      <c r="EO30" s="55"/>
+      <c r="EP30" s="55"/>
+      <c r="EQ30" s="55"/>
+      <c r="ER30" s="55"/>
+      <c r="ES30" s="55"/>
+      <c r="ET30" s="55"/>
     </row>
     <row r="31" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="60">
+      <c r="B31" s="67">
         <v>17</v>
       </c>
-      <c r="C31" s="42"/>
-[...172 lines deleted...]
-      <c r="ET31" s="54"/>
+      <c r="C31" s="68"/>
+      <c r="D31" s="69"/>
+      <c r="E31" s="70"/>
+      <c r="F31" s="71"/>
+      <c r="G31" s="66"/>
+      <c r="H31" s="66"/>
+      <c r="I31" s="72"/>
+      <c r="J31" s="45"/>
+      <c r="K31" s="63"/>
+      <c r="L31" s="63"/>
+      <c r="M31" s="63"/>
+      <c r="N31" s="63"/>
+      <c r="O31" s="63"/>
+      <c r="P31" s="46"/>
+      <c r="Q31" s="45"/>
+      <c r="R31" s="63"/>
+      <c r="S31" s="63"/>
+      <c r="T31" s="63"/>
+      <c r="U31" s="63"/>
+      <c r="V31" s="63"/>
+      <c r="W31" s="46"/>
+      <c r="X31" s="45"/>
+      <c r="Y31" s="63"/>
+      <c r="Z31" s="63"/>
+      <c r="AA31" s="63"/>
+      <c r="AB31" s="63"/>
+      <c r="AC31" s="63"/>
+      <c r="AD31" s="63"/>
+      <c r="AE31" s="63"/>
+      <c r="AF31" s="63"/>
+      <c r="AG31" s="63"/>
+      <c r="AH31" s="63"/>
+      <c r="AI31" s="46"/>
+      <c r="AJ31" s="45"/>
+      <c r="AK31" s="63"/>
+      <c r="AL31" s="63"/>
+      <c r="AM31" s="63"/>
+      <c r="AN31" s="63"/>
+      <c r="AO31" s="63"/>
+      <c r="AP31" s="63"/>
+      <c r="AQ31" s="63"/>
+      <c r="AR31" s="63"/>
+      <c r="AS31" s="63"/>
+      <c r="AT31" s="63"/>
+      <c r="AU31" s="46"/>
+      <c r="AV31" s="45"/>
+      <c r="AW31" s="46"/>
+      <c r="AX31" s="45"/>
+      <c r="AY31" s="46"/>
+      <c r="AZ31" s="60" t="str" cm="1">
+        <f t="array" ref="AZ31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AV31="有のみ"),"T+1",AND(LEFT($Q31,4)="金銭設定",$AV31="両方可"),"T+1",AND(LEFT($Q31,4)="現物設定",$AV31="有のみ"),"T+0",AND(LEFT($Q31,4)="現物設定",$AV31="両方可"),"T+0",$AV31="無のみ","",$AV31="","")</f>
+        <v/>
+      </c>
+      <c r="BA31" s="61"/>
+      <c r="BB31" s="60" t="str" cm="1">
+        <f t="array" ref="BB31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AX31="有のみ"),"T+1",AND(LEFT($Q31,4)="金銭設定",$AX31="両方可"),"T+1",AND(LEFT($Q31,4)="現物設定",$AX31="有のみ"),"T+0",AND(LEFT($Q31,4)="現物設定",$AX31="両方可"),"T+0",$AX31="無のみ","",$AX31="","")</f>
+        <v/>
+      </c>
+      <c r="BC31" s="61"/>
+      <c r="BD31" s="60" t="str" cm="1">
+        <f t="array" ref="BD31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AV31="有のみ"),"T+1",AND(LEFT($Q31,4)="金銭設定",$AV31="両方可"),"T+1",AND(LEFT($Q31,4)="現物設定",$AV31="有のみ"),"T+0",AND(LEFT($Q31,4)="現物設定",$AV31="両方可"),"T+0",$AV31="無のみ","",$AV31="","")</f>
+        <v/>
+      </c>
+      <c r="BE31" s="61"/>
+      <c r="BF31" s="60" t="str" cm="1">
+        <f t="array" ref="BF31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AX31="有のみ"),"T+1",AND(LEFT($Q31,4)="金銭設定",$AX31="両方可"),"T+1",AND(LEFT($Q31,4)="現物設定",$AX31="有のみ"),"T+0",AND(LEFT($Q31,4)="現物設定",$AX31="両方可"),"T+0",$AX31="無のみ","",$AX31="","")</f>
+        <v/>
+      </c>
+      <c r="BG31" s="61"/>
+      <c r="BH31" s="60" t="str" cm="1">
+        <f t="array" ref="BH31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AV31="有のみ"),"T+2",AND(LEFT($Q31,4)="金銭設定",$AV31="両方可"),"T+2",AND(LEFT($Q31,4)="現物設定",$AV31="有のみ"),"T+1",AND(LEFT($Q31,4)="現物設定",$AV31="両方可"),"T+1",$AV31="無のみ","",$AV31="","")</f>
+        <v/>
+      </c>
+      <c r="BI31" s="61"/>
+      <c r="BJ31" s="60" t="str" cm="1">
+        <f t="array" ref="BJ31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AX31="有のみ"),"T+2",AND(LEFT($Q31,4)="金銭設定",$AX31="両方可"),"T+2",AND(LEFT($Q31,4)="現物設定",$AX31="有のみ"),"T+1",AND(LEFT($Q31,4)="現物設定",$AX31="両方可"),"T+1",$AX31="無のみ","",$AX31="","")</f>
+        <v/>
+      </c>
+      <c r="BK31" s="61"/>
+      <c r="BL31" s="60" t="str" cm="1">
+        <f t="array" ref="BL31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AV31="有のみ"),"T+2",AND(LEFT($Q31,4)="金銭設定",$AV31="両方可"),"T+2",AND(LEFT($Q31,4)="現物設定",$AV31="有のみ"),"T+2",AND(LEFT($Q31,4)="現物設定",$AV31="両方可"),"T+2",$AV31="無のみ","",$AV31="","")</f>
+        <v/>
+      </c>
+      <c r="BM31" s="61"/>
+      <c r="BN31" s="60" t="str" cm="1">
+        <f t="array" ref="BN31">_xlfn.IFS(AND(LEFT($Q31,4)="金銭設定",$AX31="有のみ"),"T+2",AND(LEFT($Q31,4)="金銭設定",$AX31="両方可"),"T+2",AND(LEFT($Q31,4)="現物設定",$AX31="有のみ"),"T+2",AND(LEFT($Q31,4)="現物設定",$AX31="両方可"),"T+2",$AX31="無のみ","",$AX31="","")</f>
+        <v/>
+      </c>
+      <c r="BO31" s="61"/>
+      <c r="BP31" s="45"/>
+      <c r="BQ31" s="63"/>
+      <c r="BR31" s="45"/>
+      <c r="BS31" s="63"/>
+      <c r="BT31" s="45"/>
+      <c r="BU31" s="63"/>
+      <c r="BV31" s="45"/>
+      <c r="BW31" s="63"/>
+      <c r="BX31" s="45"/>
+      <c r="BY31" s="63"/>
+      <c r="BZ31" s="45"/>
+      <c r="CA31" s="63"/>
+      <c r="CB31" s="45"/>
+      <c r="CC31" s="63"/>
+      <c r="CD31" s="45"/>
+      <c r="CE31" s="63"/>
+      <c r="CF31" s="65"/>
+      <c r="CG31" s="66"/>
+      <c r="CH31" s="66"/>
+      <c r="CI31" s="66"/>
+      <c r="CJ31" s="65"/>
+      <c r="CK31" s="66"/>
+      <c r="CL31" s="66"/>
+      <c r="CM31" s="66"/>
+      <c r="CN31" s="45"/>
+      <c r="CO31" s="46"/>
+      <c r="CP31" s="45"/>
+      <c r="CQ31" s="46"/>
+      <c r="CR31" s="47"/>
+      <c r="CS31" s="47"/>
+      <c r="CT31" s="47"/>
+      <c r="CU31" s="47"/>
+      <c r="CV31" s="47"/>
+      <c r="CW31" s="47"/>
+      <c r="CX31" s="47"/>
+      <c r="CY31" s="47"/>
+      <c r="CZ31" s="47"/>
+      <c r="DA31" s="47"/>
+      <c r="DB31" s="47"/>
+      <c r="DC31" s="47"/>
+      <c r="DD31" s="47"/>
+      <c r="DE31" s="47"/>
+      <c r="DF31" s="47"/>
+      <c r="DG31" s="47"/>
+      <c r="DH31" s="47"/>
+      <c r="DI31" s="47"/>
+      <c r="DJ31" s="47"/>
+      <c r="DK31" s="47"/>
+      <c r="DL31" s="44"/>
+      <c r="DM31" s="47"/>
+      <c r="DN31" s="47"/>
+      <c r="DO31" s="47"/>
+      <c r="DP31" s="47"/>
+      <c r="DQ31" s="47"/>
+      <c r="DR31" s="48"/>
+      <c r="DS31" s="48"/>
+      <c r="DT31" s="48"/>
+      <c r="DU31" s="48"/>
+      <c r="DV31" s="48"/>
+      <c r="DW31" s="54"/>
+      <c r="DX31" s="54"/>
+      <c r="DY31" s="54"/>
+      <c r="DZ31" s="54"/>
+      <c r="EA31" s="54"/>
+      <c r="EB31" s="54"/>
+      <c r="EC31" s="54"/>
+      <c r="ED31" s="54"/>
+      <c r="EE31" s="54"/>
+      <c r="EF31" s="54"/>
+      <c r="EG31" s="54"/>
+      <c r="EH31" s="54"/>
+      <c r="EI31" s="54"/>
+      <c r="EJ31" s="54"/>
+      <c r="EK31" s="54"/>
+      <c r="EL31" s="55"/>
+      <c r="EM31" s="55"/>
+      <c r="EN31" s="55"/>
+      <c r="EO31" s="55"/>
+      <c r="EP31" s="55"/>
+      <c r="EQ31" s="55"/>
+      <c r="ER31" s="55"/>
+      <c r="ES31" s="55"/>
+      <c r="ET31" s="55"/>
     </row>
     <row r="32" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
-      <c r="B32" s="60">
+      <c r="B32" s="67">
         <v>18</v>
       </c>
-      <c r="C32" s="42"/>
-[...172 lines deleted...]
-      <c r="ET32" s="54"/>
+      <c r="C32" s="68"/>
+      <c r="D32" s="69"/>
+      <c r="E32" s="70"/>
+      <c r="F32" s="71"/>
+      <c r="G32" s="66"/>
+      <c r="H32" s="66"/>
+      <c r="I32" s="72"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="63"/>
+      <c r="L32" s="63"/>
+      <c r="M32" s="63"/>
+      <c r="N32" s="63"/>
+      <c r="O32" s="63"/>
+      <c r="P32" s="46"/>
+      <c r="Q32" s="45"/>
+      <c r="R32" s="63"/>
+      <c r="S32" s="63"/>
+      <c r="T32" s="63"/>
+      <c r="U32" s="63"/>
+      <c r="V32" s="63"/>
+      <c r="W32" s="46"/>
+      <c r="X32" s="45"/>
+      <c r="Y32" s="63"/>
+      <c r="Z32" s="63"/>
+      <c r="AA32" s="63"/>
+      <c r="AB32" s="63"/>
+      <c r="AC32" s="63"/>
+      <c r="AD32" s="63"/>
+      <c r="AE32" s="63"/>
+      <c r="AF32" s="63"/>
+      <c r="AG32" s="63"/>
+      <c r="AH32" s="63"/>
+      <c r="AI32" s="46"/>
+      <c r="AJ32" s="45"/>
+      <c r="AK32" s="63"/>
+      <c r="AL32" s="63"/>
+      <c r="AM32" s="63"/>
+      <c r="AN32" s="63"/>
+      <c r="AO32" s="63"/>
+      <c r="AP32" s="63"/>
+      <c r="AQ32" s="63"/>
+      <c r="AR32" s="63"/>
+      <c r="AS32" s="63"/>
+      <c r="AT32" s="63"/>
+      <c r="AU32" s="46"/>
+      <c r="AV32" s="45"/>
+      <c r="AW32" s="46"/>
+      <c r="AX32" s="45"/>
+      <c r="AY32" s="46"/>
+      <c r="AZ32" s="60" t="str" cm="1">
+        <f t="array" ref="AZ32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AV32="有のみ"),"T+1",AND(LEFT($Q32,4)="金銭設定",$AV32="両方可"),"T+1",AND(LEFT($Q32,4)="現物設定",$AV32="有のみ"),"T+0",AND(LEFT($Q32,4)="現物設定",$AV32="両方可"),"T+0",$AV32="無のみ","",$AV32="","")</f>
+        <v/>
+      </c>
+      <c r="BA32" s="61"/>
+      <c r="BB32" s="60" t="str" cm="1">
+        <f t="array" ref="BB32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AX32="有のみ"),"T+1",AND(LEFT($Q32,4)="金銭設定",$AX32="両方可"),"T+1",AND(LEFT($Q32,4)="現物設定",$AX32="有のみ"),"T+0",AND(LEFT($Q32,4)="現物設定",$AX32="両方可"),"T+0",$AX32="無のみ","",$AX32="","")</f>
+        <v/>
+      </c>
+      <c r="BC32" s="61"/>
+      <c r="BD32" s="60" t="str" cm="1">
+        <f t="array" ref="BD32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AV32="有のみ"),"T+1",AND(LEFT($Q32,4)="金銭設定",$AV32="両方可"),"T+1",AND(LEFT($Q32,4)="現物設定",$AV32="有のみ"),"T+0",AND(LEFT($Q32,4)="現物設定",$AV32="両方可"),"T+0",$AV32="無のみ","",$AV32="","")</f>
+        <v/>
+      </c>
+      <c r="BE32" s="61"/>
+      <c r="BF32" s="60" t="str" cm="1">
+        <f t="array" ref="BF32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AX32="有のみ"),"T+1",AND(LEFT($Q32,4)="金銭設定",$AX32="両方可"),"T+1",AND(LEFT($Q32,4)="現物設定",$AX32="有のみ"),"T+0",AND(LEFT($Q32,4)="現物設定",$AX32="両方可"),"T+0",$AX32="無のみ","",$AX32="","")</f>
+        <v/>
+      </c>
+      <c r="BG32" s="61"/>
+      <c r="BH32" s="60" t="str" cm="1">
+        <f t="array" ref="BH32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AV32="有のみ"),"T+2",AND(LEFT($Q32,4)="金銭設定",$AV32="両方可"),"T+2",AND(LEFT($Q32,4)="現物設定",$AV32="有のみ"),"T+1",AND(LEFT($Q32,4)="現物設定",$AV32="両方可"),"T+1",$AV32="無のみ","",$AV32="","")</f>
+        <v/>
+      </c>
+      <c r="BI32" s="61"/>
+      <c r="BJ32" s="60" t="str" cm="1">
+        <f t="array" ref="BJ32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AX32="有のみ"),"T+2",AND(LEFT($Q32,4)="金銭設定",$AX32="両方可"),"T+2",AND(LEFT($Q32,4)="現物設定",$AX32="有のみ"),"T+1",AND(LEFT($Q32,4)="現物設定",$AX32="両方可"),"T+1",$AX32="無のみ","",$AX32="","")</f>
+        <v/>
+      </c>
+      <c r="BK32" s="61"/>
+      <c r="BL32" s="60" t="str" cm="1">
+        <f t="array" ref="BL32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AV32="有のみ"),"T+2",AND(LEFT($Q32,4)="金銭設定",$AV32="両方可"),"T+2",AND(LEFT($Q32,4)="現物設定",$AV32="有のみ"),"T+2",AND(LEFT($Q32,4)="現物設定",$AV32="両方可"),"T+2",$AV32="無のみ","",$AV32="","")</f>
+        <v/>
+      </c>
+      <c r="BM32" s="61"/>
+      <c r="BN32" s="60" t="str" cm="1">
+        <f t="array" ref="BN32">_xlfn.IFS(AND(LEFT($Q32,4)="金銭設定",$AX32="有のみ"),"T+2",AND(LEFT($Q32,4)="金銭設定",$AX32="両方可"),"T+2",AND(LEFT($Q32,4)="現物設定",$AX32="有のみ"),"T+2",AND(LEFT($Q32,4)="現物設定",$AX32="両方可"),"T+2",$AX32="無のみ","",$AX32="","")</f>
+        <v/>
+      </c>
+      <c r="BO32" s="61"/>
+      <c r="BP32" s="45"/>
+      <c r="BQ32" s="63"/>
+      <c r="BR32" s="45"/>
+      <c r="BS32" s="63"/>
+      <c r="BT32" s="45"/>
+      <c r="BU32" s="63"/>
+      <c r="BV32" s="45"/>
+      <c r="BW32" s="63"/>
+      <c r="BX32" s="45"/>
+      <c r="BY32" s="63"/>
+      <c r="BZ32" s="45"/>
+      <c r="CA32" s="63"/>
+      <c r="CB32" s="45"/>
+      <c r="CC32" s="63"/>
+      <c r="CD32" s="45"/>
+      <c r="CE32" s="63"/>
+      <c r="CF32" s="65"/>
+      <c r="CG32" s="66"/>
+      <c r="CH32" s="66"/>
+      <c r="CI32" s="66"/>
+      <c r="CJ32" s="65"/>
+      <c r="CK32" s="66"/>
+      <c r="CL32" s="66"/>
+      <c r="CM32" s="66"/>
+      <c r="CN32" s="45"/>
+      <c r="CO32" s="46"/>
+      <c r="CP32" s="45"/>
+      <c r="CQ32" s="46"/>
+      <c r="CR32" s="47"/>
+      <c r="CS32" s="47"/>
+      <c r="CT32" s="47"/>
+      <c r="CU32" s="47"/>
+      <c r="CV32" s="47"/>
+      <c r="CW32" s="47"/>
+      <c r="CX32" s="47"/>
+      <c r="CY32" s="47"/>
+      <c r="CZ32" s="47"/>
+      <c r="DA32" s="47"/>
+      <c r="DB32" s="47"/>
+      <c r="DC32" s="47"/>
+      <c r="DD32" s="47"/>
+      <c r="DE32" s="47"/>
+      <c r="DF32" s="47"/>
+      <c r="DG32" s="47"/>
+      <c r="DH32" s="47"/>
+      <c r="DI32" s="47"/>
+      <c r="DJ32" s="47"/>
+      <c r="DK32" s="47"/>
+      <c r="DL32" s="44"/>
+      <c r="DM32" s="47"/>
+      <c r="DN32" s="47"/>
+      <c r="DO32" s="47"/>
+      <c r="DP32" s="47"/>
+      <c r="DQ32" s="47"/>
+      <c r="DR32" s="48"/>
+      <c r="DS32" s="48"/>
+      <c r="DT32" s="48"/>
+      <c r="DU32" s="48"/>
+      <c r="DV32" s="48"/>
+      <c r="DW32" s="54"/>
+      <c r="DX32" s="54"/>
+      <c r="DY32" s="54"/>
+      <c r="DZ32" s="54"/>
+      <c r="EA32" s="54"/>
+      <c r="EB32" s="54"/>
+      <c r="EC32" s="54"/>
+      <c r="ED32" s="54"/>
+      <c r="EE32" s="54"/>
+      <c r="EF32" s="54"/>
+      <c r="EG32" s="54"/>
+      <c r="EH32" s="54"/>
+      <c r="EI32" s="54"/>
+      <c r="EJ32" s="54"/>
+      <c r="EK32" s="54"/>
+      <c r="EL32" s="55"/>
+      <c r="EM32" s="55"/>
+      <c r="EN32" s="55"/>
+      <c r="EO32" s="55"/>
+      <c r="EP32" s="55"/>
+      <c r="EQ32" s="55"/>
+      <c r="ER32" s="55"/>
+      <c r="ES32" s="55"/>
+      <c r="ET32" s="55"/>
     </row>
     <row r="33" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="60">
+      <c r="B33" s="67">
         <v>19</v>
       </c>
-      <c r="C33" s="42"/>
-[...172 lines deleted...]
-      <c r="ET33" s="54"/>
+      <c r="C33" s="68"/>
+      <c r="D33" s="69"/>
+      <c r="E33" s="70"/>
+      <c r="F33" s="71"/>
+      <c r="G33" s="66"/>
+      <c r="H33" s="66"/>
+      <c r="I33" s="72"/>
+      <c r="J33" s="45"/>
+      <c r="K33" s="63"/>
+      <c r="L33" s="63"/>
+      <c r="M33" s="63"/>
+      <c r="N33" s="63"/>
+      <c r="O33" s="63"/>
+      <c r="P33" s="46"/>
+      <c r="Q33" s="45"/>
+      <c r="R33" s="63"/>
+      <c r="S33" s="63"/>
+      <c r="T33" s="63"/>
+      <c r="U33" s="63"/>
+      <c r="V33" s="63"/>
+      <c r="W33" s="46"/>
+      <c r="X33" s="45"/>
+      <c r="Y33" s="63"/>
+      <c r="Z33" s="63"/>
+      <c r="AA33" s="63"/>
+      <c r="AB33" s="63"/>
+      <c r="AC33" s="63"/>
+      <c r="AD33" s="63"/>
+      <c r="AE33" s="63"/>
+      <c r="AF33" s="63"/>
+      <c r="AG33" s="63"/>
+      <c r="AH33" s="63"/>
+      <c r="AI33" s="46"/>
+      <c r="AJ33" s="45"/>
+      <c r="AK33" s="63"/>
+      <c r="AL33" s="63"/>
+      <c r="AM33" s="63"/>
+      <c r="AN33" s="63"/>
+      <c r="AO33" s="63"/>
+      <c r="AP33" s="63"/>
+      <c r="AQ33" s="63"/>
+      <c r="AR33" s="63"/>
+      <c r="AS33" s="63"/>
+      <c r="AT33" s="63"/>
+      <c r="AU33" s="46"/>
+      <c r="AV33" s="45"/>
+      <c r="AW33" s="46"/>
+      <c r="AX33" s="45"/>
+      <c r="AY33" s="46"/>
+      <c r="AZ33" s="60" t="str" cm="1">
+        <f t="array" ref="AZ33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AV33="有のみ"),"T+1",AND(LEFT($Q33,4)="金銭設定",$AV33="両方可"),"T+1",AND(LEFT($Q33,4)="現物設定",$AV33="有のみ"),"T+0",AND(LEFT($Q33,4)="現物設定",$AV33="両方可"),"T+0",$AV33="無のみ","",$AV33="","")</f>
+        <v/>
+      </c>
+      <c r="BA33" s="61"/>
+      <c r="BB33" s="60" t="str" cm="1">
+        <f t="array" ref="BB33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AX33="有のみ"),"T+1",AND(LEFT($Q33,4)="金銭設定",$AX33="両方可"),"T+1",AND(LEFT($Q33,4)="現物設定",$AX33="有のみ"),"T+0",AND(LEFT($Q33,4)="現物設定",$AX33="両方可"),"T+0",$AX33="無のみ","",$AX33="","")</f>
+        <v/>
+      </c>
+      <c r="BC33" s="61"/>
+      <c r="BD33" s="60" t="str" cm="1">
+        <f t="array" ref="BD33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AV33="有のみ"),"T+1",AND(LEFT($Q33,4)="金銭設定",$AV33="両方可"),"T+1",AND(LEFT($Q33,4)="現物設定",$AV33="有のみ"),"T+0",AND(LEFT($Q33,4)="現物設定",$AV33="両方可"),"T+0",$AV33="無のみ","",$AV33="","")</f>
+        <v/>
+      </c>
+      <c r="BE33" s="61"/>
+      <c r="BF33" s="60" t="str" cm="1">
+        <f t="array" ref="BF33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AX33="有のみ"),"T+1",AND(LEFT($Q33,4)="金銭設定",$AX33="両方可"),"T+1",AND(LEFT($Q33,4)="現物設定",$AX33="有のみ"),"T+0",AND(LEFT($Q33,4)="現物設定",$AX33="両方可"),"T+0",$AX33="無のみ","",$AX33="","")</f>
+        <v/>
+      </c>
+      <c r="BG33" s="61"/>
+      <c r="BH33" s="60" t="str" cm="1">
+        <f t="array" ref="BH33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AV33="有のみ"),"T+2",AND(LEFT($Q33,4)="金銭設定",$AV33="両方可"),"T+2",AND(LEFT($Q33,4)="現物設定",$AV33="有のみ"),"T+1",AND(LEFT($Q33,4)="現物設定",$AV33="両方可"),"T+1",$AV33="無のみ","",$AV33="","")</f>
+        <v/>
+      </c>
+      <c r="BI33" s="61"/>
+      <c r="BJ33" s="60" t="str" cm="1">
+        <f t="array" ref="BJ33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AX33="有のみ"),"T+2",AND(LEFT($Q33,4)="金銭設定",$AX33="両方可"),"T+2",AND(LEFT($Q33,4)="現物設定",$AX33="有のみ"),"T+1",AND(LEFT($Q33,4)="現物設定",$AX33="両方可"),"T+1",$AX33="無のみ","",$AX33="","")</f>
+        <v/>
+      </c>
+      <c r="BK33" s="61"/>
+      <c r="BL33" s="60" t="str" cm="1">
+        <f t="array" ref="BL33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AV33="有のみ"),"T+2",AND(LEFT($Q33,4)="金銭設定",$AV33="両方可"),"T+2",AND(LEFT($Q33,4)="現物設定",$AV33="有のみ"),"T+2",AND(LEFT($Q33,4)="現物設定",$AV33="両方可"),"T+2",$AV33="無のみ","",$AV33="","")</f>
+        <v/>
+      </c>
+      <c r="BM33" s="61"/>
+      <c r="BN33" s="60" t="str" cm="1">
+        <f t="array" ref="BN33">_xlfn.IFS(AND(LEFT($Q33,4)="金銭設定",$AX33="有のみ"),"T+2",AND(LEFT($Q33,4)="金銭設定",$AX33="両方可"),"T+2",AND(LEFT($Q33,4)="現物設定",$AX33="有のみ"),"T+2",AND(LEFT($Q33,4)="現物設定",$AX33="両方可"),"T+2",$AX33="無のみ","",$AX33="","")</f>
+        <v/>
+      </c>
+      <c r="BO33" s="61"/>
+      <c r="BP33" s="45"/>
+      <c r="BQ33" s="63"/>
+      <c r="BR33" s="45"/>
+      <c r="BS33" s="63"/>
+      <c r="BT33" s="45"/>
+      <c r="BU33" s="63"/>
+      <c r="BV33" s="45"/>
+      <c r="BW33" s="63"/>
+      <c r="BX33" s="45"/>
+      <c r="BY33" s="63"/>
+      <c r="BZ33" s="45"/>
+      <c r="CA33" s="63"/>
+      <c r="CB33" s="45"/>
+      <c r="CC33" s="63"/>
+      <c r="CD33" s="45"/>
+      <c r="CE33" s="63"/>
+      <c r="CF33" s="65"/>
+      <c r="CG33" s="66"/>
+      <c r="CH33" s="66"/>
+      <c r="CI33" s="66"/>
+      <c r="CJ33" s="65"/>
+      <c r="CK33" s="66"/>
+      <c r="CL33" s="66"/>
+      <c r="CM33" s="66"/>
+      <c r="CN33" s="45"/>
+      <c r="CO33" s="46"/>
+      <c r="CP33" s="45"/>
+      <c r="CQ33" s="46"/>
+      <c r="CR33" s="47"/>
+      <c r="CS33" s="47"/>
+      <c r="CT33" s="47"/>
+      <c r="CU33" s="47"/>
+      <c r="CV33" s="47"/>
+      <c r="CW33" s="47"/>
+      <c r="CX33" s="47"/>
+      <c r="CY33" s="47"/>
+      <c r="CZ33" s="47"/>
+      <c r="DA33" s="47"/>
+      <c r="DB33" s="47"/>
+      <c r="DC33" s="47"/>
+      <c r="DD33" s="47"/>
+      <c r="DE33" s="47"/>
+      <c r="DF33" s="47"/>
+      <c r="DG33" s="47"/>
+      <c r="DH33" s="47"/>
+      <c r="DI33" s="47"/>
+      <c r="DJ33" s="47"/>
+      <c r="DK33" s="47"/>
+      <c r="DL33" s="44"/>
+      <c r="DM33" s="47"/>
+      <c r="DN33" s="47"/>
+      <c r="DO33" s="47"/>
+      <c r="DP33" s="47"/>
+      <c r="DQ33" s="47"/>
+      <c r="DR33" s="48"/>
+      <c r="DS33" s="48"/>
+      <c r="DT33" s="48"/>
+      <c r="DU33" s="48"/>
+      <c r="DV33" s="48"/>
+      <c r="DW33" s="54"/>
+      <c r="DX33" s="54"/>
+      <c r="DY33" s="54"/>
+      <c r="DZ33" s="54"/>
+      <c r="EA33" s="54"/>
+      <c r="EB33" s="54"/>
+      <c r="EC33" s="54"/>
+      <c r="ED33" s="54"/>
+      <c r="EE33" s="54"/>
+      <c r="EF33" s="54"/>
+      <c r="EG33" s="54"/>
+      <c r="EH33" s="54"/>
+      <c r="EI33" s="54"/>
+      <c r="EJ33" s="54"/>
+      <c r="EK33" s="54"/>
+      <c r="EL33" s="55"/>
+      <c r="EM33" s="55"/>
+      <c r="EN33" s="55"/>
+      <c r="EO33" s="55"/>
+      <c r="EP33" s="55"/>
+      <c r="EQ33" s="55"/>
+      <c r="ER33" s="55"/>
+      <c r="ES33" s="55"/>
+      <c r="ET33" s="55"/>
     </row>
     <row r="34" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
-      <c r="B34" s="60">
+      <c r="B34" s="67">
         <v>20</v>
       </c>
-      <c r="C34" s="42"/>
-[...172 lines deleted...]
-      <c r="ET34" s="54"/>
+      <c r="C34" s="68"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="70"/>
+      <c r="F34" s="71"/>
+      <c r="G34" s="66"/>
+      <c r="H34" s="66"/>
+      <c r="I34" s="72"/>
+      <c r="J34" s="45"/>
+      <c r="K34" s="63"/>
+      <c r="L34" s="63"/>
+      <c r="M34" s="63"/>
+      <c r="N34" s="63"/>
+      <c r="O34" s="63"/>
+      <c r="P34" s="46"/>
+      <c r="Q34" s="45"/>
+      <c r="R34" s="63"/>
+      <c r="S34" s="63"/>
+      <c r="T34" s="63"/>
+      <c r="U34" s="63"/>
+      <c r="V34" s="63"/>
+      <c r="W34" s="46"/>
+      <c r="X34" s="45"/>
+      <c r="Y34" s="63"/>
+      <c r="Z34" s="63"/>
+      <c r="AA34" s="63"/>
+      <c r="AB34" s="63"/>
+      <c r="AC34" s="63"/>
+      <c r="AD34" s="63"/>
+      <c r="AE34" s="63"/>
+      <c r="AF34" s="63"/>
+      <c r="AG34" s="63"/>
+      <c r="AH34" s="63"/>
+      <c r="AI34" s="46"/>
+      <c r="AJ34" s="45"/>
+      <c r="AK34" s="63"/>
+      <c r="AL34" s="63"/>
+      <c r="AM34" s="63"/>
+      <c r="AN34" s="63"/>
+      <c r="AO34" s="63"/>
+      <c r="AP34" s="63"/>
+      <c r="AQ34" s="63"/>
+      <c r="AR34" s="63"/>
+      <c r="AS34" s="63"/>
+      <c r="AT34" s="63"/>
+      <c r="AU34" s="46"/>
+      <c r="AV34" s="45"/>
+      <c r="AW34" s="46"/>
+      <c r="AX34" s="45"/>
+      <c r="AY34" s="46"/>
+      <c r="AZ34" s="60" t="str" cm="1">
+        <f t="array" ref="AZ34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AV34="有のみ"),"T+1",AND(LEFT($Q34,4)="金銭設定",$AV34="両方可"),"T+1",AND(LEFT($Q34,4)="現物設定",$AV34="有のみ"),"T+0",AND(LEFT($Q34,4)="現物設定",$AV34="両方可"),"T+0",$AV34="無のみ","",$AV34="","")</f>
+        <v/>
+      </c>
+      <c r="BA34" s="61"/>
+      <c r="BB34" s="60" t="str" cm="1">
+        <f t="array" ref="BB34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AX34="有のみ"),"T+1",AND(LEFT($Q34,4)="金銭設定",$AX34="両方可"),"T+1",AND(LEFT($Q34,4)="現物設定",$AX34="有のみ"),"T+0",AND(LEFT($Q34,4)="現物設定",$AX34="両方可"),"T+0",$AX34="無のみ","",$AX34="","")</f>
+        <v/>
+      </c>
+      <c r="BC34" s="61"/>
+      <c r="BD34" s="60" t="str" cm="1">
+        <f t="array" ref="BD34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AV34="有のみ"),"T+1",AND(LEFT($Q34,4)="金銭設定",$AV34="両方可"),"T+1",AND(LEFT($Q34,4)="現物設定",$AV34="有のみ"),"T+0",AND(LEFT($Q34,4)="現物設定",$AV34="両方可"),"T+0",$AV34="無のみ","",$AV34="","")</f>
+        <v/>
+      </c>
+      <c r="BE34" s="61"/>
+      <c r="BF34" s="60" t="str" cm="1">
+        <f t="array" ref="BF34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AX34="有のみ"),"T+1",AND(LEFT($Q34,4)="金銭設定",$AX34="両方可"),"T+1",AND(LEFT($Q34,4)="現物設定",$AX34="有のみ"),"T+0",AND(LEFT($Q34,4)="現物設定",$AX34="両方可"),"T+0",$AX34="無のみ","",$AX34="","")</f>
+        <v/>
+      </c>
+      <c r="BG34" s="61"/>
+      <c r="BH34" s="60" t="str" cm="1">
+        <f t="array" ref="BH34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AV34="有のみ"),"T+2",AND(LEFT($Q34,4)="金銭設定",$AV34="両方可"),"T+2",AND(LEFT($Q34,4)="現物設定",$AV34="有のみ"),"T+1",AND(LEFT($Q34,4)="現物設定",$AV34="両方可"),"T+1",$AV34="無のみ","",$AV34="","")</f>
+        <v/>
+      </c>
+      <c r="BI34" s="61"/>
+      <c r="BJ34" s="60" t="str" cm="1">
+        <f t="array" ref="BJ34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AX34="有のみ"),"T+2",AND(LEFT($Q34,4)="金銭設定",$AX34="両方可"),"T+2",AND(LEFT($Q34,4)="現物設定",$AX34="有のみ"),"T+1",AND(LEFT($Q34,4)="現物設定",$AX34="両方可"),"T+1",$AX34="無のみ","",$AX34="","")</f>
+        <v/>
+      </c>
+      <c r="BK34" s="61"/>
+      <c r="BL34" s="60" t="str" cm="1">
+        <f t="array" ref="BL34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AV34="有のみ"),"T+2",AND(LEFT($Q34,4)="金銭設定",$AV34="両方可"),"T+2",AND(LEFT($Q34,4)="現物設定",$AV34="有のみ"),"T+2",AND(LEFT($Q34,4)="現物設定",$AV34="両方可"),"T+2",$AV34="無のみ","",$AV34="","")</f>
+        <v/>
+      </c>
+      <c r="BM34" s="61"/>
+      <c r="BN34" s="60" t="str" cm="1">
+        <f t="array" ref="BN34">_xlfn.IFS(AND(LEFT($Q34,4)="金銭設定",$AX34="有のみ"),"T+2",AND(LEFT($Q34,4)="金銭設定",$AX34="両方可"),"T+2",AND(LEFT($Q34,4)="現物設定",$AX34="有のみ"),"T+2",AND(LEFT($Q34,4)="現物設定",$AX34="両方可"),"T+2",$AX34="無のみ","",$AX34="","")</f>
+        <v/>
+      </c>
+      <c r="BO34" s="61"/>
+      <c r="BP34" s="45"/>
+      <c r="BQ34" s="63"/>
+      <c r="BR34" s="45"/>
+      <c r="BS34" s="63"/>
+      <c r="BT34" s="45"/>
+      <c r="BU34" s="63"/>
+      <c r="BV34" s="45"/>
+      <c r="BW34" s="63"/>
+      <c r="BX34" s="45"/>
+      <c r="BY34" s="63"/>
+      <c r="BZ34" s="45"/>
+      <c r="CA34" s="63"/>
+      <c r="CB34" s="45"/>
+      <c r="CC34" s="63"/>
+      <c r="CD34" s="45"/>
+      <c r="CE34" s="63"/>
+      <c r="CF34" s="65"/>
+      <c r="CG34" s="66"/>
+      <c r="CH34" s="66"/>
+      <c r="CI34" s="66"/>
+      <c r="CJ34" s="65"/>
+      <c r="CK34" s="66"/>
+      <c r="CL34" s="66"/>
+      <c r="CM34" s="66"/>
+      <c r="CN34" s="45"/>
+      <c r="CO34" s="46"/>
+      <c r="CP34" s="45"/>
+      <c r="CQ34" s="46"/>
+      <c r="CR34" s="47"/>
+      <c r="CS34" s="47"/>
+      <c r="CT34" s="47"/>
+      <c r="CU34" s="47"/>
+      <c r="CV34" s="47"/>
+      <c r="CW34" s="47"/>
+      <c r="CX34" s="47"/>
+      <c r="CY34" s="47"/>
+      <c r="CZ34" s="47"/>
+      <c r="DA34" s="47"/>
+      <c r="DB34" s="47"/>
+      <c r="DC34" s="47"/>
+      <c r="DD34" s="47"/>
+      <c r="DE34" s="47"/>
+      <c r="DF34" s="47"/>
+      <c r="DG34" s="47"/>
+      <c r="DH34" s="47"/>
+      <c r="DI34" s="47"/>
+      <c r="DJ34" s="47"/>
+      <c r="DK34" s="47"/>
+      <c r="DL34" s="44"/>
+      <c r="DM34" s="47"/>
+      <c r="DN34" s="47"/>
+      <c r="DO34" s="47"/>
+      <c r="DP34" s="47"/>
+      <c r="DQ34" s="47"/>
+      <c r="DR34" s="48"/>
+      <c r="DS34" s="48"/>
+      <c r="DT34" s="48"/>
+      <c r="DU34" s="48"/>
+      <c r="DV34" s="48"/>
+      <c r="DW34" s="54"/>
+      <c r="DX34" s="54"/>
+      <c r="DY34" s="54"/>
+      <c r="DZ34" s="54"/>
+      <c r="EA34" s="54"/>
+      <c r="EB34" s="54"/>
+      <c r="EC34" s="54"/>
+      <c r="ED34" s="54"/>
+      <c r="EE34" s="54"/>
+      <c r="EF34" s="54"/>
+      <c r="EG34" s="54"/>
+      <c r="EH34" s="54"/>
+      <c r="EI34" s="54"/>
+      <c r="EJ34" s="54"/>
+      <c r="EK34" s="54"/>
+      <c r="EL34" s="55"/>
+      <c r="EM34" s="55"/>
+      <c r="EN34" s="55"/>
+      <c r="EO34" s="55"/>
+      <c r="EP34" s="55"/>
+      <c r="EQ34" s="55"/>
+      <c r="ER34" s="55"/>
+      <c r="ES34" s="55"/>
+      <c r="ET34" s="55"/>
     </row>
     <row r="35" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="2"/>
-      <c r="B35" s="60">
+      <c r="B35" s="67">
         <v>21</v>
       </c>
-      <c r="C35" s="42"/>
-[...172 lines deleted...]
-      <c r="ET35" s="54"/>
+      <c r="C35" s="68"/>
+      <c r="D35" s="69"/>
+      <c r="E35" s="70"/>
+      <c r="F35" s="71"/>
+      <c r="G35" s="66"/>
+      <c r="H35" s="66"/>
+      <c r="I35" s="72"/>
+      <c r="J35" s="45"/>
+      <c r="K35" s="63"/>
+      <c r="L35" s="63"/>
+      <c r="M35" s="63"/>
+      <c r="N35" s="63"/>
+      <c r="O35" s="63"/>
+      <c r="P35" s="46"/>
+      <c r="Q35" s="45"/>
+      <c r="R35" s="63"/>
+      <c r="S35" s="63"/>
+      <c r="T35" s="63"/>
+      <c r="U35" s="63"/>
+      <c r="V35" s="63"/>
+      <c r="W35" s="46"/>
+      <c r="X35" s="45"/>
+      <c r="Y35" s="63"/>
+      <c r="Z35" s="63"/>
+      <c r="AA35" s="63"/>
+      <c r="AB35" s="63"/>
+      <c r="AC35" s="63"/>
+      <c r="AD35" s="63"/>
+      <c r="AE35" s="63"/>
+      <c r="AF35" s="63"/>
+      <c r="AG35" s="63"/>
+      <c r="AH35" s="63"/>
+      <c r="AI35" s="46"/>
+      <c r="AJ35" s="45"/>
+      <c r="AK35" s="63"/>
+      <c r="AL35" s="63"/>
+      <c r="AM35" s="63"/>
+      <c r="AN35" s="63"/>
+      <c r="AO35" s="63"/>
+      <c r="AP35" s="63"/>
+      <c r="AQ35" s="63"/>
+      <c r="AR35" s="63"/>
+      <c r="AS35" s="63"/>
+      <c r="AT35" s="63"/>
+      <c r="AU35" s="46"/>
+      <c r="AV35" s="45"/>
+      <c r="AW35" s="46"/>
+      <c r="AX35" s="45"/>
+      <c r="AY35" s="46"/>
+      <c r="AZ35" s="60" t="str" cm="1">
+        <f t="array" ref="AZ35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AV35="有のみ"),"T+1",AND(LEFT($Q35,4)="金銭設定",$AV35="両方可"),"T+1",AND(LEFT($Q35,4)="現物設定",$AV35="有のみ"),"T+0",AND(LEFT($Q35,4)="現物設定",$AV35="両方可"),"T+0",$AV35="無のみ","",$AV35="","")</f>
+        <v/>
+      </c>
+      <c r="BA35" s="61"/>
+      <c r="BB35" s="60" t="str" cm="1">
+        <f t="array" ref="BB35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AX35="有のみ"),"T+1",AND(LEFT($Q35,4)="金銭設定",$AX35="両方可"),"T+1",AND(LEFT($Q35,4)="現物設定",$AX35="有のみ"),"T+0",AND(LEFT($Q35,4)="現物設定",$AX35="両方可"),"T+0",$AX35="無のみ","",$AX35="","")</f>
+        <v/>
+      </c>
+      <c r="BC35" s="61"/>
+      <c r="BD35" s="60" t="str" cm="1">
+        <f t="array" ref="BD35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AV35="有のみ"),"T+1",AND(LEFT($Q35,4)="金銭設定",$AV35="両方可"),"T+1",AND(LEFT($Q35,4)="現物設定",$AV35="有のみ"),"T+0",AND(LEFT($Q35,4)="現物設定",$AV35="両方可"),"T+0",$AV35="無のみ","",$AV35="","")</f>
+        <v/>
+      </c>
+      <c r="BE35" s="61"/>
+      <c r="BF35" s="60" t="str" cm="1">
+        <f t="array" ref="BF35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AX35="有のみ"),"T+1",AND(LEFT($Q35,4)="金銭設定",$AX35="両方可"),"T+1",AND(LEFT($Q35,4)="現物設定",$AX35="有のみ"),"T+0",AND(LEFT($Q35,4)="現物設定",$AX35="両方可"),"T+0",$AX35="無のみ","",$AX35="","")</f>
+        <v/>
+      </c>
+      <c r="BG35" s="61"/>
+      <c r="BH35" s="60" t="str" cm="1">
+        <f t="array" ref="BH35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AV35="有のみ"),"T+2",AND(LEFT($Q35,4)="金銭設定",$AV35="両方可"),"T+2",AND(LEFT($Q35,4)="現物設定",$AV35="有のみ"),"T+1",AND(LEFT($Q35,4)="現物設定",$AV35="両方可"),"T+1",$AV35="無のみ","",$AV35="","")</f>
+        <v/>
+      </c>
+      <c r="BI35" s="61"/>
+      <c r="BJ35" s="60" t="str" cm="1">
+        <f t="array" ref="BJ35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AX35="有のみ"),"T+2",AND(LEFT($Q35,4)="金銭設定",$AX35="両方可"),"T+2",AND(LEFT($Q35,4)="現物設定",$AX35="有のみ"),"T+1",AND(LEFT($Q35,4)="現物設定",$AX35="両方可"),"T+1",$AX35="無のみ","",$AX35="","")</f>
+        <v/>
+      </c>
+      <c r="BK35" s="61"/>
+      <c r="BL35" s="60" t="str" cm="1">
+        <f t="array" ref="BL35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AV35="有のみ"),"T+2",AND(LEFT($Q35,4)="金銭設定",$AV35="両方可"),"T+2",AND(LEFT($Q35,4)="現物設定",$AV35="有のみ"),"T+2",AND(LEFT($Q35,4)="現物設定",$AV35="両方可"),"T+2",$AV35="無のみ","",$AV35="","")</f>
+        <v/>
+      </c>
+      <c r="BM35" s="61"/>
+      <c r="BN35" s="60" t="str" cm="1">
+        <f t="array" ref="BN35">_xlfn.IFS(AND(LEFT($Q35,4)="金銭設定",$AX35="有のみ"),"T+2",AND(LEFT($Q35,4)="金銭設定",$AX35="両方可"),"T+2",AND(LEFT($Q35,4)="現物設定",$AX35="有のみ"),"T+2",AND(LEFT($Q35,4)="現物設定",$AX35="両方可"),"T+2",$AX35="無のみ","",$AX35="","")</f>
+        <v/>
+      </c>
+      <c r="BO35" s="61"/>
+      <c r="BP35" s="45"/>
+      <c r="BQ35" s="63"/>
+      <c r="BR35" s="45"/>
+      <c r="BS35" s="63"/>
+      <c r="BT35" s="45"/>
+      <c r="BU35" s="63"/>
+      <c r="BV35" s="45"/>
+      <c r="BW35" s="63"/>
+      <c r="BX35" s="45"/>
+      <c r="BY35" s="63"/>
+      <c r="BZ35" s="45"/>
+      <c r="CA35" s="63"/>
+      <c r="CB35" s="45"/>
+      <c r="CC35" s="63"/>
+      <c r="CD35" s="45"/>
+      <c r="CE35" s="63"/>
+      <c r="CF35" s="65"/>
+      <c r="CG35" s="66"/>
+      <c r="CH35" s="66"/>
+      <c r="CI35" s="66"/>
+      <c r="CJ35" s="65"/>
+      <c r="CK35" s="66"/>
+      <c r="CL35" s="66"/>
+      <c r="CM35" s="66"/>
+      <c r="CN35" s="45"/>
+      <c r="CO35" s="46"/>
+      <c r="CP35" s="45"/>
+      <c r="CQ35" s="46"/>
+      <c r="CR35" s="47"/>
+      <c r="CS35" s="47"/>
+      <c r="CT35" s="47"/>
+      <c r="CU35" s="47"/>
+      <c r="CV35" s="47"/>
+      <c r="CW35" s="47"/>
+      <c r="CX35" s="47"/>
+      <c r="CY35" s="47"/>
+      <c r="CZ35" s="47"/>
+      <c r="DA35" s="47"/>
+      <c r="DB35" s="47"/>
+      <c r="DC35" s="47"/>
+      <c r="DD35" s="47"/>
+      <c r="DE35" s="47"/>
+      <c r="DF35" s="47"/>
+      <c r="DG35" s="47"/>
+      <c r="DH35" s="47"/>
+      <c r="DI35" s="47"/>
+      <c r="DJ35" s="47"/>
+      <c r="DK35" s="47"/>
+      <c r="DL35" s="44"/>
+      <c r="DM35" s="47"/>
+      <c r="DN35" s="47"/>
+      <c r="DO35" s="47"/>
+      <c r="DP35" s="47"/>
+      <c r="DQ35" s="47"/>
+      <c r="DR35" s="48"/>
+      <c r="DS35" s="48"/>
+      <c r="DT35" s="48"/>
+      <c r="DU35" s="48"/>
+      <c r="DV35" s="48"/>
+      <c r="DW35" s="54"/>
+      <c r="DX35" s="54"/>
+      <c r="DY35" s="54"/>
+      <c r="DZ35" s="54"/>
+      <c r="EA35" s="54"/>
+      <c r="EB35" s="54"/>
+      <c r="EC35" s="54"/>
+      <c r="ED35" s="54"/>
+      <c r="EE35" s="54"/>
+      <c r="EF35" s="54"/>
+      <c r="EG35" s="54"/>
+      <c r="EH35" s="54"/>
+      <c r="EI35" s="54"/>
+      <c r="EJ35" s="54"/>
+      <c r="EK35" s="54"/>
+      <c r="EL35" s="55"/>
+      <c r="EM35" s="55"/>
+      <c r="EN35" s="55"/>
+      <c r="EO35" s="55"/>
+      <c r="EP35" s="55"/>
+      <c r="EQ35" s="55"/>
+      <c r="ER35" s="55"/>
+      <c r="ES35" s="55"/>
+      <c r="ET35" s="55"/>
     </row>
     <row r="36" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="2"/>
-      <c r="B36" s="60">
+      <c r="B36" s="67">
         <v>22</v>
       </c>
-      <c r="C36" s="42"/>
-[...172 lines deleted...]
-      <c r="ET36" s="54"/>
+      <c r="C36" s="68"/>
+      <c r="D36" s="69"/>
+      <c r="E36" s="70"/>
+      <c r="F36" s="71"/>
+      <c r="G36" s="66"/>
+      <c r="H36" s="66"/>
+      <c r="I36" s="72"/>
+      <c r="J36" s="45"/>
+      <c r="K36" s="63"/>
+      <c r="L36" s="63"/>
+      <c r="M36" s="63"/>
+      <c r="N36" s="63"/>
+      <c r="O36" s="63"/>
+      <c r="P36" s="46"/>
+      <c r="Q36" s="45"/>
+      <c r="R36" s="63"/>
+      <c r="S36" s="63"/>
+      <c r="T36" s="63"/>
+      <c r="U36" s="63"/>
+      <c r="V36" s="63"/>
+      <c r="W36" s="46"/>
+      <c r="X36" s="45"/>
+      <c r="Y36" s="63"/>
+      <c r="Z36" s="63"/>
+      <c r="AA36" s="63"/>
+      <c r="AB36" s="63"/>
+      <c r="AC36" s="63"/>
+      <c r="AD36" s="63"/>
+      <c r="AE36" s="63"/>
+      <c r="AF36" s="63"/>
+      <c r="AG36" s="63"/>
+      <c r="AH36" s="63"/>
+      <c r="AI36" s="46"/>
+      <c r="AJ36" s="45"/>
+      <c r="AK36" s="63"/>
+      <c r="AL36" s="63"/>
+      <c r="AM36" s="63"/>
+      <c r="AN36" s="63"/>
+      <c r="AO36" s="63"/>
+      <c r="AP36" s="63"/>
+      <c r="AQ36" s="63"/>
+      <c r="AR36" s="63"/>
+      <c r="AS36" s="63"/>
+      <c r="AT36" s="63"/>
+      <c r="AU36" s="46"/>
+      <c r="AV36" s="45"/>
+      <c r="AW36" s="46"/>
+      <c r="AX36" s="45"/>
+      <c r="AY36" s="46"/>
+      <c r="AZ36" s="60" t="str" cm="1">
+        <f t="array" ref="AZ36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AV36="有のみ"),"T+1",AND(LEFT($Q36,4)="金銭設定",$AV36="両方可"),"T+1",AND(LEFT($Q36,4)="現物設定",$AV36="有のみ"),"T+0",AND(LEFT($Q36,4)="現物設定",$AV36="両方可"),"T+0",$AV36="無のみ","",$AV36="","")</f>
+        <v/>
+      </c>
+      <c r="BA36" s="61"/>
+      <c r="BB36" s="60" t="str" cm="1">
+        <f t="array" ref="BB36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AX36="有のみ"),"T+1",AND(LEFT($Q36,4)="金銭設定",$AX36="両方可"),"T+1",AND(LEFT($Q36,4)="現物設定",$AX36="有のみ"),"T+0",AND(LEFT($Q36,4)="現物設定",$AX36="両方可"),"T+0",$AX36="無のみ","",$AX36="","")</f>
+        <v/>
+      </c>
+      <c r="BC36" s="61"/>
+      <c r="BD36" s="60" t="str" cm="1">
+        <f t="array" ref="BD36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AV36="有のみ"),"T+1",AND(LEFT($Q36,4)="金銭設定",$AV36="両方可"),"T+1",AND(LEFT($Q36,4)="現物設定",$AV36="有のみ"),"T+0",AND(LEFT($Q36,4)="現物設定",$AV36="両方可"),"T+0",$AV36="無のみ","",$AV36="","")</f>
+        <v/>
+      </c>
+      <c r="BE36" s="61"/>
+      <c r="BF36" s="60" t="str" cm="1">
+        <f t="array" ref="BF36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AX36="有のみ"),"T+1",AND(LEFT($Q36,4)="金銭設定",$AX36="両方可"),"T+1",AND(LEFT($Q36,4)="現物設定",$AX36="有のみ"),"T+0",AND(LEFT($Q36,4)="現物設定",$AX36="両方可"),"T+0",$AX36="無のみ","",$AX36="","")</f>
+        <v/>
+      </c>
+      <c r="BG36" s="61"/>
+      <c r="BH36" s="60" t="str" cm="1">
+        <f t="array" ref="BH36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AV36="有のみ"),"T+2",AND(LEFT($Q36,4)="金銭設定",$AV36="両方可"),"T+2",AND(LEFT($Q36,4)="現物設定",$AV36="有のみ"),"T+1",AND(LEFT($Q36,4)="現物設定",$AV36="両方可"),"T+1",$AV36="無のみ","",$AV36="","")</f>
+        <v/>
+      </c>
+      <c r="BI36" s="61"/>
+      <c r="BJ36" s="60" t="str" cm="1">
+        <f t="array" ref="BJ36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AX36="有のみ"),"T+2",AND(LEFT($Q36,4)="金銭設定",$AX36="両方可"),"T+2",AND(LEFT($Q36,4)="現物設定",$AX36="有のみ"),"T+1",AND(LEFT($Q36,4)="現物設定",$AX36="両方可"),"T+1",$AX36="無のみ","",$AX36="","")</f>
+        <v/>
+      </c>
+      <c r="BK36" s="61"/>
+      <c r="BL36" s="60" t="str" cm="1">
+        <f t="array" ref="BL36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AV36="有のみ"),"T+2",AND(LEFT($Q36,4)="金銭設定",$AV36="両方可"),"T+2",AND(LEFT($Q36,4)="現物設定",$AV36="有のみ"),"T+2",AND(LEFT($Q36,4)="現物設定",$AV36="両方可"),"T+2",$AV36="無のみ","",$AV36="","")</f>
+        <v/>
+      </c>
+      <c r="BM36" s="61"/>
+      <c r="BN36" s="60" t="str" cm="1">
+        <f t="array" ref="BN36">_xlfn.IFS(AND(LEFT($Q36,4)="金銭設定",$AX36="有のみ"),"T+2",AND(LEFT($Q36,4)="金銭設定",$AX36="両方可"),"T+2",AND(LEFT($Q36,4)="現物設定",$AX36="有のみ"),"T+2",AND(LEFT($Q36,4)="現物設定",$AX36="両方可"),"T+2",$AX36="無のみ","",$AX36="","")</f>
+        <v/>
+      </c>
+      <c r="BO36" s="61"/>
+      <c r="BP36" s="45"/>
+      <c r="BQ36" s="63"/>
+      <c r="BR36" s="45"/>
+      <c r="BS36" s="63"/>
+      <c r="BT36" s="45"/>
+      <c r="BU36" s="63"/>
+      <c r="BV36" s="45"/>
+      <c r="BW36" s="63"/>
+      <c r="BX36" s="45"/>
+      <c r="BY36" s="63"/>
+      <c r="BZ36" s="45"/>
+      <c r="CA36" s="63"/>
+      <c r="CB36" s="45"/>
+      <c r="CC36" s="63"/>
+      <c r="CD36" s="45"/>
+      <c r="CE36" s="63"/>
+      <c r="CF36" s="65"/>
+      <c r="CG36" s="66"/>
+      <c r="CH36" s="66"/>
+      <c r="CI36" s="66"/>
+      <c r="CJ36" s="65"/>
+      <c r="CK36" s="66"/>
+      <c r="CL36" s="66"/>
+      <c r="CM36" s="66"/>
+      <c r="CN36" s="45"/>
+      <c r="CO36" s="46"/>
+      <c r="CP36" s="45"/>
+      <c r="CQ36" s="46"/>
+      <c r="CR36" s="47"/>
+      <c r="CS36" s="47"/>
+      <c r="CT36" s="47"/>
+      <c r="CU36" s="47"/>
+      <c r="CV36" s="47"/>
+      <c r="CW36" s="47"/>
+      <c r="CX36" s="47"/>
+      <c r="CY36" s="47"/>
+      <c r="CZ36" s="47"/>
+      <c r="DA36" s="47"/>
+      <c r="DB36" s="47"/>
+      <c r="DC36" s="47"/>
+      <c r="DD36" s="47"/>
+      <c r="DE36" s="47"/>
+      <c r="DF36" s="47"/>
+      <c r="DG36" s="47"/>
+      <c r="DH36" s="47"/>
+      <c r="DI36" s="47"/>
+      <c r="DJ36" s="47"/>
+      <c r="DK36" s="47"/>
+      <c r="DL36" s="44"/>
+      <c r="DM36" s="47"/>
+      <c r="DN36" s="47"/>
+      <c r="DO36" s="47"/>
+      <c r="DP36" s="47"/>
+      <c r="DQ36" s="47"/>
+      <c r="DR36" s="48"/>
+      <c r="DS36" s="48"/>
+      <c r="DT36" s="48"/>
+      <c r="DU36" s="48"/>
+      <c r="DV36" s="48"/>
+      <c r="DW36" s="54"/>
+      <c r="DX36" s="54"/>
+      <c r="DY36" s="54"/>
+      <c r="DZ36" s="54"/>
+      <c r="EA36" s="54"/>
+      <c r="EB36" s="54"/>
+      <c r="EC36" s="54"/>
+      <c r="ED36" s="54"/>
+      <c r="EE36" s="54"/>
+      <c r="EF36" s="54"/>
+      <c r="EG36" s="54"/>
+      <c r="EH36" s="54"/>
+      <c r="EI36" s="54"/>
+      <c r="EJ36" s="54"/>
+      <c r="EK36" s="54"/>
+      <c r="EL36" s="55"/>
+      <c r="EM36" s="55"/>
+      <c r="EN36" s="55"/>
+      <c r="EO36" s="55"/>
+      <c r="EP36" s="55"/>
+      <c r="EQ36" s="55"/>
+      <c r="ER36" s="55"/>
+      <c r="ES36" s="55"/>
+      <c r="ET36" s="55"/>
     </row>
     <row r="37" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2"/>
-      <c r="B37" s="60">
+      <c r="B37" s="67">
         <v>23</v>
       </c>
-      <c r="C37" s="42"/>
-[...172 lines deleted...]
-      <c r="ET37" s="54"/>
+      <c r="C37" s="68"/>
+      <c r="D37" s="69"/>
+      <c r="E37" s="70"/>
+      <c r="F37" s="71"/>
+      <c r="G37" s="66"/>
+      <c r="H37" s="66"/>
+      <c r="I37" s="72"/>
+      <c r="J37" s="45"/>
+      <c r="K37" s="63"/>
+      <c r="L37" s="63"/>
+      <c r="M37" s="63"/>
+      <c r="N37" s="63"/>
+      <c r="O37" s="63"/>
+      <c r="P37" s="46"/>
+      <c r="Q37" s="45"/>
+      <c r="R37" s="63"/>
+      <c r="S37" s="63"/>
+      <c r="T37" s="63"/>
+      <c r="U37" s="63"/>
+      <c r="V37" s="63"/>
+      <c r="W37" s="46"/>
+      <c r="X37" s="45"/>
+      <c r="Y37" s="63"/>
+      <c r="Z37" s="63"/>
+      <c r="AA37" s="63"/>
+      <c r="AB37" s="63"/>
+      <c r="AC37" s="63"/>
+      <c r="AD37" s="63"/>
+      <c r="AE37" s="63"/>
+      <c r="AF37" s="63"/>
+      <c r="AG37" s="63"/>
+      <c r="AH37" s="63"/>
+      <c r="AI37" s="46"/>
+      <c r="AJ37" s="45"/>
+      <c r="AK37" s="63"/>
+      <c r="AL37" s="63"/>
+      <c r="AM37" s="63"/>
+      <c r="AN37" s="63"/>
+      <c r="AO37" s="63"/>
+      <c r="AP37" s="63"/>
+      <c r="AQ37" s="63"/>
+      <c r="AR37" s="63"/>
+      <c r="AS37" s="63"/>
+      <c r="AT37" s="63"/>
+      <c r="AU37" s="46"/>
+      <c r="AV37" s="45"/>
+      <c r="AW37" s="46"/>
+      <c r="AX37" s="45"/>
+      <c r="AY37" s="46"/>
+      <c r="AZ37" s="60" t="str" cm="1">
+        <f t="array" ref="AZ37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AV37="有のみ"),"T+1",AND(LEFT($Q37,4)="金銭設定",$AV37="両方可"),"T+1",AND(LEFT($Q37,4)="現物設定",$AV37="有のみ"),"T+0",AND(LEFT($Q37,4)="現物設定",$AV37="両方可"),"T+0",$AV37="無のみ","",$AV37="","")</f>
+        <v/>
+      </c>
+      <c r="BA37" s="61"/>
+      <c r="BB37" s="60" t="str" cm="1">
+        <f t="array" ref="BB37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AX37="有のみ"),"T+1",AND(LEFT($Q37,4)="金銭設定",$AX37="両方可"),"T+1",AND(LEFT($Q37,4)="現物設定",$AX37="有のみ"),"T+0",AND(LEFT($Q37,4)="現物設定",$AX37="両方可"),"T+0",$AX37="無のみ","",$AX37="","")</f>
+        <v/>
+      </c>
+      <c r="BC37" s="61"/>
+      <c r="BD37" s="60" t="str" cm="1">
+        <f t="array" ref="BD37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AV37="有のみ"),"T+1",AND(LEFT($Q37,4)="金銭設定",$AV37="両方可"),"T+1",AND(LEFT($Q37,4)="現物設定",$AV37="有のみ"),"T+0",AND(LEFT($Q37,4)="現物設定",$AV37="両方可"),"T+0",$AV37="無のみ","",$AV37="","")</f>
+        <v/>
+      </c>
+      <c r="BE37" s="61"/>
+      <c r="BF37" s="60" t="str" cm="1">
+        <f t="array" ref="BF37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AX37="有のみ"),"T+1",AND(LEFT($Q37,4)="金銭設定",$AX37="両方可"),"T+1",AND(LEFT($Q37,4)="現物設定",$AX37="有のみ"),"T+0",AND(LEFT($Q37,4)="現物設定",$AX37="両方可"),"T+0",$AX37="無のみ","",$AX37="","")</f>
+        <v/>
+      </c>
+      <c r="BG37" s="61"/>
+      <c r="BH37" s="60" t="str" cm="1">
+        <f t="array" ref="BH37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AV37="有のみ"),"T+2",AND(LEFT($Q37,4)="金銭設定",$AV37="両方可"),"T+2",AND(LEFT($Q37,4)="現物設定",$AV37="有のみ"),"T+1",AND(LEFT($Q37,4)="現物設定",$AV37="両方可"),"T+1",$AV37="無のみ","",$AV37="","")</f>
+        <v/>
+      </c>
+      <c r="BI37" s="61"/>
+      <c r="BJ37" s="60" t="str" cm="1">
+        <f t="array" ref="BJ37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AX37="有のみ"),"T+2",AND(LEFT($Q37,4)="金銭設定",$AX37="両方可"),"T+2",AND(LEFT($Q37,4)="現物設定",$AX37="有のみ"),"T+1",AND(LEFT($Q37,4)="現物設定",$AX37="両方可"),"T+1",$AX37="無のみ","",$AX37="","")</f>
+        <v/>
+      </c>
+      <c r="BK37" s="61"/>
+      <c r="BL37" s="60" t="str" cm="1">
+        <f t="array" ref="BL37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AV37="有のみ"),"T+2",AND(LEFT($Q37,4)="金銭設定",$AV37="両方可"),"T+2",AND(LEFT($Q37,4)="現物設定",$AV37="有のみ"),"T+2",AND(LEFT($Q37,4)="現物設定",$AV37="両方可"),"T+2",$AV37="無のみ","",$AV37="","")</f>
+        <v/>
+      </c>
+      <c r="BM37" s="61"/>
+      <c r="BN37" s="60" t="str" cm="1">
+        <f t="array" ref="BN37">_xlfn.IFS(AND(LEFT($Q37,4)="金銭設定",$AX37="有のみ"),"T+2",AND(LEFT($Q37,4)="金銭設定",$AX37="両方可"),"T+2",AND(LEFT($Q37,4)="現物設定",$AX37="有のみ"),"T+2",AND(LEFT($Q37,4)="現物設定",$AX37="両方可"),"T+2",$AX37="無のみ","",$AX37="","")</f>
+        <v/>
+      </c>
+      <c r="BO37" s="61"/>
+      <c r="BP37" s="45"/>
+      <c r="BQ37" s="63"/>
+      <c r="BR37" s="45"/>
+      <c r="BS37" s="63"/>
+      <c r="BT37" s="45"/>
+      <c r="BU37" s="63"/>
+      <c r="BV37" s="45"/>
+      <c r="BW37" s="63"/>
+      <c r="BX37" s="45"/>
+      <c r="BY37" s="63"/>
+      <c r="BZ37" s="45"/>
+      <c r="CA37" s="63"/>
+      <c r="CB37" s="45"/>
+      <c r="CC37" s="63"/>
+      <c r="CD37" s="45"/>
+      <c r="CE37" s="63"/>
+      <c r="CF37" s="65"/>
+      <c r="CG37" s="66"/>
+      <c r="CH37" s="66"/>
+      <c r="CI37" s="66"/>
+      <c r="CJ37" s="65"/>
+      <c r="CK37" s="66"/>
+      <c r="CL37" s="66"/>
+      <c r="CM37" s="66"/>
+      <c r="CN37" s="45"/>
+      <c r="CO37" s="46"/>
+      <c r="CP37" s="45"/>
+      <c r="CQ37" s="46"/>
+      <c r="CR37" s="47"/>
+      <c r="CS37" s="47"/>
+      <c r="CT37" s="47"/>
+      <c r="CU37" s="47"/>
+      <c r="CV37" s="47"/>
+      <c r="CW37" s="47"/>
+      <c r="CX37" s="47"/>
+      <c r="CY37" s="47"/>
+      <c r="CZ37" s="47"/>
+      <c r="DA37" s="47"/>
+      <c r="DB37" s="47"/>
+      <c r="DC37" s="47"/>
+      <c r="DD37" s="47"/>
+      <c r="DE37" s="47"/>
+      <c r="DF37" s="47"/>
+      <c r="DG37" s="47"/>
+      <c r="DH37" s="47"/>
+      <c r="DI37" s="47"/>
+      <c r="DJ37" s="47"/>
+      <c r="DK37" s="47"/>
+      <c r="DL37" s="44"/>
+      <c r="DM37" s="47"/>
+      <c r="DN37" s="47"/>
+      <c r="DO37" s="47"/>
+      <c r="DP37" s="47"/>
+      <c r="DQ37" s="47"/>
+      <c r="DR37" s="48"/>
+      <c r="DS37" s="48"/>
+      <c r="DT37" s="48"/>
+      <c r="DU37" s="48"/>
+      <c r="DV37" s="48"/>
+      <c r="DW37" s="54"/>
+      <c r="DX37" s="54"/>
+      <c r="DY37" s="54"/>
+      <c r="DZ37" s="54"/>
+      <c r="EA37" s="54"/>
+      <c r="EB37" s="54"/>
+      <c r="EC37" s="54"/>
+      <c r="ED37" s="54"/>
+      <c r="EE37" s="54"/>
+      <c r="EF37" s="54"/>
+      <c r="EG37" s="54"/>
+      <c r="EH37" s="54"/>
+      <c r="EI37" s="54"/>
+      <c r="EJ37" s="54"/>
+      <c r="EK37" s="54"/>
+      <c r="EL37" s="55"/>
+      <c r="EM37" s="55"/>
+      <c r="EN37" s="55"/>
+      <c r="EO37" s="55"/>
+      <c r="EP37" s="55"/>
+      <c r="EQ37" s="55"/>
+      <c r="ER37" s="55"/>
+      <c r="ES37" s="55"/>
+      <c r="ET37" s="55"/>
     </row>
     <row r="38" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
-      <c r="B38" s="60">
+      <c r="B38" s="67">
         <v>24</v>
       </c>
-      <c r="C38" s="42"/>
-[...172 lines deleted...]
-      <c r="ET38" s="54"/>
+      <c r="C38" s="68"/>
+      <c r="D38" s="69"/>
+      <c r="E38" s="70"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="66"/>
+      <c r="H38" s="66"/>
+      <c r="I38" s="72"/>
+      <c r="J38" s="45"/>
+      <c r="K38" s="63"/>
+      <c r="L38" s="63"/>
+      <c r="M38" s="63"/>
+      <c r="N38" s="63"/>
+      <c r="O38" s="63"/>
+      <c r="P38" s="46"/>
+      <c r="Q38" s="45"/>
+      <c r="R38" s="63"/>
+      <c r="S38" s="63"/>
+      <c r="T38" s="63"/>
+      <c r="U38" s="63"/>
+      <c r="V38" s="63"/>
+      <c r="W38" s="46"/>
+      <c r="X38" s="45"/>
+      <c r="Y38" s="63"/>
+      <c r="Z38" s="63"/>
+      <c r="AA38" s="63"/>
+      <c r="AB38" s="63"/>
+      <c r="AC38" s="63"/>
+      <c r="AD38" s="63"/>
+      <c r="AE38" s="63"/>
+      <c r="AF38" s="63"/>
+      <c r="AG38" s="63"/>
+      <c r="AH38" s="63"/>
+      <c r="AI38" s="46"/>
+      <c r="AJ38" s="45"/>
+      <c r="AK38" s="63"/>
+      <c r="AL38" s="63"/>
+      <c r="AM38" s="63"/>
+      <c r="AN38" s="63"/>
+      <c r="AO38" s="63"/>
+      <c r="AP38" s="63"/>
+      <c r="AQ38" s="63"/>
+      <c r="AR38" s="63"/>
+      <c r="AS38" s="63"/>
+      <c r="AT38" s="63"/>
+      <c r="AU38" s="46"/>
+      <c r="AV38" s="45"/>
+      <c r="AW38" s="46"/>
+      <c r="AX38" s="45"/>
+      <c r="AY38" s="46"/>
+      <c r="AZ38" s="60" t="str" cm="1">
+        <f t="array" ref="AZ38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AV38="有のみ"),"T+1",AND(LEFT($Q38,4)="金銭設定",$AV38="両方可"),"T+1",AND(LEFT($Q38,4)="現物設定",$AV38="有のみ"),"T+0",AND(LEFT($Q38,4)="現物設定",$AV38="両方可"),"T+0",$AV38="無のみ","",$AV38="","")</f>
+        <v/>
+      </c>
+      <c r="BA38" s="61"/>
+      <c r="BB38" s="60" t="str" cm="1">
+        <f t="array" ref="BB38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AX38="有のみ"),"T+1",AND(LEFT($Q38,4)="金銭設定",$AX38="両方可"),"T+1",AND(LEFT($Q38,4)="現物設定",$AX38="有のみ"),"T+0",AND(LEFT($Q38,4)="現物設定",$AX38="両方可"),"T+0",$AX38="無のみ","",$AX38="","")</f>
+        <v/>
+      </c>
+      <c r="BC38" s="61"/>
+      <c r="BD38" s="60" t="str" cm="1">
+        <f t="array" ref="BD38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AV38="有のみ"),"T+1",AND(LEFT($Q38,4)="金銭設定",$AV38="両方可"),"T+1",AND(LEFT($Q38,4)="現物設定",$AV38="有のみ"),"T+0",AND(LEFT($Q38,4)="現物設定",$AV38="両方可"),"T+0",$AV38="無のみ","",$AV38="","")</f>
+        <v/>
+      </c>
+      <c r="BE38" s="61"/>
+      <c r="BF38" s="60" t="str" cm="1">
+        <f t="array" ref="BF38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AX38="有のみ"),"T+1",AND(LEFT($Q38,4)="金銭設定",$AX38="両方可"),"T+1",AND(LEFT($Q38,4)="現物設定",$AX38="有のみ"),"T+0",AND(LEFT($Q38,4)="現物設定",$AX38="両方可"),"T+0",$AX38="無のみ","",$AX38="","")</f>
+        <v/>
+      </c>
+      <c r="BG38" s="61"/>
+      <c r="BH38" s="60" t="str" cm="1">
+        <f t="array" ref="BH38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AV38="有のみ"),"T+2",AND(LEFT($Q38,4)="金銭設定",$AV38="両方可"),"T+2",AND(LEFT($Q38,4)="現物設定",$AV38="有のみ"),"T+1",AND(LEFT($Q38,4)="現物設定",$AV38="両方可"),"T+1",$AV38="無のみ","",$AV38="","")</f>
+        <v/>
+      </c>
+      <c r="BI38" s="61"/>
+      <c r="BJ38" s="60" t="str" cm="1">
+        <f t="array" ref="BJ38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AX38="有のみ"),"T+2",AND(LEFT($Q38,4)="金銭設定",$AX38="両方可"),"T+2",AND(LEFT($Q38,4)="現物設定",$AX38="有のみ"),"T+1",AND(LEFT($Q38,4)="現物設定",$AX38="両方可"),"T+1",$AX38="無のみ","",$AX38="","")</f>
+        <v/>
+      </c>
+      <c r="BK38" s="61"/>
+      <c r="BL38" s="60" t="str" cm="1">
+        <f t="array" ref="BL38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AV38="有のみ"),"T+2",AND(LEFT($Q38,4)="金銭設定",$AV38="両方可"),"T+2",AND(LEFT($Q38,4)="現物設定",$AV38="有のみ"),"T+2",AND(LEFT($Q38,4)="現物設定",$AV38="両方可"),"T+2",$AV38="無のみ","",$AV38="","")</f>
+        <v/>
+      </c>
+      <c r="BM38" s="61"/>
+      <c r="BN38" s="60" t="str" cm="1">
+        <f t="array" ref="BN38">_xlfn.IFS(AND(LEFT($Q38,4)="金銭設定",$AX38="有のみ"),"T+2",AND(LEFT($Q38,4)="金銭設定",$AX38="両方可"),"T+2",AND(LEFT($Q38,4)="現物設定",$AX38="有のみ"),"T+2",AND(LEFT($Q38,4)="現物設定",$AX38="両方可"),"T+2",$AX38="無のみ","",$AX38="","")</f>
+        <v/>
+      </c>
+      <c r="BO38" s="61"/>
+      <c r="BP38" s="45"/>
+      <c r="BQ38" s="63"/>
+      <c r="BR38" s="45"/>
+      <c r="BS38" s="63"/>
+      <c r="BT38" s="45"/>
+      <c r="BU38" s="63"/>
+      <c r="BV38" s="45"/>
+      <c r="BW38" s="63"/>
+      <c r="BX38" s="45"/>
+      <c r="BY38" s="63"/>
+      <c r="BZ38" s="45"/>
+      <c r="CA38" s="63"/>
+      <c r="CB38" s="45"/>
+      <c r="CC38" s="63"/>
+      <c r="CD38" s="45"/>
+      <c r="CE38" s="63"/>
+      <c r="CF38" s="65"/>
+      <c r="CG38" s="66"/>
+      <c r="CH38" s="66"/>
+      <c r="CI38" s="66"/>
+      <c r="CJ38" s="65"/>
+      <c r="CK38" s="66"/>
+      <c r="CL38" s="66"/>
+      <c r="CM38" s="66"/>
+      <c r="CN38" s="45"/>
+      <c r="CO38" s="46"/>
+      <c r="CP38" s="45"/>
+      <c r="CQ38" s="46"/>
+      <c r="CR38" s="47"/>
+      <c r="CS38" s="47"/>
+      <c r="CT38" s="47"/>
+      <c r="CU38" s="47"/>
+      <c r="CV38" s="47"/>
+      <c r="CW38" s="47"/>
+      <c r="CX38" s="47"/>
+      <c r="CY38" s="47"/>
+      <c r="CZ38" s="47"/>
+      <c r="DA38" s="47"/>
+      <c r="DB38" s="47"/>
+      <c r="DC38" s="47"/>
+      <c r="DD38" s="47"/>
+      <c r="DE38" s="47"/>
+      <c r="DF38" s="47"/>
+      <c r="DG38" s="47"/>
+      <c r="DH38" s="47"/>
+      <c r="DI38" s="47"/>
+      <c r="DJ38" s="47"/>
+      <c r="DK38" s="47"/>
+      <c r="DL38" s="44"/>
+      <c r="DM38" s="47"/>
+      <c r="DN38" s="47"/>
+      <c r="DO38" s="47"/>
+      <c r="DP38" s="47"/>
+      <c r="DQ38" s="47"/>
+      <c r="DR38" s="48"/>
+      <c r="DS38" s="48"/>
+      <c r="DT38" s="48"/>
+      <c r="DU38" s="48"/>
+      <c r="DV38" s="48"/>
+      <c r="DW38" s="54"/>
+      <c r="DX38" s="54"/>
+      <c r="DY38" s="54"/>
+      <c r="DZ38" s="54"/>
+      <c r="EA38" s="54"/>
+      <c r="EB38" s="54"/>
+      <c r="EC38" s="54"/>
+      <c r="ED38" s="54"/>
+      <c r="EE38" s="54"/>
+      <c r="EF38" s="54"/>
+      <c r="EG38" s="54"/>
+      <c r="EH38" s="54"/>
+      <c r="EI38" s="54"/>
+      <c r="EJ38" s="54"/>
+      <c r="EK38" s="54"/>
+      <c r="EL38" s="55"/>
+      <c r="EM38" s="55"/>
+      <c r="EN38" s="55"/>
+      <c r="EO38" s="55"/>
+      <c r="EP38" s="55"/>
+      <c r="EQ38" s="55"/>
+      <c r="ER38" s="55"/>
+      <c r="ES38" s="55"/>
+      <c r="ET38" s="55"/>
     </row>
     <row r="39" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="2"/>
-      <c r="B39" s="60">
+      <c r="B39" s="67">
         <v>25</v>
       </c>
-      <c r="C39" s="42"/>
-[...172 lines deleted...]
-      <c r="ET39" s="54"/>
+      <c r="C39" s="68"/>
+      <c r="D39" s="69"/>
+      <c r="E39" s="70"/>
+      <c r="F39" s="71"/>
+      <c r="G39" s="66"/>
+      <c r="H39" s="66"/>
+      <c r="I39" s="72"/>
+      <c r="J39" s="45"/>
+      <c r="K39" s="63"/>
+      <c r="L39" s="63"/>
+      <c r="M39" s="63"/>
+      <c r="N39" s="63"/>
+      <c r="O39" s="63"/>
+      <c r="P39" s="46"/>
+      <c r="Q39" s="45"/>
+      <c r="R39" s="63"/>
+      <c r="S39" s="63"/>
+      <c r="T39" s="63"/>
+      <c r="U39" s="63"/>
+      <c r="V39" s="63"/>
+      <c r="W39" s="46"/>
+      <c r="X39" s="45"/>
+      <c r="Y39" s="63"/>
+      <c r="Z39" s="63"/>
+      <c r="AA39" s="63"/>
+      <c r="AB39" s="63"/>
+      <c r="AC39" s="63"/>
+      <c r="AD39" s="63"/>
+      <c r="AE39" s="63"/>
+      <c r="AF39" s="63"/>
+      <c r="AG39" s="63"/>
+      <c r="AH39" s="63"/>
+      <c r="AI39" s="46"/>
+      <c r="AJ39" s="45"/>
+      <c r="AK39" s="63"/>
+      <c r="AL39" s="63"/>
+      <c r="AM39" s="63"/>
+      <c r="AN39" s="63"/>
+      <c r="AO39" s="63"/>
+      <c r="AP39" s="63"/>
+      <c r="AQ39" s="63"/>
+      <c r="AR39" s="63"/>
+      <c r="AS39" s="63"/>
+      <c r="AT39" s="63"/>
+      <c r="AU39" s="46"/>
+      <c r="AV39" s="45"/>
+      <c r="AW39" s="46"/>
+      <c r="AX39" s="45"/>
+      <c r="AY39" s="46"/>
+      <c r="AZ39" s="60" t="str" cm="1">
+        <f t="array" ref="AZ39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AV39="有のみ"),"T+1",AND(LEFT($Q39,4)="金銭設定",$AV39="両方可"),"T+1",AND(LEFT($Q39,4)="現物設定",$AV39="有のみ"),"T+0",AND(LEFT($Q39,4)="現物設定",$AV39="両方可"),"T+0",$AV39="無のみ","",$AV39="","")</f>
+        <v/>
+      </c>
+      <c r="BA39" s="61"/>
+      <c r="BB39" s="60" t="str" cm="1">
+        <f t="array" ref="BB39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AX39="有のみ"),"T+1",AND(LEFT($Q39,4)="金銭設定",$AX39="両方可"),"T+1",AND(LEFT($Q39,4)="現物設定",$AX39="有のみ"),"T+0",AND(LEFT($Q39,4)="現物設定",$AX39="両方可"),"T+0",$AX39="無のみ","",$AX39="","")</f>
+        <v/>
+      </c>
+      <c r="BC39" s="61"/>
+      <c r="BD39" s="60" t="str" cm="1">
+        <f t="array" ref="BD39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AV39="有のみ"),"T+1",AND(LEFT($Q39,4)="金銭設定",$AV39="両方可"),"T+1",AND(LEFT($Q39,4)="現物設定",$AV39="有のみ"),"T+0",AND(LEFT($Q39,4)="現物設定",$AV39="両方可"),"T+0",$AV39="無のみ","",$AV39="","")</f>
+        <v/>
+      </c>
+      <c r="BE39" s="61"/>
+      <c r="BF39" s="60" t="str" cm="1">
+        <f t="array" ref="BF39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AX39="有のみ"),"T+1",AND(LEFT($Q39,4)="金銭設定",$AX39="両方可"),"T+1",AND(LEFT($Q39,4)="現物設定",$AX39="有のみ"),"T+0",AND(LEFT($Q39,4)="現物設定",$AX39="両方可"),"T+0",$AX39="無のみ","",$AX39="","")</f>
+        <v/>
+      </c>
+      <c r="BG39" s="61"/>
+      <c r="BH39" s="60" t="str" cm="1">
+        <f t="array" ref="BH39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AV39="有のみ"),"T+2",AND(LEFT($Q39,4)="金銭設定",$AV39="両方可"),"T+2",AND(LEFT($Q39,4)="現物設定",$AV39="有のみ"),"T+1",AND(LEFT($Q39,4)="現物設定",$AV39="両方可"),"T+1",$AV39="無のみ","",$AV39="","")</f>
+        <v/>
+      </c>
+      <c r="BI39" s="61"/>
+      <c r="BJ39" s="60" t="str" cm="1">
+        <f t="array" ref="BJ39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AX39="有のみ"),"T+2",AND(LEFT($Q39,4)="金銭設定",$AX39="両方可"),"T+2",AND(LEFT($Q39,4)="現物設定",$AX39="有のみ"),"T+1",AND(LEFT($Q39,4)="現物設定",$AX39="両方可"),"T+1",$AX39="無のみ","",$AX39="","")</f>
+        <v/>
+      </c>
+      <c r="BK39" s="61"/>
+      <c r="BL39" s="60" t="str" cm="1">
+        <f t="array" ref="BL39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AV39="有のみ"),"T+2",AND(LEFT($Q39,4)="金銭設定",$AV39="両方可"),"T+2",AND(LEFT($Q39,4)="現物設定",$AV39="有のみ"),"T+2",AND(LEFT($Q39,4)="現物設定",$AV39="両方可"),"T+2",$AV39="無のみ","",$AV39="","")</f>
+        <v/>
+      </c>
+      <c r="BM39" s="61"/>
+      <c r="BN39" s="60" t="str" cm="1">
+        <f t="array" ref="BN39">_xlfn.IFS(AND(LEFT($Q39,4)="金銭設定",$AX39="有のみ"),"T+2",AND(LEFT($Q39,4)="金銭設定",$AX39="両方可"),"T+2",AND(LEFT($Q39,4)="現物設定",$AX39="有のみ"),"T+2",AND(LEFT($Q39,4)="現物設定",$AX39="両方可"),"T+2",$AX39="無のみ","",$AX39="","")</f>
+        <v/>
+      </c>
+      <c r="BO39" s="61"/>
+      <c r="BP39" s="45"/>
+      <c r="BQ39" s="63"/>
+      <c r="BR39" s="45"/>
+      <c r="BS39" s="63"/>
+      <c r="BT39" s="45"/>
+      <c r="BU39" s="63"/>
+      <c r="BV39" s="45"/>
+      <c r="BW39" s="63"/>
+      <c r="BX39" s="45"/>
+      <c r="BY39" s="63"/>
+      <c r="BZ39" s="45"/>
+      <c r="CA39" s="63"/>
+      <c r="CB39" s="45"/>
+      <c r="CC39" s="63"/>
+      <c r="CD39" s="45"/>
+      <c r="CE39" s="63"/>
+      <c r="CF39" s="65"/>
+      <c r="CG39" s="66"/>
+      <c r="CH39" s="66"/>
+      <c r="CI39" s="66"/>
+      <c r="CJ39" s="65"/>
+      <c r="CK39" s="66"/>
+      <c r="CL39" s="66"/>
+      <c r="CM39" s="66"/>
+      <c r="CN39" s="45"/>
+      <c r="CO39" s="46"/>
+      <c r="CP39" s="45"/>
+      <c r="CQ39" s="46"/>
+      <c r="CR39" s="47"/>
+      <c r="CS39" s="47"/>
+      <c r="CT39" s="47"/>
+      <c r="CU39" s="47"/>
+      <c r="CV39" s="47"/>
+      <c r="CW39" s="47"/>
+      <c r="CX39" s="47"/>
+      <c r="CY39" s="47"/>
+      <c r="CZ39" s="47"/>
+      <c r="DA39" s="47"/>
+      <c r="DB39" s="47"/>
+      <c r="DC39" s="47"/>
+      <c r="DD39" s="47"/>
+      <c r="DE39" s="47"/>
+      <c r="DF39" s="47"/>
+      <c r="DG39" s="47"/>
+      <c r="DH39" s="47"/>
+      <c r="DI39" s="47"/>
+      <c r="DJ39" s="47"/>
+      <c r="DK39" s="47"/>
+      <c r="DL39" s="44"/>
+      <c r="DM39" s="47"/>
+      <c r="DN39" s="47"/>
+      <c r="DO39" s="47"/>
+      <c r="DP39" s="47"/>
+      <c r="DQ39" s="47"/>
+      <c r="DR39" s="48"/>
+      <c r="DS39" s="48"/>
+      <c r="DT39" s="48"/>
+      <c r="DU39" s="48"/>
+      <c r="DV39" s="48"/>
+      <c r="DW39" s="54"/>
+      <c r="DX39" s="54"/>
+      <c r="DY39" s="54"/>
+      <c r="DZ39" s="54"/>
+      <c r="EA39" s="54"/>
+      <c r="EB39" s="54"/>
+      <c r="EC39" s="54"/>
+      <c r="ED39" s="54"/>
+      <c r="EE39" s="54"/>
+      <c r="EF39" s="54"/>
+      <c r="EG39" s="54"/>
+      <c r="EH39" s="54"/>
+      <c r="EI39" s="54"/>
+      <c r="EJ39" s="54"/>
+      <c r="EK39" s="54"/>
+      <c r="EL39" s="55"/>
+      <c r="EM39" s="55"/>
+      <c r="EN39" s="55"/>
+      <c r="EO39" s="55"/>
+      <c r="EP39" s="55"/>
+      <c r="EQ39" s="55"/>
+      <c r="ER39" s="55"/>
+      <c r="ES39" s="55"/>
+      <c r="ET39" s="55"/>
     </row>
     <row r="40" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="2"/>
-      <c r="B40" s="60">
+      <c r="B40" s="67">
         <v>26</v>
       </c>
-      <c r="C40" s="42"/>
-[...172 lines deleted...]
-      <c r="ET40" s="54"/>
+      <c r="C40" s="68"/>
+      <c r="D40" s="69"/>
+      <c r="E40" s="70"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="66"/>
+      <c r="H40" s="66"/>
+      <c r="I40" s="72"/>
+      <c r="J40" s="64"/>
+      <c r="K40" s="64"/>
+      <c r="L40" s="64"/>
+      <c r="M40" s="64"/>
+      <c r="N40" s="64"/>
+      <c r="O40" s="64"/>
+      <c r="P40" s="64"/>
+      <c r="Q40" s="45"/>
+      <c r="R40" s="63"/>
+      <c r="S40" s="63"/>
+      <c r="T40" s="63"/>
+      <c r="U40" s="63"/>
+      <c r="V40" s="63"/>
+      <c r="W40" s="46"/>
+      <c r="X40" s="45"/>
+      <c r="Y40" s="63"/>
+      <c r="Z40" s="63"/>
+      <c r="AA40" s="63"/>
+      <c r="AB40" s="63"/>
+      <c r="AC40" s="63"/>
+      <c r="AD40" s="63"/>
+      <c r="AE40" s="63"/>
+      <c r="AF40" s="63"/>
+      <c r="AG40" s="63"/>
+      <c r="AH40" s="63"/>
+      <c r="AI40" s="46"/>
+      <c r="AJ40" s="45"/>
+      <c r="AK40" s="63"/>
+      <c r="AL40" s="63"/>
+      <c r="AM40" s="63"/>
+      <c r="AN40" s="63"/>
+      <c r="AO40" s="63"/>
+      <c r="AP40" s="63"/>
+      <c r="AQ40" s="63"/>
+      <c r="AR40" s="63"/>
+      <c r="AS40" s="63"/>
+      <c r="AT40" s="63"/>
+      <c r="AU40" s="46"/>
+      <c r="AV40" s="45"/>
+      <c r="AW40" s="46"/>
+      <c r="AX40" s="45"/>
+      <c r="AY40" s="46"/>
+      <c r="AZ40" s="60" t="str" cm="1">
+        <f t="array" ref="AZ40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AV40="有のみ"),"T+1",AND(LEFT($Q40,4)="金銭設定",$AV40="両方可"),"T+1",AND(LEFT($Q40,4)="現物設定",$AV40="有のみ"),"T+0",AND(LEFT($Q40,4)="現物設定",$AV40="両方可"),"T+0",$AV40="無のみ","",$AV40="","")</f>
+        <v/>
+      </c>
+      <c r="BA40" s="61"/>
+      <c r="BB40" s="60" t="str" cm="1">
+        <f t="array" ref="BB40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AX40="有のみ"),"T+1",AND(LEFT($Q40,4)="金銭設定",$AX40="両方可"),"T+1",AND(LEFT($Q40,4)="現物設定",$AX40="有のみ"),"T+0",AND(LEFT($Q40,4)="現物設定",$AX40="両方可"),"T+0",$AX40="無のみ","",$AX40="","")</f>
+        <v/>
+      </c>
+      <c r="BC40" s="61"/>
+      <c r="BD40" s="60" t="str" cm="1">
+        <f t="array" ref="BD40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AV40="有のみ"),"T+1",AND(LEFT($Q40,4)="金銭設定",$AV40="両方可"),"T+1",AND(LEFT($Q40,4)="現物設定",$AV40="有のみ"),"T+0",AND(LEFT($Q40,4)="現物設定",$AV40="両方可"),"T+0",$AV40="無のみ","",$AV40="","")</f>
+        <v/>
+      </c>
+      <c r="BE40" s="61"/>
+      <c r="BF40" s="60" t="str" cm="1">
+        <f t="array" ref="BF40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AX40="有のみ"),"T+1",AND(LEFT($Q40,4)="金銭設定",$AX40="両方可"),"T+1",AND(LEFT($Q40,4)="現物設定",$AX40="有のみ"),"T+0",AND(LEFT($Q40,4)="現物設定",$AX40="両方可"),"T+0",$AX40="無のみ","",$AX40="","")</f>
+        <v/>
+      </c>
+      <c r="BG40" s="61"/>
+      <c r="BH40" s="60" t="str" cm="1">
+        <f t="array" ref="BH40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AV40="有のみ"),"T+2",AND(LEFT($Q40,4)="金銭設定",$AV40="両方可"),"T+2",AND(LEFT($Q40,4)="現物設定",$AV40="有のみ"),"T+1",AND(LEFT($Q40,4)="現物設定",$AV40="両方可"),"T+1",$AV40="無のみ","",$AV40="","")</f>
+        <v/>
+      </c>
+      <c r="BI40" s="61"/>
+      <c r="BJ40" s="60" t="str" cm="1">
+        <f t="array" ref="BJ40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AX40="有のみ"),"T+2",AND(LEFT($Q40,4)="金銭設定",$AX40="両方可"),"T+2",AND(LEFT($Q40,4)="現物設定",$AX40="有のみ"),"T+1",AND(LEFT($Q40,4)="現物設定",$AX40="両方可"),"T+1",$AX40="無のみ","",$AX40="","")</f>
+        <v/>
+      </c>
+      <c r="BK40" s="61"/>
+      <c r="BL40" s="60" t="str" cm="1">
+        <f t="array" ref="BL40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AV40="有のみ"),"T+2",AND(LEFT($Q40,4)="金銭設定",$AV40="両方可"),"T+2",AND(LEFT($Q40,4)="現物設定",$AV40="有のみ"),"T+2",AND(LEFT($Q40,4)="現物設定",$AV40="両方可"),"T+2",$AV40="無のみ","",$AV40="","")</f>
+        <v/>
+      </c>
+      <c r="BM40" s="61"/>
+      <c r="BN40" s="60" t="str" cm="1">
+        <f t="array" ref="BN40">_xlfn.IFS(AND(LEFT($Q40,4)="金銭設定",$AX40="有のみ"),"T+2",AND(LEFT($Q40,4)="金銭設定",$AX40="両方可"),"T+2",AND(LEFT($Q40,4)="現物設定",$AX40="有のみ"),"T+2",AND(LEFT($Q40,4)="現物設定",$AX40="両方可"),"T+2",$AX40="無のみ","",$AX40="","")</f>
+        <v/>
+      </c>
+      <c r="BO40" s="61"/>
+      <c r="BP40" s="45"/>
+      <c r="BQ40" s="63"/>
+      <c r="BR40" s="45"/>
+      <c r="BS40" s="63"/>
+      <c r="BT40" s="45"/>
+      <c r="BU40" s="63"/>
+      <c r="BV40" s="45"/>
+      <c r="BW40" s="63"/>
+      <c r="BX40" s="45"/>
+      <c r="BY40" s="63"/>
+      <c r="BZ40" s="45"/>
+      <c r="CA40" s="63"/>
+      <c r="CB40" s="45"/>
+      <c r="CC40" s="63"/>
+      <c r="CD40" s="45"/>
+      <c r="CE40" s="63"/>
+      <c r="CF40" s="65"/>
+      <c r="CG40" s="66"/>
+      <c r="CH40" s="66"/>
+      <c r="CI40" s="66"/>
+      <c r="CJ40" s="65"/>
+      <c r="CK40" s="66"/>
+      <c r="CL40" s="66"/>
+      <c r="CM40" s="66"/>
+      <c r="CN40" s="45"/>
+      <c r="CO40" s="46"/>
+      <c r="CP40" s="45"/>
+      <c r="CQ40" s="46"/>
+      <c r="CR40" s="47"/>
+      <c r="CS40" s="47"/>
+      <c r="CT40" s="47"/>
+      <c r="CU40" s="47"/>
+      <c r="CV40" s="47"/>
+      <c r="CW40" s="47"/>
+      <c r="CX40" s="47"/>
+      <c r="CY40" s="47"/>
+      <c r="CZ40" s="47"/>
+      <c r="DA40" s="47"/>
+      <c r="DB40" s="47"/>
+      <c r="DC40" s="47"/>
+      <c r="DD40" s="47"/>
+      <c r="DE40" s="47"/>
+      <c r="DF40" s="47"/>
+      <c r="DG40" s="47"/>
+      <c r="DH40" s="47"/>
+      <c r="DI40" s="47"/>
+      <c r="DJ40" s="47"/>
+      <c r="DK40" s="47"/>
+      <c r="DL40" s="44"/>
+      <c r="DM40" s="47"/>
+      <c r="DN40" s="47"/>
+      <c r="DO40" s="47"/>
+      <c r="DP40" s="47"/>
+      <c r="DQ40" s="47"/>
+      <c r="DR40" s="48"/>
+      <c r="DS40" s="48"/>
+      <c r="DT40" s="48"/>
+      <c r="DU40" s="48"/>
+      <c r="DV40" s="48"/>
+      <c r="DW40" s="54"/>
+      <c r="DX40" s="54"/>
+      <c r="DY40" s="54"/>
+      <c r="DZ40" s="54"/>
+      <c r="EA40" s="54"/>
+      <c r="EB40" s="54"/>
+      <c r="EC40" s="54"/>
+      <c r="ED40" s="54"/>
+      <c r="EE40" s="54"/>
+      <c r="EF40" s="54"/>
+      <c r="EG40" s="54"/>
+      <c r="EH40" s="54"/>
+      <c r="EI40" s="54"/>
+      <c r="EJ40" s="54"/>
+      <c r="EK40" s="54"/>
+      <c r="EL40" s="55"/>
+      <c r="EM40" s="55"/>
+      <c r="EN40" s="55"/>
+      <c r="EO40" s="55"/>
+      <c r="EP40" s="55"/>
+      <c r="EQ40" s="55"/>
+      <c r="ER40" s="55"/>
+      <c r="ES40" s="55"/>
+      <c r="ET40" s="55"/>
     </row>
     <row r="41" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="2"/>
-      <c r="B41" s="60">
+      <c r="B41" s="67">
         <v>27</v>
       </c>
-      <c r="C41" s="42"/>
-[...172 lines deleted...]
-      <c r="ET41" s="54"/>
+      <c r="C41" s="68"/>
+      <c r="D41" s="69"/>
+      <c r="E41" s="70"/>
+      <c r="F41" s="71"/>
+      <c r="G41" s="66"/>
+      <c r="H41" s="66"/>
+      <c r="I41" s="72"/>
+      <c r="J41" s="64"/>
+      <c r="K41" s="64"/>
+      <c r="L41" s="64"/>
+      <c r="M41" s="64"/>
+      <c r="N41" s="64"/>
+      <c r="O41" s="64"/>
+      <c r="P41" s="64"/>
+      <c r="Q41" s="45"/>
+      <c r="R41" s="63"/>
+      <c r="S41" s="63"/>
+      <c r="T41" s="63"/>
+      <c r="U41" s="63"/>
+      <c r="V41" s="63"/>
+      <c r="W41" s="46"/>
+      <c r="X41" s="45"/>
+      <c r="Y41" s="63"/>
+      <c r="Z41" s="63"/>
+      <c r="AA41" s="63"/>
+      <c r="AB41" s="63"/>
+      <c r="AC41" s="63"/>
+      <c r="AD41" s="63"/>
+      <c r="AE41" s="63"/>
+      <c r="AF41" s="63"/>
+      <c r="AG41" s="63"/>
+      <c r="AH41" s="63"/>
+      <c r="AI41" s="46"/>
+      <c r="AJ41" s="45"/>
+      <c r="AK41" s="63"/>
+      <c r="AL41" s="63"/>
+      <c r="AM41" s="63"/>
+      <c r="AN41" s="63"/>
+      <c r="AO41" s="63"/>
+      <c r="AP41" s="63"/>
+      <c r="AQ41" s="63"/>
+      <c r="AR41" s="63"/>
+      <c r="AS41" s="63"/>
+      <c r="AT41" s="63"/>
+      <c r="AU41" s="46"/>
+      <c r="AV41" s="45"/>
+      <c r="AW41" s="46"/>
+      <c r="AX41" s="45"/>
+      <c r="AY41" s="46"/>
+      <c r="AZ41" s="60" t="str" cm="1">
+        <f t="array" ref="AZ41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AV41="有のみ"),"T+1",AND(LEFT($Q41,4)="金銭設定",$AV41="両方可"),"T+1",AND(LEFT($Q41,4)="現物設定",$AV41="有のみ"),"T+0",AND(LEFT($Q41,4)="現物設定",$AV41="両方可"),"T+0",$AV41="無のみ","",$AV41="","")</f>
+        <v/>
+      </c>
+      <c r="BA41" s="61"/>
+      <c r="BB41" s="60" t="str" cm="1">
+        <f t="array" ref="BB41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AX41="有のみ"),"T+1",AND(LEFT($Q41,4)="金銭設定",$AX41="両方可"),"T+1",AND(LEFT($Q41,4)="現物設定",$AX41="有のみ"),"T+0",AND(LEFT($Q41,4)="現物設定",$AX41="両方可"),"T+0",$AX41="無のみ","",$AX41="","")</f>
+        <v/>
+      </c>
+      <c r="BC41" s="61"/>
+      <c r="BD41" s="60" t="str" cm="1">
+        <f t="array" ref="BD41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AV41="有のみ"),"T+1",AND(LEFT($Q41,4)="金銭設定",$AV41="両方可"),"T+1",AND(LEFT($Q41,4)="現物設定",$AV41="有のみ"),"T+0",AND(LEFT($Q41,4)="現物設定",$AV41="両方可"),"T+0",$AV41="無のみ","",$AV41="","")</f>
+        <v/>
+      </c>
+      <c r="BE41" s="61"/>
+      <c r="BF41" s="60" t="str" cm="1">
+        <f t="array" ref="BF41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AX41="有のみ"),"T+1",AND(LEFT($Q41,4)="金銭設定",$AX41="両方可"),"T+1",AND(LEFT($Q41,4)="現物設定",$AX41="有のみ"),"T+0",AND(LEFT($Q41,4)="現物設定",$AX41="両方可"),"T+0",$AX41="無のみ","",$AX41="","")</f>
+        <v/>
+      </c>
+      <c r="BG41" s="61"/>
+      <c r="BH41" s="60" t="str" cm="1">
+        <f t="array" ref="BH41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AV41="有のみ"),"T+2",AND(LEFT($Q41,4)="金銭設定",$AV41="両方可"),"T+2",AND(LEFT($Q41,4)="現物設定",$AV41="有のみ"),"T+1",AND(LEFT($Q41,4)="現物設定",$AV41="両方可"),"T+1",$AV41="無のみ","",$AV41="","")</f>
+        <v/>
+      </c>
+      <c r="BI41" s="61"/>
+      <c r="BJ41" s="60" t="str" cm="1">
+        <f t="array" ref="BJ41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AX41="有のみ"),"T+2",AND(LEFT($Q41,4)="金銭設定",$AX41="両方可"),"T+2",AND(LEFT($Q41,4)="現物設定",$AX41="有のみ"),"T+1",AND(LEFT($Q41,4)="現物設定",$AX41="両方可"),"T+1",$AX41="無のみ","",$AX41="","")</f>
+        <v/>
+      </c>
+      <c r="BK41" s="61"/>
+      <c r="BL41" s="60" t="str" cm="1">
+        <f t="array" ref="BL41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AV41="有のみ"),"T+2",AND(LEFT($Q41,4)="金銭設定",$AV41="両方可"),"T+2",AND(LEFT($Q41,4)="現物設定",$AV41="有のみ"),"T+2",AND(LEFT($Q41,4)="現物設定",$AV41="両方可"),"T+2",$AV41="無のみ","",$AV41="","")</f>
+        <v/>
+      </c>
+      <c r="BM41" s="61"/>
+      <c r="BN41" s="60" t="str" cm="1">
+        <f t="array" ref="BN41">_xlfn.IFS(AND(LEFT($Q41,4)="金銭設定",$AX41="有のみ"),"T+2",AND(LEFT($Q41,4)="金銭設定",$AX41="両方可"),"T+2",AND(LEFT($Q41,4)="現物設定",$AX41="有のみ"),"T+2",AND(LEFT($Q41,4)="現物設定",$AX41="両方可"),"T+2",$AX41="無のみ","",$AX41="","")</f>
+        <v/>
+      </c>
+      <c r="BO41" s="61"/>
+      <c r="BP41" s="45"/>
+      <c r="BQ41" s="63"/>
+      <c r="BR41" s="45"/>
+      <c r="BS41" s="63"/>
+      <c r="BT41" s="45"/>
+      <c r="BU41" s="63"/>
+      <c r="BV41" s="45"/>
+      <c r="BW41" s="63"/>
+      <c r="BX41" s="45"/>
+      <c r="BY41" s="63"/>
+      <c r="BZ41" s="45"/>
+      <c r="CA41" s="63"/>
+      <c r="CB41" s="45"/>
+      <c r="CC41" s="63"/>
+      <c r="CD41" s="45"/>
+      <c r="CE41" s="63"/>
+      <c r="CF41" s="65"/>
+      <c r="CG41" s="66"/>
+      <c r="CH41" s="66"/>
+      <c r="CI41" s="66"/>
+      <c r="CJ41" s="65"/>
+      <c r="CK41" s="66"/>
+      <c r="CL41" s="66"/>
+      <c r="CM41" s="66"/>
+      <c r="CN41" s="45"/>
+      <c r="CO41" s="46"/>
+      <c r="CP41" s="45"/>
+      <c r="CQ41" s="46"/>
+      <c r="CR41" s="47"/>
+      <c r="CS41" s="47"/>
+      <c r="CT41" s="47"/>
+      <c r="CU41" s="47"/>
+      <c r="CV41" s="47"/>
+      <c r="CW41" s="47"/>
+      <c r="CX41" s="47"/>
+      <c r="CY41" s="47"/>
+      <c r="CZ41" s="47"/>
+      <c r="DA41" s="47"/>
+      <c r="DB41" s="47"/>
+      <c r="DC41" s="47"/>
+      <c r="DD41" s="47"/>
+      <c r="DE41" s="47"/>
+      <c r="DF41" s="47"/>
+      <c r="DG41" s="47"/>
+      <c r="DH41" s="47"/>
+      <c r="DI41" s="47"/>
+      <c r="DJ41" s="47"/>
+      <c r="DK41" s="47"/>
+      <c r="DL41" s="44"/>
+      <c r="DM41" s="47"/>
+      <c r="DN41" s="47"/>
+      <c r="DO41" s="47"/>
+      <c r="DP41" s="47"/>
+      <c r="DQ41" s="47"/>
+      <c r="DR41" s="48"/>
+      <c r="DS41" s="48"/>
+      <c r="DT41" s="48"/>
+      <c r="DU41" s="48"/>
+      <c r="DV41" s="48"/>
+      <c r="DW41" s="54"/>
+      <c r="DX41" s="54"/>
+      <c r="DY41" s="54"/>
+      <c r="DZ41" s="54"/>
+      <c r="EA41" s="54"/>
+      <c r="EB41" s="54"/>
+      <c r="EC41" s="54"/>
+      <c r="ED41" s="54"/>
+      <c r="EE41" s="54"/>
+      <c r="EF41" s="54"/>
+      <c r="EG41" s="54"/>
+      <c r="EH41" s="54"/>
+      <c r="EI41" s="54"/>
+      <c r="EJ41" s="54"/>
+      <c r="EK41" s="54"/>
+      <c r="EL41" s="55"/>
+      <c r="EM41" s="55"/>
+      <c r="EN41" s="55"/>
+      <c r="EO41" s="55"/>
+      <c r="EP41" s="55"/>
+      <c r="EQ41" s="55"/>
+      <c r="ER41" s="55"/>
+      <c r="ES41" s="55"/>
+      <c r="ET41" s="55"/>
     </row>
     <row r="42" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="2"/>
-      <c r="B42" s="60">
+      <c r="B42" s="67">
         <v>28</v>
       </c>
-      <c r="C42" s="42"/>
-[...172 lines deleted...]
-      <c r="ET42" s="54"/>
+      <c r="C42" s="68"/>
+      <c r="D42" s="69"/>
+      <c r="E42" s="70"/>
+      <c r="F42" s="71"/>
+      <c r="G42" s="66"/>
+      <c r="H42" s="66"/>
+      <c r="I42" s="72"/>
+      <c r="J42" s="64"/>
+      <c r="K42" s="64"/>
+      <c r="L42" s="64"/>
+      <c r="M42" s="64"/>
+      <c r="N42" s="64"/>
+      <c r="O42" s="64"/>
+      <c r="P42" s="64"/>
+      <c r="Q42" s="45"/>
+      <c r="R42" s="63"/>
+      <c r="S42" s="63"/>
+      <c r="T42" s="63"/>
+      <c r="U42" s="63"/>
+      <c r="V42" s="63"/>
+      <c r="W42" s="46"/>
+      <c r="X42" s="45"/>
+      <c r="Y42" s="63"/>
+      <c r="Z42" s="63"/>
+      <c r="AA42" s="63"/>
+      <c r="AB42" s="63"/>
+      <c r="AC42" s="63"/>
+      <c r="AD42" s="63"/>
+      <c r="AE42" s="63"/>
+      <c r="AF42" s="63"/>
+      <c r="AG42" s="63"/>
+      <c r="AH42" s="63"/>
+      <c r="AI42" s="46"/>
+      <c r="AJ42" s="45"/>
+      <c r="AK42" s="63"/>
+      <c r="AL42" s="63"/>
+      <c r="AM42" s="63"/>
+      <c r="AN42" s="63"/>
+      <c r="AO42" s="63"/>
+      <c r="AP42" s="63"/>
+      <c r="AQ42" s="63"/>
+      <c r="AR42" s="63"/>
+      <c r="AS42" s="63"/>
+      <c r="AT42" s="63"/>
+      <c r="AU42" s="46"/>
+      <c r="AV42" s="45"/>
+      <c r="AW42" s="46"/>
+      <c r="AX42" s="45"/>
+      <c r="AY42" s="46"/>
+      <c r="AZ42" s="60" t="str" cm="1">
+        <f t="array" ref="AZ42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AV42="有のみ"),"T+1",AND(LEFT($Q42,4)="金銭設定",$AV42="両方可"),"T+1",AND(LEFT($Q42,4)="現物設定",$AV42="有のみ"),"T+0",AND(LEFT($Q42,4)="現物設定",$AV42="両方可"),"T+0",$AV42="無のみ","",$AV42="","")</f>
+        <v/>
+      </c>
+      <c r="BA42" s="61"/>
+      <c r="BB42" s="60" t="str" cm="1">
+        <f t="array" ref="BB42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AX42="有のみ"),"T+1",AND(LEFT($Q42,4)="金銭設定",$AX42="両方可"),"T+1",AND(LEFT($Q42,4)="現物設定",$AX42="有のみ"),"T+0",AND(LEFT($Q42,4)="現物設定",$AX42="両方可"),"T+0",$AX42="無のみ","",$AX42="","")</f>
+        <v/>
+      </c>
+      <c r="BC42" s="61"/>
+      <c r="BD42" s="60" t="str" cm="1">
+        <f t="array" ref="BD42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AV42="有のみ"),"T+1",AND(LEFT($Q42,4)="金銭設定",$AV42="両方可"),"T+1",AND(LEFT($Q42,4)="現物設定",$AV42="有のみ"),"T+0",AND(LEFT($Q42,4)="現物設定",$AV42="両方可"),"T+0",$AV42="無のみ","",$AV42="","")</f>
+        <v/>
+      </c>
+      <c r="BE42" s="61"/>
+      <c r="BF42" s="60" t="str" cm="1">
+        <f t="array" ref="BF42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AX42="有のみ"),"T+1",AND(LEFT($Q42,4)="金銭設定",$AX42="両方可"),"T+1",AND(LEFT($Q42,4)="現物設定",$AX42="有のみ"),"T+0",AND(LEFT($Q42,4)="現物設定",$AX42="両方可"),"T+0",$AX42="無のみ","",$AX42="","")</f>
+        <v/>
+      </c>
+      <c r="BG42" s="61"/>
+      <c r="BH42" s="60" t="str" cm="1">
+        <f t="array" ref="BH42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AV42="有のみ"),"T+2",AND(LEFT($Q42,4)="金銭設定",$AV42="両方可"),"T+2",AND(LEFT($Q42,4)="現物設定",$AV42="有のみ"),"T+1",AND(LEFT($Q42,4)="現物設定",$AV42="両方可"),"T+1",$AV42="無のみ","",$AV42="","")</f>
+        <v/>
+      </c>
+      <c r="BI42" s="61"/>
+      <c r="BJ42" s="60" t="str" cm="1">
+        <f t="array" ref="BJ42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AX42="有のみ"),"T+2",AND(LEFT($Q42,4)="金銭設定",$AX42="両方可"),"T+2",AND(LEFT($Q42,4)="現物設定",$AX42="有のみ"),"T+1",AND(LEFT($Q42,4)="現物設定",$AX42="両方可"),"T+1",$AX42="無のみ","",$AX42="","")</f>
+        <v/>
+      </c>
+      <c r="BK42" s="61"/>
+      <c r="BL42" s="60" t="str" cm="1">
+        <f t="array" ref="BL42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AV42="有のみ"),"T+2",AND(LEFT($Q42,4)="金銭設定",$AV42="両方可"),"T+2",AND(LEFT($Q42,4)="現物設定",$AV42="有のみ"),"T+2",AND(LEFT($Q42,4)="現物設定",$AV42="両方可"),"T+2",$AV42="無のみ","",$AV42="","")</f>
+        <v/>
+      </c>
+      <c r="BM42" s="61"/>
+      <c r="BN42" s="60" t="str" cm="1">
+        <f t="array" ref="BN42">_xlfn.IFS(AND(LEFT($Q42,4)="金銭設定",$AX42="有のみ"),"T+2",AND(LEFT($Q42,4)="金銭設定",$AX42="両方可"),"T+2",AND(LEFT($Q42,4)="現物設定",$AX42="有のみ"),"T+2",AND(LEFT($Q42,4)="現物設定",$AX42="両方可"),"T+2",$AX42="無のみ","",$AX42="","")</f>
+        <v/>
+      </c>
+      <c r="BO42" s="61"/>
+      <c r="BP42" s="45"/>
+      <c r="BQ42" s="63"/>
+      <c r="BR42" s="45"/>
+      <c r="BS42" s="63"/>
+      <c r="BT42" s="45"/>
+      <c r="BU42" s="63"/>
+      <c r="BV42" s="45"/>
+      <c r="BW42" s="63"/>
+      <c r="BX42" s="45"/>
+      <c r="BY42" s="63"/>
+      <c r="BZ42" s="45"/>
+      <c r="CA42" s="63"/>
+      <c r="CB42" s="45"/>
+      <c r="CC42" s="63"/>
+      <c r="CD42" s="45"/>
+      <c r="CE42" s="63"/>
+      <c r="CF42" s="65"/>
+      <c r="CG42" s="66"/>
+      <c r="CH42" s="66"/>
+      <c r="CI42" s="66"/>
+      <c r="CJ42" s="65"/>
+      <c r="CK42" s="66"/>
+      <c r="CL42" s="66"/>
+      <c r="CM42" s="66"/>
+      <c r="CN42" s="45"/>
+      <c r="CO42" s="46"/>
+      <c r="CP42" s="45"/>
+      <c r="CQ42" s="46"/>
+      <c r="CR42" s="47"/>
+      <c r="CS42" s="47"/>
+      <c r="CT42" s="47"/>
+      <c r="CU42" s="47"/>
+      <c r="CV42" s="47"/>
+      <c r="CW42" s="47"/>
+      <c r="CX42" s="47"/>
+      <c r="CY42" s="47"/>
+      <c r="CZ42" s="47"/>
+      <c r="DA42" s="47"/>
+      <c r="DB42" s="47"/>
+      <c r="DC42" s="47"/>
+      <c r="DD42" s="47"/>
+      <c r="DE42" s="47"/>
+      <c r="DF42" s="47"/>
+      <c r="DG42" s="47"/>
+      <c r="DH42" s="47"/>
+      <c r="DI42" s="47"/>
+      <c r="DJ42" s="47"/>
+      <c r="DK42" s="47"/>
+      <c r="DL42" s="44"/>
+      <c r="DM42" s="47"/>
+      <c r="DN42" s="47"/>
+      <c r="DO42" s="47"/>
+      <c r="DP42" s="47"/>
+      <c r="DQ42" s="47"/>
+      <c r="DR42" s="48"/>
+      <c r="DS42" s="48"/>
+      <c r="DT42" s="48"/>
+      <c r="DU42" s="48"/>
+      <c r="DV42" s="48"/>
+      <c r="DW42" s="54"/>
+      <c r="DX42" s="54"/>
+      <c r="DY42" s="54"/>
+      <c r="DZ42" s="54"/>
+      <c r="EA42" s="54"/>
+      <c r="EB42" s="54"/>
+      <c r="EC42" s="54"/>
+      <c r="ED42" s="54"/>
+      <c r="EE42" s="54"/>
+      <c r="EF42" s="54"/>
+      <c r="EG42" s="54"/>
+      <c r="EH42" s="54"/>
+      <c r="EI42" s="54"/>
+      <c r="EJ42" s="54"/>
+      <c r="EK42" s="54"/>
+      <c r="EL42" s="55"/>
+      <c r="EM42" s="55"/>
+      <c r="EN42" s="55"/>
+      <c r="EO42" s="55"/>
+      <c r="EP42" s="55"/>
+      <c r="EQ42" s="55"/>
+      <c r="ER42" s="55"/>
+      <c r="ES42" s="55"/>
+      <c r="ET42" s="55"/>
     </row>
     <row r="43" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="2"/>
-      <c r="B43" s="60">
+      <c r="B43" s="67">
         <v>29</v>
       </c>
-      <c r="C43" s="42"/>
-[...172 lines deleted...]
-      <c r="ET43" s="54"/>
+      <c r="C43" s="68"/>
+      <c r="D43" s="69"/>
+      <c r="E43" s="70"/>
+      <c r="F43" s="71"/>
+      <c r="G43" s="66"/>
+      <c r="H43" s="66"/>
+      <c r="I43" s="72"/>
+      <c r="J43" s="64"/>
+      <c r="K43" s="64"/>
+      <c r="L43" s="64"/>
+      <c r="M43" s="64"/>
+      <c r="N43" s="64"/>
+      <c r="O43" s="64"/>
+      <c r="P43" s="64"/>
+      <c r="Q43" s="45"/>
+      <c r="R43" s="63"/>
+      <c r="S43" s="63"/>
+      <c r="T43" s="63"/>
+      <c r="U43" s="63"/>
+      <c r="V43" s="63"/>
+      <c r="W43" s="46"/>
+      <c r="X43" s="45"/>
+      <c r="Y43" s="63"/>
+      <c r="Z43" s="63"/>
+      <c r="AA43" s="63"/>
+      <c r="AB43" s="63"/>
+      <c r="AC43" s="63"/>
+      <c r="AD43" s="63"/>
+      <c r="AE43" s="63"/>
+      <c r="AF43" s="63"/>
+      <c r="AG43" s="63"/>
+      <c r="AH43" s="63"/>
+      <c r="AI43" s="46"/>
+      <c r="AJ43" s="45"/>
+      <c r="AK43" s="63"/>
+      <c r="AL43" s="63"/>
+      <c r="AM43" s="63"/>
+      <c r="AN43" s="63"/>
+      <c r="AO43" s="63"/>
+      <c r="AP43" s="63"/>
+      <c r="AQ43" s="63"/>
+      <c r="AR43" s="63"/>
+      <c r="AS43" s="63"/>
+      <c r="AT43" s="63"/>
+      <c r="AU43" s="46"/>
+      <c r="AV43" s="45"/>
+      <c r="AW43" s="46"/>
+      <c r="AX43" s="45"/>
+      <c r="AY43" s="46"/>
+      <c r="AZ43" s="60" t="str" cm="1">
+        <f t="array" ref="AZ43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AV43="有のみ"),"T+1",AND(LEFT($Q43,4)="金銭設定",$AV43="両方可"),"T+1",AND(LEFT($Q43,4)="現物設定",$AV43="有のみ"),"T+0",AND(LEFT($Q43,4)="現物設定",$AV43="両方可"),"T+0",$AV43="無のみ","",$AV43="","")</f>
+        <v/>
+      </c>
+      <c r="BA43" s="61"/>
+      <c r="BB43" s="60" t="str" cm="1">
+        <f t="array" ref="BB43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AX43="有のみ"),"T+1",AND(LEFT($Q43,4)="金銭設定",$AX43="両方可"),"T+1",AND(LEFT($Q43,4)="現物設定",$AX43="有のみ"),"T+0",AND(LEFT($Q43,4)="現物設定",$AX43="両方可"),"T+0",$AX43="無のみ","",$AX43="","")</f>
+        <v/>
+      </c>
+      <c r="BC43" s="61"/>
+      <c r="BD43" s="60" t="str" cm="1">
+        <f t="array" ref="BD43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AV43="有のみ"),"T+1",AND(LEFT($Q43,4)="金銭設定",$AV43="両方可"),"T+1",AND(LEFT($Q43,4)="現物設定",$AV43="有のみ"),"T+0",AND(LEFT($Q43,4)="現物設定",$AV43="両方可"),"T+0",$AV43="無のみ","",$AV43="","")</f>
+        <v/>
+      </c>
+      <c r="BE43" s="61"/>
+      <c r="BF43" s="60" t="str" cm="1">
+        <f t="array" ref="BF43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AX43="有のみ"),"T+1",AND(LEFT($Q43,4)="金銭設定",$AX43="両方可"),"T+1",AND(LEFT($Q43,4)="現物設定",$AX43="有のみ"),"T+0",AND(LEFT($Q43,4)="現物設定",$AX43="両方可"),"T+0",$AX43="無のみ","",$AX43="","")</f>
+        <v/>
+      </c>
+      <c r="BG43" s="61"/>
+      <c r="BH43" s="60" t="str" cm="1">
+        <f t="array" ref="BH43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AV43="有のみ"),"T+2",AND(LEFT($Q43,4)="金銭設定",$AV43="両方可"),"T+2",AND(LEFT($Q43,4)="現物設定",$AV43="有のみ"),"T+1",AND(LEFT($Q43,4)="現物設定",$AV43="両方可"),"T+1",$AV43="無のみ","",$AV43="","")</f>
+        <v/>
+      </c>
+      <c r="BI43" s="61"/>
+      <c r="BJ43" s="60" t="str" cm="1">
+        <f t="array" ref="BJ43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AX43="有のみ"),"T+2",AND(LEFT($Q43,4)="金銭設定",$AX43="両方可"),"T+2",AND(LEFT($Q43,4)="現物設定",$AX43="有のみ"),"T+1",AND(LEFT($Q43,4)="現物設定",$AX43="両方可"),"T+1",$AX43="無のみ","",$AX43="","")</f>
+        <v/>
+      </c>
+      <c r="BK43" s="61"/>
+      <c r="BL43" s="60" t="str" cm="1">
+        <f t="array" ref="BL43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AV43="有のみ"),"T+2",AND(LEFT($Q43,4)="金銭設定",$AV43="両方可"),"T+2",AND(LEFT($Q43,4)="現物設定",$AV43="有のみ"),"T+2",AND(LEFT($Q43,4)="現物設定",$AV43="両方可"),"T+2",$AV43="無のみ","",$AV43="","")</f>
+        <v/>
+      </c>
+      <c r="BM43" s="61"/>
+      <c r="BN43" s="60" t="str" cm="1">
+        <f t="array" ref="BN43">_xlfn.IFS(AND(LEFT($Q43,4)="金銭設定",$AX43="有のみ"),"T+2",AND(LEFT($Q43,4)="金銭設定",$AX43="両方可"),"T+2",AND(LEFT($Q43,4)="現物設定",$AX43="有のみ"),"T+2",AND(LEFT($Q43,4)="現物設定",$AX43="両方可"),"T+2",$AX43="無のみ","",$AX43="","")</f>
+        <v/>
+      </c>
+      <c r="BO43" s="61"/>
+      <c r="BP43" s="45"/>
+      <c r="BQ43" s="63"/>
+      <c r="BR43" s="45"/>
+      <c r="BS43" s="63"/>
+      <c r="BT43" s="45"/>
+      <c r="BU43" s="63"/>
+      <c r="BV43" s="45"/>
+      <c r="BW43" s="63"/>
+      <c r="BX43" s="45"/>
+      <c r="BY43" s="63"/>
+      <c r="BZ43" s="45"/>
+      <c r="CA43" s="63"/>
+      <c r="CB43" s="45"/>
+      <c r="CC43" s="63"/>
+      <c r="CD43" s="45"/>
+      <c r="CE43" s="63"/>
+      <c r="CF43" s="65"/>
+      <c r="CG43" s="66"/>
+      <c r="CH43" s="66"/>
+      <c r="CI43" s="66"/>
+      <c r="CJ43" s="65"/>
+      <c r="CK43" s="66"/>
+      <c r="CL43" s="66"/>
+      <c r="CM43" s="66"/>
+      <c r="CN43" s="45"/>
+      <c r="CO43" s="46"/>
+      <c r="CP43" s="45"/>
+      <c r="CQ43" s="46"/>
+      <c r="CR43" s="47"/>
+      <c r="CS43" s="47"/>
+      <c r="CT43" s="47"/>
+      <c r="CU43" s="47"/>
+      <c r="CV43" s="47"/>
+      <c r="CW43" s="47"/>
+      <c r="CX43" s="47"/>
+      <c r="CY43" s="47"/>
+      <c r="CZ43" s="47"/>
+      <c r="DA43" s="47"/>
+      <c r="DB43" s="47"/>
+      <c r="DC43" s="47"/>
+      <c r="DD43" s="47"/>
+      <c r="DE43" s="47"/>
+      <c r="DF43" s="47"/>
+      <c r="DG43" s="47"/>
+      <c r="DH43" s="47"/>
+      <c r="DI43" s="47"/>
+      <c r="DJ43" s="47"/>
+      <c r="DK43" s="47"/>
+      <c r="DL43" s="44"/>
+      <c r="DM43" s="47"/>
+      <c r="DN43" s="47"/>
+      <c r="DO43" s="47"/>
+      <c r="DP43" s="47"/>
+      <c r="DQ43" s="47"/>
+      <c r="DR43" s="48"/>
+      <c r="DS43" s="48"/>
+      <c r="DT43" s="48"/>
+      <c r="DU43" s="48"/>
+      <c r="DV43" s="48"/>
+      <c r="DW43" s="54"/>
+      <c r="DX43" s="54"/>
+      <c r="DY43" s="54"/>
+      <c r="DZ43" s="54"/>
+      <c r="EA43" s="54"/>
+      <c r="EB43" s="54"/>
+      <c r="EC43" s="54"/>
+      <c r="ED43" s="54"/>
+      <c r="EE43" s="54"/>
+      <c r="EF43" s="54"/>
+      <c r="EG43" s="54"/>
+      <c r="EH43" s="54"/>
+      <c r="EI43" s="54"/>
+      <c r="EJ43" s="54"/>
+      <c r="EK43" s="54"/>
+      <c r="EL43" s="55"/>
+      <c r="EM43" s="55"/>
+      <c r="EN43" s="55"/>
+      <c r="EO43" s="55"/>
+      <c r="EP43" s="55"/>
+      <c r="EQ43" s="55"/>
+      <c r="ER43" s="55"/>
+      <c r="ES43" s="55"/>
+      <c r="ET43" s="55"/>
     </row>
     <row r="44" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
-      <c r="B44" s="60">
+      <c r="B44" s="67">
         <v>30</v>
       </c>
-      <c r="C44" s="42"/>
-[...172 lines deleted...]
-      <c r="ET44" s="54"/>
+      <c r="C44" s="68"/>
+      <c r="D44" s="69"/>
+      <c r="E44" s="70"/>
+      <c r="F44" s="71"/>
+      <c r="G44" s="66"/>
+      <c r="H44" s="66"/>
+      <c r="I44" s="72"/>
+      <c r="J44" s="64"/>
+      <c r="K44" s="64"/>
+      <c r="L44" s="64"/>
+      <c r="M44" s="64"/>
+      <c r="N44" s="64"/>
+      <c r="O44" s="64"/>
+      <c r="P44" s="64"/>
+      <c r="Q44" s="45"/>
+      <c r="R44" s="63"/>
+      <c r="S44" s="63"/>
+      <c r="T44" s="63"/>
+      <c r="U44" s="63"/>
+      <c r="V44" s="63"/>
+      <c r="W44" s="46"/>
+      <c r="X44" s="45"/>
+      <c r="Y44" s="63"/>
+      <c r="Z44" s="63"/>
+      <c r="AA44" s="63"/>
+      <c r="AB44" s="63"/>
+      <c r="AC44" s="63"/>
+      <c r="AD44" s="63"/>
+      <c r="AE44" s="63"/>
+      <c r="AF44" s="63"/>
+      <c r="AG44" s="63"/>
+      <c r="AH44" s="63"/>
+      <c r="AI44" s="46"/>
+      <c r="AJ44" s="45"/>
+      <c r="AK44" s="63"/>
+      <c r="AL44" s="63"/>
+      <c r="AM44" s="63"/>
+      <c r="AN44" s="63"/>
+      <c r="AO44" s="63"/>
+      <c r="AP44" s="63"/>
+      <c r="AQ44" s="63"/>
+      <c r="AR44" s="63"/>
+      <c r="AS44" s="63"/>
+      <c r="AT44" s="63"/>
+      <c r="AU44" s="46"/>
+      <c r="AV44" s="45"/>
+      <c r="AW44" s="46"/>
+      <c r="AX44" s="45"/>
+      <c r="AY44" s="46"/>
+      <c r="AZ44" s="60" t="str" cm="1">
+        <f t="array" ref="AZ44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AV44="有のみ"),"T+1",AND(LEFT($Q44,4)="金銭設定",$AV44="両方可"),"T+1",AND(LEFT($Q44,4)="現物設定",$AV44="有のみ"),"T+0",AND(LEFT($Q44,4)="現物設定",$AV44="両方可"),"T+0",$AV44="無のみ","",$AV44="","")</f>
+        <v/>
+      </c>
+      <c r="BA44" s="61"/>
+      <c r="BB44" s="60" t="str" cm="1">
+        <f t="array" ref="BB44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AX44="有のみ"),"T+1",AND(LEFT($Q44,4)="金銭設定",$AX44="両方可"),"T+1",AND(LEFT($Q44,4)="現物設定",$AX44="有のみ"),"T+0",AND(LEFT($Q44,4)="現物設定",$AX44="両方可"),"T+0",$AX44="無のみ","",$AX44="","")</f>
+        <v/>
+      </c>
+      <c r="BC44" s="61"/>
+      <c r="BD44" s="60" t="str" cm="1">
+        <f t="array" ref="BD44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AV44="有のみ"),"T+1",AND(LEFT($Q44,4)="金銭設定",$AV44="両方可"),"T+1",AND(LEFT($Q44,4)="現物設定",$AV44="有のみ"),"T+0",AND(LEFT($Q44,4)="現物設定",$AV44="両方可"),"T+0",$AV44="無のみ","",$AV44="","")</f>
+        <v/>
+      </c>
+      <c r="BE44" s="61"/>
+      <c r="BF44" s="60" t="str" cm="1">
+        <f t="array" ref="BF44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AX44="有のみ"),"T+1",AND(LEFT($Q44,4)="金銭設定",$AX44="両方可"),"T+1",AND(LEFT($Q44,4)="現物設定",$AX44="有のみ"),"T+0",AND(LEFT($Q44,4)="現物設定",$AX44="両方可"),"T+0",$AX44="無のみ","",$AX44="","")</f>
+        <v/>
+      </c>
+      <c r="BG44" s="61"/>
+      <c r="BH44" s="60" t="str" cm="1">
+        <f t="array" ref="BH44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AV44="有のみ"),"T+2",AND(LEFT($Q44,4)="金銭設定",$AV44="両方可"),"T+2",AND(LEFT($Q44,4)="現物設定",$AV44="有のみ"),"T+1",AND(LEFT($Q44,4)="現物設定",$AV44="両方可"),"T+1",$AV44="無のみ","",$AV44="","")</f>
+        <v/>
+      </c>
+      <c r="BI44" s="61"/>
+      <c r="BJ44" s="60" t="str" cm="1">
+        <f t="array" ref="BJ44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AX44="有のみ"),"T+2",AND(LEFT($Q44,4)="金銭設定",$AX44="両方可"),"T+2",AND(LEFT($Q44,4)="現物設定",$AX44="有のみ"),"T+1",AND(LEFT($Q44,4)="現物設定",$AX44="両方可"),"T+1",$AX44="無のみ","",$AX44="","")</f>
+        <v/>
+      </c>
+      <c r="BK44" s="61"/>
+      <c r="BL44" s="60" t="str" cm="1">
+        <f t="array" ref="BL44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AV44="有のみ"),"T+2",AND(LEFT($Q44,4)="金銭設定",$AV44="両方可"),"T+2",AND(LEFT($Q44,4)="現物設定",$AV44="有のみ"),"T+2",AND(LEFT($Q44,4)="現物設定",$AV44="両方可"),"T+2",$AV44="無のみ","",$AV44="","")</f>
+        <v/>
+      </c>
+      <c r="BM44" s="61"/>
+      <c r="BN44" s="60" t="str" cm="1">
+        <f t="array" ref="BN44">_xlfn.IFS(AND(LEFT($Q44,4)="金銭設定",$AX44="有のみ"),"T+2",AND(LEFT($Q44,4)="金銭設定",$AX44="両方可"),"T+2",AND(LEFT($Q44,4)="現物設定",$AX44="有のみ"),"T+2",AND(LEFT($Q44,4)="現物設定",$AX44="両方可"),"T+2",$AX44="無のみ","",$AX44="","")</f>
+        <v/>
+      </c>
+      <c r="BO44" s="61"/>
+      <c r="BP44" s="45"/>
+      <c r="BQ44" s="63"/>
+      <c r="BR44" s="45"/>
+      <c r="BS44" s="63"/>
+      <c r="BT44" s="45"/>
+      <c r="BU44" s="63"/>
+      <c r="BV44" s="45"/>
+      <c r="BW44" s="63"/>
+      <c r="BX44" s="45"/>
+      <c r="BY44" s="63"/>
+      <c r="BZ44" s="45"/>
+      <c r="CA44" s="63"/>
+      <c r="CB44" s="45"/>
+      <c r="CC44" s="63"/>
+      <c r="CD44" s="45"/>
+      <c r="CE44" s="63"/>
+      <c r="CF44" s="65"/>
+      <c r="CG44" s="66"/>
+      <c r="CH44" s="66"/>
+      <c r="CI44" s="66"/>
+      <c r="CJ44" s="65"/>
+      <c r="CK44" s="66"/>
+      <c r="CL44" s="66"/>
+      <c r="CM44" s="66"/>
+      <c r="CN44" s="45"/>
+      <c r="CO44" s="46"/>
+      <c r="CP44" s="45"/>
+      <c r="CQ44" s="46"/>
+      <c r="CR44" s="47"/>
+      <c r="CS44" s="47"/>
+      <c r="CT44" s="47"/>
+      <c r="CU44" s="47"/>
+      <c r="CV44" s="47"/>
+      <c r="CW44" s="47"/>
+      <c r="CX44" s="47"/>
+      <c r="CY44" s="47"/>
+      <c r="CZ44" s="47"/>
+      <c r="DA44" s="47"/>
+      <c r="DB44" s="47"/>
+      <c r="DC44" s="47"/>
+      <c r="DD44" s="47"/>
+      <c r="DE44" s="47"/>
+      <c r="DF44" s="47"/>
+      <c r="DG44" s="47"/>
+      <c r="DH44" s="47"/>
+      <c r="DI44" s="47"/>
+      <c r="DJ44" s="47"/>
+      <c r="DK44" s="47"/>
+      <c r="DL44" s="44"/>
+      <c r="DM44" s="47"/>
+      <c r="DN44" s="47"/>
+      <c r="DO44" s="47"/>
+      <c r="DP44" s="47"/>
+      <c r="DQ44" s="47"/>
+      <c r="DR44" s="48"/>
+      <c r="DS44" s="48"/>
+      <c r="DT44" s="48"/>
+      <c r="DU44" s="48"/>
+      <c r="DV44" s="48"/>
+      <c r="DW44" s="54"/>
+      <c r="DX44" s="54"/>
+      <c r="DY44" s="54"/>
+      <c r="DZ44" s="54"/>
+      <c r="EA44" s="54"/>
+      <c r="EB44" s="54"/>
+      <c r="EC44" s="54"/>
+      <c r="ED44" s="54"/>
+      <c r="EE44" s="54"/>
+      <c r="EF44" s="54"/>
+      <c r="EG44" s="54"/>
+      <c r="EH44" s="54"/>
+      <c r="EI44" s="54"/>
+      <c r="EJ44" s="54"/>
+      <c r="EK44" s="54"/>
+      <c r="EL44" s="55"/>
+      <c r="EM44" s="55"/>
+      <c r="EN44" s="55"/>
+      <c r="EO44" s="55"/>
+      <c r="EP44" s="55"/>
+      <c r="EQ44" s="55"/>
+      <c r="ER44" s="55"/>
+      <c r="ES44" s="55"/>
+      <c r="ET44" s="55"/>
     </row>
     <row r="45" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
-      <c r="B45" s="60">
+      <c r="B45" s="67">
         <v>31</v>
       </c>
-      <c r="C45" s="42"/>
-[...172 lines deleted...]
-      <c r="ET45" s="54"/>
+      <c r="C45" s="68"/>
+      <c r="D45" s="69"/>
+      <c r="E45" s="70"/>
+      <c r="F45" s="71"/>
+      <c r="G45" s="66"/>
+      <c r="H45" s="66"/>
+      <c r="I45" s="72"/>
+      <c r="J45" s="64"/>
+      <c r="K45" s="64"/>
+      <c r="L45" s="64"/>
+      <c r="M45" s="64"/>
+      <c r="N45" s="64"/>
+      <c r="O45" s="64"/>
+      <c r="P45" s="64"/>
+      <c r="Q45" s="45"/>
+      <c r="R45" s="63"/>
+      <c r="S45" s="63"/>
+      <c r="T45" s="63"/>
+      <c r="U45" s="63"/>
+      <c r="V45" s="63"/>
+      <c r="W45" s="46"/>
+      <c r="X45" s="45"/>
+      <c r="Y45" s="63"/>
+      <c r="Z45" s="63"/>
+      <c r="AA45" s="63"/>
+      <c r="AB45" s="63"/>
+      <c r="AC45" s="63"/>
+      <c r="AD45" s="63"/>
+      <c r="AE45" s="63"/>
+      <c r="AF45" s="63"/>
+      <c r="AG45" s="63"/>
+      <c r="AH45" s="63"/>
+      <c r="AI45" s="46"/>
+      <c r="AJ45" s="45"/>
+      <c r="AK45" s="63"/>
+      <c r="AL45" s="63"/>
+      <c r="AM45" s="63"/>
+      <c r="AN45" s="63"/>
+      <c r="AO45" s="63"/>
+      <c r="AP45" s="63"/>
+      <c r="AQ45" s="63"/>
+      <c r="AR45" s="63"/>
+      <c r="AS45" s="63"/>
+      <c r="AT45" s="63"/>
+      <c r="AU45" s="46"/>
+      <c r="AV45" s="45"/>
+      <c r="AW45" s="46"/>
+      <c r="AX45" s="45"/>
+      <c r="AY45" s="46"/>
+      <c r="AZ45" s="60" t="str" cm="1">
+        <f t="array" ref="AZ45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AV45="有のみ"),"T+1",AND(LEFT($Q45,4)="金銭設定",$AV45="両方可"),"T+1",AND(LEFT($Q45,4)="現物設定",$AV45="有のみ"),"T+0",AND(LEFT($Q45,4)="現物設定",$AV45="両方可"),"T+0",$AV45="無のみ","",$AV45="","")</f>
+        <v/>
+      </c>
+      <c r="BA45" s="61"/>
+      <c r="BB45" s="60" t="str" cm="1">
+        <f t="array" ref="BB45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AX45="有のみ"),"T+1",AND(LEFT($Q45,4)="金銭設定",$AX45="両方可"),"T+1",AND(LEFT($Q45,4)="現物設定",$AX45="有のみ"),"T+0",AND(LEFT($Q45,4)="現物設定",$AX45="両方可"),"T+0",$AX45="無のみ","",$AX45="","")</f>
+        <v/>
+      </c>
+      <c r="BC45" s="61"/>
+      <c r="BD45" s="60" t="str" cm="1">
+        <f t="array" ref="BD45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AV45="有のみ"),"T+1",AND(LEFT($Q45,4)="金銭設定",$AV45="両方可"),"T+1",AND(LEFT($Q45,4)="現物設定",$AV45="有のみ"),"T+0",AND(LEFT($Q45,4)="現物設定",$AV45="両方可"),"T+0",$AV45="無のみ","",$AV45="","")</f>
+        <v/>
+      </c>
+      <c r="BE45" s="61"/>
+      <c r="BF45" s="60" t="str" cm="1">
+        <f t="array" ref="BF45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AX45="有のみ"),"T+1",AND(LEFT($Q45,4)="金銭設定",$AX45="両方可"),"T+1",AND(LEFT($Q45,4)="現物設定",$AX45="有のみ"),"T+0",AND(LEFT($Q45,4)="現物設定",$AX45="両方可"),"T+0",$AX45="無のみ","",$AX45="","")</f>
+        <v/>
+      </c>
+      <c r="BG45" s="61"/>
+      <c r="BH45" s="60" t="str" cm="1">
+        <f t="array" ref="BH45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AV45="有のみ"),"T+2",AND(LEFT($Q45,4)="金銭設定",$AV45="両方可"),"T+2",AND(LEFT($Q45,4)="現物設定",$AV45="有のみ"),"T+1",AND(LEFT($Q45,4)="現物設定",$AV45="両方可"),"T+1",$AV45="無のみ","",$AV45="","")</f>
+        <v/>
+      </c>
+      <c r="BI45" s="61"/>
+      <c r="BJ45" s="60" t="str" cm="1">
+        <f t="array" ref="BJ45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AX45="有のみ"),"T+2",AND(LEFT($Q45,4)="金銭設定",$AX45="両方可"),"T+2",AND(LEFT($Q45,4)="現物設定",$AX45="有のみ"),"T+1",AND(LEFT($Q45,4)="現物設定",$AX45="両方可"),"T+1",$AX45="無のみ","",$AX45="","")</f>
+        <v/>
+      </c>
+      <c r="BK45" s="61"/>
+      <c r="BL45" s="60" t="str" cm="1">
+        <f t="array" ref="BL45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AV45="有のみ"),"T+2",AND(LEFT($Q45,4)="金銭設定",$AV45="両方可"),"T+2",AND(LEFT($Q45,4)="現物設定",$AV45="有のみ"),"T+2",AND(LEFT($Q45,4)="現物設定",$AV45="両方可"),"T+2",$AV45="無のみ","",$AV45="","")</f>
+        <v/>
+      </c>
+      <c r="BM45" s="61"/>
+      <c r="BN45" s="60" t="str" cm="1">
+        <f t="array" ref="BN45">_xlfn.IFS(AND(LEFT($Q45,4)="金銭設定",$AX45="有のみ"),"T+2",AND(LEFT($Q45,4)="金銭設定",$AX45="両方可"),"T+2",AND(LEFT($Q45,4)="現物設定",$AX45="有のみ"),"T+2",AND(LEFT($Q45,4)="現物設定",$AX45="両方可"),"T+2",$AX45="無のみ","",$AX45="","")</f>
+        <v/>
+      </c>
+      <c r="BO45" s="61"/>
+      <c r="BP45" s="45"/>
+      <c r="BQ45" s="63"/>
+      <c r="BR45" s="45"/>
+      <c r="BS45" s="63"/>
+      <c r="BT45" s="45"/>
+      <c r="BU45" s="63"/>
+      <c r="BV45" s="45"/>
+      <c r="BW45" s="63"/>
+      <c r="BX45" s="45"/>
+      <c r="BY45" s="63"/>
+      <c r="BZ45" s="45"/>
+      <c r="CA45" s="63"/>
+      <c r="CB45" s="45"/>
+      <c r="CC45" s="63"/>
+      <c r="CD45" s="45"/>
+      <c r="CE45" s="63"/>
+      <c r="CF45" s="65"/>
+      <c r="CG45" s="66"/>
+      <c r="CH45" s="66"/>
+      <c r="CI45" s="66"/>
+      <c r="CJ45" s="65"/>
+      <c r="CK45" s="66"/>
+      <c r="CL45" s="66"/>
+      <c r="CM45" s="66"/>
+      <c r="CN45" s="45"/>
+      <c r="CO45" s="46"/>
+      <c r="CP45" s="45"/>
+      <c r="CQ45" s="46"/>
+      <c r="CR45" s="47"/>
+      <c r="CS45" s="47"/>
+      <c r="CT45" s="47"/>
+      <c r="CU45" s="47"/>
+      <c r="CV45" s="47"/>
+      <c r="CW45" s="47"/>
+      <c r="CX45" s="47"/>
+      <c r="CY45" s="47"/>
+      <c r="CZ45" s="47"/>
+      <c r="DA45" s="47"/>
+      <c r="DB45" s="47"/>
+      <c r="DC45" s="47"/>
+      <c r="DD45" s="47"/>
+      <c r="DE45" s="47"/>
+      <c r="DF45" s="47"/>
+      <c r="DG45" s="47"/>
+      <c r="DH45" s="47"/>
+      <c r="DI45" s="47"/>
+      <c r="DJ45" s="47"/>
+      <c r="DK45" s="47"/>
+      <c r="DL45" s="44"/>
+      <c r="DM45" s="47"/>
+      <c r="DN45" s="47"/>
+      <c r="DO45" s="47"/>
+      <c r="DP45" s="47"/>
+      <c r="DQ45" s="47"/>
+      <c r="DR45" s="48"/>
+      <c r="DS45" s="48"/>
+      <c r="DT45" s="48"/>
+      <c r="DU45" s="48"/>
+      <c r="DV45" s="48"/>
+      <c r="DW45" s="54"/>
+      <c r="DX45" s="54"/>
+      <c r="DY45" s="54"/>
+      <c r="DZ45" s="54"/>
+      <c r="EA45" s="54"/>
+      <c r="EB45" s="54"/>
+      <c r="EC45" s="54"/>
+      <c r="ED45" s="54"/>
+      <c r="EE45" s="54"/>
+      <c r="EF45" s="54"/>
+      <c r="EG45" s="54"/>
+      <c r="EH45" s="54"/>
+      <c r="EI45" s="54"/>
+      <c r="EJ45" s="54"/>
+      <c r="EK45" s="54"/>
+      <c r="EL45" s="55"/>
+      <c r="EM45" s="55"/>
+      <c r="EN45" s="55"/>
+      <c r="EO45" s="55"/>
+      <c r="EP45" s="55"/>
+      <c r="EQ45" s="55"/>
+      <c r="ER45" s="55"/>
+      <c r="ES45" s="55"/>
+      <c r="ET45" s="55"/>
     </row>
     <row r="46" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
-      <c r="B46" s="60">
+      <c r="B46" s="67">
         <v>32</v>
       </c>
-      <c r="C46" s="42"/>
-[...172 lines deleted...]
-      <c r="ET46" s="54"/>
+      <c r="C46" s="68"/>
+      <c r="D46" s="69"/>
+      <c r="E46" s="70"/>
+      <c r="F46" s="71"/>
+      <c r="G46" s="66"/>
+      <c r="H46" s="66"/>
+      <c r="I46" s="72"/>
+      <c r="J46" s="64"/>
+      <c r="K46" s="64"/>
+      <c r="L46" s="64"/>
+      <c r="M46" s="64"/>
+      <c r="N46" s="64"/>
+      <c r="O46" s="64"/>
+      <c r="P46" s="64"/>
+      <c r="Q46" s="45"/>
+      <c r="R46" s="63"/>
+      <c r="S46" s="63"/>
+      <c r="T46" s="63"/>
+      <c r="U46" s="63"/>
+      <c r="V46" s="63"/>
+      <c r="W46" s="46"/>
+      <c r="X46" s="45"/>
+      <c r="Y46" s="63"/>
+      <c r="Z46" s="63"/>
+      <c r="AA46" s="63"/>
+      <c r="AB46" s="63"/>
+      <c r="AC46" s="63"/>
+      <c r="AD46" s="63"/>
+      <c r="AE46" s="63"/>
+      <c r="AF46" s="63"/>
+      <c r="AG46" s="63"/>
+      <c r="AH46" s="63"/>
+      <c r="AI46" s="46"/>
+      <c r="AJ46" s="45"/>
+      <c r="AK46" s="63"/>
+      <c r="AL46" s="63"/>
+      <c r="AM46" s="63"/>
+      <c r="AN46" s="63"/>
+      <c r="AO46" s="63"/>
+      <c r="AP46" s="63"/>
+      <c r="AQ46" s="63"/>
+      <c r="AR46" s="63"/>
+      <c r="AS46" s="63"/>
+      <c r="AT46" s="63"/>
+      <c r="AU46" s="46"/>
+      <c r="AV46" s="45"/>
+      <c r="AW46" s="46"/>
+      <c r="AX46" s="45"/>
+      <c r="AY46" s="46"/>
+      <c r="AZ46" s="60" t="str" cm="1">
+        <f t="array" ref="AZ46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AV46="有のみ"),"T+1",AND(LEFT($Q46,4)="金銭設定",$AV46="両方可"),"T+1",AND(LEFT($Q46,4)="現物設定",$AV46="有のみ"),"T+0",AND(LEFT($Q46,4)="現物設定",$AV46="両方可"),"T+0",$AV46="無のみ","",$AV46="","")</f>
+        <v/>
+      </c>
+      <c r="BA46" s="61"/>
+      <c r="BB46" s="60" t="str" cm="1">
+        <f t="array" ref="BB46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AX46="有のみ"),"T+1",AND(LEFT($Q46,4)="金銭設定",$AX46="両方可"),"T+1",AND(LEFT($Q46,4)="現物設定",$AX46="有のみ"),"T+0",AND(LEFT($Q46,4)="現物設定",$AX46="両方可"),"T+0",$AX46="無のみ","",$AX46="","")</f>
+        <v/>
+      </c>
+      <c r="BC46" s="61"/>
+      <c r="BD46" s="60" t="str" cm="1">
+        <f t="array" ref="BD46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AV46="有のみ"),"T+1",AND(LEFT($Q46,4)="金銭設定",$AV46="両方可"),"T+1",AND(LEFT($Q46,4)="現物設定",$AV46="有のみ"),"T+0",AND(LEFT($Q46,4)="現物設定",$AV46="両方可"),"T+0",$AV46="無のみ","",$AV46="","")</f>
+        <v/>
+      </c>
+      <c r="BE46" s="61"/>
+      <c r="BF46" s="60" t="str" cm="1">
+        <f t="array" ref="BF46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AX46="有のみ"),"T+1",AND(LEFT($Q46,4)="金銭設定",$AX46="両方可"),"T+1",AND(LEFT($Q46,4)="現物設定",$AX46="有のみ"),"T+0",AND(LEFT($Q46,4)="現物設定",$AX46="両方可"),"T+0",$AX46="無のみ","",$AX46="","")</f>
+        <v/>
+      </c>
+      <c r="BG46" s="61"/>
+      <c r="BH46" s="60" t="str" cm="1">
+        <f t="array" ref="BH46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AV46="有のみ"),"T+2",AND(LEFT($Q46,4)="金銭設定",$AV46="両方可"),"T+2",AND(LEFT($Q46,4)="現物設定",$AV46="有のみ"),"T+1",AND(LEFT($Q46,4)="現物設定",$AV46="両方可"),"T+1",$AV46="無のみ","",$AV46="","")</f>
+        <v/>
+      </c>
+      <c r="BI46" s="61"/>
+      <c r="BJ46" s="60" t="str" cm="1">
+        <f t="array" ref="BJ46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AX46="有のみ"),"T+2",AND(LEFT($Q46,4)="金銭設定",$AX46="両方可"),"T+2",AND(LEFT($Q46,4)="現物設定",$AX46="有のみ"),"T+1",AND(LEFT($Q46,4)="現物設定",$AX46="両方可"),"T+1",$AX46="無のみ","",$AX46="","")</f>
+        <v/>
+      </c>
+      <c r="BK46" s="61"/>
+      <c r="BL46" s="60" t="str" cm="1">
+        <f t="array" ref="BL46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AV46="有のみ"),"T+2",AND(LEFT($Q46,4)="金銭設定",$AV46="両方可"),"T+2",AND(LEFT($Q46,4)="現物設定",$AV46="有のみ"),"T+2",AND(LEFT($Q46,4)="現物設定",$AV46="両方可"),"T+2",$AV46="無のみ","",$AV46="","")</f>
+        <v/>
+      </c>
+      <c r="BM46" s="61"/>
+      <c r="BN46" s="60" t="str" cm="1">
+        <f t="array" ref="BN46">_xlfn.IFS(AND(LEFT($Q46,4)="金銭設定",$AX46="有のみ"),"T+2",AND(LEFT($Q46,4)="金銭設定",$AX46="両方可"),"T+2",AND(LEFT($Q46,4)="現物設定",$AX46="有のみ"),"T+2",AND(LEFT($Q46,4)="現物設定",$AX46="両方可"),"T+2",$AX46="無のみ","",$AX46="","")</f>
+        <v/>
+      </c>
+      <c r="BO46" s="61"/>
+      <c r="BP46" s="45"/>
+      <c r="BQ46" s="63"/>
+      <c r="BR46" s="45"/>
+      <c r="BS46" s="63"/>
+      <c r="BT46" s="45"/>
+      <c r="BU46" s="63"/>
+      <c r="BV46" s="45"/>
+      <c r="BW46" s="63"/>
+      <c r="BX46" s="45"/>
+      <c r="BY46" s="63"/>
+      <c r="BZ46" s="45"/>
+      <c r="CA46" s="63"/>
+      <c r="CB46" s="45"/>
+      <c r="CC46" s="63"/>
+      <c r="CD46" s="45"/>
+      <c r="CE46" s="63"/>
+      <c r="CF46" s="65"/>
+      <c r="CG46" s="66"/>
+      <c r="CH46" s="66"/>
+      <c r="CI46" s="66"/>
+      <c r="CJ46" s="65"/>
+      <c r="CK46" s="66"/>
+      <c r="CL46" s="66"/>
+      <c r="CM46" s="66"/>
+      <c r="CN46" s="45"/>
+      <c r="CO46" s="46"/>
+      <c r="CP46" s="45"/>
+      <c r="CQ46" s="46"/>
+      <c r="CR46" s="47"/>
+      <c r="CS46" s="47"/>
+      <c r="CT46" s="47"/>
+      <c r="CU46" s="47"/>
+      <c r="CV46" s="47"/>
+      <c r="CW46" s="47"/>
+      <c r="CX46" s="47"/>
+      <c r="CY46" s="47"/>
+      <c r="CZ46" s="47"/>
+      <c r="DA46" s="47"/>
+      <c r="DB46" s="47"/>
+      <c r="DC46" s="47"/>
+      <c r="DD46" s="47"/>
+      <c r="DE46" s="47"/>
+      <c r="DF46" s="47"/>
+      <c r="DG46" s="47"/>
+      <c r="DH46" s="47"/>
+      <c r="DI46" s="47"/>
+      <c r="DJ46" s="47"/>
+      <c r="DK46" s="47"/>
+      <c r="DL46" s="44"/>
+      <c r="DM46" s="47"/>
+      <c r="DN46" s="47"/>
+      <c r="DO46" s="47"/>
+      <c r="DP46" s="47"/>
+      <c r="DQ46" s="47"/>
+      <c r="DR46" s="48"/>
+      <c r="DS46" s="48"/>
+      <c r="DT46" s="48"/>
+      <c r="DU46" s="48"/>
+      <c r="DV46" s="48"/>
+      <c r="DW46" s="54"/>
+      <c r="DX46" s="54"/>
+      <c r="DY46" s="54"/>
+      <c r="DZ46" s="54"/>
+      <c r="EA46" s="54"/>
+      <c r="EB46" s="54"/>
+      <c r="EC46" s="54"/>
+      <c r="ED46" s="54"/>
+      <c r="EE46" s="54"/>
+      <c r="EF46" s="54"/>
+      <c r="EG46" s="54"/>
+      <c r="EH46" s="54"/>
+      <c r="EI46" s="54"/>
+      <c r="EJ46" s="54"/>
+      <c r="EK46" s="54"/>
+      <c r="EL46" s="55"/>
+      <c r="EM46" s="55"/>
+      <c r="EN46" s="55"/>
+      <c r="EO46" s="55"/>
+      <c r="EP46" s="55"/>
+      <c r="EQ46" s="55"/>
+      <c r="ER46" s="55"/>
+      <c r="ES46" s="55"/>
+      <c r="ET46" s="55"/>
     </row>
     <row r="47" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
-      <c r="B47" s="60">
+      <c r="B47" s="67">
         <v>33</v>
       </c>
-      <c r="C47" s="42"/>
-[...172 lines deleted...]
-      <c r="ET47" s="54"/>
+      <c r="C47" s="68"/>
+      <c r="D47" s="69"/>
+      <c r="E47" s="70"/>
+      <c r="F47" s="71"/>
+      <c r="G47" s="66"/>
+      <c r="H47" s="66"/>
+      <c r="I47" s="72"/>
+      <c r="J47" s="64"/>
+      <c r="K47" s="64"/>
+      <c r="L47" s="64"/>
+      <c r="M47" s="64"/>
+      <c r="N47" s="64"/>
+      <c r="O47" s="64"/>
+      <c r="P47" s="64"/>
+      <c r="Q47" s="45"/>
+      <c r="R47" s="63"/>
+      <c r="S47" s="63"/>
+      <c r="T47" s="63"/>
+      <c r="U47" s="63"/>
+      <c r="V47" s="63"/>
+      <c r="W47" s="46"/>
+      <c r="X47" s="45"/>
+      <c r="Y47" s="63"/>
+      <c r="Z47" s="63"/>
+      <c r="AA47" s="63"/>
+      <c r="AB47" s="63"/>
+      <c r="AC47" s="63"/>
+      <c r="AD47" s="63"/>
+      <c r="AE47" s="63"/>
+      <c r="AF47" s="63"/>
+      <c r="AG47" s="63"/>
+      <c r="AH47" s="63"/>
+      <c r="AI47" s="46"/>
+      <c r="AJ47" s="45"/>
+      <c r="AK47" s="63"/>
+      <c r="AL47" s="63"/>
+      <c r="AM47" s="63"/>
+      <c r="AN47" s="63"/>
+      <c r="AO47" s="63"/>
+      <c r="AP47" s="63"/>
+      <c r="AQ47" s="63"/>
+      <c r="AR47" s="63"/>
+      <c r="AS47" s="63"/>
+      <c r="AT47" s="63"/>
+      <c r="AU47" s="46"/>
+      <c r="AV47" s="45"/>
+      <c r="AW47" s="46"/>
+      <c r="AX47" s="45"/>
+      <c r="AY47" s="46"/>
+      <c r="AZ47" s="60" t="str" cm="1">
+        <f t="array" ref="AZ47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AV47="有のみ"),"T+1",AND(LEFT($Q47,4)="金銭設定",$AV47="両方可"),"T+1",AND(LEFT($Q47,4)="現物設定",$AV47="有のみ"),"T+0",AND(LEFT($Q47,4)="現物設定",$AV47="両方可"),"T+0",$AV47="無のみ","",$AV47="","")</f>
+        <v/>
+      </c>
+      <c r="BA47" s="61"/>
+      <c r="BB47" s="60" t="str" cm="1">
+        <f t="array" ref="BB47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AX47="有のみ"),"T+1",AND(LEFT($Q47,4)="金銭設定",$AX47="両方可"),"T+1",AND(LEFT($Q47,4)="現物設定",$AX47="有のみ"),"T+0",AND(LEFT($Q47,4)="現物設定",$AX47="両方可"),"T+0",$AX47="無のみ","",$AX47="","")</f>
+        <v/>
+      </c>
+      <c r="BC47" s="61"/>
+      <c r="BD47" s="60" t="str" cm="1">
+        <f t="array" ref="BD47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AV47="有のみ"),"T+1",AND(LEFT($Q47,4)="金銭設定",$AV47="両方可"),"T+1",AND(LEFT($Q47,4)="現物設定",$AV47="有のみ"),"T+0",AND(LEFT($Q47,4)="現物設定",$AV47="両方可"),"T+0",$AV47="無のみ","",$AV47="","")</f>
+        <v/>
+      </c>
+      <c r="BE47" s="61"/>
+      <c r="BF47" s="60" t="str" cm="1">
+        <f t="array" ref="BF47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AX47="有のみ"),"T+1",AND(LEFT($Q47,4)="金銭設定",$AX47="両方可"),"T+1",AND(LEFT($Q47,4)="現物設定",$AX47="有のみ"),"T+0",AND(LEFT($Q47,4)="現物設定",$AX47="両方可"),"T+0",$AX47="無のみ","",$AX47="","")</f>
+        <v/>
+      </c>
+      <c r="BG47" s="61"/>
+      <c r="BH47" s="60" t="str" cm="1">
+        <f t="array" ref="BH47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AV47="有のみ"),"T+2",AND(LEFT($Q47,4)="金銭設定",$AV47="両方可"),"T+2",AND(LEFT($Q47,4)="現物設定",$AV47="有のみ"),"T+1",AND(LEFT($Q47,4)="現物設定",$AV47="両方可"),"T+1",$AV47="無のみ","",$AV47="","")</f>
+        <v/>
+      </c>
+      <c r="BI47" s="61"/>
+      <c r="BJ47" s="60" t="str" cm="1">
+        <f t="array" ref="BJ47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AX47="有のみ"),"T+2",AND(LEFT($Q47,4)="金銭設定",$AX47="両方可"),"T+2",AND(LEFT($Q47,4)="現物設定",$AX47="有のみ"),"T+1",AND(LEFT($Q47,4)="現物設定",$AX47="両方可"),"T+1",$AX47="無のみ","",$AX47="","")</f>
+        <v/>
+      </c>
+      <c r="BK47" s="61"/>
+      <c r="BL47" s="60" t="str" cm="1">
+        <f t="array" ref="BL47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AV47="有のみ"),"T+2",AND(LEFT($Q47,4)="金銭設定",$AV47="両方可"),"T+2",AND(LEFT($Q47,4)="現物設定",$AV47="有のみ"),"T+2",AND(LEFT($Q47,4)="現物設定",$AV47="両方可"),"T+2",$AV47="無のみ","",$AV47="","")</f>
+        <v/>
+      </c>
+      <c r="BM47" s="61"/>
+      <c r="BN47" s="60" t="str" cm="1">
+        <f t="array" ref="BN47">_xlfn.IFS(AND(LEFT($Q47,4)="金銭設定",$AX47="有のみ"),"T+2",AND(LEFT($Q47,4)="金銭設定",$AX47="両方可"),"T+2",AND(LEFT($Q47,4)="現物設定",$AX47="有のみ"),"T+2",AND(LEFT($Q47,4)="現物設定",$AX47="両方可"),"T+2",$AX47="無のみ","",$AX47="","")</f>
+        <v/>
+      </c>
+      <c r="BO47" s="61"/>
+      <c r="BP47" s="45"/>
+      <c r="BQ47" s="63"/>
+      <c r="BR47" s="45"/>
+      <c r="BS47" s="63"/>
+      <c r="BT47" s="45"/>
+      <c r="BU47" s="63"/>
+      <c r="BV47" s="45"/>
+      <c r="BW47" s="63"/>
+      <c r="BX47" s="45"/>
+      <c r="BY47" s="63"/>
+      <c r="BZ47" s="45"/>
+      <c r="CA47" s="63"/>
+      <c r="CB47" s="45"/>
+      <c r="CC47" s="63"/>
+      <c r="CD47" s="45"/>
+      <c r="CE47" s="63"/>
+      <c r="CF47" s="65"/>
+      <c r="CG47" s="66"/>
+      <c r="CH47" s="66"/>
+      <c r="CI47" s="66"/>
+      <c r="CJ47" s="65"/>
+      <c r="CK47" s="66"/>
+      <c r="CL47" s="66"/>
+      <c r="CM47" s="66"/>
+      <c r="CN47" s="45"/>
+      <c r="CO47" s="46"/>
+      <c r="CP47" s="45"/>
+      <c r="CQ47" s="46"/>
+      <c r="CR47" s="47"/>
+      <c r="CS47" s="47"/>
+      <c r="CT47" s="47"/>
+      <c r="CU47" s="47"/>
+      <c r="CV47" s="47"/>
+      <c r="CW47" s="47"/>
+      <c r="CX47" s="47"/>
+      <c r="CY47" s="47"/>
+      <c r="CZ47" s="47"/>
+      <c r="DA47" s="47"/>
+      <c r="DB47" s="47"/>
+      <c r="DC47" s="47"/>
+      <c r="DD47" s="47"/>
+      <c r="DE47" s="47"/>
+      <c r="DF47" s="47"/>
+      <c r="DG47" s="47"/>
+      <c r="DH47" s="47"/>
+      <c r="DI47" s="47"/>
+      <c r="DJ47" s="47"/>
+      <c r="DK47" s="47"/>
+      <c r="DL47" s="44"/>
+      <c r="DM47" s="47"/>
+      <c r="DN47" s="47"/>
+      <c r="DO47" s="47"/>
+      <c r="DP47" s="47"/>
+      <c r="DQ47" s="47"/>
+      <c r="DR47" s="48"/>
+      <c r="DS47" s="48"/>
+      <c r="DT47" s="48"/>
+      <c r="DU47" s="48"/>
+      <c r="DV47" s="48"/>
+      <c r="DW47" s="54"/>
+      <c r="DX47" s="54"/>
+      <c r="DY47" s="54"/>
+      <c r="DZ47" s="54"/>
+      <c r="EA47" s="54"/>
+      <c r="EB47" s="54"/>
+      <c r="EC47" s="54"/>
+      <c r="ED47" s="54"/>
+      <c r="EE47" s="54"/>
+      <c r="EF47" s="54"/>
+      <c r="EG47" s="54"/>
+      <c r="EH47" s="54"/>
+      <c r="EI47" s="54"/>
+      <c r="EJ47" s="54"/>
+      <c r="EK47" s="54"/>
+      <c r="EL47" s="55"/>
+      <c r="EM47" s="55"/>
+      <c r="EN47" s="55"/>
+      <c r="EO47" s="55"/>
+      <c r="EP47" s="55"/>
+      <c r="EQ47" s="55"/>
+      <c r="ER47" s="55"/>
+      <c r="ES47" s="55"/>
+      <c r="ET47" s="55"/>
     </row>
     <row r="48" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="60">
+      <c r="B48" s="67">
         <v>34</v>
       </c>
-      <c r="C48" s="42"/>
-[...172 lines deleted...]
-      <c r="ET48" s="54"/>
+      <c r="C48" s="68"/>
+      <c r="D48" s="69"/>
+      <c r="E48" s="70"/>
+      <c r="F48" s="71"/>
+      <c r="G48" s="66"/>
+      <c r="H48" s="66"/>
+      <c r="I48" s="72"/>
+      <c r="J48" s="64"/>
+      <c r="K48" s="64"/>
+      <c r="L48" s="64"/>
+      <c r="M48" s="64"/>
+      <c r="N48" s="64"/>
+      <c r="O48" s="64"/>
+      <c r="P48" s="64"/>
+      <c r="Q48" s="45"/>
+      <c r="R48" s="63"/>
+      <c r="S48" s="63"/>
+      <c r="T48" s="63"/>
+      <c r="U48" s="63"/>
+      <c r="V48" s="63"/>
+      <c r="W48" s="46"/>
+      <c r="X48" s="45"/>
+      <c r="Y48" s="63"/>
+      <c r="Z48" s="63"/>
+      <c r="AA48" s="63"/>
+      <c r="AB48" s="63"/>
+      <c r="AC48" s="63"/>
+      <c r="AD48" s="63"/>
+      <c r="AE48" s="63"/>
+      <c r="AF48" s="63"/>
+      <c r="AG48" s="63"/>
+      <c r="AH48" s="63"/>
+      <c r="AI48" s="46"/>
+      <c r="AJ48" s="45"/>
+      <c r="AK48" s="63"/>
+      <c r="AL48" s="63"/>
+      <c r="AM48" s="63"/>
+      <c r="AN48" s="63"/>
+      <c r="AO48" s="63"/>
+      <c r="AP48" s="63"/>
+      <c r="AQ48" s="63"/>
+      <c r="AR48" s="63"/>
+      <c r="AS48" s="63"/>
+      <c r="AT48" s="63"/>
+      <c r="AU48" s="46"/>
+      <c r="AV48" s="45"/>
+      <c r="AW48" s="46"/>
+      <c r="AX48" s="45"/>
+      <c r="AY48" s="46"/>
+      <c r="AZ48" s="60" t="str" cm="1">
+        <f t="array" ref="AZ48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AV48="有のみ"),"T+1",AND(LEFT($Q48,4)="金銭設定",$AV48="両方可"),"T+1",AND(LEFT($Q48,4)="現物設定",$AV48="有のみ"),"T+0",AND(LEFT($Q48,4)="現物設定",$AV48="両方可"),"T+0",$AV48="無のみ","",$AV48="","")</f>
+        <v/>
+      </c>
+      <c r="BA48" s="61"/>
+      <c r="BB48" s="60" t="str" cm="1">
+        <f t="array" ref="BB48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AX48="有のみ"),"T+1",AND(LEFT($Q48,4)="金銭設定",$AX48="両方可"),"T+1",AND(LEFT($Q48,4)="現物設定",$AX48="有のみ"),"T+0",AND(LEFT($Q48,4)="現物設定",$AX48="両方可"),"T+0",$AX48="無のみ","",$AX48="","")</f>
+        <v/>
+      </c>
+      <c r="BC48" s="61"/>
+      <c r="BD48" s="60" t="str" cm="1">
+        <f t="array" ref="BD48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AV48="有のみ"),"T+1",AND(LEFT($Q48,4)="金銭設定",$AV48="両方可"),"T+1",AND(LEFT($Q48,4)="現物設定",$AV48="有のみ"),"T+0",AND(LEFT($Q48,4)="現物設定",$AV48="両方可"),"T+0",$AV48="無のみ","",$AV48="","")</f>
+        <v/>
+      </c>
+      <c r="BE48" s="61"/>
+      <c r="BF48" s="60" t="str" cm="1">
+        <f t="array" ref="BF48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AX48="有のみ"),"T+1",AND(LEFT($Q48,4)="金銭設定",$AX48="両方可"),"T+1",AND(LEFT($Q48,4)="現物設定",$AX48="有のみ"),"T+0",AND(LEFT($Q48,4)="現物設定",$AX48="両方可"),"T+0",$AX48="無のみ","",$AX48="","")</f>
+        <v/>
+      </c>
+      <c r="BG48" s="61"/>
+      <c r="BH48" s="60" t="str" cm="1">
+        <f t="array" ref="BH48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AV48="有のみ"),"T+2",AND(LEFT($Q48,4)="金銭設定",$AV48="両方可"),"T+2",AND(LEFT($Q48,4)="現物設定",$AV48="有のみ"),"T+1",AND(LEFT($Q48,4)="現物設定",$AV48="両方可"),"T+1",$AV48="無のみ","",$AV48="","")</f>
+        <v/>
+      </c>
+      <c r="BI48" s="61"/>
+      <c r="BJ48" s="60" t="str" cm="1">
+        <f t="array" ref="BJ48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AX48="有のみ"),"T+2",AND(LEFT($Q48,4)="金銭設定",$AX48="両方可"),"T+2",AND(LEFT($Q48,4)="現物設定",$AX48="有のみ"),"T+1",AND(LEFT($Q48,4)="現物設定",$AX48="両方可"),"T+1",$AX48="無のみ","",$AX48="","")</f>
+        <v/>
+      </c>
+      <c r="BK48" s="61"/>
+      <c r="BL48" s="60" t="str" cm="1">
+        <f t="array" ref="BL48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AV48="有のみ"),"T+2",AND(LEFT($Q48,4)="金銭設定",$AV48="両方可"),"T+2",AND(LEFT($Q48,4)="現物設定",$AV48="有のみ"),"T+2",AND(LEFT($Q48,4)="現物設定",$AV48="両方可"),"T+2",$AV48="無のみ","",$AV48="","")</f>
+        <v/>
+      </c>
+      <c r="BM48" s="61"/>
+      <c r="BN48" s="60" t="str" cm="1">
+        <f t="array" ref="BN48">_xlfn.IFS(AND(LEFT($Q48,4)="金銭設定",$AX48="有のみ"),"T+2",AND(LEFT($Q48,4)="金銭設定",$AX48="両方可"),"T+2",AND(LEFT($Q48,4)="現物設定",$AX48="有のみ"),"T+2",AND(LEFT($Q48,4)="現物設定",$AX48="両方可"),"T+2",$AX48="無のみ","",$AX48="","")</f>
+        <v/>
+      </c>
+      <c r="BO48" s="61"/>
+      <c r="BP48" s="45"/>
+      <c r="BQ48" s="63"/>
+      <c r="BR48" s="45"/>
+      <c r="BS48" s="63"/>
+      <c r="BT48" s="45"/>
+      <c r="BU48" s="63"/>
+      <c r="BV48" s="45"/>
+      <c r="BW48" s="63"/>
+      <c r="BX48" s="45"/>
+      <c r="BY48" s="63"/>
+      <c r="BZ48" s="45"/>
+      <c r="CA48" s="63"/>
+      <c r="CB48" s="45"/>
+      <c r="CC48" s="63"/>
+      <c r="CD48" s="45"/>
+      <c r="CE48" s="63"/>
+      <c r="CF48" s="65"/>
+      <c r="CG48" s="66"/>
+      <c r="CH48" s="66"/>
+      <c r="CI48" s="66"/>
+      <c r="CJ48" s="65"/>
+      <c r="CK48" s="66"/>
+      <c r="CL48" s="66"/>
+      <c r="CM48" s="66"/>
+      <c r="CN48" s="45"/>
+      <c r="CO48" s="46"/>
+      <c r="CP48" s="45"/>
+      <c r="CQ48" s="46"/>
+      <c r="CR48" s="47"/>
+      <c r="CS48" s="47"/>
+      <c r="CT48" s="47"/>
+      <c r="CU48" s="47"/>
+      <c r="CV48" s="47"/>
+      <c r="CW48" s="47"/>
+      <c r="CX48" s="47"/>
+      <c r="CY48" s="47"/>
+      <c r="CZ48" s="47"/>
+      <c r="DA48" s="47"/>
+      <c r="DB48" s="47"/>
+      <c r="DC48" s="47"/>
+      <c r="DD48" s="47"/>
+      <c r="DE48" s="47"/>
+      <c r="DF48" s="47"/>
+      <c r="DG48" s="47"/>
+      <c r="DH48" s="47"/>
+      <c r="DI48" s="47"/>
+      <c r="DJ48" s="47"/>
+      <c r="DK48" s="47"/>
+      <c r="DL48" s="44"/>
+      <c r="DM48" s="47"/>
+      <c r="DN48" s="47"/>
+      <c r="DO48" s="47"/>
+      <c r="DP48" s="47"/>
+      <c r="DQ48" s="47"/>
+      <c r="DR48" s="48"/>
+      <c r="DS48" s="48"/>
+      <c r="DT48" s="48"/>
+      <c r="DU48" s="48"/>
+      <c r="DV48" s="48"/>
+      <c r="DW48" s="54"/>
+      <c r="DX48" s="54"/>
+      <c r="DY48" s="54"/>
+      <c r="DZ48" s="54"/>
+      <c r="EA48" s="54"/>
+      <c r="EB48" s="54"/>
+      <c r="EC48" s="54"/>
+      <c r="ED48" s="54"/>
+      <c r="EE48" s="54"/>
+      <c r="EF48" s="54"/>
+      <c r="EG48" s="54"/>
+      <c r="EH48" s="54"/>
+      <c r="EI48" s="54"/>
+      <c r="EJ48" s="54"/>
+      <c r="EK48" s="54"/>
+      <c r="EL48" s="55"/>
+      <c r="EM48" s="55"/>
+      <c r="EN48" s="55"/>
+      <c r="EO48" s="55"/>
+      <c r="EP48" s="55"/>
+      <c r="EQ48" s="55"/>
+      <c r="ER48" s="55"/>
+      <c r="ES48" s="55"/>
+      <c r="ET48" s="55"/>
     </row>
     <row r="49" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
-      <c r="B49" s="60">
+      <c r="B49" s="67">
         <v>35</v>
       </c>
-      <c r="C49" s="42"/>
-[...172 lines deleted...]
-      <c r="ET49" s="54"/>
+      <c r="C49" s="68"/>
+      <c r="D49" s="69"/>
+      <c r="E49" s="70"/>
+      <c r="F49" s="71"/>
+      <c r="G49" s="66"/>
+      <c r="H49" s="66"/>
+      <c r="I49" s="72"/>
+      <c r="J49" s="64"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="64"/>
+      <c r="M49" s="64"/>
+      <c r="N49" s="64"/>
+      <c r="O49" s="64"/>
+      <c r="P49" s="64"/>
+      <c r="Q49" s="45"/>
+      <c r="R49" s="63"/>
+      <c r="S49" s="63"/>
+      <c r="T49" s="63"/>
+      <c r="U49" s="63"/>
+      <c r="V49" s="63"/>
+      <c r="W49" s="46"/>
+      <c r="X49" s="45"/>
+      <c r="Y49" s="63"/>
+      <c r="Z49" s="63"/>
+      <c r="AA49" s="63"/>
+      <c r="AB49" s="63"/>
+      <c r="AC49" s="63"/>
+      <c r="AD49" s="63"/>
+      <c r="AE49" s="63"/>
+      <c r="AF49" s="63"/>
+      <c r="AG49" s="63"/>
+      <c r="AH49" s="63"/>
+      <c r="AI49" s="46"/>
+      <c r="AJ49" s="45"/>
+      <c r="AK49" s="63"/>
+      <c r="AL49" s="63"/>
+      <c r="AM49" s="63"/>
+      <c r="AN49" s="63"/>
+      <c r="AO49" s="63"/>
+      <c r="AP49" s="63"/>
+      <c r="AQ49" s="63"/>
+      <c r="AR49" s="63"/>
+      <c r="AS49" s="63"/>
+      <c r="AT49" s="63"/>
+      <c r="AU49" s="46"/>
+      <c r="AV49" s="45"/>
+      <c r="AW49" s="46"/>
+      <c r="AX49" s="45"/>
+      <c r="AY49" s="46"/>
+      <c r="AZ49" s="60" t="str" cm="1">
+        <f t="array" ref="AZ49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AV49="有のみ"),"T+1",AND(LEFT($Q49,4)="金銭設定",$AV49="両方可"),"T+1",AND(LEFT($Q49,4)="現物設定",$AV49="有のみ"),"T+0",AND(LEFT($Q49,4)="現物設定",$AV49="両方可"),"T+0",$AV49="無のみ","",$AV49="","")</f>
+        <v/>
+      </c>
+      <c r="BA49" s="61"/>
+      <c r="BB49" s="60" t="str" cm="1">
+        <f t="array" ref="BB49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AX49="有のみ"),"T+1",AND(LEFT($Q49,4)="金銭設定",$AX49="両方可"),"T+1",AND(LEFT($Q49,4)="現物設定",$AX49="有のみ"),"T+0",AND(LEFT($Q49,4)="現物設定",$AX49="両方可"),"T+0",$AX49="無のみ","",$AX49="","")</f>
+        <v/>
+      </c>
+      <c r="BC49" s="61"/>
+      <c r="BD49" s="60" t="str" cm="1">
+        <f t="array" ref="BD49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AV49="有のみ"),"T+1",AND(LEFT($Q49,4)="金銭設定",$AV49="両方可"),"T+1",AND(LEFT($Q49,4)="現物設定",$AV49="有のみ"),"T+0",AND(LEFT($Q49,4)="現物設定",$AV49="両方可"),"T+0",$AV49="無のみ","",$AV49="","")</f>
+        <v/>
+      </c>
+      <c r="BE49" s="61"/>
+      <c r="BF49" s="60" t="str" cm="1">
+        <f t="array" ref="BF49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AX49="有のみ"),"T+1",AND(LEFT($Q49,4)="金銭設定",$AX49="両方可"),"T+1",AND(LEFT($Q49,4)="現物設定",$AX49="有のみ"),"T+0",AND(LEFT($Q49,4)="現物設定",$AX49="両方可"),"T+0",$AX49="無のみ","",$AX49="","")</f>
+        <v/>
+      </c>
+      <c r="BG49" s="61"/>
+      <c r="BH49" s="60" t="str" cm="1">
+        <f t="array" ref="BH49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AV49="有のみ"),"T+2",AND(LEFT($Q49,4)="金銭設定",$AV49="両方可"),"T+2",AND(LEFT($Q49,4)="現物設定",$AV49="有のみ"),"T+1",AND(LEFT($Q49,4)="現物設定",$AV49="両方可"),"T+1",$AV49="無のみ","",$AV49="","")</f>
+        <v/>
+      </c>
+      <c r="BI49" s="61"/>
+      <c r="BJ49" s="60" t="str" cm="1">
+        <f t="array" ref="BJ49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AX49="有のみ"),"T+2",AND(LEFT($Q49,4)="金銭設定",$AX49="両方可"),"T+2",AND(LEFT($Q49,4)="現物設定",$AX49="有のみ"),"T+1",AND(LEFT($Q49,4)="現物設定",$AX49="両方可"),"T+1",$AX49="無のみ","",$AX49="","")</f>
+        <v/>
+      </c>
+      <c r="BK49" s="61"/>
+      <c r="BL49" s="60" t="str" cm="1">
+        <f t="array" ref="BL49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AV49="有のみ"),"T+2",AND(LEFT($Q49,4)="金銭設定",$AV49="両方可"),"T+2",AND(LEFT($Q49,4)="現物設定",$AV49="有のみ"),"T+2",AND(LEFT($Q49,4)="現物設定",$AV49="両方可"),"T+2",$AV49="無のみ","",$AV49="","")</f>
+        <v/>
+      </c>
+      <c r="BM49" s="61"/>
+      <c r="BN49" s="60" t="str" cm="1">
+        <f t="array" ref="BN49">_xlfn.IFS(AND(LEFT($Q49,4)="金銭設定",$AX49="有のみ"),"T+2",AND(LEFT($Q49,4)="金銭設定",$AX49="両方可"),"T+2",AND(LEFT($Q49,4)="現物設定",$AX49="有のみ"),"T+2",AND(LEFT($Q49,4)="現物設定",$AX49="両方可"),"T+2",$AX49="無のみ","",$AX49="","")</f>
+        <v/>
+      </c>
+      <c r="BO49" s="61"/>
+      <c r="BP49" s="45"/>
+      <c r="BQ49" s="63"/>
+      <c r="BR49" s="45"/>
+      <c r="BS49" s="63"/>
+      <c r="BT49" s="45"/>
+      <c r="BU49" s="63"/>
+      <c r="BV49" s="45"/>
+      <c r="BW49" s="63"/>
+      <c r="BX49" s="45"/>
+      <c r="BY49" s="63"/>
+      <c r="BZ49" s="45"/>
+      <c r="CA49" s="63"/>
+      <c r="CB49" s="45"/>
+      <c r="CC49" s="63"/>
+      <c r="CD49" s="45"/>
+      <c r="CE49" s="63"/>
+      <c r="CF49" s="65"/>
+      <c r="CG49" s="66"/>
+      <c r="CH49" s="66"/>
+      <c r="CI49" s="66"/>
+      <c r="CJ49" s="65"/>
+      <c r="CK49" s="66"/>
+      <c r="CL49" s="66"/>
+      <c r="CM49" s="66"/>
+      <c r="CN49" s="45"/>
+      <c r="CO49" s="46"/>
+      <c r="CP49" s="45"/>
+      <c r="CQ49" s="46"/>
+      <c r="CR49" s="47"/>
+      <c r="CS49" s="47"/>
+      <c r="CT49" s="47"/>
+      <c r="CU49" s="47"/>
+      <c r="CV49" s="47"/>
+      <c r="CW49" s="47"/>
+      <c r="CX49" s="47"/>
+      <c r="CY49" s="47"/>
+      <c r="CZ49" s="47"/>
+      <c r="DA49" s="47"/>
+      <c r="DB49" s="47"/>
+      <c r="DC49" s="47"/>
+      <c r="DD49" s="47"/>
+      <c r="DE49" s="47"/>
+      <c r="DF49" s="47"/>
+      <c r="DG49" s="47"/>
+      <c r="DH49" s="47"/>
+      <c r="DI49" s="47"/>
+      <c r="DJ49" s="47"/>
+      <c r="DK49" s="47"/>
+      <c r="DL49" s="44"/>
+      <c r="DM49" s="47"/>
+      <c r="DN49" s="47"/>
+      <c r="DO49" s="47"/>
+      <c r="DP49" s="47"/>
+      <c r="DQ49" s="47"/>
+      <c r="DR49" s="48"/>
+      <c r="DS49" s="48"/>
+      <c r="DT49" s="48"/>
+      <c r="DU49" s="48"/>
+      <c r="DV49" s="48"/>
+      <c r="DW49" s="54"/>
+      <c r="DX49" s="54"/>
+      <c r="DY49" s="54"/>
+      <c r="DZ49" s="54"/>
+      <c r="EA49" s="54"/>
+      <c r="EB49" s="54"/>
+      <c r="EC49" s="54"/>
+      <c r="ED49" s="54"/>
+      <c r="EE49" s="54"/>
+      <c r="EF49" s="54"/>
+      <c r="EG49" s="54"/>
+      <c r="EH49" s="54"/>
+      <c r="EI49" s="54"/>
+      <c r="EJ49" s="54"/>
+      <c r="EK49" s="54"/>
+      <c r="EL49" s="55"/>
+      <c r="EM49" s="55"/>
+      <c r="EN49" s="55"/>
+      <c r="EO49" s="55"/>
+      <c r="EP49" s="55"/>
+      <c r="EQ49" s="55"/>
+      <c r="ER49" s="55"/>
+      <c r="ES49" s="55"/>
+      <c r="ET49" s="55"/>
     </row>
     <row r="50" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="60">
+      <c r="B50" s="67">
         <v>36</v>
       </c>
-      <c r="C50" s="42"/>
-[...172 lines deleted...]
-      <c r="ET50" s="54"/>
+      <c r="C50" s="68"/>
+      <c r="D50" s="69"/>
+      <c r="E50" s="70"/>
+      <c r="F50" s="71"/>
+      <c r="G50" s="66"/>
+      <c r="H50" s="66"/>
+      <c r="I50" s="72"/>
+      <c r="J50" s="64"/>
+      <c r="K50" s="64"/>
+      <c r="L50" s="64"/>
+      <c r="M50" s="64"/>
+      <c r="N50" s="64"/>
+      <c r="O50" s="64"/>
+      <c r="P50" s="64"/>
+      <c r="Q50" s="45"/>
+      <c r="R50" s="63"/>
+      <c r="S50" s="63"/>
+      <c r="T50" s="63"/>
+      <c r="U50" s="63"/>
+      <c r="V50" s="63"/>
+      <c r="W50" s="46"/>
+      <c r="X50" s="45"/>
+      <c r="Y50" s="63"/>
+      <c r="Z50" s="63"/>
+      <c r="AA50" s="63"/>
+      <c r="AB50" s="63"/>
+      <c r="AC50" s="63"/>
+      <c r="AD50" s="63"/>
+      <c r="AE50" s="63"/>
+      <c r="AF50" s="63"/>
+      <c r="AG50" s="63"/>
+      <c r="AH50" s="63"/>
+      <c r="AI50" s="46"/>
+      <c r="AJ50" s="45"/>
+      <c r="AK50" s="63"/>
+      <c r="AL50" s="63"/>
+      <c r="AM50" s="63"/>
+      <c r="AN50" s="63"/>
+      <c r="AO50" s="63"/>
+      <c r="AP50" s="63"/>
+      <c r="AQ50" s="63"/>
+      <c r="AR50" s="63"/>
+      <c r="AS50" s="63"/>
+      <c r="AT50" s="63"/>
+      <c r="AU50" s="46"/>
+      <c r="AV50" s="45"/>
+      <c r="AW50" s="46"/>
+      <c r="AX50" s="45"/>
+      <c r="AY50" s="46"/>
+      <c r="AZ50" s="60" t="str" cm="1">
+        <f t="array" ref="AZ50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AV50="有のみ"),"T+1",AND(LEFT($Q50,4)="金銭設定",$AV50="両方可"),"T+1",AND(LEFT($Q50,4)="現物設定",$AV50="有のみ"),"T+0",AND(LEFT($Q50,4)="現物設定",$AV50="両方可"),"T+0",$AV50="無のみ","",$AV50="","")</f>
+        <v/>
+      </c>
+      <c r="BA50" s="61"/>
+      <c r="BB50" s="60" t="str" cm="1">
+        <f t="array" ref="BB50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AX50="有のみ"),"T+1",AND(LEFT($Q50,4)="金銭設定",$AX50="両方可"),"T+1",AND(LEFT($Q50,4)="現物設定",$AX50="有のみ"),"T+0",AND(LEFT($Q50,4)="現物設定",$AX50="両方可"),"T+0",$AX50="無のみ","",$AX50="","")</f>
+        <v/>
+      </c>
+      <c r="BC50" s="61"/>
+      <c r="BD50" s="60" t="str" cm="1">
+        <f t="array" ref="BD50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AV50="有のみ"),"T+1",AND(LEFT($Q50,4)="金銭設定",$AV50="両方可"),"T+1",AND(LEFT($Q50,4)="現物設定",$AV50="有のみ"),"T+0",AND(LEFT($Q50,4)="現物設定",$AV50="両方可"),"T+0",$AV50="無のみ","",$AV50="","")</f>
+        <v/>
+      </c>
+      <c r="BE50" s="61"/>
+      <c r="BF50" s="60" t="str" cm="1">
+        <f t="array" ref="BF50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AX50="有のみ"),"T+1",AND(LEFT($Q50,4)="金銭設定",$AX50="両方可"),"T+1",AND(LEFT($Q50,4)="現物設定",$AX50="有のみ"),"T+0",AND(LEFT($Q50,4)="現物設定",$AX50="両方可"),"T+0",$AX50="無のみ","",$AX50="","")</f>
+        <v/>
+      </c>
+      <c r="BG50" s="61"/>
+      <c r="BH50" s="60" t="str" cm="1">
+        <f t="array" ref="BH50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AV50="有のみ"),"T+2",AND(LEFT($Q50,4)="金銭設定",$AV50="両方可"),"T+2",AND(LEFT($Q50,4)="現物設定",$AV50="有のみ"),"T+1",AND(LEFT($Q50,4)="現物設定",$AV50="両方可"),"T+1",$AV50="無のみ","",$AV50="","")</f>
+        <v/>
+      </c>
+      <c r="BI50" s="61"/>
+      <c r="BJ50" s="60" t="str" cm="1">
+        <f t="array" ref="BJ50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AX50="有のみ"),"T+2",AND(LEFT($Q50,4)="金銭設定",$AX50="両方可"),"T+2",AND(LEFT($Q50,4)="現物設定",$AX50="有のみ"),"T+1",AND(LEFT($Q50,4)="現物設定",$AX50="両方可"),"T+1",$AX50="無のみ","",$AX50="","")</f>
+        <v/>
+      </c>
+      <c r="BK50" s="61"/>
+      <c r="BL50" s="60" t="str" cm="1">
+        <f t="array" ref="BL50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AV50="有のみ"),"T+2",AND(LEFT($Q50,4)="金銭設定",$AV50="両方可"),"T+2",AND(LEFT($Q50,4)="現物設定",$AV50="有のみ"),"T+2",AND(LEFT($Q50,4)="現物設定",$AV50="両方可"),"T+2",$AV50="無のみ","",$AV50="","")</f>
+        <v/>
+      </c>
+      <c r="BM50" s="61"/>
+      <c r="BN50" s="60" t="str" cm="1">
+        <f t="array" ref="BN50">_xlfn.IFS(AND(LEFT($Q50,4)="金銭設定",$AX50="有のみ"),"T+2",AND(LEFT($Q50,4)="金銭設定",$AX50="両方可"),"T+2",AND(LEFT($Q50,4)="現物設定",$AX50="有のみ"),"T+2",AND(LEFT($Q50,4)="現物設定",$AX50="両方可"),"T+2",$AX50="無のみ","",$AX50="","")</f>
+        <v/>
+      </c>
+      <c r="BO50" s="61"/>
+      <c r="BP50" s="45"/>
+      <c r="BQ50" s="63"/>
+      <c r="BR50" s="45"/>
+      <c r="BS50" s="63"/>
+      <c r="BT50" s="45"/>
+      <c r="BU50" s="63"/>
+      <c r="BV50" s="45"/>
+      <c r="BW50" s="63"/>
+      <c r="BX50" s="45"/>
+      <c r="BY50" s="63"/>
+      <c r="BZ50" s="45"/>
+      <c r="CA50" s="63"/>
+      <c r="CB50" s="45"/>
+      <c r="CC50" s="63"/>
+      <c r="CD50" s="45"/>
+      <c r="CE50" s="63"/>
+      <c r="CF50" s="65"/>
+      <c r="CG50" s="66"/>
+      <c r="CH50" s="66"/>
+      <c r="CI50" s="66"/>
+      <c r="CJ50" s="65"/>
+      <c r="CK50" s="66"/>
+      <c r="CL50" s="66"/>
+      <c r="CM50" s="66"/>
+      <c r="CN50" s="45"/>
+      <c r="CO50" s="46"/>
+      <c r="CP50" s="45"/>
+      <c r="CQ50" s="46"/>
+      <c r="CR50" s="47"/>
+      <c r="CS50" s="47"/>
+      <c r="CT50" s="47"/>
+      <c r="CU50" s="47"/>
+      <c r="CV50" s="47"/>
+      <c r="CW50" s="47"/>
+      <c r="CX50" s="47"/>
+      <c r="CY50" s="47"/>
+      <c r="CZ50" s="47"/>
+      <c r="DA50" s="47"/>
+      <c r="DB50" s="47"/>
+      <c r="DC50" s="47"/>
+      <c r="DD50" s="47"/>
+      <c r="DE50" s="47"/>
+      <c r="DF50" s="47"/>
+      <c r="DG50" s="47"/>
+      <c r="DH50" s="47"/>
+      <c r="DI50" s="47"/>
+      <c r="DJ50" s="47"/>
+      <c r="DK50" s="47"/>
+      <c r="DL50" s="44"/>
+      <c r="DM50" s="47"/>
+      <c r="DN50" s="47"/>
+      <c r="DO50" s="47"/>
+      <c r="DP50" s="47"/>
+      <c r="DQ50" s="47"/>
+      <c r="DR50" s="48"/>
+      <c r="DS50" s="48"/>
+      <c r="DT50" s="48"/>
+      <c r="DU50" s="48"/>
+      <c r="DV50" s="48"/>
+      <c r="DW50" s="54"/>
+      <c r="DX50" s="54"/>
+      <c r="DY50" s="54"/>
+      <c r="DZ50" s="54"/>
+      <c r="EA50" s="54"/>
+      <c r="EB50" s="54"/>
+      <c r="EC50" s="54"/>
+      <c r="ED50" s="54"/>
+      <c r="EE50" s="54"/>
+      <c r="EF50" s="54"/>
+      <c r="EG50" s="54"/>
+      <c r="EH50" s="54"/>
+      <c r="EI50" s="54"/>
+      <c r="EJ50" s="54"/>
+      <c r="EK50" s="54"/>
+      <c r="EL50" s="55"/>
+      <c r="EM50" s="55"/>
+      <c r="EN50" s="55"/>
+      <c r="EO50" s="55"/>
+      <c r="EP50" s="55"/>
+      <c r="EQ50" s="55"/>
+      <c r="ER50" s="55"/>
+      <c r="ES50" s="55"/>
+      <c r="ET50" s="55"/>
     </row>
     <row r="51" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="60">
+      <c r="B51" s="67">
         <v>37</v>
       </c>
-      <c r="C51" s="42"/>
-[...172 lines deleted...]
-      <c r="ET51" s="54"/>
+      <c r="C51" s="68"/>
+      <c r="D51" s="69"/>
+      <c r="E51" s="70"/>
+      <c r="F51" s="71"/>
+      <c r="G51" s="66"/>
+      <c r="H51" s="66"/>
+      <c r="I51" s="72"/>
+      <c r="J51" s="64"/>
+      <c r="K51" s="64"/>
+      <c r="L51" s="64"/>
+      <c r="M51" s="64"/>
+      <c r="N51" s="64"/>
+      <c r="O51" s="64"/>
+      <c r="P51" s="64"/>
+      <c r="Q51" s="45"/>
+      <c r="R51" s="63"/>
+      <c r="S51" s="63"/>
+      <c r="T51" s="63"/>
+      <c r="U51" s="63"/>
+      <c r="V51" s="63"/>
+      <c r="W51" s="46"/>
+      <c r="X51" s="45"/>
+      <c r="Y51" s="63"/>
+      <c r="Z51" s="63"/>
+      <c r="AA51" s="63"/>
+      <c r="AB51" s="63"/>
+      <c r="AC51" s="63"/>
+      <c r="AD51" s="63"/>
+      <c r="AE51" s="63"/>
+      <c r="AF51" s="63"/>
+      <c r="AG51" s="63"/>
+      <c r="AH51" s="63"/>
+      <c r="AI51" s="46"/>
+      <c r="AJ51" s="45"/>
+      <c r="AK51" s="63"/>
+      <c r="AL51" s="63"/>
+      <c r="AM51" s="63"/>
+      <c r="AN51" s="63"/>
+      <c r="AO51" s="63"/>
+      <c r="AP51" s="63"/>
+      <c r="AQ51" s="63"/>
+      <c r="AR51" s="63"/>
+      <c r="AS51" s="63"/>
+      <c r="AT51" s="63"/>
+      <c r="AU51" s="46"/>
+      <c r="AV51" s="45"/>
+      <c r="AW51" s="46"/>
+      <c r="AX51" s="45"/>
+      <c r="AY51" s="46"/>
+      <c r="AZ51" s="60" t="str" cm="1">
+        <f t="array" ref="AZ51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AV51="有のみ"),"T+1",AND(LEFT($Q51,4)="金銭設定",$AV51="両方可"),"T+1",AND(LEFT($Q51,4)="現物設定",$AV51="有のみ"),"T+0",AND(LEFT($Q51,4)="現物設定",$AV51="両方可"),"T+0",$AV51="無のみ","",$AV51="","")</f>
+        <v/>
+      </c>
+      <c r="BA51" s="61"/>
+      <c r="BB51" s="60" t="str" cm="1">
+        <f t="array" ref="BB51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AX51="有のみ"),"T+1",AND(LEFT($Q51,4)="金銭設定",$AX51="両方可"),"T+1",AND(LEFT($Q51,4)="現物設定",$AX51="有のみ"),"T+0",AND(LEFT($Q51,4)="現物設定",$AX51="両方可"),"T+0",$AX51="無のみ","",$AX51="","")</f>
+        <v/>
+      </c>
+      <c r="BC51" s="61"/>
+      <c r="BD51" s="60" t="str" cm="1">
+        <f t="array" ref="BD51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AV51="有のみ"),"T+1",AND(LEFT($Q51,4)="金銭設定",$AV51="両方可"),"T+1",AND(LEFT($Q51,4)="現物設定",$AV51="有のみ"),"T+0",AND(LEFT($Q51,4)="現物設定",$AV51="両方可"),"T+0",$AV51="無のみ","",$AV51="","")</f>
+        <v/>
+      </c>
+      <c r="BE51" s="61"/>
+      <c r="BF51" s="60" t="str" cm="1">
+        <f t="array" ref="BF51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AX51="有のみ"),"T+1",AND(LEFT($Q51,4)="金銭設定",$AX51="両方可"),"T+1",AND(LEFT($Q51,4)="現物設定",$AX51="有のみ"),"T+0",AND(LEFT($Q51,4)="現物設定",$AX51="両方可"),"T+0",$AX51="無のみ","",$AX51="","")</f>
+        <v/>
+      </c>
+      <c r="BG51" s="61"/>
+      <c r="BH51" s="60" t="str" cm="1">
+        <f t="array" ref="BH51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AV51="有のみ"),"T+2",AND(LEFT($Q51,4)="金銭設定",$AV51="両方可"),"T+2",AND(LEFT($Q51,4)="現物設定",$AV51="有のみ"),"T+1",AND(LEFT($Q51,4)="現物設定",$AV51="両方可"),"T+1",$AV51="無のみ","",$AV51="","")</f>
+        <v/>
+      </c>
+      <c r="BI51" s="61"/>
+      <c r="BJ51" s="60" t="str" cm="1">
+        <f t="array" ref="BJ51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AX51="有のみ"),"T+2",AND(LEFT($Q51,4)="金銭設定",$AX51="両方可"),"T+2",AND(LEFT($Q51,4)="現物設定",$AX51="有のみ"),"T+1",AND(LEFT($Q51,4)="現物設定",$AX51="両方可"),"T+1",$AX51="無のみ","",$AX51="","")</f>
+        <v/>
+      </c>
+      <c r="BK51" s="61"/>
+      <c r="BL51" s="60" t="str" cm="1">
+        <f t="array" ref="BL51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AV51="有のみ"),"T+2",AND(LEFT($Q51,4)="金銭設定",$AV51="両方可"),"T+2",AND(LEFT($Q51,4)="現物設定",$AV51="有のみ"),"T+2",AND(LEFT($Q51,4)="現物設定",$AV51="両方可"),"T+2",$AV51="無のみ","",$AV51="","")</f>
+        <v/>
+      </c>
+      <c r="BM51" s="61"/>
+      <c r="BN51" s="60" t="str" cm="1">
+        <f t="array" ref="BN51">_xlfn.IFS(AND(LEFT($Q51,4)="金銭設定",$AX51="有のみ"),"T+2",AND(LEFT($Q51,4)="金銭設定",$AX51="両方可"),"T+2",AND(LEFT($Q51,4)="現物設定",$AX51="有のみ"),"T+2",AND(LEFT($Q51,4)="現物設定",$AX51="両方可"),"T+2",$AX51="無のみ","",$AX51="","")</f>
+        <v/>
+      </c>
+      <c r="BO51" s="61"/>
+      <c r="BP51" s="45"/>
+      <c r="BQ51" s="63"/>
+      <c r="BR51" s="45"/>
+      <c r="BS51" s="63"/>
+      <c r="BT51" s="45"/>
+      <c r="BU51" s="63"/>
+      <c r="BV51" s="45"/>
+      <c r="BW51" s="63"/>
+      <c r="BX51" s="45"/>
+      <c r="BY51" s="63"/>
+      <c r="BZ51" s="45"/>
+      <c r="CA51" s="63"/>
+      <c r="CB51" s="45"/>
+      <c r="CC51" s="63"/>
+      <c r="CD51" s="45"/>
+      <c r="CE51" s="63"/>
+      <c r="CF51" s="65"/>
+      <c r="CG51" s="66"/>
+      <c r="CH51" s="66"/>
+      <c r="CI51" s="66"/>
+      <c r="CJ51" s="65"/>
+      <c r="CK51" s="66"/>
+      <c r="CL51" s="66"/>
+      <c r="CM51" s="66"/>
+      <c r="CN51" s="45"/>
+      <c r="CO51" s="46"/>
+      <c r="CP51" s="45"/>
+      <c r="CQ51" s="46"/>
+      <c r="CR51" s="47"/>
+      <c r="CS51" s="47"/>
+      <c r="CT51" s="47"/>
+      <c r="CU51" s="47"/>
+      <c r="CV51" s="47"/>
+      <c r="CW51" s="47"/>
+      <c r="CX51" s="47"/>
+      <c r="CY51" s="47"/>
+      <c r="CZ51" s="47"/>
+      <c r="DA51" s="47"/>
+      <c r="DB51" s="47"/>
+      <c r="DC51" s="47"/>
+      <c r="DD51" s="47"/>
+      <c r="DE51" s="47"/>
+      <c r="DF51" s="47"/>
+      <c r="DG51" s="47"/>
+      <c r="DH51" s="47"/>
+      <c r="DI51" s="47"/>
+      <c r="DJ51" s="47"/>
+      <c r="DK51" s="47"/>
+      <c r="DL51" s="44"/>
+      <c r="DM51" s="47"/>
+      <c r="DN51" s="47"/>
+      <c r="DO51" s="47"/>
+      <c r="DP51" s="47"/>
+      <c r="DQ51" s="47"/>
+      <c r="DR51" s="48"/>
+      <c r="DS51" s="48"/>
+      <c r="DT51" s="48"/>
+      <c r="DU51" s="48"/>
+      <c r="DV51" s="48"/>
+      <c r="DW51" s="54"/>
+      <c r="DX51" s="54"/>
+      <c r="DY51" s="54"/>
+      <c r="DZ51" s="54"/>
+      <c r="EA51" s="54"/>
+      <c r="EB51" s="54"/>
+      <c r="EC51" s="54"/>
+      <c r="ED51" s="54"/>
+      <c r="EE51" s="54"/>
+      <c r="EF51" s="54"/>
+      <c r="EG51" s="54"/>
+      <c r="EH51" s="54"/>
+      <c r="EI51" s="54"/>
+      <c r="EJ51" s="54"/>
+      <c r="EK51" s="54"/>
+      <c r="EL51" s="55"/>
+      <c r="EM51" s="55"/>
+      <c r="EN51" s="55"/>
+      <c r="EO51" s="55"/>
+      <c r="EP51" s="55"/>
+      <c r="EQ51" s="55"/>
+      <c r="ER51" s="55"/>
+      <c r="ES51" s="55"/>
+      <c r="ET51" s="55"/>
     </row>
     <row r="52" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="60">
+      <c r="B52" s="67">
         <v>38</v>
       </c>
-      <c r="C52" s="42"/>
-[...172 lines deleted...]
-      <c r="ET52" s="54"/>
+      <c r="C52" s="68"/>
+      <c r="D52" s="69"/>
+      <c r="E52" s="70"/>
+      <c r="F52" s="71"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="72"/>
+      <c r="J52" s="64"/>
+      <c r="K52" s="64"/>
+      <c r="L52" s="64"/>
+      <c r="M52" s="64"/>
+      <c r="N52" s="64"/>
+      <c r="O52" s="64"/>
+      <c r="P52" s="64"/>
+      <c r="Q52" s="45"/>
+      <c r="R52" s="63"/>
+      <c r="S52" s="63"/>
+      <c r="T52" s="63"/>
+      <c r="U52" s="63"/>
+      <c r="V52" s="63"/>
+      <c r="W52" s="46"/>
+      <c r="X52" s="45"/>
+      <c r="Y52" s="63"/>
+      <c r="Z52" s="63"/>
+      <c r="AA52" s="63"/>
+      <c r="AB52" s="63"/>
+      <c r="AC52" s="63"/>
+      <c r="AD52" s="63"/>
+      <c r="AE52" s="63"/>
+      <c r="AF52" s="63"/>
+      <c r="AG52" s="63"/>
+      <c r="AH52" s="63"/>
+      <c r="AI52" s="46"/>
+      <c r="AJ52" s="45"/>
+      <c r="AK52" s="63"/>
+      <c r="AL52" s="63"/>
+      <c r="AM52" s="63"/>
+      <c r="AN52" s="63"/>
+      <c r="AO52" s="63"/>
+      <c r="AP52" s="63"/>
+      <c r="AQ52" s="63"/>
+      <c r="AR52" s="63"/>
+      <c r="AS52" s="63"/>
+      <c r="AT52" s="63"/>
+      <c r="AU52" s="46"/>
+      <c r="AV52" s="45"/>
+      <c r="AW52" s="46"/>
+      <c r="AX52" s="45"/>
+      <c r="AY52" s="46"/>
+      <c r="AZ52" s="60" t="str" cm="1">
+        <f t="array" ref="AZ52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AV52="有のみ"),"T+1",AND(LEFT($Q52,4)="金銭設定",$AV52="両方可"),"T+1",AND(LEFT($Q52,4)="現物設定",$AV52="有のみ"),"T+0",AND(LEFT($Q52,4)="現物設定",$AV52="両方可"),"T+0",$AV52="無のみ","",$AV52="","")</f>
+        <v/>
+      </c>
+      <c r="BA52" s="61"/>
+      <c r="BB52" s="60" t="str" cm="1">
+        <f t="array" ref="BB52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AX52="有のみ"),"T+1",AND(LEFT($Q52,4)="金銭設定",$AX52="両方可"),"T+1",AND(LEFT($Q52,4)="現物設定",$AX52="有のみ"),"T+0",AND(LEFT($Q52,4)="現物設定",$AX52="両方可"),"T+0",$AX52="無のみ","",$AX52="","")</f>
+        <v/>
+      </c>
+      <c r="BC52" s="61"/>
+      <c r="BD52" s="60" t="str" cm="1">
+        <f t="array" ref="BD52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AV52="有のみ"),"T+1",AND(LEFT($Q52,4)="金銭設定",$AV52="両方可"),"T+1",AND(LEFT($Q52,4)="現物設定",$AV52="有のみ"),"T+0",AND(LEFT($Q52,4)="現物設定",$AV52="両方可"),"T+0",$AV52="無のみ","",$AV52="","")</f>
+        <v/>
+      </c>
+      <c r="BE52" s="61"/>
+      <c r="BF52" s="60" t="str" cm="1">
+        <f t="array" ref="BF52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AX52="有のみ"),"T+1",AND(LEFT($Q52,4)="金銭設定",$AX52="両方可"),"T+1",AND(LEFT($Q52,4)="現物設定",$AX52="有のみ"),"T+0",AND(LEFT($Q52,4)="現物設定",$AX52="両方可"),"T+0",$AX52="無のみ","",$AX52="","")</f>
+        <v/>
+      </c>
+      <c r="BG52" s="61"/>
+      <c r="BH52" s="60" t="str" cm="1">
+        <f t="array" ref="BH52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AV52="有のみ"),"T+2",AND(LEFT($Q52,4)="金銭設定",$AV52="両方可"),"T+2",AND(LEFT($Q52,4)="現物設定",$AV52="有のみ"),"T+1",AND(LEFT($Q52,4)="現物設定",$AV52="両方可"),"T+1",$AV52="無のみ","",$AV52="","")</f>
+        <v/>
+      </c>
+      <c r="BI52" s="61"/>
+      <c r="BJ52" s="60" t="str" cm="1">
+        <f t="array" ref="BJ52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AX52="有のみ"),"T+2",AND(LEFT($Q52,4)="金銭設定",$AX52="両方可"),"T+2",AND(LEFT($Q52,4)="現物設定",$AX52="有のみ"),"T+1",AND(LEFT($Q52,4)="現物設定",$AX52="両方可"),"T+1",$AX52="無のみ","",$AX52="","")</f>
+        <v/>
+      </c>
+      <c r="BK52" s="61"/>
+      <c r="BL52" s="60" t="str" cm="1">
+        <f t="array" ref="BL52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AV52="有のみ"),"T+2",AND(LEFT($Q52,4)="金銭設定",$AV52="両方可"),"T+2",AND(LEFT($Q52,4)="現物設定",$AV52="有のみ"),"T+2",AND(LEFT($Q52,4)="現物設定",$AV52="両方可"),"T+2",$AV52="無のみ","",$AV52="","")</f>
+        <v/>
+      </c>
+      <c r="BM52" s="61"/>
+      <c r="BN52" s="60" t="str" cm="1">
+        <f t="array" ref="BN52">_xlfn.IFS(AND(LEFT($Q52,4)="金銭設定",$AX52="有のみ"),"T+2",AND(LEFT($Q52,4)="金銭設定",$AX52="両方可"),"T+2",AND(LEFT($Q52,4)="現物設定",$AX52="有のみ"),"T+2",AND(LEFT($Q52,4)="現物設定",$AX52="両方可"),"T+2",$AX52="無のみ","",$AX52="","")</f>
+        <v/>
+      </c>
+      <c r="BO52" s="61"/>
+      <c r="BP52" s="45"/>
+      <c r="BQ52" s="63"/>
+      <c r="BR52" s="45"/>
+      <c r="BS52" s="63"/>
+      <c r="BT52" s="45"/>
+      <c r="BU52" s="63"/>
+      <c r="BV52" s="45"/>
+      <c r="BW52" s="63"/>
+      <c r="BX52" s="45"/>
+      <c r="BY52" s="63"/>
+      <c r="BZ52" s="45"/>
+      <c r="CA52" s="63"/>
+      <c r="CB52" s="45"/>
+      <c r="CC52" s="63"/>
+      <c r="CD52" s="45"/>
+      <c r="CE52" s="63"/>
+      <c r="CF52" s="65"/>
+      <c r="CG52" s="66"/>
+      <c r="CH52" s="66"/>
+      <c r="CI52" s="66"/>
+      <c r="CJ52" s="65"/>
+      <c r="CK52" s="66"/>
+      <c r="CL52" s="66"/>
+      <c r="CM52" s="66"/>
+      <c r="CN52" s="45"/>
+      <c r="CO52" s="46"/>
+      <c r="CP52" s="45"/>
+      <c r="CQ52" s="46"/>
+      <c r="CR52" s="47"/>
+      <c r="CS52" s="47"/>
+      <c r="CT52" s="47"/>
+      <c r="CU52" s="47"/>
+      <c r="CV52" s="47"/>
+      <c r="CW52" s="47"/>
+      <c r="CX52" s="47"/>
+      <c r="CY52" s="47"/>
+      <c r="CZ52" s="47"/>
+      <c r="DA52" s="47"/>
+      <c r="DB52" s="47"/>
+      <c r="DC52" s="47"/>
+      <c r="DD52" s="47"/>
+      <c r="DE52" s="47"/>
+      <c r="DF52" s="47"/>
+      <c r="DG52" s="47"/>
+      <c r="DH52" s="47"/>
+      <c r="DI52" s="47"/>
+      <c r="DJ52" s="47"/>
+      <c r="DK52" s="47"/>
+      <c r="DL52" s="44"/>
+      <c r="DM52" s="47"/>
+      <c r="DN52" s="47"/>
+      <c r="DO52" s="47"/>
+      <c r="DP52" s="47"/>
+      <c r="DQ52" s="47"/>
+      <c r="DR52" s="48"/>
+      <c r="DS52" s="48"/>
+      <c r="DT52" s="48"/>
+      <c r="DU52" s="48"/>
+      <c r="DV52" s="48"/>
+      <c r="DW52" s="54"/>
+      <c r="DX52" s="54"/>
+      <c r="DY52" s="54"/>
+      <c r="DZ52" s="54"/>
+      <c r="EA52" s="54"/>
+      <c r="EB52" s="54"/>
+      <c r="EC52" s="54"/>
+      <c r="ED52" s="54"/>
+      <c r="EE52" s="54"/>
+      <c r="EF52" s="54"/>
+      <c r="EG52" s="54"/>
+      <c r="EH52" s="54"/>
+      <c r="EI52" s="54"/>
+      <c r="EJ52" s="54"/>
+      <c r="EK52" s="54"/>
+      <c r="EL52" s="55"/>
+      <c r="EM52" s="55"/>
+      <c r="EN52" s="55"/>
+      <c r="EO52" s="55"/>
+      <c r="EP52" s="55"/>
+      <c r="EQ52" s="55"/>
+      <c r="ER52" s="55"/>
+      <c r="ES52" s="55"/>
+      <c r="ET52" s="55"/>
     </row>
     <row r="53" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="60">
+      <c r="B53" s="67">
         <v>39</v>
       </c>
-      <c r="C53" s="42"/>
-[...172 lines deleted...]
-      <c r="ET53" s="54"/>
+      <c r="C53" s="68"/>
+      <c r="D53" s="69"/>
+      <c r="E53" s="70"/>
+      <c r="F53" s="71"/>
+      <c r="G53" s="66"/>
+      <c r="H53" s="66"/>
+      <c r="I53" s="72"/>
+      <c r="J53" s="64"/>
+      <c r="K53" s="64"/>
+      <c r="L53" s="64"/>
+      <c r="M53" s="64"/>
+      <c r="N53" s="64"/>
+      <c r="O53" s="64"/>
+      <c r="P53" s="64"/>
+      <c r="Q53" s="45"/>
+      <c r="R53" s="63"/>
+      <c r="S53" s="63"/>
+      <c r="T53" s="63"/>
+      <c r="U53" s="63"/>
+      <c r="V53" s="63"/>
+      <c r="W53" s="46"/>
+      <c r="X53" s="45"/>
+      <c r="Y53" s="63"/>
+      <c r="Z53" s="63"/>
+      <c r="AA53" s="63"/>
+      <c r="AB53" s="63"/>
+      <c r="AC53" s="63"/>
+      <c r="AD53" s="63"/>
+      <c r="AE53" s="63"/>
+      <c r="AF53" s="63"/>
+      <c r="AG53" s="63"/>
+      <c r="AH53" s="63"/>
+      <c r="AI53" s="46"/>
+      <c r="AJ53" s="45"/>
+      <c r="AK53" s="63"/>
+      <c r="AL53" s="63"/>
+      <c r="AM53" s="63"/>
+      <c r="AN53" s="63"/>
+      <c r="AO53" s="63"/>
+      <c r="AP53" s="63"/>
+      <c r="AQ53" s="63"/>
+      <c r="AR53" s="63"/>
+      <c r="AS53" s="63"/>
+      <c r="AT53" s="63"/>
+      <c r="AU53" s="46"/>
+      <c r="AV53" s="45"/>
+      <c r="AW53" s="46"/>
+      <c r="AX53" s="45"/>
+      <c r="AY53" s="46"/>
+      <c r="AZ53" s="60" t="str" cm="1">
+        <f t="array" ref="AZ53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AV53="有のみ"),"T+1",AND(LEFT($Q53,4)="金銭設定",$AV53="両方可"),"T+1",AND(LEFT($Q53,4)="現物設定",$AV53="有のみ"),"T+0",AND(LEFT($Q53,4)="現物設定",$AV53="両方可"),"T+0",$AV53="無のみ","",$AV53="","")</f>
+        <v/>
+      </c>
+      <c r="BA53" s="61"/>
+      <c r="BB53" s="60" t="str" cm="1">
+        <f t="array" ref="BB53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AX53="有のみ"),"T+1",AND(LEFT($Q53,4)="金銭設定",$AX53="両方可"),"T+1",AND(LEFT($Q53,4)="現物設定",$AX53="有のみ"),"T+0",AND(LEFT($Q53,4)="現物設定",$AX53="両方可"),"T+0",$AX53="無のみ","",$AX53="","")</f>
+        <v/>
+      </c>
+      <c r="BC53" s="61"/>
+      <c r="BD53" s="60" t="str" cm="1">
+        <f t="array" ref="BD53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AV53="有のみ"),"T+1",AND(LEFT($Q53,4)="金銭設定",$AV53="両方可"),"T+1",AND(LEFT($Q53,4)="現物設定",$AV53="有のみ"),"T+0",AND(LEFT($Q53,4)="現物設定",$AV53="両方可"),"T+0",$AV53="無のみ","",$AV53="","")</f>
+        <v/>
+      </c>
+      <c r="BE53" s="61"/>
+      <c r="BF53" s="60" t="str" cm="1">
+        <f t="array" ref="BF53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AX53="有のみ"),"T+1",AND(LEFT($Q53,4)="金銭設定",$AX53="両方可"),"T+1",AND(LEFT($Q53,4)="現物設定",$AX53="有のみ"),"T+0",AND(LEFT($Q53,4)="現物設定",$AX53="両方可"),"T+0",$AX53="無のみ","",$AX53="","")</f>
+        <v/>
+      </c>
+      <c r="BG53" s="61"/>
+      <c r="BH53" s="60" t="str" cm="1">
+        <f t="array" ref="BH53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AV53="有のみ"),"T+2",AND(LEFT($Q53,4)="金銭設定",$AV53="両方可"),"T+2",AND(LEFT($Q53,4)="現物設定",$AV53="有のみ"),"T+1",AND(LEFT($Q53,4)="現物設定",$AV53="両方可"),"T+1",$AV53="無のみ","",$AV53="","")</f>
+        <v/>
+      </c>
+      <c r="BI53" s="61"/>
+      <c r="BJ53" s="60" t="str" cm="1">
+        <f t="array" ref="BJ53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AX53="有のみ"),"T+2",AND(LEFT($Q53,4)="金銭設定",$AX53="両方可"),"T+2",AND(LEFT($Q53,4)="現物設定",$AX53="有のみ"),"T+1",AND(LEFT($Q53,4)="現物設定",$AX53="両方可"),"T+1",$AX53="無のみ","",$AX53="","")</f>
+        <v/>
+      </c>
+      <c r="BK53" s="61"/>
+      <c r="BL53" s="60" t="str" cm="1">
+        <f t="array" ref="BL53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AV53="有のみ"),"T+2",AND(LEFT($Q53,4)="金銭設定",$AV53="両方可"),"T+2",AND(LEFT($Q53,4)="現物設定",$AV53="有のみ"),"T+2",AND(LEFT($Q53,4)="現物設定",$AV53="両方可"),"T+2",$AV53="無のみ","",$AV53="","")</f>
+        <v/>
+      </c>
+      <c r="BM53" s="61"/>
+      <c r="BN53" s="60" t="str" cm="1">
+        <f t="array" ref="BN53">_xlfn.IFS(AND(LEFT($Q53,4)="金銭設定",$AX53="有のみ"),"T+2",AND(LEFT($Q53,4)="金銭設定",$AX53="両方可"),"T+2",AND(LEFT($Q53,4)="現物設定",$AX53="有のみ"),"T+2",AND(LEFT($Q53,4)="現物設定",$AX53="両方可"),"T+2",$AX53="無のみ","",$AX53="","")</f>
+        <v/>
+      </c>
+      <c r="BO53" s="61"/>
+      <c r="BP53" s="45"/>
+      <c r="BQ53" s="63"/>
+      <c r="BR53" s="45"/>
+      <c r="BS53" s="63"/>
+      <c r="BT53" s="45"/>
+      <c r="BU53" s="63"/>
+      <c r="BV53" s="45"/>
+      <c r="BW53" s="63"/>
+      <c r="BX53" s="45"/>
+      <c r="BY53" s="63"/>
+      <c r="BZ53" s="45"/>
+      <c r="CA53" s="63"/>
+      <c r="CB53" s="45"/>
+      <c r="CC53" s="63"/>
+      <c r="CD53" s="45"/>
+      <c r="CE53" s="63"/>
+      <c r="CF53" s="65"/>
+      <c r="CG53" s="66"/>
+      <c r="CH53" s="66"/>
+      <c r="CI53" s="66"/>
+      <c r="CJ53" s="65"/>
+      <c r="CK53" s="66"/>
+      <c r="CL53" s="66"/>
+      <c r="CM53" s="66"/>
+      <c r="CN53" s="45"/>
+      <c r="CO53" s="46"/>
+      <c r="CP53" s="45"/>
+      <c r="CQ53" s="46"/>
+      <c r="CR53" s="47"/>
+      <c r="CS53" s="47"/>
+      <c r="CT53" s="47"/>
+      <c r="CU53" s="47"/>
+      <c r="CV53" s="47"/>
+      <c r="CW53" s="47"/>
+      <c r="CX53" s="47"/>
+      <c r="CY53" s="47"/>
+      <c r="CZ53" s="47"/>
+      <c r="DA53" s="47"/>
+      <c r="DB53" s="47"/>
+      <c r="DC53" s="47"/>
+      <c r="DD53" s="47"/>
+      <c r="DE53" s="47"/>
+      <c r="DF53" s="47"/>
+      <c r="DG53" s="47"/>
+      <c r="DH53" s="47"/>
+      <c r="DI53" s="47"/>
+      <c r="DJ53" s="47"/>
+      <c r="DK53" s="47"/>
+      <c r="DL53" s="44"/>
+      <c r="DM53" s="47"/>
+      <c r="DN53" s="47"/>
+      <c r="DO53" s="47"/>
+      <c r="DP53" s="47"/>
+      <c r="DQ53" s="47"/>
+      <c r="DR53" s="48"/>
+      <c r="DS53" s="48"/>
+      <c r="DT53" s="48"/>
+      <c r="DU53" s="48"/>
+      <c r="DV53" s="48"/>
+      <c r="DW53" s="54"/>
+      <c r="DX53" s="54"/>
+      <c r="DY53" s="54"/>
+      <c r="DZ53" s="54"/>
+      <c r="EA53" s="54"/>
+      <c r="EB53" s="54"/>
+      <c r="EC53" s="54"/>
+      <c r="ED53" s="54"/>
+      <c r="EE53" s="54"/>
+      <c r="EF53" s="54"/>
+      <c r="EG53" s="54"/>
+      <c r="EH53" s="54"/>
+      <c r="EI53" s="54"/>
+      <c r="EJ53" s="54"/>
+      <c r="EK53" s="54"/>
+      <c r="EL53" s="55"/>
+      <c r="EM53" s="55"/>
+      <c r="EN53" s="55"/>
+      <c r="EO53" s="55"/>
+      <c r="EP53" s="55"/>
+      <c r="EQ53" s="55"/>
+      <c r="ER53" s="55"/>
+      <c r="ES53" s="55"/>
+      <c r="ET53" s="55"/>
     </row>
     <row r="54" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="60">
+      <c r="B54" s="67">
         <v>40</v>
       </c>
-      <c r="C54" s="42"/>
-[...172 lines deleted...]
-      <c r="ET54" s="54"/>
+      <c r="C54" s="68"/>
+      <c r="D54" s="69"/>
+      <c r="E54" s="70"/>
+      <c r="F54" s="71"/>
+      <c r="G54" s="66"/>
+      <c r="H54" s="66"/>
+      <c r="I54" s="72"/>
+      <c r="J54" s="64"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="64"/>
+      <c r="M54" s="64"/>
+      <c r="N54" s="64"/>
+      <c r="O54" s="64"/>
+      <c r="P54" s="64"/>
+      <c r="Q54" s="45"/>
+      <c r="R54" s="63"/>
+      <c r="S54" s="63"/>
+      <c r="T54" s="63"/>
+      <c r="U54" s="63"/>
+      <c r="V54" s="63"/>
+      <c r="W54" s="46"/>
+      <c r="X54" s="45"/>
+      <c r="Y54" s="63"/>
+      <c r="Z54" s="63"/>
+      <c r="AA54" s="63"/>
+      <c r="AB54" s="63"/>
+      <c r="AC54" s="63"/>
+      <c r="AD54" s="63"/>
+      <c r="AE54" s="63"/>
+      <c r="AF54" s="63"/>
+      <c r="AG54" s="63"/>
+      <c r="AH54" s="63"/>
+      <c r="AI54" s="46"/>
+      <c r="AJ54" s="45"/>
+      <c r="AK54" s="63"/>
+      <c r="AL54" s="63"/>
+      <c r="AM54" s="63"/>
+      <c r="AN54" s="63"/>
+      <c r="AO54" s="63"/>
+      <c r="AP54" s="63"/>
+      <c r="AQ54" s="63"/>
+      <c r="AR54" s="63"/>
+      <c r="AS54" s="63"/>
+      <c r="AT54" s="63"/>
+      <c r="AU54" s="46"/>
+      <c r="AV54" s="45"/>
+      <c r="AW54" s="46"/>
+      <c r="AX54" s="45"/>
+      <c r="AY54" s="46"/>
+      <c r="AZ54" s="60" t="str" cm="1">
+        <f t="array" ref="AZ54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AV54="有のみ"),"T+1",AND(LEFT($Q54,4)="金銭設定",$AV54="両方可"),"T+1",AND(LEFT($Q54,4)="現物設定",$AV54="有のみ"),"T+0",AND(LEFT($Q54,4)="現物設定",$AV54="両方可"),"T+0",$AV54="無のみ","",$AV54="","")</f>
+        <v/>
+      </c>
+      <c r="BA54" s="61"/>
+      <c r="BB54" s="60" t="str" cm="1">
+        <f t="array" ref="BB54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AX54="有のみ"),"T+1",AND(LEFT($Q54,4)="金銭設定",$AX54="両方可"),"T+1",AND(LEFT($Q54,4)="現物設定",$AX54="有のみ"),"T+0",AND(LEFT($Q54,4)="現物設定",$AX54="両方可"),"T+0",$AX54="無のみ","",$AX54="","")</f>
+        <v/>
+      </c>
+      <c r="BC54" s="61"/>
+      <c r="BD54" s="60" t="str" cm="1">
+        <f t="array" ref="BD54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AV54="有のみ"),"T+1",AND(LEFT($Q54,4)="金銭設定",$AV54="両方可"),"T+1",AND(LEFT($Q54,4)="現物設定",$AV54="有のみ"),"T+0",AND(LEFT($Q54,4)="現物設定",$AV54="両方可"),"T+0",$AV54="無のみ","",$AV54="","")</f>
+        <v/>
+      </c>
+      <c r="BE54" s="61"/>
+      <c r="BF54" s="60" t="str" cm="1">
+        <f t="array" ref="BF54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AX54="有のみ"),"T+1",AND(LEFT($Q54,4)="金銭設定",$AX54="両方可"),"T+1",AND(LEFT($Q54,4)="現物設定",$AX54="有のみ"),"T+0",AND(LEFT($Q54,4)="現物設定",$AX54="両方可"),"T+0",$AX54="無のみ","",$AX54="","")</f>
+        <v/>
+      </c>
+      <c r="BG54" s="61"/>
+      <c r="BH54" s="60" t="str" cm="1">
+        <f t="array" ref="BH54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AV54="有のみ"),"T+2",AND(LEFT($Q54,4)="金銭設定",$AV54="両方可"),"T+2",AND(LEFT($Q54,4)="現物設定",$AV54="有のみ"),"T+1",AND(LEFT($Q54,4)="現物設定",$AV54="両方可"),"T+1",$AV54="無のみ","",$AV54="","")</f>
+        <v/>
+      </c>
+      <c r="BI54" s="61"/>
+      <c r="BJ54" s="60" t="str" cm="1">
+        <f t="array" ref="BJ54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AX54="有のみ"),"T+2",AND(LEFT($Q54,4)="金銭設定",$AX54="両方可"),"T+2",AND(LEFT($Q54,4)="現物設定",$AX54="有のみ"),"T+1",AND(LEFT($Q54,4)="現物設定",$AX54="両方可"),"T+1",$AX54="無のみ","",$AX54="","")</f>
+        <v/>
+      </c>
+      <c r="BK54" s="61"/>
+      <c r="BL54" s="60" t="str" cm="1">
+        <f t="array" ref="BL54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AV54="有のみ"),"T+2",AND(LEFT($Q54,4)="金銭設定",$AV54="両方可"),"T+2",AND(LEFT($Q54,4)="現物設定",$AV54="有のみ"),"T+2",AND(LEFT($Q54,4)="現物設定",$AV54="両方可"),"T+2",$AV54="無のみ","",$AV54="","")</f>
+        <v/>
+      </c>
+      <c r="BM54" s="61"/>
+      <c r="BN54" s="60" t="str" cm="1">
+        <f t="array" ref="BN54">_xlfn.IFS(AND(LEFT($Q54,4)="金銭設定",$AX54="有のみ"),"T+2",AND(LEFT($Q54,4)="金銭設定",$AX54="両方可"),"T+2",AND(LEFT($Q54,4)="現物設定",$AX54="有のみ"),"T+2",AND(LEFT($Q54,4)="現物設定",$AX54="両方可"),"T+2",$AX54="無のみ","",$AX54="","")</f>
+        <v/>
+      </c>
+      <c r="BO54" s="61"/>
+      <c r="BP54" s="45"/>
+      <c r="BQ54" s="63"/>
+      <c r="BR54" s="45"/>
+      <c r="BS54" s="63"/>
+      <c r="BT54" s="45"/>
+      <c r="BU54" s="63"/>
+      <c r="BV54" s="45"/>
+      <c r="BW54" s="63"/>
+      <c r="BX54" s="45"/>
+      <c r="BY54" s="63"/>
+      <c r="BZ54" s="45"/>
+      <c r="CA54" s="63"/>
+      <c r="CB54" s="45"/>
+      <c r="CC54" s="63"/>
+      <c r="CD54" s="45"/>
+      <c r="CE54" s="63"/>
+      <c r="CF54" s="65"/>
+      <c r="CG54" s="66"/>
+      <c r="CH54" s="66"/>
+      <c r="CI54" s="66"/>
+      <c r="CJ54" s="65"/>
+      <c r="CK54" s="66"/>
+      <c r="CL54" s="66"/>
+      <c r="CM54" s="66"/>
+      <c r="CN54" s="45"/>
+      <c r="CO54" s="46"/>
+      <c r="CP54" s="45"/>
+      <c r="CQ54" s="46"/>
+      <c r="CR54" s="47"/>
+      <c r="CS54" s="47"/>
+      <c r="CT54" s="47"/>
+      <c r="CU54" s="47"/>
+      <c r="CV54" s="47"/>
+      <c r="CW54" s="47"/>
+      <c r="CX54" s="47"/>
+      <c r="CY54" s="47"/>
+      <c r="CZ54" s="47"/>
+      <c r="DA54" s="47"/>
+      <c r="DB54" s="47"/>
+      <c r="DC54" s="47"/>
+      <c r="DD54" s="47"/>
+      <c r="DE54" s="47"/>
+      <c r="DF54" s="47"/>
+      <c r="DG54" s="47"/>
+      <c r="DH54" s="47"/>
+      <c r="DI54" s="47"/>
+      <c r="DJ54" s="47"/>
+      <c r="DK54" s="47"/>
+      <c r="DL54" s="44"/>
+      <c r="DM54" s="47"/>
+      <c r="DN54" s="47"/>
+      <c r="DO54" s="47"/>
+      <c r="DP54" s="47"/>
+      <c r="DQ54" s="47"/>
+      <c r="DR54" s="48"/>
+      <c r="DS54" s="48"/>
+      <c r="DT54" s="48"/>
+      <c r="DU54" s="48"/>
+      <c r="DV54" s="48"/>
+      <c r="DW54" s="54"/>
+      <c r="DX54" s="54"/>
+      <c r="DY54" s="54"/>
+      <c r="DZ54" s="54"/>
+      <c r="EA54" s="54"/>
+      <c r="EB54" s="54"/>
+      <c r="EC54" s="54"/>
+      <c r="ED54" s="54"/>
+      <c r="EE54" s="54"/>
+      <c r="EF54" s="54"/>
+      <c r="EG54" s="54"/>
+      <c r="EH54" s="54"/>
+      <c r="EI54" s="54"/>
+      <c r="EJ54" s="54"/>
+      <c r="EK54" s="54"/>
+      <c r="EL54" s="55"/>
+      <c r="EM54" s="55"/>
+      <c r="EN54" s="55"/>
+      <c r="EO54" s="55"/>
+      <c r="EP54" s="55"/>
+      <c r="EQ54" s="55"/>
+      <c r="ER54" s="55"/>
+      <c r="ES54" s="55"/>
+      <c r="ET54" s="55"/>
     </row>
     <row r="55" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2"/>
-      <c r="B55" s="60">
+      <c r="B55" s="67">
         <v>41</v>
       </c>
-      <c r="C55" s="42"/>
-[...172 lines deleted...]
-      <c r="ET55" s="54"/>
+      <c r="C55" s="68"/>
+      <c r="D55" s="69"/>
+      <c r="E55" s="70"/>
+      <c r="F55" s="71"/>
+      <c r="G55" s="66"/>
+      <c r="H55" s="66"/>
+      <c r="I55" s="72"/>
+      <c r="J55" s="64"/>
+      <c r="K55" s="64"/>
+      <c r="L55" s="64"/>
+      <c r="M55" s="64"/>
+      <c r="N55" s="64"/>
+      <c r="O55" s="64"/>
+      <c r="P55" s="64"/>
+      <c r="Q55" s="45"/>
+      <c r="R55" s="63"/>
+      <c r="S55" s="63"/>
+      <c r="T55" s="63"/>
+      <c r="U55" s="63"/>
+      <c r="V55" s="63"/>
+      <c r="W55" s="46"/>
+      <c r="X55" s="45"/>
+      <c r="Y55" s="63"/>
+      <c r="Z55" s="63"/>
+      <c r="AA55" s="63"/>
+      <c r="AB55" s="63"/>
+      <c r="AC55" s="63"/>
+      <c r="AD55" s="63"/>
+      <c r="AE55" s="63"/>
+      <c r="AF55" s="63"/>
+      <c r="AG55" s="63"/>
+      <c r="AH55" s="63"/>
+      <c r="AI55" s="46"/>
+      <c r="AJ55" s="45"/>
+      <c r="AK55" s="63"/>
+      <c r="AL55" s="63"/>
+      <c r="AM55" s="63"/>
+      <c r="AN55" s="63"/>
+      <c r="AO55" s="63"/>
+      <c r="AP55" s="63"/>
+      <c r="AQ55" s="63"/>
+      <c r="AR55" s="63"/>
+      <c r="AS55" s="63"/>
+      <c r="AT55" s="63"/>
+      <c r="AU55" s="46"/>
+      <c r="AV55" s="45"/>
+      <c r="AW55" s="46"/>
+      <c r="AX55" s="45"/>
+      <c r="AY55" s="46"/>
+      <c r="AZ55" s="60" t="str" cm="1">
+        <f t="array" ref="AZ55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AV55="有のみ"),"T+1",AND(LEFT($Q55,4)="金銭設定",$AV55="両方可"),"T+1",AND(LEFT($Q55,4)="現物設定",$AV55="有のみ"),"T+0",AND(LEFT($Q55,4)="現物設定",$AV55="両方可"),"T+0",$AV55="無のみ","",$AV55="","")</f>
+        <v/>
+      </c>
+      <c r="BA55" s="61"/>
+      <c r="BB55" s="60" t="str" cm="1">
+        <f t="array" ref="BB55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AX55="有のみ"),"T+1",AND(LEFT($Q55,4)="金銭設定",$AX55="両方可"),"T+1",AND(LEFT($Q55,4)="現物設定",$AX55="有のみ"),"T+0",AND(LEFT($Q55,4)="現物設定",$AX55="両方可"),"T+0",$AX55="無のみ","",$AX55="","")</f>
+        <v/>
+      </c>
+      <c r="BC55" s="61"/>
+      <c r="BD55" s="60" t="str" cm="1">
+        <f t="array" ref="BD55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AV55="有のみ"),"T+1",AND(LEFT($Q55,4)="金銭設定",$AV55="両方可"),"T+1",AND(LEFT($Q55,4)="現物設定",$AV55="有のみ"),"T+0",AND(LEFT($Q55,4)="現物設定",$AV55="両方可"),"T+0",$AV55="無のみ","",$AV55="","")</f>
+        <v/>
+      </c>
+      <c r="BE55" s="61"/>
+      <c r="BF55" s="60" t="str" cm="1">
+        <f t="array" ref="BF55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AX55="有のみ"),"T+1",AND(LEFT($Q55,4)="金銭設定",$AX55="両方可"),"T+1",AND(LEFT($Q55,4)="現物設定",$AX55="有のみ"),"T+0",AND(LEFT($Q55,4)="現物設定",$AX55="両方可"),"T+0",$AX55="無のみ","",$AX55="","")</f>
+        <v/>
+      </c>
+      <c r="BG55" s="61"/>
+      <c r="BH55" s="60" t="str" cm="1">
+        <f t="array" ref="BH55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AV55="有のみ"),"T+2",AND(LEFT($Q55,4)="金銭設定",$AV55="両方可"),"T+2",AND(LEFT($Q55,4)="現物設定",$AV55="有のみ"),"T+1",AND(LEFT($Q55,4)="現物設定",$AV55="両方可"),"T+1",$AV55="無のみ","",$AV55="","")</f>
+        <v/>
+      </c>
+      <c r="BI55" s="61"/>
+      <c r="BJ55" s="60" t="str" cm="1">
+        <f t="array" ref="BJ55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AX55="有のみ"),"T+2",AND(LEFT($Q55,4)="金銭設定",$AX55="両方可"),"T+2",AND(LEFT($Q55,4)="現物設定",$AX55="有のみ"),"T+1",AND(LEFT($Q55,4)="現物設定",$AX55="両方可"),"T+1",$AX55="無のみ","",$AX55="","")</f>
+        <v/>
+      </c>
+      <c r="BK55" s="61"/>
+      <c r="BL55" s="60" t="str" cm="1">
+        <f t="array" ref="BL55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AV55="有のみ"),"T+2",AND(LEFT($Q55,4)="金銭設定",$AV55="両方可"),"T+2",AND(LEFT($Q55,4)="現物設定",$AV55="有のみ"),"T+2",AND(LEFT($Q55,4)="現物設定",$AV55="両方可"),"T+2",$AV55="無のみ","",$AV55="","")</f>
+        <v/>
+      </c>
+      <c r="BM55" s="61"/>
+      <c r="BN55" s="60" t="str" cm="1">
+        <f t="array" ref="BN55">_xlfn.IFS(AND(LEFT($Q55,4)="金銭設定",$AX55="有のみ"),"T+2",AND(LEFT($Q55,4)="金銭設定",$AX55="両方可"),"T+2",AND(LEFT($Q55,4)="現物設定",$AX55="有のみ"),"T+2",AND(LEFT($Q55,4)="現物設定",$AX55="両方可"),"T+2",$AX55="無のみ","",$AX55="","")</f>
+        <v/>
+      </c>
+      <c r="BO55" s="61"/>
+      <c r="BP55" s="45"/>
+      <c r="BQ55" s="63"/>
+      <c r="BR55" s="45"/>
+      <c r="BS55" s="63"/>
+      <c r="BT55" s="45"/>
+      <c r="BU55" s="63"/>
+      <c r="BV55" s="45"/>
+      <c r="BW55" s="63"/>
+      <c r="BX55" s="45"/>
+      <c r="BY55" s="63"/>
+      <c r="BZ55" s="45"/>
+      <c r="CA55" s="63"/>
+      <c r="CB55" s="45"/>
+      <c r="CC55" s="63"/>
+      <c r="CD55" s="45"/>
+      <c r="CE55" s="63"/>
+      <c r="CF55" s="65"/>
+      <c r="CG55" s="66"/>
+      <c r="CH55" s="66"/>
+      <c r="CI55" s="66"/>
+      <c r="CJ55" s="65"/>
+      <c r="CK55" s="66"/>
+      <c r="CL55" s="66"/>
+      <c r="CM55" s="66"/>
+      <c r="CN55" s="45"/>
+      <c r="CO55" s="46"/>
+      <c r="CP55" s="45"/>
+      <c r="CQ55" s="46"/>
+      <c r="CR55" s="47"/>
+      <c r="CS55" s="47"/>
+      <c r="CT55" s="47"/>
+      <c r="CU55" s="47"/>
+      <c r="CV55" s="47"/>
+      <c r="CW55" s="47"/>
+      <c r="CX55" s="47"/>
+      <c r="CY55" s="47"/>
+      <c r="CZ55" s="47"/>
+      <c r="DA55" s="47"/>
+      <c r="DB55" s="47"/>
+      <c r="DC55" s="47"/>
+      <c r="DD55" s="47"/>
+      <c r="DE55" s="47"/>
+      <c r="DF55" s="47"/>
+      <c r="DG55" s="47"/>
+      <c r="DH55" s="47"/>
+      <c r="DI55" s="47"/>
+      <c r="DJ55" s="47"/>
+      <c r="DK55" s="47"/>
+      <c r="DL55" s="44"/>
+      <c r="DM55" s="47"/>
+      <c r="DN55" s="47"/>
+      <c r="DO55" s="47"/>
+      <c r="DP55" s="47"/>
+      <c r="DQ55" s="47"/>
+      <c r="DR55" s="48"/>
+      <c r="DS55" s="48"/>
+      <c r="DT55" s="48"/>
+      <c r="DU55" s="48"/>
+      <c r="DV55" s="48"/>
+      <c r="DW55" s="54"/>
+      <c r="DX55" s="54"/>
+      <c r="DY55" s="54"/>
+      <c r="DZ55" s="54"/>
+      <c r="EA55" s="54"/>
+      <c r="EB55" s="54"/>
+      <c r="EC55" s="54"/>
+      <c r="ED55" s="54"/>
+      <c r="EE55" s="54"/>
+      <c r="EF55" s="54"/>
+      <c r="EG55" s="54"/>
+      <c r="EH55" s="54"/>
+      <c r="EI55" s="54"/>
+      <c r="EJ55" s="54"/>
+      <c r="EK55" s="54"/>
+      <c r="EL55" s="55"/>
+      <c r="EM55" s="55"/>
+      <c r="EN55" s="55"/>
+      <c r="EO55" s="55"/>
+      <c r="EP55" s="55"/>
+      <c r="EQ55" s="55"/>
+      <c r="ER55" s="55"/>
+      <c r="ES55" s="55"/>
+      <c r="ET55" s="55"/>
     </row>
     <row r="56" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="2"/>
-      <c r="B56" s="60">
+      <c r="B56" s="67">
         <v>42</v>
       </c>
-      <c r="C56" s="42"/>
-[...172 lines deleted...]
-      <c r="ET56" s="54"/>
+      <c r="C56" s="68"/>
+      <c r="D56" s="69"/>
+      <c r="E56" s="70"/>
+      <c r="F56" s="71"/>
+      <c r="G56" s="66"/>
+      <c r="H56" s="66"/>
+      <c r="I56" s="72"/>
+      <c r="J56" s="64"/>
+      <c r="K56" s="64"/>
+      <c r="L56" s="64"/>
+      <c r="M56" s="64"/>
+      <c r="N56" s="64"/>
+      <c r="O56" s="64"/>
+      <c r="P56" s="64"/>
+      <c r="Q56" s="45"/>
+      <c r="R56" s="63"/>
+      <c r="S56" s="63"/>
+      <c r="T56" s="63"/>
+      <c r="U56" s="63"/>
+      <c r="V56" s="63"/>
+      <c r="W56" s="46"/>
+      <c r="X56" s="45"/>
+      <c r="Y56" s="63"/>
+      <c r="Z56" s="63"/>
+      <c r="AA56" s="63"/>
+      <c r="AB56" s="63"/>
+      <c r="AC56" s="63"/>
+      <c r="AD56" s="63"/>
+      <c r="AE56" s="63"/>
+      <c r="AF56" s="63"/>
+      <c r="AG56" s="63"/>
+      <c r="AH56" s="63"/>
+      <c r="AI56" s="46"/>
+      <c r="AJ56" s="45"/>
+      <c r="AK56" s="63"/>
+      <c r="AL56" s="63"/>
+      <c r="AM56" s="63"/>
+      <c r="AN56" s="63"/>
+      <c r="AO56" s="63"/>
+      <c r="AP56" s="63"/>
+      <c r="AQ56" s="63"/>
+      <c r="AR56" s="63"/>
+      <c r="AS56" s="63"/>
+      <c r="AT56" s="63"/>
+      <c r="AU56" s="46"/>
+      <c r="AV56" s="45"/>
+      <c r="AW56" s="46"/>
+      <c r="AX56" s="45"/>
+      <c r="AY56" s="46"/>
+      <c r="AZ56" s="60" t="str" cm="1">
+        <f t="array" ref="AZ56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AV56="有のみ"),"T+1",AND(LEFT($Q56,4)="金銭設定",$AV56="両方可"),"T+1",AND(LEFT($Q56,4)="現物設定",$AV56="有のみ"),"T+0",AND(LEFT($Q56,4)="現物設定",$AV56="両方可"),"T+0",$AV56="無のみ","",$AV56="","")</f>
+        <v/>
+      </c>
+      <c r="BA56" s="61"/>
+      <c r="BB56" s="60" t="str" cm="1">
+        <f t="array" ref="BB56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AX56="有のみ"),"T+1",AND(LEFT($Q56,4)="金銭設定",$AX56="両方可"),"T+1",AND(LEFT($Q56,4)="現物設定",$AX56="有のみ"),"T+0",AND(LEFT($Q56,4)="現物設定",$AX56="両方可"),"T+0",$AX56="無のみ","",$AX56="","")</f>
+        <v/>
+      </c>
+      <c r="BC56" s="61"/>
+      <c r="BD56" s="60" t="str" cm="1">
+        <f t="array" ref="BD56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AV56="有のみ"),"T+1",AND(LEFT($Q56,4)="金銭設定",$AV56="両方可"),"T+1",AND(LEFT($Q56,4)="現物設定",$AV56="有のみ"),"T+0",AND(LEFT($Q56,4)="現物設定",$AV56="両方可"),"T+0",$AV56="無のみ","",$AV56="","")</f>
+        <v/>
+      </c>
+      <c r="BE56" s="61"/>
+      <c r="BF56" s="60" t="str" cm="1">
+        <f t="array" ref="BF56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AX56="有のみ"),"T+1",AND(LEFT($Q56,4)="金銭設定",$AX56="両方可"),"T+1",AND(LEFT($Q56,4)="現物設定",$AX56="有のみ"),"T+0",AND(LEFT($Q56,4)="現物設定",$AX56="両方可"),"T+0",$AX56="無のみ","",$AX56="","")</f>
+        <v/>
+      </c>
+      <c r="BG56" s="61"/>
+      <c r="BH56" s="60" t="str" cm="1">
+        <f t="array" ref="BH56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AV56="有のみ"),"T+2",AND(LEFT($Q56,4)="金銭設定",$AV56="両方可"),"T+2",AND(LEFT($Q56,4)="現物設定",$AV56="有のみ"),"T+1",AND(LEFT($Q56,4)="現物設定",$AV56="両方可"),"T+1",$AV56="無のみ","",$AV56="","")</f>
+        <v/>
+      </c>
+      <c r="BI56" s="61"/>
+      <c r="BJ56" s="60" t="str" cm="1">
+        <f t="array" ref="BJ56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AX56="有のみ"),"T+2",AND(LEFT($Q56,4)="金銭設定",$AX56="両方可"),"T+2",AND(LEFT($Q56,4)="現物設定",$AX56="有のみ"),"T+1",AND(LEFT($Q56,4)="現物設定",$AX56="両方可"),"T+1",$AX56="無のみ","",$AX56="","")</f>
+        <v/>
+      </c>
+      <c r="BK56" s="61"/>
+      <c r="BL56" s="60" t="str" cm="1">
+        <f t="array" ref="BL56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AV56="有のみ"),"T+2",AND(LEFT($Q56,4)="金銭設定",$AV56="両方可"),"T+2",AND(LEFT($Q56,4)="現物設定",$AV56="有のみ"),"T+2",AND(LEFT($Q56,4)="現物設定",$AV56="両方可"),"T+2",$AV56="無のみ","",$AV56="","")</f>
+        <v/>
+      </c>
+      <c r="BM56" s="61"/>
+      <c r="BN56" s="60" t="str" cm="1">
+        <f t="array" ref="BN56">_xlfn.IFS(AND(LEFT($Q56,4)="金銭設定",$AX56="有のみ"),"T+2",AND(LEFT($Q56,4)="金銭設定",$AX56="両方可"),"T+2",AND(LEFT($Q56,4)="現物設定",$AX56="有のみ"),"T+2",AND(LEFT($Q56,4)="現物設定",$AX56="両方可"),"T+2",$AX56="無のみ","",$AX56="","")</f>
+        <v/>
+      </c>
+      <c r="BO56" s="61"/>
+      <c r="BP56" s="45"/>
+      <c r="BQ56" s="63"/>
+      <c r="BR56" s="45"/>
+      <c r="BS56" s="63"/>
+      <c r="BT56" s="45"/>
+      <c r="BU56" s="63"/>
+      <c r="BV56" s="45"/>
+      <c r="BW56" s="63"/>
+      <c r="BX56" s="45"/>
+      <c r="BY56" s="63"/>
+      <c r="BZ56" s="45"/>
+      <c r="CA56" s="63"/>
+      <c r="CB56" s="45"/>
+      <c r="CC56" s="63"/>
+      <c r="CD56" s="45"/>
+      <c r="CE56" s="63"/>
+      <c r="CF56" s="65"/>
+      <c r="CG56" s="66"/>
+      <c r="CH56" s="66"/>
+      <c r="CI56" s="66"/>
+      <c r="CJ56" s="65"/>
+      <c r="CK56" s="66"/>
+      <c r="CL56" s="66"/>
+      <c r="CM56" s="66"/>
+      <c r="CN56" s="45"/>
+      <c r="CO56" s="46"/>
+      <c r="CP56" s="45"/>
+      <c r="CQ56" s="46"/>
+      <c r="CR56" s="47"/>
+      <c r="CS56" s="47"/>
+      <c r="CT56" s="47"/>
+      <c r="CU56" s="47"/>
+      <c r="CV56" s="47"/>
+      <c r="CW56" s="47"/>
+      <c r="CX56" s="47"/>
+      <c r="CY56" s="47"/>
+      <c r="CZ56" s="47"/>
+      <c r="DA56" s="47"/>
+      <c r="DB56" s="47"/>
+      <c r="DC56" s="47"/>
+      <c r="DD56" s="47"/>
+      <c r="DE56" s="47"/>
+      <c r="DF56" s="47"/>
+      <c r="DG56" s="47"/>
+      <c r="DH56" s="47"/>
+      <c r="DI56" s="47"/>
+      <c r="DJ56" s="47"/>
+      <c r="DK56" s="47"/>
+      <c r="DL56" s="44"/>
+      <c r="DM56" s="47"/>
+      <c r="DN56" s="47"/>
+      <c r="DO56" s="47"/>
+      <c r="DP56" s="47"/>
+      <c r="DQ56" s="47"/>
+      <c r="DR56" s="48"/>
+      <c r="DS56" s="48"/>
+      <c r="DT56" s="48"/>
+      <c r="DU56" s="48"/>
+      <c r="DV56" s="48"/>
+      <c r="DW56" s="54"/>
+      <c r="DX56" s="54"/>
+      <c r="DY56" s="54"/>
+      <c r="DZ56" s="54"/>
+      <c r="EA56" s="54"/>
+      <c r="EB56" s="54"/>
+      <c r="EC56" s="54"/>
+      <c r="ED56" s="54"/>
+      <c r="EE56" s="54"/>
+      <c r="EF56" s="54"/>
+      <c r="EG56" s="54"/>
+      <c r="EH56" s="54"/>
+      <c r="EI56" s="54"/>
+      <c r="EJ56" s="54"/>
+      <c r="EK56" s="54"/>
+      <c r="EL56" s="55"/>
+      <c r="EM56" s="55"/>
+      <c r="EN56" s="55"/>
+      <c r="EO56" s="55"/>
+      <c r="EP56" s="55"/>
+      <c r="EQ56" s="55"/>
+      <c r="ER56" s="55"/>
+      <c r="ES56" s="55"/>
+      <c r="ET56" s="55"/>
     </row>
     <row r="57" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="2"/>
-      <c r="B57" s="60">
+      <c r="B57" s="67">
         <v>43</v>
       </c>
-      <c r="C57" s="42"/>
-[...172 lines deleted...]
-      <c r="ET57" s="54"/>
+      <c r="C57" s="68"/>
+      <c r="D57" s="69"/>
+      <c r="E57" s="70"/>
+      <c r="F57" s="71"/>
+      <c r="G57" s="66"/>
+      <c r="H57" s="66"/>
+      <c r="I57" s="72"/>
+      <c r="J57" s="64"/>
+      <c r="K57" s="64"/>
+      <c r="L57" s="64"/>
+      <c r="M57" s="64"/>
+      <c r="N57" s="64"/>
+      <c r="O57" s="64"/>
+      <c r="P57" s="64"/>
+      <c r="Q57" s="45"/>
+      <c r="R57" s="63"/>
+      <c r="S57" s="63"/>
+      <c r="T57" s="63"/>
+      <c r="U57" s="63"/>
+      <c r="V57" s="63"/>
+      <c r="W57" s="46"/>
+      <c r="X57" s="45"/>
+      <c r="Y57" s="63"/>
+      <c r="Z57" s="63"/>
+      <c r="AA57" s="63"/>
+      <c r="AB57" s="63"/>
+      <c r="AC57" s="63"/>
+      <c r="AD57" s="63"/>
+      <c r="AE57" s="63"/>
+      <c r="AF57" s="63"/>
+      <c r="AG57" s="63"/>
+      <c r="AH57" s="63"/>
+      <c r="AI57" s="46"/>
+      <c r="AJ57" s="45"/>
+      <c r="AK57" s="63"/>
+      <c r="AL57" s="63"/>
+      <c r="AM57" s="63"/>
+      <c r="AN57" s="63"/>
+      <c r="AO57" s="63"/>
+      <c r="AP57" s="63"/>
+      <c r="AQ57" s="63"/>
+      <c r="AR57" s="63"/>
+      <c r="AS57" s="63"/>
+      <c r="AT57" s="63"/>
+      <c r="AU57" s="46"/>
+      <c r="AV57" s="45"/>
+      <c r="AW57" s="46"/>
+      <c r="AX57" s="45"/>
+      <c r="AY57" s="46"/>
+      <c r="AZ57" s="60" t="str" cm="1">
+        <f t="array" ref="AZ57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AV57="有のみ"),"T+1",AND(LEFT($Q57,4)="金銭設定",$AV57="両方可"),"T+1",AND(LEFT($Q57,4)="現物設定",$AV57="有のみ"),"T+0",AND(LEFT($Q57,4)="現物設定",$AV57="両方可"),"T+0",$AV57="無のみ","",$AV57="","")</f>
+        <v/>
+      </c>
+      <c r="BA57" s="61"/>
+      <c r="BB57" s="60" t="str" cm="1">
+        <f t="array" ref="BB57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AX57="有のみ"),"T+1",AND(LEFT($Q57,4)="金銭設定",$AX57="両方可"),"T+1",AND(LEFT($Q57,4)="現物設定",$AX57="有のみ"),"T+0",AND(LEFT($Q57,4)="現物設定",$AX57="両方可"),"T+0",$AX57="無のみ","",$AX57="","")</f>
+        <v/>
+      </c>
+      <c r="BC57" s="61"/>
+      <c r="BD57" s="60" t="str" cm="1">
+        <f t="array" ref="BD57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AV57="有のみ"),"T+1",AND(LEFT($Q57,4)="金銭設定",$AV57="両方可"),"T+1",AND(LEFT($Q57,4)="現物設定",$AV57="有のみ"),"T+0",AND(LEFT($Q57,4)="現物設定",$AV57="両方可"),"T+0",$AV57="無のみ","",$AV57="","")</f>
+        <v/>
+      </c>
+      <c r="BE57" s="61"/>
+      <c r="BF57" s="60" t="str" cm="1">
+        <f t="array" ref="BF57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AX57="有のみ"),"T+1",AND(LEFT($Q57,4)="金銭設定",$AX57="両方可"),"T+1",AND(LEFT($Q57,4)="現物設定",$AX57="有のみ"),"T+0",AND(LEFT($Q57,4)="現物設定",$AX57="両方可"),"T+0",$AX57="無のみ","",$AX57="","")</f>
+        <v/>
+      </c>
+      <c r="BG57" s="61"/>
+      <c r="BH57" s="60" t="str" cm="1">
+        <f t="array" ref="BH57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AV57="有のみ"),"T+2",AND(LEFT($Q57,4)="金銭設定",$AV57="両方可"),"T+2",AND(LEFT($Q57,4)="現物設定",$AV57="有のみ"),"T+1",AND(LEFT($Q57,4)="現物設定",$AV57="両方可"),"T+1",$AV57="無のみ","",$AV57="","")</f>
+        <v/>
+      </c>
+      <c r="BI57" s="61"/>
+      <c r="BJ57" s="60" t="str" cm="1">
+        <f t="array" ref="BJ57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AX57="有のみ"),"T+2",AND(LEFT($Q57,4)="金銭設定",$AX57="両方可"),"T+2",AND(LEFT($Q57,4)="現物設定",$AX57="有のみ"),"T+1",AND(LEFT($Q57,4)="現物設定",$AX57="両方可"),"T+1",$AX57="無のみ","",$AX57="","")</f>
+        <v/>
+      </c>
+      <c r="BK57" s="61"/>
+      <c r="BL57" s="60" t="str" cm="1">
+        <f t="array" ref="BL57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AV57="有のみ"),"T+2",AND(LEFT($Q57,4)="金銭設定",$AV57="両方可"),"T+2",AND(LEFT($Q57,4)="現物設定",$AV57="有のみ"),"T+2",AND(LEFT($Q57,4)="現物設定",$AV57="両方可"),"T+2",$AV57="無のみ","",$AV57="","")</f>
+        <v/>
+      </c>
+      <c r="BM57" s="61"/>
+      <c r="BN57" s="60" t="str" cm="1">
+        <f t="array" ref="BN57">_xlfn.IFS(AND(LEFT($Q57,4)="金銭設定",$AX57="有のみ"),"T+2",AND(LEFT($Q57,4)="金銭設定",$AX57="両方可"),"T+2",AND(LEFT($Q57,4)="現物設定",$AX57="有のみ"),"T+2",AND(LEFT($Q57,4)="現物設定",$AX57="両方可"),"T+2",$AX57="無のみ","",$AX57="","")</f>
+        <v/>
+      </c>
+      <c r="BO57" s="61"/>
+      <c r="BP57" s="45"/>
+      <c r="BQ57" s="63"/>
+      <c r="BR57" s="45"/>
+      <c r="BS57" s="63"/>
+      <c r="BT57" s="45"/>
+      <c r="BU57" s="63"/>
+      <c r="BV57" s="45"/>
+      <c r="BW57" s="63"/>
+      <c r="BX57" s="45"/>
+      <c r="BY57" s="63"/>
+      <c r="BZ57" s="45"/>
+      <c r="CA57" s="63"/>
+      <c r="CB57" s="45"/>
+      <c r="CC57" s="63"/>
+      <c r="CD57" s="45"/>
+      <c r="CE57" s="63"/>
+      <c r="CF57" s="65"/>
+      <c r="CG57" s="66"/>
+      <c r="CH57" s="66"/>
+      <c r="CI57" s="66"/>
+      <c r="CJ57" s="65"/>
+      <c r="CK57" s="66"/>
+      <c r="CL57" s="66"/>
+      <c r="CM57" s="66"/>
+      <c r="CN57" s="45"/>
+      <c r="CO57" s="46"/>
+      <c r="CP57" s="45"/>
+      <c r="CQ57" s="46"/>
+      <c r="CR57" s="47"/>
+      <c r="CS57" s="47"/>
+      <c r="CT57" s="47"/>
+      <c r="CU57" s="47"/>
+      <c r="CV57" s="47"/>
+      <c r="CW57" s="47"/>
+      <c r="CX57" s="47"/>
+      <c r="CY57" s="47"/>
+      <c r="CZ57" s="47"/>
+      <c r="DA57" s="47"/>
+      <c r="DB57" s="47"/>
+      <c r="DC57" s="47"/>
+      <c r="DD57" s="47"/>
+      <c r="DE57" s="47"/>
+      <c r="DF57" s="47"/>
+      <c r="DG57" s="47"/>
+      <c r="DH57" s="47"/>
+      <c r="DI57" s="47"/>
+      <c r="DJ57" s="47"/>
+      <c r="DK57" s="47"/>
+      <c r="DL57" s="44"/>
+      <c r="DM57" s="47"/>
+      <c r="DN57" s="47"/>
+      <c r="DO57" s="47"/>
+      <c r="DP57" s="47"/>
+      <c r="DQ57" s="47"/>
+      <c r="DR57" s="48"/>
+      <c r="DS57" s="48"/>
+      <c r="DT57" s="48"/>
+      <c r="DU57" s="48"/>
+      <c r="DV57" s="48"/>
+      <c r="DW57" s="54"/>
+      <c r="DX57" s="54"/>
+      <c r="DY57" s="54"/>
+      <c r="DZ57" s="54"/>
+      <c r="EA57" s="54"/>
+      <c r="EB57" s="54"/>
+      <c r="EC57" s="54"/>
+      <c r="ED57" s="54"/>
+      <c r="EE57" s="54"/>
+      <c r="EF57" s="54"/>
+      <c r="EG57" s="54"/>
+      <c r="EH57" s="54"/>
+      <c r="EI57" s="54"/>
+      <c r="EJ57" s="54"/>
+      <c r="EK57" s="54"/>
+      <c r="EL57" s="55"/>
+      <c r="EM57" s="55"/>
+      <c r="EN57" s="55"/>
+      <c r="EO57" s="55"/>
+      <c r="EP57" s="55"/>
+      <c r="EQ57" s="55"/>
+      <c r="ER57" s="55"/>
+      <c r="ES57" s="55"/>
+      <c r="ET57" s="55"/>
     </row>
     <row r="58" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="2"/>
-      <c r="B58" s="60">
+      <c r="B58" s="67">
         <v>44</v>
       </c>
-      <c r="C58" s="42"/>
-[...172 lines deleted...]
-      <c r="ET58" s="54"/>
+      <c r="C58" s="68"/>
+      <c r="D58" s="69"/>
+      <c r="E58" s="70"/>
+      <c r="F58" s="71"/>
+      <c r="G58" s="66"/>
+      <c r="H58" s="66"/>
+      <c r="I58" s="72"/>
+      <c r="J58" s="64"/>
+      <c r="K58" s="64"/>
+      <c r="L58" s="64"/>
+      <c r="M58" s="64"/>
+      <c r="N58" s="64"/>
+      <c r="O58" s="64"/>
+      <c r="P58" s="64"/>
+      <c r="Q58" s="45"/>
+      <c r="R58" s="63"/>
+      <c r="S58" s="63"/>
+      <c r="T58" s="63"/>
+      <c r="U58" s="63"/>
+      <c r="V58" s="63"/>
+      <c r="W58" s="46"/>
+      <c r="X58" s="45"/>
+      <c r="Y58" s="63"/>
+      <c r="Z58" s="63"/>
+      <c r="AA58" s="63"/>
+      <c r="AB58" s="63"/>
+      <c r="AC58" s="63"/>
+      <c r="AD58" s="63"/>
+      <c r="AE58" s="63"/>
+      <c r="AF58" s="63"/>
+      <c r="AG58" s="63"/>
+      <c r="AH58" s="63"/>
+      <c r="AI58" s="46"/>
+      <c r="AJ58" s="45"/>
+      <c r="AK58" s="63"/>
+      <c r="AL58" s="63"/>
+      <c r="AM58" s="63"/>
+      <c r="AN58" s="63"/>
+      <c r="AO58" s="63"/>
+      <c r="AP58" s="63"/>
+      <c r="AQ58" s="63"/>
+      <c r="AR58" s="63"/>
+      <c r="AS58" s="63"/>
+      <c r="AT58" s="63"/>
+      <c r="AU58" s="46"/>
+      <c r="AV58" s="45"/>
+      <c r="AW58" s="46"/>
+      <c r="AX58" s="45"/>
+      <c r="AY58" s="46"/>
+      <c r="AZ58" s="60" t="str" cm="1">
+        <f t="array" ref="AZ58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AV58="有のみ"),"T+1",AND(LEFT($Q58,4)="金銭設定",$AV58="両方可"),"T+1",AND(LEFT($Q58,4)="現物設定",$AV58="有のみ"),"T+0",AND(LEFT($Q58,4)="現物設定",$AV58="両方可"),"T+0",$AV58="無のみ","",$AV58="","")</f>
+        <v/>
+      </c>
+      <c r="BA58" s="61"/>
+      <c r="BB58" s="60" t="str" cm="1">
+        <f t="array" ref="BB58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AX58="有のみ"),"T+1",AND(LEFT($Q58,4)="金銭設定",$AX58="両方可"),"T+1",AND(LEFT($Q58,4)="現物設定",$AX58="有のみ"),"T+0",AND(LEFT($Q58,4)="現物設定",$AX58="両方可"),"T+0",$AX58="無のみ","",$AX58="","")</f>
+        <v/>
+      </c>
+      <c r="BC58" s="61"/>
+      <c r="BD58" s="60" t="str" cm="1">
+        <f t="array" ref="BD58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AV58="有のみ"),"T+1",AND(LEFT($Q58,4)="金銭設定",$AV58="両方可"),"T+1",AND(LEFT($Q58,4)="現物設定",$AV58="有のみ"),"T+0",AND(LEFT($Q58,4)="現物設定",$AV58="両方可"),"T+0",$AV58="無のみ","",$AV58="","")</f>
+        <v/>
+      </c>
+      <c r="BE58" s="61"/>
+      <c r="BF58" s="60" t="str" cm="1">
+        <f t="array" ref="BF58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AX58="有のみ"),"T+1",AND(LEFT($Q58,4)="金銭設定",$AX58="両方可"),"T+1",AND(LEFT($Q58,4)="現物設定",$AX58="有のみ"),"T+0",AND(LEFT($Q58,4)="現物設定",$AX58="両方可"),"T+0",$AX58="無のみ","",$AX58="","")</f>
+        <v/>
+      </c>
+      <c r="BG58" s="61"/>
+      <c r="BH58" s="60" t="str" cm="1">
+        <f t="array" ref="BH58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AV58="有のみ"),"T+2",AND(LEFT($Q58,4)="金銭設定",$AV58="両方可"),"T+2",AND(LEFT($Q58,4)="現物設定",$AV58="有のみ"),"T+1",AND(LEFT($Q58,4)="現物設定",$AV58="両方可"),"T+1",$AV58="無のみ","",$AV58="","")</f>
+        <v/>
+      </c>
+      <c r="BI58" s="61"/>
+      <c r="BJ58" s="60" t="str" cm="1">
+        <f t="array" ref="BJ58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AX58="有のみ"),"T+2",AND(LEFT($Q58,4)="金銭設定",$AX58="両方可"),"T+2",AND(LEFT($Q58,4)="現物設定",$AX58="有のみ"),"T+1",AND(LEFT($Q58,4)="現物設定",$AX58="両方可"),"T+1",$AX58="無のみ","",$AX58="","")</f>
+        <v/>
+      </c>
+      <c r="BK58" s="61"/>
+      <c r="BL58" s="60" t="str" cm="1">
+        <f t="array" ref="BL58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AV58="有のみ"),"T+2",AND(LEFT($Q58,4)="金銭設定",$AV58="両方可"),"T+2",AND(LEFT($Q58,4)="現物設定",$AV58="有のみ"),"T+2",AND(LEFT($Q58,4)="現物設定",$AV58="両方可"),"T+2",$AV58="無のみ","",$AV58="","")</f>
+        <v/>
+      </c>
+      <c r="BM58" s="61"/>
+      <c r="BN58" s="60" t="str" cm="1">
+        <f t="array" ref="BN58">_xlfn.IFS(AND(LEFT($Q58,4)="金銭設定",$AX58="有のみ"),"T+2",AND(LEFT($Q58,4)="金銭設定",$AX58="両方可"),"T+2",AND(LEFT($Q58,4)="現物設定",$AX58="有のみ"),"T+2",AND(LEFT($Q58,4)="現物設定",$AX58="両方可"),"T+2",$AX58="無のみ","",$AX58="","")</f>
+        <v/>
+      </c>
+      <c r="BO58" s="61"/>
+      <c r="BP58" s="45"/>
+      <c r="BQ58" s="63"/>
+      <c r="BR58" s="45"/>
+      <c r="BS58" s="63"/>
+      <c r="BT58" s="45"/>
+      <c r="BU58" s="63"/>
+      <c r="BV58" s="45"/>
+      <c r="BW58" s="63"/>
+      <c r="BX58" s="45"/>
+      <c r="BY58" s="63"/>
+      <c r="BZ58" s="45"/>
+      <c r="CA58" s="63"/>
+      <c r="CB58" s="45"/>
+      <c r="CC58" s="63"/>
+      <c r="CD58" s="45"/>
+      <c r="CE58" s="63"/>
+      <c r="CF58" s="65"/>
+      <c r="CG58" s="66"/>
+      <c r="CH58" s="66"/>
+      <c r="CI58" s="66"/>
+      <c r="CJ58" s="65"/>
+      <c r="CK58" s="66"/>
+      <c r="CL58" s="66"/>
+      <c r="CM58" s="66"/>
+      <c r="CN58" s="45"/>
+      <c r="CO58" s="46"/>
+      <c r="CP58" s="45"/>
+      <c r="CQ58" s="46"/>
+      <c r="CR58" s="47"/>
+      <c r="CS58" s="47"/>
+      <c r="CT58" s="47"/>
+      <c r="CU58" s="47"/>
+      <c r="CV58" s="47"/>
+      <c r="CW58" s="47"/>
+      <c r="CX58" s="47"/>
+      <c r="CY58" s="47"/>
+      <c r="CZ58" s="47"/>
+      <c r="DA58" s="47"/>
+      <c r="DB58" s="47"/>
+      <c r="DC58" s="47"/>
+      <c r="DD58" s="47"/>
+      <c r="DE58" s="47"/>
+      <c r="DF58" s="47"/>
+      <c r="DG58" s="47"/>
+      <c r="DH58" s="47"/>
+      <c r="DI58" s="47"/>
+      <c r="DJ58" s="47"/>
+      <c r="DK58" s="47"/>
+      <c r="DL58" s="44"/>
+      <c r="DM58" s="47"/>
+      <c r="DN58" s="47"/>
+      <c r="DO58" s="47"/>
+      <c r="DP58" s="47"/>
+      <c r="DQ58" s="47"/>
+      <c r="DR58" s="48"/>
+      <c r="DS58" s="48"/>
+      <c r="DT58" s="48"/>
+      <c r="DU58" s="48"/>
+      <c r="DV58" s="48"/>
+      <c r="DW58" s="54"/>
+      <c r="DX58" s="54"/>
+      <c r="DY58" s="54"/>
+      <c r="DZ58" s="54"/>
+      <c r="EA58" s="54"/>
+      <c r="EB58" s="54"/>
+      <c r="EC58" s="54"/>
+      <c r="ED58" s="54"/>
+      <c r="EE58" s="54"/>
+      <c r="EF58" s="54"/>
+      <c r="EG58" s="54"/>
+      <c r="EH58" s="54"/>
+      <c r="EI58" s="54"/>
+      <c r="EJ58" s="54"/>
+      <c r="EK58" s="54"/>
+      <c r="EL58" s="55"/>
+      <c r="EM58" s="55"/>
+      <c r="EN58" s="55"/>
+      <c r="EO58" s="55"/>
+      <c r="EP58" s="55"/>
+      <c r="EQ58" s="55"/>
+      <c r="ER58" s="55"/>
+      <c r="ES58" s="55"/>
+      <c r="ET58" s="55"/>
     </row>
     <row r="59" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="2"/>
-      <c r="B59" s="60">
+      <c r="B59" s="67">
         <v>45</v>
       </c>
-      <c r="C59" s="42"/>
-[...172 lines deleted...]
-      <c r="ET59" s="54"/>
+      <c r="C59" s="68"/>
+      <c r="D59" s="69"/>
+      <c r="E59" s="70"/>
+      <c r="F59" s="71"/>
+      <c r="G59" s="66"/>
+      <c r="H59" s="66"/>
+      <c r="I59" s="72"/>
+      <c r="J59" s="64"/>
+      <c r="K59" s="64"/>
+      <c r="L59" s="64"/>
+      <c r="M59" s="64"/>
+      <c r="N59" s="64"/>
+      <c r="O59" s="64"/>
+      <c r="P59" s="64"/>
+      <c r="Q59" s="45"/>
+      <c r="R59" s="63"/>
+      <c r="S59" s="63"/>
+      <c r="T59" s="63"/>
+      <c r="U59" s="63"/>
+      <c r="V59" s="63"/>
+      <c r="W59" s="46"/>
+      <c r="X59" s="45"/>
+      <c r="Y59" s="63"/>
+      <c r="Z59" s="63"/>
+      <c r="AA59" s="63"/>
+      <c r="AB59" s="63"/>
+      <c r="AC59" s="63"/>
+      <c r="AD59" s="63"/>
+      <c r="AE59" s="63"/>
+      <c r="AF59" s="63"/>
+      <c r="AG59" s="63"/>
+      <c r="AH59" s="63"/>
+      <c r="AI59" s="46"/>
+      <c r="AJ59" s="45"/>
+      <c r="AK59" s="63"/>
+      <c r="AL59" s="63"/>
+      <c r="AM59" s="63"/>
+      <c r="AN59" s="63"/>
+      <c r="AO59" s="63"/>
+      <c r="AP59" s="63"/>
+      <c r="AQ59" s="63"/>
+      <c r="AR59" s="63"/>
+      <c r="AS59" s="63"/>
+      <c r="AT59" s="63"/>
+      <c r="AU59" s="46"/>
+      <c r="AV59" s="45"/>
+      <c r="AW59" s="46"/>
+      <c r="AX59" s="45"/>
+      <c r="AY59" s="46"/>
+      <c r="AZ59" s="60" t="str" cm="1">
+        <f t="array" ref="AZ59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AV59="有のみ"),"T+1",AND(LEFT($Q59,4)="金銭設定",$AV59="両方可"),"T+1",AND(LEFT($Q59,4)="現物設定",$AV59="有のみ"),"T+0",AND(LEFT($Q59,4)="現物設定",$AV59="両方可"),"T+0",$AV59="無のみ","",$AV59="","")</f>
+        <v/>
+      </c>
+      <c r="BA59" s="61"/>
+      <c r="BB59" s="60" t="str" cm="1">
+        <f t="array" ref="BB59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AX59="有のみ"),"T+1",AND(LEFT($Q59,4)="金銭設定",$AX59="両方可"),"T+1",AND(LEFT($Q59,4)="現物設定",$AX59="有のみ"),"T+0",AND(LEFT($Q59,4)="現物設定",$AX59="両方可"),"T+0",$AX59="無のみ","",$AX59="","")</f>
+        <v/>
+      </c>
+      <c r="BC59" s="61"/>
+      <c r="BD59" s="60" t="str" cm="1">
+        <f t="array" ref="BD59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AV59="有のみ"),"T+1",AND(LEFT($Q59,4)="金銭設定",$AV59="両方可"),"T+1",AND(LEFT($Q59,4)="現物設定",$AV59="有のみ"),"T+0",AND(LEFT($Q59,4)="現物設定",$AV59="両方可"),"T+0",$AV59="無のみ","",$AV59="","")</f>
+        <v/>
+      </c>
+      <c r="BE59" s="61"/>
+      <c r="BF59" s="60" t="str" cm="1">
+        <f t="array" ref="BF59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AX59="有のみ"),"T+1",AND(LEFT($Q59,4)="金銭設定",$AX59="両方可"),"T+1",AND(LEFT($Q59,4)="現物設定",$AX59="有のみ"),"T+0",AND(LEFT($Q59,4)="現物設定",$AX59="両方可"),"T+0",$AX59="無のみ","",$AX59="","")</f>
+        <v/>
+      </c>
+      <c r="BG59" s="61"/>
+      <c r="BH59" s="60" t="str" cm="1">
+        <f t="array" ref="BH59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AV59="有のみ"),"T+2",AND(LEFT($Q59,4)="金銭設定",$AV59="両方可"),"T+2",AND(LEFT($Q59,4)="現物設定",$AV59="有のみ"),"T+1",AND(LEFT($Q59,4)="現物設定",$AV59="両方可"),"T+1",$AV59="無のみ","",$AV59="","")</f>
+        <v/>
+      </c>
+      <c r="BI59" s="61"/>
+      <c r="BJ59" s="60" t="str" cm="1">
+        <f t="array" ref="BJ59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AX59="有のみ"),"T+2",AND(LEFT($Q59,4)="金銭設定",$AX59="両方可"),"T+2",AND(LEFT($Q59,4)="現物設定",$AX59="有のみ"),"T+1",AND(LEFT($Q59,4)="現物設定",$AX59="両方可"),"T+1",$AX59="無のみ","",$AX59="","")</f>
+        <v/>
+      </c>
+      <c r="BK59" s="61"/>
+      <c r="BL59" s="60" t="str" cm="1">
+        <f t="array" ref="BL59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AV59="有のみ"),"T+2",AND(LEFT($Q59,4)="金銭設定",$AV59="両方可"),"T+2",AND(LEFT($Q59,4)="現物設定",$AV59="有のみ"),"T+2",AND(LEFT($Q59,4)="現物設定",$AV59="両方可"),"T+2",$AV59="無のみ","",$AV59="","")</f>
+        <v/>
+      </c>
+      <c r="BM59" s="61"/>
+      <c r="BN59" s="60" t="str" cm="1">
+        <f t="array" ref="BN59">_xlfn.IFS(AND(LEFT($Q59,4)="金銭設定",$AX59="有のみ"),"T+2",AND(LEFT($Q59,4)="金銭設定",$AX59="両方可"),"T+2",AND(LEFT($Q59,4)="現物設定",$AX59="有のみ"),"T+2",AND(LEFT($Q59,4)="現物設定",$AX59="両方可"),"T+2",$AX59="無のみ","",$AX59="","")</f>
+        <v/>
+      </c>
+      <c r="BO59" s="61"/>
+      <c r="BP59" s="45"/>
+      <c r="BQ59" s="63"/>
+      <c r="BR59" s="45"/>
+      <c r="BS59" s="63"/>
+      <c r="BT59" s="45"/>
+      <c r="BU59" s="63"/>
+      <c r="BV59" s="45"/>
+      <c r="BW59" s="63"/>
+      <c r="BX59" s="45"/>
+      <c r="BY59" s="63"/>
+      <c r="BZ59" s="45"/>
+      <c r="CA59" s="63"/>
+      <c r="CB59" s="45"/>
+      <c r="CC59" s="63"/>
+      <c r="CD59" s="45"/>
+      <c r="CE59" s="63"/>
+      <c r="CF59" s="65"/>
+      <c r="CG59" s="66"/>
+      <c r="CH59" s="66"/>
+      <c r="CI59" s="66"/>
+      <c r="CJ59" s="65"/>
+      <c r="CK59" s="66"/>
+      <c r="CL59" s="66"/>
+      <c r="CM59" s="66"/>
+      <c r="CN59" s="45"/>
+      <c r="CO59" s="46"/>
+      <c r="CP59" s="45"/>
+      <c r="CQ59" s="46"/>
+      <c r="CR59" s="47"/>
+      <c r="CS59" s="47"/>
+      <c r="CT59" s="47"/>
+      <c r="CU59" s="47"/>
+      <c r="CV59" s="47"/>
+      <c r="CW59" s="47"/>
+      <c r="CX59" s="47"/>
+      <c r="CY59" s="47"/>
+      <c r="CZ59" s="47"/>
+      <c r="DA59" s="47"/>
+      <c r="DB59" s="47"/>
+      <c r="DC59" s="47"/>
+      <c r="DD59" s="47"/>
+      <c r="DE59" s="47"/>
+      <c r="DF59" s="47"/>
+      <c r="DG59" s="47"/>
+      <c r="DH59" s="47"/>
+      <c r="DI59" s="47"/>
+      <c r="DJ59" s="47"/>
+      <c r="DK59" s="47"/>
+      <c r="DL59" s="44"/>
+      <c r="DM59" s="47"/>
+      <c r="DN59" s="47"/>
+      <c r="DO59" s="47"/>
+      <c r="DP59" s="47"/>
+      <c r="DQ59" s="47"/>
+      <c r="DR59" s="48"/>
+      <c r="DS59" s="48"/>
+      <c r="DT59" s="48"/>
+      <c r="DU59" s="48"/>
+      <c r="DV59" s="48"/>
+      <c r="DW59" s="54"/>
+      <c r="DX59" s="54"/>
+      <c r="DY59" s="54"/>
+      <c r="DZ59" s="54"/>
+      <c r="EA59" s="54"/>
+      <c r="EB59" s="54"/>
+      <c r="EC59" s="54"/>
+      <c r="ED59" s="54"/>
+      <c r="EE59" s="54"/>
+      <c r="EF59" s="54"/>
+      <c r="EG59" s="54"/>
+      <c r="EH59" s="54"/>
+      <c r="EI59" s="54"/>
+      <c r="EJ59" s="54"/>
+      <c r="EK59" s="54"/>
+      <c r="EL59" s="55"/>
+      <c r="EM59" s="55"/>
+      <c r="EN59" s="55"/>
+      <c r="EO59" s="55"/>
+      <c r="EP59" s="55"/>
+      <c r="EQ59" s="55"/>
+      <c r="ER59" s="55"/>
+      <c r="ES59" s="55"/>
+      <c r="ET59" s="55"/>
     </row>
     <row r="60" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="2"/>
-      <c r="B60" s="60">
+      <c r="B60" s="67">
         <v>46</v>
       </c>
-      <c r="C60" s="42"/>
-[...172 lines deleted...]
-      <c r="ET60" s="54"/>
+      <c r="C60" s="68"/>
+      <c r="D60" s="69"/>
+      <c r="E60" s="70"/>
+      <c r="F60" s="71"/>
+      <c r="G60" s="66"/>
+      <c r="H60" s="66"/>
+      <c r="I60" s="72"/>
+      <c r="J60" s="64"/>
+      <c r="K60" s="64"/>
+      <c r="L60" s="64"/>
+      <c r="M60" s="64"/>
+      <c r="N60" s="64"/>
+      <c r="O60" s="64"/>
+      <c r="P60" s="64"/>
+      <c r="Q60" s="45"/>
+      <c r="R60" s="63"/>
+      <c r="S60" s="63"/>
+      <c r="T60" s="63"/>
+      <c r="U60" s="63"/>
+      <c r="V60" s="63"/>
+      <c r="W60" s="46"/>
+      <c r="X60" s="45"/>
+      <c r="Y60" s="63"/>
+      <c r="Z60" s="63"/>
+      <c r="AA60" s="63"/>
+      <c r="AB60" s="63"/>
+      <c r="AC60" s="63"/>
+      <c r="AD60" s="63"/>
+      <c r="AE60" s="63"/>
+      <c r="AF60" s="63"/>
+      <c r="AG60" s="63"/>
+      <c r="AH60" s="63"/>
+      <c r="AI60" s="46"/>
+      <c r="AJ60" s="45"/>
+      <c r="AK60" s="63"/>
+      <c r="AL60" s="63"/>
+      <c r="AM60" s="63"/>
+      <c r="AN60" s="63"/>
+      <c r="AO60" s="63"/>
+      <c r="AP60" s="63"/>
+      <c r="AQ60" s="63"/>
+      <c r="AR60" s="63"/>
+      <c r="AS60" s="63"/>
+      <c r="AT60" s="63"/>
+      <c r="AU60" s="46"/>
+      <c r="AV60" s="45"/>
+      <c r="AW60" s="46"/>
+      <c r="AX60" s="45"/>
+      <c r="AY60" s="46"/>
+      <c r="AZ60" s="60" t="str" cm="1">
+        <f t="array" ref="AZ60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AV60="有のみ"),"T+1",AND(LEFT($Q60,4)="金銭設定",$AV60="両方可"),"T+1",AND(LEFT($Q60,4)="現物設定",$AV60="有のみ"),"T+0",AND(LEFT($Q60,4)="現物設定",$AV60="両方可"),"T+0",$AV60="無のみ","",$AV60="","")</f>
+        <v/>
+      </c>
+      <c r="BA60" s="61"/>
+      <c r="BB60" s="60" t="str" cm="1">
+        <f t="array" ref="BB60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AX60="有のみ"),"T+1",AND(LEFT($Q60,4)="金銭設定",$AX60="両方可"),"T+1",AND(LEFT($Q60,4)="現物設定",$AX60="有のみ"),"T+0",AND(LEFT($Q60,4)="現物設定",$AX60="両方可"),"T+0",$AX60="無のみ","",$AX60="","")</f>
+        <v/>
+      </c>
+      <c r="BC60" s="61"/>
+      <c r="BD60" s="60" t="str" cm="1">
+        <f t="array" ref="BD60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AV60="有のみ"),"T+1",AND(LEFT($Q60,4)="金銭設定",$AV60="両方可"),"T+1",AND(LEFT($Q60,4)="現物設定",$AV60="有のみ"),"T+0",AND(LEFT($Q60,4)="現物設定",$AV60="両方可"),"T+0",$AV60="無のみ","",$AV60="","")</f>
+        <v/>
+      </c>
+      <c r="BE60" s="61"/>
+      <c r="BF60" s="60" t="str" cm="1">
+        <f t="array" ref="BF60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AX60="有のみ"),"T+1",AND(LEFT($Q60,4)="金銭設定",$AX60="両方可"),"T+1",AND(LEFT($Q60,4)="現物設定",$AX60="有のみ"),"T+0",AND(LEFT($Q60,4)="現物設定",$AX60="両方可"),"T+0",$AX60="無のみ","",$AX60="","")</f>
+        <v/>
+      </c>
+      <c r="BG60" s="61"/>
+      <c r="BH60" s="60" t="str" cm="1">
+        <f t="array" ref="BH60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AV60="有のみ"),"T+2",AND(LEFT($Q60,4)="金銭設定",$AV60="両方可"),"T+2",AND(LEFT($Q60,4)="現物設定",$AV60="有のみ"),"T+1",AND(LEFT($Q60,4)="現物設定",$AV60="両方可"),"T+1",$AV60="無のみ","",$AV60="","")</f>
+        <v/>
+      </c>
+      <c r="BI60" s="61"/>
+      <c r="BJ60" s="60" t="str" cm="1">
+        <f t="array" ref="BJ60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AX60="有のみ"),"T+2",AND(LEFT($Q60,4)="金銭設定",$AX60="両方可"),"T+2",AND(LEFT($Q60,4)="現物設定",$AX60="有のみ"),"T+1",AND(LEFT($Q60,4)="現物設定",$AX60="両方可"),"T+1",$AX60="無のみ","",$AX60="","")</f>
+        <v/>
+      </c>
+      <c r="BK60" s="61"/>
+      <c r="BL60" s="60" t="str" cm="1">
+        <f t="array" ref="BL60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AV60="有のみ"),"T+2",AND(LEFT($Q60,4)="金銭設定",$AV60="両方可"),"T+2",AND(LEFT($Q60,4)="現物設定",$AV60="有のみ"),"T+2",AND(LEFT($Q60,4)="現物設定",$AV60="両方可"),"T+2",$AV60="無のみ","",$AV60="","")</f>
+        <v/>
+      </c>
+      <c r="BM60" s="61"/>
+      <c r="BN60" s="60" t="str" cm="1">
+        <f t="array" ref="BN60">_xlfn.IFS(AND(LEFT($Q60,4)="金銭設定",$AX60="有のみ"),"T+2",AND(LEFT($Q60,4)="金銭設定",$AX60="両方可"),"T+2",AND(LEFT($Q60,4)="現物設定",$AX60="有のみ"),"T+2",AND(LEFT($Q60,4)="現物設定",$AX60="両方可"),"T+2",$AX60="無のみ","",$AX60="","")</f>
+        <v/>
+      </c>
+      <c r="BO60" s="61"/>
+      <c r="BP60" s="45"/>
+      <c r="BQ60" s="63"/>
+      <c r="BR60" s="45"/>
+      <c r="BS60" s="63"/>
+      <c r="BT60" s="45"/>
+      <c r="BU60" s="63"/>
+      <c r="BV60" s="45"/>
+      <c r="BW60" s="63"/>
+      <c r="BX60" s="45"/>
+      <c r="BY60" s="63"/>
+      <c r="BZ60" s="45"/>
+      <c r="CA60" s="63"/>
+      <c r="CB60" s="45"/>
+      <c r="CC60" s="63"/>
+      <c r="CD60" s="45"/>
+      <c r="CE60" s="63"/>
+      <c r="CF60" s="65"/>
+      <c r="CG60" s="66"/>
+      <c r="CH60" s="66"/>
+      <c r="CI60" s="66"/>
+      <c r="CJ60" s="65"/>
+      <c r="CK60" s="66"/>
+      <c r="CL60" s="66"/>
+      <c r="CM60" s="66"/>
+      <c r="CN60" s="45"/>
+      <c r="CO60" s="46"/>
+      <c r="CP60" s="45"/>
+      <c r="CQ60" s="46"/>
+      <c r="CR60" s="47"/>
+      <c r="CS60" s="47"/>
+      <c r="CT60" s="47"/>
+      <c r="CU60" s="47"/>
+      <c r="CV60" s="47"/>
+      <c r="CW60" s="47"/>
+      <c r="CX60" s="47"/>
+      <c r="CY60" s="47"/>
+      <c r="CZ60" s="47"/>
+      <c r="DA60" s="47"/>
+      <c r="DB60" s="47"/>
+      <c r="DC60" s="47"/>
+      <c r="DD60" s="47"/>
+      <c r="DE60" s="47"/>
+      <c r="DF60" s="47"/>
+      <c r="DG60" s="47"/>
+      <c r="DH60" s="47"/>
+      <c r="DI60" s="47"/>
+      <c r="DJ60" s="47"/>
+      <c r="DK60" s="47"/>
+      <c r="DL60" s="44"/>
+      <c r="DM60" s="47"/>
+      <c r="DN60" s="47"/>
+      <c r="DO60" s="47"/>
+      <c r="DP60" s="47"/>
+      <c r="DQ60" s="47"/>
+      <c r="DR60" s="48"/>
+      <c r="DS60" s="48"/>
+      <c r="DT60" s="48"/>
+      <c r="DU60" s="48"/>
+      <c r="DV60" s="48"/>
+      <c r="DW60" s="54"/>
+      <c r="DX60" s="54"/>
+      <c r="DY60" s="54"/>
+      <c r="DZ60" s="54"/>
+      <c r="EA60" s="54"/>
+      <c r="EB60" s="54"/>
+      <c r="EC60" s="54"/>
+      <c r="ED60" s="54"/>
+      <c r="EE60" s="54"/>
+      <c r="EF60" s="54"/>
+      <c r="EG60" s="54"/>
+      <c r="EH60" s="54"/>
+      <c r="EI60" s="54"/>
+      <c r="EJ60" s="54"/>
+      <c r="EK60" s="54"/>
+      <c r="EL60" s="55"/>
+      <c r="EM60" s="55"/>
+      <c r="EN60" s="55"/>
+      <c r="EO60" s="55"/>
+      <c r="EP60" s="55"/>
+      <c r="EQ60" s="55"/>
+      <c r="ER60" s="55"/>
+      <c r="ES60" s="55"/>
+      <c r="ET60" s="55"/>
     </row>
     <row r="61" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="2"/>
-      <c r="B61" s="60">
+      <c r="B61" s="67">
         <v>47</v>
       </c>
-      <c r="C61" s="42"/>
-[...172 lines deleted...]
-      <c r="ET61" s="54"/>
+      <c r="C61" s="68"/>
+      <c r="D61" s="69"/>
+      <c r="E61" s="70"/>
+      <c r="F61" s="71"/>
+      <c r="G61" s="66"/>
+      <c r="H61" s="66"/>
+      <c r="I61" s="72"/>
+      <c r="J61" s="64"/>
+      <c r="K61" s="64"/>
+      <c r="L61" s="64"/>
+      <c r="M61" s="64"/>
+      <c r="N61" s="64"/>
+      <c r="O61" s="64"/>
+      <c r="P61" s="64"/>
+      <c r="Q61" s="45"/>
+      <c r="R61" s="63"/>
+      <c r="S61" s="63"/>
+      <c r="T61" s="63"/>
+      <c r="U61" s="63"/>
+      <c r="V61" s="63"/>
+      <c r="W61" s="46"/>
+      <c r="X61" s="45"/>
+      <c r="Y61" s="63"/>
+      <c r="Z61" s="63"/>
+      <c r="AA61" s="63"/>
+      <c r="AB61" s="63"/>
+      <c r="AC61" s="63"/>
+      <c r="AD61" s="63"/>
+      <c r="AE61" s="63"/>
+      <c r="AF61" s="63"/>
+      <c r="AG61" s="63"/>
+      <c r="AH61" s="63"/>
+      <c r="AI61" s="46"/>
+      <c r="AJ61" s="45"/>
+      <c r="AK61" s="63"/>
+      <c r="AL61" s="63"/>
+      <c r="AM61" s="63"/>
+      <c r="AN61" s="63"/>
+      <c r="AO61" s="63"/>
+      <c r="AP61" s="63"/>
+      <c r="AQ61" s="63"/>
+      <c r="AR61" s="63"/>
+      <c r="AS61" s="63"/>
+      <c r="AT61" s="63"/>
+      <c r="AU61" s="46"/>
+      <c r="AV61" s="45"/>
+      <c r="AW61" s="46"/>
+      <c r="AX61" s="45"/>
+      <c r="AY61" s="46"/>
+      <c r="AZ61" s="60" t="str" cm="1">
+        <f t="array" ref="AZ61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AV61="有のみ"),"T+1",AND(LEFT($Q61,4)="金銭設定",$AV61="両方可"),"T+1",AND(LEFT($Q61,4)="現物設定",$AV61="有のみ"),"T+0",AND(LEFT($Q61,4)="現物設定",$AV61="両方可"),"T+0",$AV61="無のみ","",$AV61="","")</f>
+        <v/>
+      </c>
+      <c r="BA61" s="61"/>
+      <c r="BB61" s="60" t="str" cm="1">
+        <f t="array" ref="BB61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AX61="有のみ"),"T+1",AND(LEFT($Q61,4)="金銭設定",$AX61="両方可"),"T+1",AND(LEFT($Q61,4)="現物設定",$AX61="有のみ"),"T+0",AND(LEFT($Q61,4)="現物設定",$AX61="両方可"),"T+0",$AX61="無のみ","",$AX61="","")</f>
+        <v/>
+      </c>
+      <c r="BC61" s="61"/>
+      <c r="BD61" s="60" t="str" cm="1">
+        <f t="array" ref="BD61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AV61="有のみ"),"T+1",AND(LEFT($Q61,4)="金銭設定",$AV61="両方可"),"T+1",AND(LEFT($Q61,4)="現物設定",$AV61="有のみ"),"T+0",AND(LEFT($Q61,4)="現物設定",$AV61="両方可"),"T+0",$AV61="無のみ","",$AV61="","")</f>
+        <v/>
+      </c>
+      <c r="BE61" s="61"/>
+      <c r="BF61" s="60" t="str" cm="1">
+        <f t="array" ref="BF61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AX61="有のみ"),"T+1",AND(LEFT($Q61,4)="金銭設定",$AX61="両方可"),"T+1",AND(LEFT($Q61,4)="現物設定",$AX61="有のみ"),"T+0",AND(LEFT($Q61,4)="現物設定",$AX61="両方可"),"T+0",$AX61="無のみ","",$AX61="","")</f>
+        <v/>
+      </c>
+      <c r="BG61" s="61"/>
+      <c r="BH61" s="60" t="str" cm="1">
+        <f t="array" ref="BH61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AV61="有のみ"),"T+2",AND(LEFT($Q61,4)="金銭設定",$AV61="両方可"),"T+2",AND(LEFT($Q61,4)="現物設定",$AV61="有のみ"),"T+1",AND(LEFT($Q61,4)="現物設定",$AV61="両方可"),"T+1",$AV61="無のみ","",$AV61="","")</f>
+        <v/>
+      </c>
+      <c r="BI61" s="61"/>
+      <c r="BJ61" s="60" t="str" cm="1">
+        <f t="array" ref="BJ61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AX61="有のみ"),"T+2",AND(LEFT($Q61,4)="金銭設定",$AX61="両方可"),"T+2",AND(LEFT($Q61,4)="現物設定",$AX61="有のみ"),"T+1",AND(LEFT($Q61,4)="現物設定",$AX61="両方可"),"T+1",$AX61="無のみ","",$AX61="","")</f>
+        <v/>
+      </c>
+      <c r="BK61" s="61"/>
+      <c r="BL61" s="60" t="str" cm="1">
+        <f t="array" ref="BL61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AV61="有のみ"),"T+2",AND(LEFT($Q61,4)="金銭設定",$AV61="両方可"),"T+2",AND(LEFT($Q61,4)="現物設定",$AV61="有のみ"),"T+2",AND(LEFT($Q61,4)="現物設定",$AV61="両方可"),"T+2",$AV61="無のみ","",$AV61="","")</f>
+        <v/>
+      </c>
+      <c r="BM61" s="61"/>
+      <c r="BN61" s="60" t="str" cm="1">
+        <f t="array" ref="BN61">_xlfn.IFS(AND(LEFT($Q61,4)="金銭設定",$AX61="有のみ"),"T+2",AND(LEFT($Q61,4)="金銭設定",$AX61="両方可"),"T+2",AND(LEFT($Q61,4)="現物設定",$AX61="有のみ"),"T+2",AND(LEFT($Q61,4)="現物設定",$AX61="両方可"),"T+2",$AX61="無のみ","",$AX61="","")</f>
+        <v/>
+      </c>
+      <c r="BO61" s="61"/>
+      <c r="BP61" s="45"/>
+      <c r="BQ61" s="63"/>
+      <c r="BR61" s="45"/>
+      <c r="BS61" s="63"/>
+      <c r="BT61" s="45"/>
+      <c r="BU61" s="63"/>
+      <c r="BV61" s="45"/>
+      <c r="BW61" s="63"/>
+      <c r="BX61" s="45"/>
+      <c r="BY61" s="63"/>
+      <c r="BZ61" s="45"/>
+      <c r="CA61" s="63"/>
+      <c r="CB61" s="45"/>
+      <c r="CC61" s="63"/>
+      <c r="CD61" s="45"/>
+      <c r="CE61" s="63"/>
+      <c r="CF61" s="65"/>
+      <c r="CG61" s="66"/>
+      <c r="CH61" s="66"/>
+      <c r="CI61" s="66"/>
+      <c r="CJ61" s="65"/>
+      <c r="CK61" s="66"/>
+      <c r="CL61" s="66"/>
+      <c r="CM61" s="66"/>
+      <c r="CN61" s="45"/>
+      <c r="CO61" s="46"/>
+      <c r="CP61" s="45"/>
+      <c r="CQ61" s="46"/>
+      <c r="CR61" s="47"/>
+      <c r="CS61" s="47"/>
+      <c r="CT61" s="47"/>
+      <c r="CU61" s="47"/>
+      <c r="CV61" s="47"/>
+      <c r="CW61" s="47"/>
+      <c r="CX61" s="47"/>
+      <c r="CY61" s="47"/>
+      <c r="CZ61" s="47"/>
+      <c r="DA61" s="47"/>
+      <c r="DB61" s="47"/>
+      <c r="DC61" s="47"/>
+      <c r="DD61" s="47"/>
+      <c r="DE61" s="47"/>
+      <c r="DF61" s="47"/>
+      <c r="DG61" s="47"/>
+      <c r="DH61" s="47"/>
+      <c r="DI61" s="47"/>
+      <c r="DJ61" s="47"/>
+      <c r="DK61" s="47"/>
+      <c r="DL61" s="44"/>
+      <c r="DM61" s="47"/>
+      <c r="DN61" s="47"/>
+      <c r="DO61" s="47"/>
+      <c r="DP61" s="47"/>
+      <c r="DQ61" s="47"/>
+      <c r="DR61" s="48"/>
+      <c r="DS61" s="48"/>
+      <c r="DT61" s="48"/>
+      <c r="DU61" s="48"/>
+      <c r="DV61" s="48"/>
+      <c r="DW61" s="54"/>
+      <c r="DX61" s="54"/>
+      <c r="DY61" s="54"/>
+      <c r="DZ61" s="54"/>
+      <c r="EA61" s="54"/>
+      <c r="EB61" s="54"/>
+      <c r="EC61" s="54"/>
+      <c r="ED61" s="54"/>
+      <c r="EE61" s="54"/>
+      <c r="EF61" s="54"/>
+      <c r="EG61" s="54"/>
+      <c r="EH61" s="54"/>
+      <c r="EI61" s="54"/>
+      <c r="EJ61" s="54"/>
+      <c r="EK61" s="54"/>
+      <c r="EL61" s="55"/>
+      <c r="EM61" s="55"/>
+      <c r="EN61" s="55"/>
+      <c r="EO61" s="55"/>
+      <c r="EP61" s="55"/>
+      <c r="EQ61" s="55"/>
+      <c r="ER61" s="55"/>
+      <c r="ES61" s="55"/>
+      <c r="ET61" s="55"/>
     </row>
     <row r="62" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="2"/>
-      <c r="B62" s="60">
+      <c r="B62" s="67">
         <v>48</v>
       </c>
-      <c r="C62" s="42"/>
-[...172 lines deleted...]
-      <c r="ET62" s="54"/>
+      <c r="C62" s="68"/>
+      <c r="D62" s="69"/>
+      <c r="E62" s="70"/>
+      <c r="F62" s="71"/>
+      <c r="G62" s="66"/>
+      <c r="H62" s="66"/>
+      <c r="I62" s="72"/>
+      <c r="J62" s="64"/>
+      <c r="K62" s="64"/>
+      <c r="L62" s="64"/>
+      <c r="M62" s="64"/>
+      <c r="N62" s="64"/>
+      <c r="O62" s="64"/>
+      <c r="P62" s="64"/>
+      <c r="Q62" s="45"/>
+      <c r="R62" s="63"/>
+      <c r="S62" s="63"/>
+      <c r="T62" s="63"/>
+      <c r="U62" s="63"/>
+      <c r="V62" s="63"/>
+      <c r="W62" s="46"/>
+      <c r="X62" s="45"/>
+      <c r="Y62" s="63"/>
+      <c r="Z62" s="63"/>
+      <c r="AA62" s="63"/>
+      <c r="AB62" s="63"/>
+      <c r="AC62" s="63"/>
+      <c r="AD62" s="63"/>
+      <c r="AE62" s="63"/>
+      <c r="AF62" s="63"/>
+      <c r="AG62" s="63"/>
+      <c r="AH62" s="63"/>
+      <c r="AI62" s="46"/>
+      <c r="AJ62" s="45"/>
+      <c r="AK62" s="63"/>
+      <c r="AL62" s="63"/>
+      <c r="AM62" s="63"/>
+      <c r="AN62" s="63"/>
+      <c r="AO62" s="63"/>
+      <c r="AP62" s="63"/>
+      <c r="AQ62" s="63"/>
+      <c r="AR62" s="63"/>
+      <c r="AS62" s="63"/>
+      <c r="AT62" s="63"/>
+      <c r="AU62" s="46"/>
+      <c r="AV62" s="45"/>
+      <c r="AW62" s="46"/>
+      <c r="AX62" s="45"/>
+      <c r="AY62" s="46"/>
+      <c r="AZ62" s="60" t="str" cm="1">
+        <f t="array" ref="AZ62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AV62="有のみ"),"T+1",AND(LEFT($Q62,4)="金銭設定",$AV62="両方可"),"T+1",AND(LEFT($Q62,4)="現物設定",$AV62="有のみ"),"T+0",AND(LEFT($Q62,4)="現物設定",$AV62="両方可"),"T+0",$AV62="無のみ","",$AV62="","")</f>
+        <v/>
+      </c>
+      <c r="BA62" s="61"/>
+      <c r="BB62" s="60" t="str" cm="1">
+        <f t="array" ref="BB62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AX62="有のみ"),"T+1",AND(LEFT($Q62,4)="金銭設定",$AX62="両方可"),"T+1",AND(LEFT($Q62,4)="現物設定",$AX62="有のみ"),"T+0",AND(LEFT($Q62,4)="現物設定",$AX62="両方可"),"T+0",$AX62="無のみ","",$AX62="","")</f>
+        <v/>
+      </c>
+      <c r="BC62" s="61"/>
+      <c r="BD62" s="60" t="str" cm="1">
+        <f t="array" ref="BD62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AV62="有のみ"),"T+1",AND(LEFT($Q62,4)="金銭設定",$AV62="両方可"),"T+1",AND(LEFT($Q62,4)="現物設定",$AV62="有のみ"),"T+0",AND(LEFT($Q62,4)="現物設定",$AV62="両方可"),"T+0",$AV62="無のみ","",$AV62="","")</f>
+        <v/>
+      </c>
+      <c r="BE62" s="61"/>
+      <c r="BF62" s="60" t="str" cm="1">
+        <f t="array" ref="BF62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AX62="有のみ"),"T+1",AND(LEFT($Q62,4)="金銭設定",$AX62="両方可"),"T+1",AND(LEFT($Q62,4)="現物設定",$AX62="有のみ"),"T+0",AND(LEFT($Q62,4)="現物設定",$AX62="両方可"),"T+0",$AX62="無のみ","",$AX62="","")</f>
+        <v/>
+      </c>
+      <c r="BG62" s="61"/>
+      <c r="BH62" s="60" t="str" cm="1">
+        <f t="array" ref="BH62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AV62="有のみ"),"T+2",AND(LEFT($Q62,4)="金銭設定",$AV62="両方可"),"T+2",AND(LEFT($Q62,4)="現物設定",$AV62="有のみ"),"T+1",AND(LEFT($Q62,4)="現物設定",$AV62="両方可"),"T+1",$AV62="無のみ","",$AV62="","")</f>
+        <v/>
+      </c>
+      <c r="BI62" s="61"/>
+      <c r="BJ62" s="60" t="str" cm="1">
+        <f t="array" ref="BJ62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AX62="有のみ"),"T+2",AND(LEFT($Q62,4)="金銭設定",$AX62="両方可"),"T+2",AND(LEFT($Q62,4)="現物設定",$AX62="有のみ"),"T+1",AND(LEFT($Q62,4)="現物設定",$AX62="両方可"),"T+1",$AX62="無のみ","",$AX62="","")</f>
+        <v/>
+      </c>
+      <c r="BK62" s="61"/>
+      <c r="BL62" s="60" t="str" cm="1">
+        <f t="array" ref="BL62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AV62="有のみ"),"T+2",AND(LEFT($Q62,4)="金銭設定",$AV62="両方可"),"T+2",AND(LEFT($Q62,4)="現物設定",$AV62="有のみ"),"T+2",AND(LEFT($Q62,4)="現物設定",$AV62="両方可"),"T+2",$AV62="無のみ","",$AV62="","")</f>
+        <v/>
+      </c>
+      <c r="BM62" s="61"/>
+      <c r="BN62" s="60" t="str" cm="1">
+        <f t="array" ref="BN62">_xlfn.IFS(AND(LEFT($Q62,4)="金銭設定",$AX62="有のみ"),"T+2",AND(LEFT($Q62,4)="金銭設定",$AX62="両方可"),"T+2",AND(LEFT($Q62,4)="現物設定",$AX62="有のみ"),"T+2",AND(LEFT($Q62,4)="現物設定",$AX62="両方可"),"T+2",$AX62="無のみ","",$AX62="","")</f>
+        <v/>
+      </c>
+      <c r="BO62" s="61"/>
+      <c r="BP62" s="45"/>
+      <c r="BQ62" s="63"/>
+      <c r="BR62" s="45"/>
+      <c r="BS62" s="63"/>
+      <c r="BT62" s="45"/>
+      <c r="BU62" s="63"/>
+      <c r="BV62" s="45"/>
+      <c r="BW62" s="63"/>
+      <c r="BX62" s="45"/>
+      <c r="BY62" s="63"/>
+      <c r="BZ62" s="45"/>
+      <c r="CA62" s="63"/>
+      <c r="CB62" s="45"/>
+      <c r="CC62" s="63"/>
+      <c r="CD62" s="45"/>
+      <c r="CE62" s="63"/>
+      <c r="CF62" s="65"/>
+      <c r="CG62" s="66"/>
+      <c r="CH62" s="66"/>
+      <c r="CI62" s="66"/>
+      <c r="CJ62" s="65"/>
+      <c r="CK62" s="66"/>
+      <c r="CL62" s="66"/>
+      <c r="CM62" s="66"/>
+      <c r="CN62" s="45"/>
+      <c r="CO62" s="46"/>
+      <c r="CP62" s="45"/>
+      <c r="CQ62" s="46"/>
+      <c r="CR62" s="47"/>
+      <c r="CS62" s="47"/>
+      <c r="CT62" s="47"/>
+      <c r="CU62" s="47"/>
+      <c r="CV62" s="47"/>
+      <c r="CW62" s="47"/>
+      <c r="CX62" s="47"/>
+      <c r="CY62" s="47"/>
+      <c r="CZ62" s="47"/>
+      <c r="DA62" s="47"/>
+      <c r="DB62" s="47"/>
+      <c r="DC62" s="47"/>
+      <c r="DD62" s="47"/>
+      <c r="DE62" s="47"/>
+      <c r="DF62" s="47"/>
+      <c r="DG62" s="47"/>
+      <c r="DH62" s="47"/>
+      <c r="DI62" s="47"/>
+      <c r="DJ62" s="47"/>
+      <c r="DK62" s="47"/>
+      <c r="DL62" s="44"/>
+      <c r="DM62" s="47"/>
+      <c r="DN62" s="47"/>
+      <c r="DO62" s="47"/>
+      <c r="DP62" s="47"/>
+      <c r="DQ62" s="47"/>
+      <c r="DR62" s="48"/>
+      <c r="DS62" s="48"/>
+      <c r="DT62" s="48"/>
+      <c r="DU62" s="48"/>
+      <c r="DV62" s="48"/>
+      <c r="DW62" s="54"/>
+      <c r="DX62" s="54"/>
+      <c r="DY62" s="54"/>
+      <c r="DZ62" s="54"/>
+      <c r="EA62" s="54"/>
+      <c r="EB62" s="54"/>
+      <c r="EC62" s="54"/>
+      <c r="ED62" s="54"/>
+      <c r="EE62" s="54"/>
+      <c r="EF62" s="54"/>
+      <c r="EG62" s="54"/>
+      <c r="EH62" s="54"/>
+      <c r="EI62" s="54"/>
+      <c r="EJ62" s="54"/>
+      <c r="EK62" s="54"/>
+      <c r="EL62" s="55"/>
+      <c r="EM62" s="55"/>
+      <c r="EN62" s="55"/>
+      <c r="EO62" s="55"/>
+      <c r="EP62" s="55"/>
+      <c r="EQ62" s="55"/>
+      <c r="ER62" s="55"/>
+      <c r="ES62" s="55"/>
+      <c r="ET62" s="55"/>
     </row>
     <row r="63" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="2"/>
-      <c r="B63" s="60">
+      <c r="B63" s="67">
         <v>49</v>
       </c>
-      <c r="C63" s="42"/>
-[...172 lines deleted...]
-      <c r="ET63" s="54"/>
+      <c r="C63" s="68"/>
+      <c r="D63" s="69"/>
+      <c r="E63" s="70"/>
+      <c r="F63" s="71"/>
+      <c r="G63" s="66"/>
+      <c r="H63" s="66"/>
+      <c r="I63" s="72"/>
+      <c r="J63" s="64"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="64"/>
+      <c r="M63" s="64"/>
+      <c r="N63" s="64"/>
+      <c r="O63" s="64"/>
+      <c r="P63" s="64"/>
+      <c r="Q63" s="45"/>
+      <c r="R63" s="63"/>
+      <c r="S63" s="63"/>
+      <c r="T63" s="63"/>
+      <c r="U63" s="63"/>
+      <c r="V63" s="63"/>
+      <c r="W63" s="46"/>
+      <c r="X63" s="45"/>
+      <c r="Y63" s="63"/>
+      <c r="Z63" s="63"/>
+      <c r="AA63" s="63"/>
+      <c r="AB63" s="63"/>
+      <c r="AC63" s="63"/>
+      <c r="AD63" s="63"/>
+      <c r="AE63" s="63"/>
+      <c r="AF63" s="63"/>
+      <c r="AG63" s="63"/>
+      <c r="AH63" s="63"/>
+      <c r="AI63" s="46"/>
+      <c r="AJ63" s="45"/>
+      <c r="AK63" s="63"/>
+      <c r="AL63" s="63"/>
+      <c r="AM63" s="63"/>
+      <c r="AN63" s="63"/>
+      <c r="AO63" s="63"/>
+      <c r="AP63" s="63"/>
+      <c r="AQ63" s="63"/>
+      <c r="AR63" s="63"/>
+      <c r="AS63" s="63"/>
+      <c r="AT63" s="63"/>
+      <c r="AU63" s="46"/>
+      <c r="AV63" s="45"/>
+      <c r="AW63" s="46"/>
+      <c r="AX63" s="45"/>
+      <c r="AY63" s="46"/>
+      <c r="AZ63" s="60" t="str" cm="1">
+        <f t="array" ref="AZ63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AV63="有のみ"),"T+1",AND(LEFT($Q63,4)="金銭設定",$AV63="両方可"),"T+1",AND(LEFT($Q63,4)="現物設定",$AV63="有のみ"),"T+0",AND(LEFT($Q63,4)="現物設定",$AV63="両方可"),"T+0",$AV63="無のみ","",$AV63="","")</f>
+        <v/>
+      </c>
+      <c r="BA63" s="61"/>
+      <c r="BB63" s="60" t="str" cm="1">
+        <f t="array" ref="BB63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AX63="有のみ"),"T+1",AND(LEFT($Q63,4)="金銭設定",$AX63="両方可"),"T+1",AND(LEFT($Q63,4)="現物設定",$AX63="有のみ"),"T+0",AND(LEFT($Q63,4)="現物設定",$AX63="両方可"),"T+0",$AX63="無のみ","",$AX63="","")</f>
+        <v/>
+      </c>
+      <c r="BC63" s="61"/>
+      <c r="BD63" s="60" t="str" cm="1">
+        <f t="array" ref="BD63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AV63="有のみ"),"T+1",AND(LEFT($Q63,4)="金銭設定",$AV63="両方可"),"T+1",AND(LEFT($Q63,4)="現物設定",$AV63="有のみ"),"T+0",AND(LEFT($Q63,4)="現物設定",$AV63="両方可"),"T+0",$AV63="無のみ","",$AV63="","")</f>
+        <v/>
+      </c>
+      <c r="BE63" s="61"/>
+      <c r="BF63" s="60" t="str" cm="1">
+        <f t="array" ref="BF63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AX63="有のみ"),"T+1",AND(LEFT($Q63,4)="金銭設定",$AX63="両方可"),"T+1",AND(LEFT($Q63,4)="現物設定",$AX63="有のみ"),"T+0",AND(LEFT($Q63,4)="現物設定",$AX63="両方可"),"T+0",$AX63="無のみ","",$AX63="","")</f>
+        <v/>
+      </c>
+      <c r="BG63" s="61"/>
+      <c r="BH63" s="60" t="str" cm="1">
+        <f t="array" ref="BH63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AV63="有のみ"),"T+2",AND(LEFT($Q63,4)="金銭設定",$AV63="両方可"),"T+2",AND(LEFT($Q63,4)="現物設定",$AV63="有のみ"),"T+1",AND(LEFT($Q63,4)="現物設定",$AV63="両方可"),"T+1",$AV63="無のみ","",$AV63="","")</f>
+        <v/>
+      </c>
+      <c r="BI63" s="61"/>
+      <c r="BJ63" s="60" t="str" cm="1">
+        <f t="array" ref="BJ63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AX63="有のみ"),"T+2",AND(LEFT($Q63,4)="金銭設定",$AX63="両方可"),"T+2",AND(LEFT($Q63,4)="現物設定",$AX63="有のみ"),"T+1",AND(LEFT($Q63,4)="現物設定",$AX63="両方可"),"T+1",$AX63="無のみ","",$AX63="","")</f>
+        <v/>
+      </c>
+      <c r="BK63" s="61"/>
+      <c r="BL63" s="60" t="str" cm="1">
+        <f t="array" ref="BL63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AV63="有のみ"),"T+2",AND(LEFT($Q63,4)="金銭設定",$AV63="両方可"),"T+2",AND(LEFT($Q63,4)="現物設定",$AV63="有のみ"),"T+2",AND(LEFT($Q63,4)="現物設定",$AV63="両方可"),"T+2",$AV63="無のみ","",$AV63="","")</f>
+        <v/>
+      </c>
+      <c r="BM63" s="61"/>
+      <c r="BN63" s="60" t="str" cm="1">
+        <f t="array" ref="BN63">_xlfn.IFS(AND(LEFT($Q63,4)="金銭設定",$AX63="有のみ"),"T+2",AND(LEFT($Q63,4)="金銭設定",$AX63="両方可"),"T+2",AND(LEFT($Q63,4)="現物設定",$AX63="有のみ"),"T+2",AND(LEFT($Q63,4)="現物設定",$AX63="両方可"),"T+2",$AX63="無のみ","",$AX63="","")</f>
+        <v/>
+      </c>
+      <c r="BO63" s="61"/>
+      <c r="BP63" s="45"/>
+      <c r="BQ63" s="63"/>
+      <c r="BR63" s="45"/>
+      <c r="BS63" s="63"/>
+      <c r="BT63" s="45"/>
+      <c r="BU63" s="63"/>
+      <c r="BV63" s="45"/>
+      <c r="BW63" s="63"/>
+      <c r="BX63" s="45"/>
+      <c r="BY63" s="63"/>
+      <c r="BZ63" s="45"/>
+      <c r="CA63" s="63"/>
+      <c r="CB63" s="45"/>
+      <c r="CC63" s="63"/>
+      <c r="CD63" s="45"/>
+      <c r="CE63" s="63"/>
+      <c r="CF63" s="65"/>
+      <c r="CG63" s="66"/>
+      <c r="CH63" s="66"/>
+      <c r="CI63" s="66"/>
+      <c r="CJ63" s="65"/>
+      <c r="CK63" s="66"/>
+      <c r="CL63" s="66"/>
+      <c r="CM63" s="66"/>
+      <c r="CN63" s="45"/>
+      <c r="CO63" s="46"/>
+      <c r="CP63" s="45"/>
+      <c r="CQ63" s="46"/>
+      <c r="CR63" s="47"/>
+      <c r="CS63" s="47"/>
+      <c r="CT63" s="47"/>
+      <c r="CU63" s="47"/>
+      <c r="CV63" s="47"/>
+      <c r="CW63" s="47"/>
+      <c r="CX63" s="47"/>
+      <c r="CY63" s="47"/>
+      <c r="CZ63" s="47"/>
+      <c r="DA63" s="47"/>
+      <c r="DB63" s="47"/>
+      <c r="DC63" s="47"/>
+      <c r="DD63" s="47"/>
+      <c r="DE63" s="47"/>
+      <c r="DF63" s="47"/>
+      <c r="DG63" s="47"/>
+      <c r="DH63" s="47"/>
+      <c r="DI63" s="47"/>
+      <c r="DJ63" s="47"/>
+      <c r="DK63" s="47"/>
+      <c r="DL63" s="44"/>
+      <c r="DM63" s="47"/>
+      <c r="DN63" s="47"/>
+      <c r="DO63" s="47"/>
+      <c r="DP63" s="47"/>
+      <c r="DQ63" s="47"/>
+      <c r="DR63" s="48"/>
+      <c r="DS63" s="48"/>
+      <c r="DT63" s="48"/>
+      <c r="DU63" s="48"/>
+      <c r="DV63" s="48"/>
+      <c r="DW63" s="54"/>
+      <c r="DX63" s="54"/>
+      <c r="DY63" s="54"/>
+      <c r="DZ63" s="54"/>
+      <c r="EA63" s="54"/>
+      <c r="EB63" s="54"/>
+      <c r="EC63" s="54"/>
+      <c r="ED63" s="54"/>
+      <c r="EE63" s="54"/>
+      <c r="EF63" s="54"/>
+      <c r="EG63" s="54"/>
+      <c r="EH63" s="54"/>
+      <c r="EI63" s="54"/>
+      <c r="EJ63" s="54"/>
+      <c r="EK63" s="54"/>
+      <c r="EL63" s="55"/>
+      <c r="EM63" s="55"/>
+      <c r="EN63" s="55"/>
+      <c r="EO63" s="55"/>
+      <c r="EP63" s="55"/>
+      <c r="EQ63" s="55"/>
+      <c r="ER63" s="55"/>
+      <c r="ES63" s="55"/>
+      <c r="ET63" s="55"/>
     </row>
     <row r="64" spans="1:150" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="2"/>
-      <c r="B64" s="60">
+      <c r="B64" s="67">
         <v>50</v>
       </c>
-      <c r="C64" s="42"/>
-[...172 lines deleted...]
-      <c r="ET64" s="54"/>
+      <c r="C64" s="68"/>
+      <c r="D64" s="69"/>
+      <c r="E64" s="70"/>
+      <c r="F64" s="71"/>
+      <c r="G64" s="66"/>
+      <c r="H64" s="66"/>
+      <c r="I64" s="72"/>
+      <c r="J64" s="64"/>
+      <c r="K64" s="64"/>
+      <c r="L64" s="64"/>
+      <c r="M64" s="64"/>
+      <c r="N64" s="64"/>
+      <c r="O64" s="64"/>
+      <c r="P64" s="64"/>
+      <c r="Q64" s="45"/>
+      <c r="R64" s="63"/>
+      <c r="S64" s="63"/>
+      <c r="T64" s="63"/>
+      <c r="U64" s="63"/>
+      <c r="V64" s="63"/>
+      <c r="W64" s="46"/>
+      <c r="X64" s="45"/>
+      <c r="Y64" s="63"/>
+      <c r="Z64" s="63"/>
+      <c r="AA64" s="63"/>
+      <c r="AB64" s="63"/>
+      <c r="AC64" s="63"/>
+      <c r="AD64" s="63"/>
+      <c r="AE64" s="63"/>
+      <c r="AF64" s="63"/>
+      <c r="AG64" s="63"/>
+      <c r="AH64" s="63"/>
+      <c r="AI64" s="46"/>
+      <c r="AJ64" s="45"/>
+      <c r="AK64" s="63"/>
+      <c r="AL64" s="63"/>
+      <c r="AM64" s="63"/>
+      <c r="AN64" s="63"/>
+      <c r="AO64" s="63"/>
+      <c r="AP64" s="63"/>
+      <c r="AQ64" s="63"/>
+      <c r="AR64" s="63"/>
+      <c r="AS64" s="63"/>
+      <c r="AT64" s="63"/>
+      <c r="AU64" s="46"/>
+      <c r="AV64" s="45"/>
+      <c r="AW64" s="46"/>
+      <c r="AX64" s="45"/>
+      <c r="AY64" s="46"/>
+      <c r="AZ64" s="60" t="str" cm="1">
+        <f t="array" ref="AZ64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AV64="有のみ"),"T+1",AND(LEFT($Q64,4)="金銭設定",$AV64="両方可"),"T+1",AND(LEFT($Q64,4)="現物設定",$AV64="有のみ"),"T+0",AND(LEFT($Q64,4)="現物設定",$AV64="両方可"),"T+0",$AV64="無のみ","",$AV64="","")</f>
+        <v/>
+      </c>
+      <c r="BA64" s="61"/>
+      <c r="BB64" s="60" t="str" cm="1">
+        <f t="array" ref="BB64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AX64="有のみ"),"T+1",AND(LEFT($Q64,4)="金銭設定",$AX64="両方可"),"T+1",AND(LEFT($Q64,4)="現物設定",$AX64="有のみ"),"T+0",AND(LEFT($Q64,4)="現物設定",$AX64="両方可"),"T+0",$AX64="無のみ","",$AX64="","")</f>
+        <v/>
+      </c>
+      <c r="BC64" s="61"/>
+      <c r="BD64" s="60" t="str" cm="1">
+        <f t="array" ref="BD64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AV64="有のみ"),"T+1",AND(LEFT($Q64,4)="金銭設定",$AV64="両方可"),"T+1",AND(LEFT($Q64,4)="現物設定",$AV64="有のみ"),"T+0",AND(LEFT($Q64,4)="現物設定",$AV64="両方可"),"T+0",$AV64="無のみ","",$AV64="","")</f>
+        <v/>
+      </c>
+      <c r="BE64" s="61"/>
+      <c r="BF64" s="60" t="str" cm="1">
+        <f t="array" ref="BF64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AX64="有のみ"),"T+1",AND(LEFT($Q64,4)="金銭設定",$AX64="両方可"),"T+1",AND(LEFT($Q64,4)="現物設定",$AX64="有のみ"),"T+0",AND(LEFT($Q64,4)="現物設定",$AX64="両方可"),"T+0",$AX64="無のみ","",$AX64="","")</f>
+        <v/>
+      </c>
+      <c r="BG64" s="61"/>
+      <c r="BH64" s="60" t="str" cm="1">
+        <f t="array" ref="BH64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AV64="有のみ"),"T+2",AND(LEFT($Q64,4)="金銭設定",$AV64="両方可"),"T+2",AND(LEFT($Q64,4)="現物設定",$AV64="有のみ"),"T+1",AND(LEFT($Q64,4)="現物設定",$AV64="両方可"),"T+1",$AV64="無のみ","",$AV64="","")</f>
+        <v/>
+      </c>
+      <c r="BI64" s="61"/>
+      <c r="BJ64" s="60" t="str" cm="1">
+        <f t="array" ref="BJ64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AX64="有のみ"),"T+2",AND(LEFT($Q64,4)="金銭設定",$AX64="両方可"),"T+2",AND(LEFT($Q64,4)="現物設定",$AX64="有のみ"),"T+1",AND(LEFT($Q64,4)="現物設定",$AX64="両方可"),"T+1",$AX64="無のみ","",$AX64="","")</f>
+        <v/>
+      </c>
+      <c r="BK64" s="61"/>
+      <c r="BL64" s="60" t="str" cm="1">
+        <f t="array" ref="BL64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AV64="有のみ"),"T+2",AND(LEFT($Q64,4)="金銭設定",$AV64="両方可"),"T+2",AND(LEFT($Q64,4)="現物設定",$AV64="有のみ"),"T+2",AND(LEFT($Q64,4)="現物設定",$AV64="両方可"),"T+2",$AV64="無のみ","",$AV64="","")</f>
+        <v/>
+      </c>
+      <c r="BM64" s="61"/>
+      <c r="BN64" s="60" t="str" cm="1">
+        <f t="array" ref="BN64">_xlfn.IFS(AND(LEFT($Q64,4)="金銭設定",$AX64="有のみ"),"T+2",AND(LEFT($Q64,4)="金銭設定",$AX64="両方可"),"T+2",AND(LEFT($Q64,4)="現物設定",$AX64="有のみ"),"T+2",AND(LEFT($Q64,4)="現物設定",$AX64="両方可"),"T+2",$AX64="無のみ","",$AX64="","")</f>
+        <v/>
+      </c>
+      <c r="BO64" s="61"/>
+      <c r="BP64" s="45"/>
+      <c r="BQ64" s="63"/>
+      <c r="BR64" s="45"/>
+      <c r="BS64" s="63"/>
+      <c r="BT64" s="45"/>
+      <c r="BU64" s="63"/>
+      <c r="BV64" s="45"/>
+      <c r="BW64" s="63"/>
+      <c r="BX64" s="45"/>
+      <c r="BY64" s="63"/>
+      <c r="BZ64" s="45"/>
+      <c r="CA64" s="63"/>
+      <c r="CB64" s="45"/>
+      <c r="CC64" s="63"/>
+      <c r="CD64" s="45"/>
+      <c r="CE64" s="63"/>
+      <c r="CF64" s="65"/>
+      <c r="CG64" s="66"/>
+      <c r="CH64" s="66"/>
+      <c r="CI64" s="66"/>
+      <c r="CJ64" s="65"/>
+      <c r="CK64" s="66"/>
+      <c r="CL64" s="66"/>
+      <c r="CM64" s="66"/>
+      <c r="CN64" s="45"/>
+      <c r="CO64" s="46"/>
+      <c r="CP64" s="45"/>
+      <c r="CQ64" s="46"/>
+      <c r="CR64" s="47"/>
+      <c r="CS64" s="47"/>
+      <c r="CT64" s="47"/>
+      <c r="CU64" s="47"/>
+      <c r="CV64" s="47"/>
+      <c r="CW64" s="47"/>
+      <c r="CX64" s="47"/>
+      <c r="CY64" s="47"/>
+      <c r="CZ64" s="47"/>
+      <c r="DA64" s="47"/>
+      <c r="DB64" s="47"/>
+      <c r="DC64" s="47"/>
+      <c r="DD64" s="47"/>
+      <c r="DE64" s="47"/>
+      <c r="DF64" s="47"/>
+      <c r="DG64" s="47"/>
+      <c r="DH64" s="47"/>
+      <c r="DI64" s="47"/>
+      <c r="DJ64" s="47"/>
+      <c r="DK64" s="47"/>
+      <c r="DL64" s="44"/>
+      <c r="DM64" s="47"/>
+      <c r="DN64" s="47"/>
+      <c r="DO64" s="47"/>
+      <c r="DP64" s="47"/>
+      <c r="DQ64" s="47"/>
+      <c r="DR64" s="48"/>
+      <c r="DS64" s="48"/>
+      <c r="DT64" s="48"/>
+      <c r="DU64" s="48"/>
+      <c r="DV64" s="48"/>
+      <c r="DW64" s="54"/>
+      <c r="DX64" s="54"/>
+      <c r="DY64" s="54"/>
+      <c r="DZ64" s="54"/>
+      <c r="EA64" s="54"/>
+      <c r="EB64" s="54"/>
+      <c r="EC64" s="54"/>
+      <c r="ED64" s="54"/>
+      <c r="EE64" s="54"/>
+      <c r="EF64" s="54"/>
+      <c r="EG64" s="54"/>
+      <c r="EH64" s="54"/>
+      <c r="EI64" s="54"/>
+      <c r="EJ64" s="54"/>
+      <c r="EK64" s="54"/>
+      <c r="EL64" s="55"/>
+      <c r="EM64" s="55"/>
+      <c r="EN64" s="55"/>
+      <c r="EO64" s="55"/>
+      <c r="EP64" s="55"/>
+      <c r="EQ64" s="55"/>
+      <c r="ER64" s="55"/>
+      <c r="ES64" s="55"/>
+      <c r="ET64" s="55"/>
     </row>
     <row r="65" spans="1:150" s="18" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="16"/>
-      <c r="B65" s="90"/>
-[...38 lines deleted...]
-      <c r="AO65" s="90"/>
+      <c r="B65" s="95"/>
+      <c r="C65" s="95"/>
+      <c r="D65" s="95"/>
+      <c r="E65" s="95"/>
+      <c r="F65" s="95"/>
+      <c r="G65" s="95"/>
+      <c r="H65" s="95"/>
+      <c r="I65" s="95"/>
+      <c r="J65" s="95"/>
+      <c r="K65" s="95"/>
+      <c r="L65" s="95"/>
+      <c r="M65" s="95"/>
+      <c r="N65" s="95"/>
+      <c r="O65" s="95"/>
+      <c r="P65" s="95"/>
+      <c r="Q65" s="95"/>
+      <c r="R65" s="95"/>
+      <c r="S65" s="95"/>
+      <c r="T65" s="95"/>
+      <c r="U65" s="95"/>
+      <c r="V65" s="95"/>
+      <c r="W65" s="95"/>
+      <c r="X65" s="95"/>
+      <c r="Y65" s="95"/>
+      <c r="Z65" s="95"/>
+      <c r="AA65" s="95"/>
+      <c r="AB65" s="95"/>
+      <c r="AC65" s="95"/>
+      <c r="AD65" s="95"/>
+      <c r="AE65" s="95"/>
+      <c r="AF65" s="95"/>
+      <c r="AG65" s="95"/>
+      <c r="AH65" s="95"/>
+      <c r="AI65" s="95"/>
+      <c r="AJ65" s="95"/>
+      <c r="AK65" s="95"/>
+      <c r="AL65" s="95"/>
+      <c r="AM65" s="95"/>
+      <c r="AN65" s="95"/>
+      <c r="AO65" s="95"/>
       <c r="AP65" s="6"/>
-      <c r="AQ65" s="90"/>
-[...78 lines deleted...]
-      <c r="DR65" s="17"/>
+      <c r="AQ65" s="95"/>
+      <c r="AR65" s="95"/>
+      <c r="AS65" s="95"/>
+      <c r="AT65" s="95"/>
+      <c r="AU65" s="95"/>
+      <c r="AV65" s="95"/>
+      <c r="AW65" s="95"/>
+      <c r="AX65" s="95"/>
+      <c r="AY65" s="95"/>
+      <c r="AZ65" s="95"/>
+      <c r="BA65" s="95"/>
+      <c r="BB65" s="95"/>
+      <c r="BC65" s="95"/>
+      <c r="BD65" s="95"/>
+      <c r="BE65" s="95"/>
+      <c r="BF65" s="95"/>
+      <c r="BG65" s="95"/>
+      <c r="BH65" s="95"/>
+      <c r="BI65" s="95"/>
+      <c r="BJ65" s="95"/>
+      <c r="BK65" s="95"/>
+      <c r="BL65" s="95"/>
+      <c r="BM65" s="95"/>
+      <c r="BN65" s="95"/>
+      <c r="BO65" s="95"/>
+      <c r="BP65" s="95"/>
+      <c r="BQ65" s="95"/>
+      <c r="BR65" s="95"/>
+      <c r="BS65" s="95"/>
+      <c r="BT65" s="95"/>
+      <c r="BU65" s="95"/>
+      <c r="BV65" s="95"/>
+      <c r="BW65" s="95"/>
+      <c r="BX65" s="95"/>
+      <c r="BY65" s="95"/>
+      <c r="BZ65" s="95"/>
+      <c r="CA65" s="95"/>
+      <c r="CB65" s="95"/>
+      <c r="CC65" s="95"/>
+      <c r="CD65" s="95"/>
+      <c r="CE65" s="95"/>
+      <c r="CF65" s="95"/>
+      <c r="CG65" s="95"/>
+      <c r="CH65" s="95"/>
+      <c r="CI65" s="95"/>
+      <c r="CJ65" s="95"/>
+      <c r="CK65" s="95"/>
+      <c r="CL65" s="95"/>
+      <c r="CM65" s="95"/>
+      <c r="CN65" s="95"/>
+      <c r="CO65" s="95"/>
+      <c r="CP65" s="95"/>
+      <c r="CQ65" s="95"/>
+      <c r="CR65" s="95"/>
+      <c r="CS65" s="95"/>
+      <c r="CT65" s="95"/>
+      <c r="CU65" s="95"/>
+      <c r="CV65" s="95"/>
+      <c r="CW65" s="95"/>
+      <c r="CX65" s="95"/>
+      <c r="CY65" s="95"/>
+      <c r="CZ65" s="95"/>
+      <c r="DA65" s="95"/>
+      <c r="DB65" s="95"/>
+      <c r="DC65" s="95"/>
+      <c r="DD65" s="95"/>
+      <c r="DE65" s="95"/>
+      <c r="DF65" s="95"/>
+      <c r="DG65" s="95"/>
+      <c r="DH65" s="95"/>
+      <c r="DI65" s="95"/>
+      <c r="DJ65" s="95"/>
+      <c r="DK65" s="95"/>
+      <c r="DL65" s="95"/>
+      <c r="DM65" s="95"/>
+      <c r="DN65" s="95"/>
+      <c r="DO65" s="95"/>
+      <c r="DP65" s="95"/>
+      <c r="DQ65" s="16"/>
+      <c r="DR65" s="16"/>
       <c r="DS65" s="17"/>
-      <c r="EL65" s="43" t="s">
-[...9 lines deleted...]
-      <c r="ET65" s="43"/>
+      <c r="DT65" s="17"/>
+      <c r="DU65" s="17"/>
+      <c r="DV65" s="17"/>
+      <c r="DW65" s="17"/>
+      <c r="DX65" s="17"/>
+      <c r="EG65" s="37"/>
+      <c r="EH65" s="37"/>
+      <c r="EI65" s="37"/>
+      <c r="EJ65" s="37"/>
+      <c r="EK65" s="37"/>
+      <c r="EL65" s="49" t="s">
+        <v>76</v>
+      </c>
+      <c r="EM65" s="49"/>
+      <c r="EN65" s="49"/>
+      <c r="EO65" s="49"/>
+      <c r="EP65" s="49"/>
+      <c r="EQ65" s="49"/>
+      <c r="ER65" s="49"/>
+      <c r="ES65" s="49"/>
+      <c r="ET65" s="49"/>
     </row>
     <row r="66" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
-      <c r="C66" s="88"/>
-[...37 lines deleted...]
-      <c r="AO66" s="88"/>
+      <c r="C66" s="93"/>
+      <c r="D66" s="93"/>
+      <c r="E66" s="93"/>
+      <c r="F66" s="93"/>
+      <c r="G66" s="93"/>
+      <c r="H66" s="93"/>
+      <c r="I66" s="93"/>
+      <c r="J66" s="93"/>
+      <c r="K66" s="93"/>
+      <c r="L66" s="93"/>
+      <c r="M66" s="93"/>
+      <c r="N66" s="93"/>
+      <c r="O66" s="93"/>
+      <c r="P66" s="93"/>
+      <c r="Q66" s="93"/>
+      <c r="R66" s="93"/>
+      <c r="S66" s="93"/>
+      <c r="T66" s="93"/>
+      <c r="U66" s="93"/>
+      <c r="V66" s="93"/>
+      <c r="W66" s="93"/>
+      <c r="X66" s="93"/>
+      <c r="Y66" s="93"/>
+      <c r="Z66" s="93"/>
+      <c r="AA66" s="93"/>
+      <c r="AB66" s="93"/>
+      <c r="AC66" s="93"/>
+      <c r="AD66" s="93"/>
+      <c r="AE66" s="93"/>
+      <c r="AF66" s="93"/>
+      <c r="AG66" s="93"/>
+      <c r="AH66" s="93"/>
+      <c r="AI66" s="93"/>
+      <c r="AJ66" s="93"/>
+      <c r="AK66" s="93"/>
+      <c r="AL66" s="93"/>
+      <c r="AM66" s="93"/>
+      <c r="AN66" s="93"/>
+      <c r="AO66" s="93"/>
       <c r="AP66" s="11"/>
       <c r="AQ66" s="11"/>
-      <c r="AR66" s="89"/>
-[...72 lines deleted...]
-      <c r="DM66" s="2"/>
+      <c r="AR66" s="94"/>
+      <c r="AS66" s="94"/>
+      <c r="AT66" s="94"/>
+      <c r="AU66" s="94"/>
+      <c r="AV66" s="94"/>
+      <c r="AW66" s="94"/>
+      <c r="AX66" s="94"/>
+      <c r="AY66" s="94"/>
+      <c r="AZ66" s="94"/>
+      <c r="BA66" s="94"/>
+      <c r="BB66" s="94"/>
+      <c r="BC66" s="94"/>
+      <c r="BD66" s="94"/>
+      <c r="BE66" s="94"/>
+      <c r="BF66" s="94"/>
+      <c r="BG66" s="94"/>
+      <c r="BH66" s="94"/>
+      <c r="BI66" s="94"/>
+      <c r="BJ66" s="94"/>
+      <c r="BK66" s="94"/>
+      <c r="BL66" s="94"/>
+      <c r="BM66" s="94"/>
+      <c r="BN66" s="94"/>
+      <c r="BO66" s="94"/>
+      <c r="BP66" s="94"/>
+      <c r="BQ66" s="94"/>
+      <c r="BR66" s="94"/>
+      <c r="BS66" s="94"/>
+      <c r="BT66" s="94"/>
+      <c r="BU66" s="94"/>
+      <c r="BV66" s="94"/>
+      <c r="BW66" s="94"/>
+      <c r="BX66" s="94"/>
+      <c r="BY66" s="94"/>
+      <c r="BZ66" s="94"/>
+      <c r="CA66" s="94"/>
+      <c r="CB66" s="94"/>
+      <c r="CC66" s="94"/>
+      <c r="CD66" s="94"/>
+      <c r="CE66" s="94"/>
+      <c r="CF66" s="94"/>
+      <c r="CG66" s="94"/>
+      <c r="CH66" s="94"/>
+      <c r="CI66" s="94"/>
+      <c r="CJ66" s="94"/>
+      <c r="CK66" s="94"/>
+      <c r="CL66" s="94"/>
+      <c r="CM66" s="94"/>
+      <c r="CN66" s="94"/>
+      <c r="CO66" s="94"/>
+      <c r="CP66" s="94"/>
+      <c r="CQ66" s="94"/>
+      <c r="CR66" s="94"/>
+      <c r="CS66" s="94"/>
+      <c r="CT66" s="94"/>
+      <c r="CU66" s="94"/>
+      <c r="CV66" s="94"/>
+      <c r="CW66" s="94"/>
+      <c r="CX66" s="94"/>
+      <c r="CY66" s="94"/>
+      <c r="CZ66" s="94"/>
+      <c r="DA66" s="94"/>
+      <c r="DB66" s="94"/>
+      <c r="DC66" s="94"/>
+      <c r="DD66" s="94"/>
+      <c r="DE66" s="94"/>
+      <c r="DF66" s="94"/>
+      <c r="DG66" s="94"/>
+      <c r="DH66" s="94"/>
+      <c r="DI66" s="94"/>
+      <c r="DJ66" s="94"/>
+      <c r="DK66" s="94"/>
+      <c r="DL66" s="94"/>
+      <c r="DM66" s="94"/>
+      <c r="DN66" s="94"/>
+      <c r="DO66" s="94"/>
+      <c r="DP66" s="94"/>
+      <c r="DQ66" s="2"/>
+      <c r="DR66" s="2"/>
     </row>
     <row r="67" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
-      <c r="C67" s="88"/>
-[...37 lines deleted...]
-      <c r="AO67" s="88"/>
+      <c r="C67" s="93"/>
+      <c r="D67" s="93"/>
+      <c r="E67" s="93"/>
+      <c r="F67" s="93"/>
+      <c r="G67" s="93"/>
+      <c r="H67" s="93"/>
+      <c r="I67" s="93"/>
+      <c r="J67" s="93"/>
+      <c r="K67" s="93"/>
+      <c r="L67" s="93"/>
+      <c r="M67" s="93"/>
+      <c r="N67" s="93"/>
+      <c r="O67" s="93"/>
+      <c r="P67" s="93"/>
+      <c r="Q67" s="93"/>
+      <c r="R67" s="93"/>
+      <c r="S67" s="93"/>
+      <c r="T67" s="93"/>
+      <c r="U67" s="93"/>
+      <c r="V67" s="93"/>
+      <c r="W67" s="93"/>
+      <c r="X67" s="93"/>
+      <c r="Y67" s="93"/>
+      <c r="Z67" s="93"/>
+      <c r="AA67" s="93"/>
+      <c r="AB67" s="93"/>
+      <c r="AC67" s="93"/>
+      <c r="AD67" s="93"/>
+      <c r="AE67" s="93"/>
+      <c r="AF67" s="93"/>
+      <c r="AG67" s="93"/>
+      <c r="AH67" s="93"/>
+      <c r="AI67" s="93"/>
+      <c r="AJ67" s="93"/>
+      <c r="AK67" s="93"/>
+      <c r="AL67" s="93"/>
+      <c r="AM67" s="93"/>
+      <c r="AN67" s="93"/>
+      <c r="AO67" s="93"/>
       <c r="AP67" s="12"/>
       <c r="AQ67" s="12"/>
-      <c r="AR67" s="89"/>
-[...72 lines deleted...]
-      <c r="DM67" s="2"/>
+      <c r="AR67" s="94"/>
+      <c r="AS67" s="94"/>
+      <c r="AT67" s="94"/>
+      <c r="AU67" s="94"/>
+      <c r="AV67" s="94"/>
+      <c r="AW67" s="94"/>
+      <c r="AX67" s="94"/>
+      <c r="AY67" s="94"/>
+      <c r="AZ67" s="94"/>
+      <c r="BA67" s="94"/>
+      <c r="BB67" s="94"/>
+      <c r="BC67" s="94"/>
+      <c r="BD67" s="94"/>
+      <c r="BE67" s="94"/>
+      <c r="BF67" s="94"/>
+      <c r="BG67" s="94"/>
+      <c r="BH67" s="94"/>
+      <c r="BI67" s="94"/>
+      <c r="BJ67" s="94"/>
+      <c r="BK67" s="94"/>
+      <c r="BL67" s="94"/>
+      <c r="BM67" s="94"/>
+      <c r="BN67" s="94"/>
+      <c r="BO67" s="94"/>
+      <c r="BP67" s="94"/>
+      <c r="BQ67" s="94"/>
+      <c r="BR67" s="94"/>
+      <c r="BS67" s="94"/>
+      <c r="BT67" s="94"/>
+      <c r="BU67" s="94"/>
+      <c r="BV67" s="94"/>
+      <c r="BW67" s="94"/>
+      <c r="BX67" s="94"/>
+      <c r="BY67" s="94"/>
+      <c r="BZ67" s="94"/>
+      <c r="CA67" s="94"/>
+      <c r="CB67" s="94"/>
+      <c r="CC67" s="94"/>
+      <c r="CD67" s="94"/>
+      <c r="CE67" s="94"/>
+      <c r="CF67" s="94"/>
+      <c r="CG67" s="94"/>
+      <c r="CH67" s="94"/>
+      <c r="CI67" s="94"/>
+      <c r="CJ67" s="94"/>
+      <c r="CK67" s="94"/>
+      <c r="CL67" s="94"/>
+      <c r="CM67" s="94"/>
+      <c r="CN67" s="94"/>
+      <c r="CO67" s="94"/>
+      <c r="CP67" s="94"/>
+      <c r="CQ67" s="94"/>
+      <c r="CR67" s="94"/>
+      <c r="CS67" s="94"/>
+      <c r="CT67" s="94"/>
+      <c r="CU67" s="94"/>
+      <c r="CV67" s="94"/>
+      <c r="CW67" s="94"/>
+      <c r="CX67" s="94"/>
+      <c r="CY67" s="94"/>
+      <c r="CZ67" s="94"/>
+      <c r="DA67" s="94"/>
+      <c r="DB67" s="94"/>
+      <c r="DC67" s="94"/>
+      <c r="DD67" s="94"/>
+      <c r="DE67" s="94"/>
+      <c r="DF67" s="94"/>
+      <c r="DG67" s="94"/>
+      <c r="DH67" s="94"/>
+      <c r="DI67" s="94"/>
+      <c r="DJ67" s="94"/>
+      <c r="DK67" s="94"/>
+      <c r="DL67" s="94"/>
+      <c r="DM67" s="94"/>
+      <c r="DN67" s="94"/>
+      <c r="DO67" s="94"/>
+      <c r="DP67" s="94"/>
+      <c r="DQ67" s="2"/>
+      <c r="DR67" s="2"/>
     </row>
     <row r="68" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
-      <c r="C68" s="88"/>
-[...37 lines deleted...]
-      <c r="AO68" s="88"/>
+      <c r="C68" s="93"/>
+      <c r="D68" s="93"/>
+      <c r="E68" s="93"/>
+      <c r="F68" s="93"/>
+      <c r="G68" s="93"/>
+      <c r="H68" s="93"/>
+      <c r="I68" s="93"/>
+      <c r="J68" s="93"/>
+      <c r="K68" s="93"/>
+      <c r="L68" s="93"/>
+      <c r="M68" s="93"/>
+      <c r="N68" s="93"/>
+      <c r="O68" s="93"/>
+      <c r="P68" s="93"/>
+      <c r="Q68" s="93"/>
+      <c r="R68" s="93"/>
+      <c r="S68" s="93"/>
+      <c r="T68" s="93"/>
+      <c r="U68" s="93"/>
+      <c r="V68" s="93"/>
+      <c r="W68" s="93"/>
+      <c r="X68" s="93"/>
+      <c r="Y68" s="93"/>
+      <c r="Z68" s="93"/>
+      <c r="AA68" s="93"/>
+      <c r="AB68" s="93"/>
+      <c r="AC68" s="93"/>
+      <c r="AD68" s="93"/>
+      <c r="AE68" s="93"/>
+      <c r="AF68" s="93"/>
+      <c r="AG68" s="93"/>
+      <c r="AH68" s="93"/>
+      <c r="AI68" s="93"/>
+      <c r="AJ68" s="93"/>
+      <c r="AK68" s="93"/>
+      <c r="AL68" s="93"/>
+      <c r="AM68" s="93"/>
+      <c r="AN68" s="93"/>
+      <c r="AO68" s="93"/>
       <c r="AP68" s="12"/>
       <c r="AQ68" s="12"/>
-      <c r="AR68" s="89"/>
-[...72 lines deleted...]
-      <c r="DM68" s="2"/>
+      <c r="AR68" s="94"/>
+      <c r="AS68" s="94"/>
+      <c r="AT68" s="94"/>
+      <c r="AU68" s="94"/>
+      <c r="AV68" s="94"/>
+      <c r="AW68" s="94"/>
+      <c r="AX68" s="94"/>
+      <c r="AY68" s="94"/>
+      <c r="AZ68" s="94"/>
+      <c r="BA68" s="94"/>
+      <c r="BB68" s="94"/>
+      <c r="BC68" s="94"/>
+      <c r="BD68" s="94"/>
+      <c r="BE68" s="94"/>
+      <c r="BF68" s="94"/>
+      <c r="BG68" s="94"/>
+      <c r="BH68" s="94"/>
+      <c r="BI68" s="94"/>
+      <c r="BJ68" s="94"/>
+      <c r="BK68" s="94"/>
+      <c r="BL68" s="94"/>
+      <c r="BM68" s="94"/>
+      <c r="BN68" s="94"/>
+      <c r="BO68" s="94"/>
+      <c r="BP68" s="94"/>
+      <c r="BQ68" s="94"/>
+      <c r="BR68" s="94"/>
+      <c r="BS68" s="94"/>
+      <c r="BT68" s="94"/>
+      <c r="BU68" s="94"/>
+      <c r="BV68" s="94"/>
+      <c r="BW68" s="94"/>
+      <c r="BX68" s="94"/>
+      <c r="BY68" s="94"/>
+      <c r="BZ68" s="94"/>
+      <c r="CA68" s="94"/>
+      <c r="CB68" s="94"/>
+      <c r="CC68" s="94"/>
+      <c r="CD68" s="94"/>
+      <c r="CE68" s="94"/>
+      <c r="CF68" s="94"/>
+      <c r="CG68" s="94"/>
+      <c r="CH68" s="94"/>
+      <c r="CI68" s="94"/>
+      <c r="CJ68" s="94"/>
+      <c r="CK68" s="94"/>
+      <c r="CL68" s="94"/>
+      <c r="CM68" s="94"/>
+      <c r="CN68" s="94"/>
+      <c r="CO68" s="94"/>
+      <c r="CP68" s="94"/>
+      <c r="CQ68" s="94"/>
+      <c r="CR68" s="94"/>
+      <c r="CS68" s="94"/>
+      <c r="CT68" s="94"/>
+      <c r="CU68" s="94"/>
+      <c r="CV68" s="94"/>
+      <c r="CW68" s="94"/>
+      <c r="CX68" s="94"/>
+      <c r="CY68" s="94"/>
+      <c r="CZ68" s="94"/>
+      <c r="DA68" s="94"/>
+      <c r="DB68" s="94"/>
+      <c r="DC68" s="94"/>
+      <c r="DD68" s="94"/>
+      <c r="DE68" s="94"/>
+      <c r="DF68" s="94"/>
+      <c r="DG68" s="94"/>
+      <c r="DH68" s="94"/>
+      <c r="DI68" s="94"/>
+      <c r="DJ68" s="94"/>
+      <c r="DK68" s="94"/>
+      <c r="DL68" s="94"/>
+      <c r="DM68" s="94"/>
+      <c r="DN68" s="94"/>
+      <c r="DO68" s="94"/>
+      <c r="DP68" s="94"/>
+      <c r="DQ68" s="2"/>
+      <c r="DR68" s="2"/>
     </row>
     <row r="69" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
-      <c r="C69" s="88"/>
-[...37 lines deleted...]
-      <c r="AO69" s="88"/>
+      <c r="C69" s="93"/>
+      <c r="D69" s="93"/>
+      <c r="E69" s="93"/>
+      <c r="F69" s="93"/>
+      <c r="G69" s="93"/>
+      <c r="H69" s="93"/>
+      <c r="I69" s="93"/>
+      <c r="J69" s="93"/>
+      <c r="K69" s="93"/>
+      <c r="L69" s="93"/>
+      <c r="M69" s="93"/>
+      <c r="N69" s="93"/>
+      <c r="O69" s="93"/>
+      <c r="P69" s="93"/>
+      <c r="Q69" s="93"/>
+      <c r="R69" s="93"/>
+      <c r="S69" s="93"/>
+      <c r="T69" s="93"/>
+      <c r="U69" s="93"/>
+      <c r="V69" s="93"/>
+      <c r="W69" s="93"/>
+      <c r="X69" s="93"/>
+      <c r="Y69" s="93"/>
+      <c r="Z69" s="93"/>
+      <c r="AA69" s="93"/>
+      <c r="AB69" s="93"/>
+      <c r="AC69" s="93"/>
+      <c r="AD69" s="93"/>
+      <c r="AE69" s="93"/>
+      <c r="AF69" s="93"/>
+      <c r="AG69" s="93"/>
+      <c r="AH69" s="93"/>
+      <c r="AI69" s="93"/>
+      <c r="AJ69" s="93"/>
+      <c r="AK69" s="93"/>
+      <c r="AL69" s="93"/>
+      <c r="AM69" s="93"/>
+      <c r="AN69" s="93"/>
+      <c r="AO69" s="93"/>
       <c r="AP69" s="12"/>
       <c r="AQ69" s="12"/>
-      <c r="AR69" s="89"/>
-[...72 lines deleted...]
-      <c r="DM69" s="2"/>
+      <c r="AR69" s="94"/>
+      <c r="AS69" s="94"/>
+      <c r="AT69" s="94"/>
+      <c r="AU69" s="94"/>
+      <c r="AV69" s="94"/>
+      <c r="AW69" s="94"/>
+      <c r="AX69" s="94"/>
+      <c r="AY69" s="94"/>
+      <c r="AZ69" s="94"/>
+      <c r="BA69" s="94"/>
+      <c r="BB69" s="94"/>
+      <c r="BC69" s="94"/>
+      <c r="BD69" s="94"/>
+      <c r="BE69" s="94"/>
+      <c r="BF69" s="94"/>
+      <c r="BG69" s="94"/>
+      <c r="BH69" s="94"/>
+      <c r="BI69" s="94"/>
+      <c r="BJ69" s="94"/>
+      <c r="BK69" s="94"/>
+      <c r="BL69" s="94"/>
+      <c r="BM69" s="94"/>
+      <c r="BN69" s="94"/>
+      <c r="BO69" s="94"/>
+      <c r="BP69" s="94"/>
+      <c r="BQ69" s="94"/>
+      <c r="BR69" s="94"/>
+      <c r="BS69" s="94"/>
+      <c r="BT69" s="94"/>
+      <c r="BU69" s="94"/>
+      <c r="BV69" s="94"/>
+      <c r="BW69" s="94"/>
+      <c r="BX69" s="94"/>
+      <c r="BY69" s="94"/>
+      <c r="BZ69" s="94"/>
+      <c r="CA69" s="94"/>
+      <c r="CB69" s="94"/>
+      <c r="CC69" s="94"/>
+      <c r="CD69" s="94"/>
+      <c r="CE69" s="94"/>
+      <c r="CF69" s="94"/>
+      <c r="CG69" s="94"/>
+      <c r="CH69" s="94"/>
+      <c r="CI69" s="94"/>
+      <c r="CJ69" s="94"/>
+      <c r="CK69" s="94"/>
+      <c r="CL69" s="94"/>
+      <c r="CM69" s="94"/>
+      <c r="CN69" s="94"/>
+      <c r="CO69" s="94"/>
+      <c r="CP69" s="94"/>
+      <c r="CQ69" s="94"/>
+      <c r="CR69" s="94"/>
+      <c r="CS69" s="94"/>
+      <c r="CT69" s="94"/>
+      <c r="CU69" s="94"/>
+      <c r="CV69" s="94"/>
+      <c r="CW69" s="94"/>
+      <c r="CX69" s="94"/>
+      <c r="CY69" s="94"/>
+      <c r="CZ69" s="94"/>
+      <c r="DA69" s="94"/>
+      <c r="DB69" s="94"/>
+      <c r="DC69" s="94"/>
+      <c r="DD69" s="94"/>
+      <c r="DE69" s="94"/>
+      <c r="DF69" s="94"/>
+      <c r="DG69" s="94"/>
+      <c r="DH69" s="94"/>
+      <c r="DI69" s="94"/>
+      <c r="DJ69" s="94"/>
+      <c r="DK69" s="94"/>
+      <c r="DL69" s="94"/>
+      <c r="DM69" s="94"/>
+      <c r="DN69" s="94"/>
+      <c r="DO69" s="94"/>
+      <c r="DP69" s="94"/>
+      <c r="DQ69" s="2"/>
+      <c r="DR69" s="2"/>
     </row>
     <row r="70" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
-      <c r="C70" s="89"/>
-[...37 lines deleted...]
-      <c r="AO70" s="89"/>
+      <c r="C70" s="94"/>
+      <c r="D70" s="94"/>
+      <c r="E70" s="94"/>
+      <c r="F70" s="94"/>
+      <c r="G70" s="94"/>
+      <c r="H70" s="94"/>
+      <c r="I70" s="94"/>
+      <c r="J70" s="94"/>
+      <c r="K70" s="94"/>
+      <c r="L70" s="94"/>
+      <c r="M70" s="94"/>
+      <c r="N70" s="94"/>
+      <c r="O70" s="94"/>
+      <c r="P70" s="94"/>
+      <c r="Q70" s="94"/>
+      <c r="R70" s="94"/>
+      <c r="S70" s="94"/>
+      <c r="T70" s="94"/>
+      <c r="U70" s="94"/>
+      <c r="V70" s="94"/>
+      <c r="W70" s="94"/>
+      <c r="X70" s="94"/>
+      <c r="Y70" s="94"/>
+      <c r="Z70" s="94"/>
+      <c r="AA70" s="94"/>
+      <c r="AB70" s="94"/>
+      <c r="AC70" s="94"/>
+      <c r="AD70" s="94"/>
+      <c r="AE70" s="94"/>
+      <c r="AF70" s="94"/>
+      <c r="AG70" s="94"/>
+      <c r="AH70" s="94"/>
+      <c r="AI70" s="94"/>
+      <c r="AJ70" s="94"/>
+      <c r="AK70" s="94"/>
+      <c r="AL70" s="94"/>
+      <c r="AM70" s="94"/>
+      <c r="AN70" s="94"/>
+      <c r="AO70" s="94"/>
       <c r="AP70" s="12"/>
       <c r="AQ70" s="12"/>
-      <c r="AR70" s="89"/>
-[...72 lines deleted...]
-      <c r="DM70" s="2"/>
+      <c r="AR70" s="94"/>
+      <c r="AS70" s="94"/>
+      <c r="AT70" s="94"/>
+      <c r="AU70" s="94"/>
+      <c r="AV70" s="94"/>
+      <c r="AW70" s="94"/>
+      <c r="AX70" s="94"/>
+      <c r="AY70" s="94"/>
+      <c r="AZ70" s="94"/>
+      <c r="BA70" s="94"/>
+      <c r="BB70" s="94"/>
+      <c r="BC70" s="94"/>
+      <c r="BD70" s="94"/>
+      <c r="BE70" s="94"/>
+      <c r="BF70" s="94"/>
+      <c r="BG70" s="94"/>
+      <c r="BH70" s="94"/>
+      <c r="BI70" s="94"/>
+      <c r="BJ70" s="94"/>
+      <c r="BK70" s="94"/>
+      <c r="BL70" s="94"/>
+      <c r="BM70" s="94"/>
+      <c r="BN70" s="94"/>
+      <c r="BO70" s="94"/>
+      <c r="BP70" s="94"/>
+      <c r="BQ70" s="94"/>
+      <c r="BR70" s="94"/>
+      <c r="BS70" s="94"/>
+      <c r="BT70" s="94"/>
+      <c r="BU70" s="94"/>
+      <c r="BV70" s="94"/>
+      <c r="BW70" s="94"/>
+      <c r="BX70" s="94"/>
+      <c r="BY70" s="94"/>
+      <c r="BZ70" s="94"/>
+      <c r="CA70" s="94"/>
+      <c r="CB70" s="94"/>
+      <c r="CC70" s="94"/>
+      <c r="CD70" s="94"/>
+      <c r="CE70" s="94"/>
+      <c r="CF70" s="94"/>
+      <c r="CG70" s="94"/>
+      <c r="CH70" s="94"/>
+      <c r="CI70" s="94"/>
+      <c r="CJ70" s="94"/>
+      <c r="CK70" s="94"/>
+      <c r="CL70" s="94"/>
+      <c r="CM70" s="94"/>
+      <c r="CN70" s="94"/>
+      <c r="CO70" s="94"/>
+      <c r="CP70" s="94"/>
+      <c r="CQ70" s="94"/>
+      <c r="CR70" s="94"/>
+      <c r="CS70" s="94"/>
+      <c r="CT70" s="94"/>
+      <c r="CU70" s="94"/>
+      <c r="CV70" s="94"/>
+      <c r="CW70" s="94"/>
+      <c r="CX70" s="94"/>
+      <c r="CY70" s="94"/>
+      <c r="CZ70" s="94"/>
+      <c r="DA70" s="94"/>
+      <c r="DB70" s="94"/>
+      <c r="DC70" s="94"/>
+      <c r="DD70" s="94"/>
+      <c r="DE70" s="94"/>
+      <c r="DF70" s="94"/>
+      <c r="DG70" s="94"/>
+      <c r="DH70" s="94"/>
+      <c r="DI70" s="94"/>
+      <c r="DJ70" s="94"/>
+      <c r="DK70" s="94"/>
+      <c r="DL70" s="94"/>
+      <c r="DM70" s="94"/>
+      <c r="DN70" s="94"/>
+      <c r="DO70" s="94"/>
+      <c r="DP70" s="94"/>
+      <c r="DQ70" s="2"/>
+      <c r="DR70" s="2"/>
     </row>
     <row r="71" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
-      <c r="C71" s="89"/>
-[...37 lines deleted...]
-      <c r="AO71" s="89"/>
+      <c r="C71" s="94"/>
+      <c r="D71" s="94"/>
+      <c r="E71" s="94"/>
+      <c r="F71" s="94"/>
+      <c r="G71" s="94"/>
+      <c r="H71" s="94"/>
+      <c r="I71" s="94"/>
+      <c r="J71" s="94"/>
+      <c r="K71" s="94"/>
+      <c r="L71" s="94"/>
+      <c r="M71" s="94"/>
+      <c r="N71" s="94"/>
+      <c r="O71" s="94"/>
+      <c r="P71" s="94"/>
+      <c r="Q71" s="94"/>
+      <c r="R71" s="94"/>
+      <c r="S71" s="94"/>
+      <c r="T71" s="94"/>
+      <c r="U71" s="94"/>
+      <c r="V71" s="94"/>
+      <c r="W71" s="94"/>
+      <c r="X71" s="94"/>
+      <c r="Y71" s="94"/>
+      <c r="Z71" s="94"/>
+      <c r="AA71" s="94"/>
+      <c r="AB71" s="94"/>
+      <c r="AC71" s="94"/>
+      <c r="AD71" s="94"/>
+      <c r="AE71" s="94"/>
+      <c r="AF71" s="94"/>
+      <c r="AG71" s="94"/>
+      <c r="AH71" s="94"/>
+      <c r="AI71" s="94"/>
+      <c r="AJ71" s="94"/>
+      <c r="AK71" s="94"/>
+      <c r="AL71" s="94"/>
+      <c r="AM71" s="94"/>
+      <c r="AN71" s="94"/>
+      <c r="AO71" s="94"/>
       <c r="AP71" s="13"/>
       <c r="AQ71" s="13"/>
-      <c r="AR71" s="89"/>
-[...76 lines deleted...]
-      <c r="DQ71" s="9"/>
+      <c r="AR71" s="94"/>
+      <c r="AS71" s="94"/>
+      <c r="AT71" s="94"/>
+      <c r="AU71" s="94"/>
+      <c r="AV71" s="94"/>
+      <c r="AW71" s="94"/>
+      <c r="AX71" s="94"/>
+      <c r="AY71" s="94"/>
+      <c r="AZ71" s="94"/>
+      <c r="BA71" s="94"/>
+      <c r="BB71" s="94"/>
+      <c r="BC71" s="94"/>
+      <c r="BD71" s="94"/>
+      <c r="BE71" s="94"/>
+      <c r="BF71" s="94"/>
+      <c r="BG71" s="94"/>
+      <c r="BH71" s="94"/>
+      <c r="BI71" s="94"/>
+      <c r="BJ71" s="94"/>
+      <c r="BK71" s="94"/>
+      <c r="BL71" s="94"/>
+      <c r="BM71" s="94"/>
+      <c r="BN71" s="94"/>
+      <c r="BO71" s="94"/>
+      <c r="BP71" s="94"/>
+      <c r="BQ71" s="94"/>
+      <c r="BR71" s="94"/>
+      <c r="BS71" s="94"/>
+      <c r="BT71" s="94"/>
+      <c r="BU71" s="94"/>
+      <c r="BV71" s="94"/>
+      <c r="BW71" s="94"/>
+      <c r="BX71" s="94"/>
+      <c r="BY71" s="94"/>
+      <c r="BZ71" s="94"/>
+      <c r="CA71" s="94"/>
+      <c r="CB71" s="94"/>
+      <c r="CC71" s="94"/>
+      <c r="CD71" s="94"/>
+      <c r="CE71" s="94"/>
+      <c r="CF71" s="94"/>
+      <c r="CG71" s="94"/>
+      <c r="CH71" s="94"/>
+      <c r="CI71" s="94"/>
+      <c r="CJ71" s="94"/>
+      <c r="CK71" s="94"/>
+      <c r="CL71" s="94"/>
+      <c r="CM71" s="94"/>
+      <c r="CN71" s="94"/>
+      <c r="CO71" s="94"/>
+      <c r="CP71" s="94"/>
+      <c r="CQ71" s="94"/>
+      <c r="CR71" s="94"/>
+      <c r="CS71" s="94"/>
+      <c r="CT71" s="94"/>
+      <c r="CU71" s="94"/>
+      <c r="CV71" s="94"/>
+      <c r="CW71" s="94"/>
+      <c r="CX71" s="94"/>
+      <c r="CY71" s="94"/>
+      <c r="CZ71" s="94"/>
+      <c r="DA71" s="94"/>
+      <c r="DB71" s="94"/>
+      <c r="DC71" s="94"/>
+      <c r="DD71" s="94"/>
+      <c r="DE71" s="94"/>
+      <c r="DF71" s="94"/>
+      <c r="DG71" s="94"/>
+      <c r="DH71" s="94"/>
+      <c r="DI71" s="94"/>
+      <c r="DJ71" s="94"/>
+      <c r="DK71" s="94"/>
+      <c r="DL71" s="94"/>
+      <c r="DM71" s="94"/>
+      <c r="DN71" s="94"/>
+      <c r="DO71" s="94"/>
+      <c r="DP71" s="94"/>
+      <c r="DQ71" s="5"/>
+      <c r="DR71" s="5"/>
+      <c r="DS71" s="9"/>
+      <c r="DT71" s="9"/>
+      <c r="DU71" s="9"/>
+      <c r="DV71" s="9"/>
     </row>
     <row r="72" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
-      <c r="C72" s="88"/>
-[...5 lines deleted...]
-      <c r="I72" s="88"/>
+      <c r="C72" s="93"/>
+      <c r="D72" s="93"/>
+      <c r="E72" s="93"/>
+      <c r="F72" s="93"/>
+      <c r="G72" s="93"/>
+      <c r="H72" s="93"/>
+      <c r="I72" s="93"/>
       <c r="J72" s="13"/>
       <c r="K72" s="13"/>
       <c r="L72" s="13"/>
       <c r="M72" s="13"/>
       <c r="N72" s="13"/>
       <c r="O72" s="13"/>
       <c r="P72" s="13"/>
       <c r="Q72" s="13"/>
       <c r="R72" s="13"/>
       <c r="S72" s="13"/>
       <c r="T72" s="13"/>
       <c r="U72" s="13"/>
       <c r="V72" s="13"/>
       <c r="W72" s="13"/>
       <c r="X72" s="13"/>
       <c r="Y72" s="13"/>
       <c r="Z72" s="13"/>
       <c r="AA72" s="13"/>
       <c r="AB72" s="13"/>
       <c r="AC72" s="13"/>
       <c r="AD72" s="13"/>
       <c r="AE72" s="13"/>
       <c r="AF72" s="13"/>
       <c r="AG72" s="13"/>
       <c r="AH72" s="13"/>
       <c r="AI72" s="13"/>
       <c r="AJ72" s="13"/>
       <c r="AK72" s="13"/>
       <c r="AL72" s="13"/>
       <c r="AM72" s="13"/>
       <c r="AN72" s="13"/>
       <c r="AO72" s="13"/>
       <c r="AP72" s="14"/>
       <c r="AQ72" s="14"/>
-      <c r="AR72" s="89"/>
-[...76 lines deleted...]
-      <c r="DQ72" s="10"/>
+      <c r="AR72" s="94"/>
+      <c r="AS72" s="94"/>
+      <c r="AT72" s="94"/>
+      <c r="AU72" s="94"/>
+      <c r="AV72" s="94"/>
+      <c r="AW72" s="94"/>
+      <c r="AX72" s="94"/>
+      <c r="AY72" s="94"/>
+      <c r="AZ72" s="94"/>
+      <c r="BA72" s="94"/>
+      <c r="BB72" s="94"/>
+      <c r="BC72" s="94"/>
+      <c r="BD72" s="94"/>
+      <c r="BE72" s="94"/>
+      <c r="BF72" s="94"/>
+      <c r="BG72" s="94"/>
+      <c r="BH72" s="94"/>
+      <c r="BI72" s="94"/>
+      <c r="BJ72" s="94"/>
+      <c r="BK72" s="94"/>
+      <c r="BL72" s="94"/>
+      <c r="BM72" s="94"/>
+      <c r="BN72" s="94"/>
+      <c r="BO72" s="94"/>
+      <c r="BP72" s="94"/>
+      <c r="BQ72" s="94"/>
+      <c r="BR72" s="94"/>
+      <c r="BS72" s="94"/>
+      <c r="BT72" s="94"/>
+      <c r="BU72" s="94"/>
+      <c r="BV72" s="94"/>
+      <c r="BW72" s="94"/>
+      <c r="BX72" s="94"/>
+      <c r="BY72" s="94"/>
+      <c r="BZ72" s="94"/>
+      <c r="CA72" s="94"/>
+      <c r="CB72" s="94"/>
+      <c r="CC72" s="94"/>
+      <c r="CD72" s="94"/>
+      <c r="CE72" s="94"/>
+      <c r="CF72" s="94"/>
+      <c r="CG72" s="94"/>
+      <c r="CH72" s="94"/>
+      <c r="CI72" s="94"/>
+      <c r="CJ72" s="94"/>
+      <c r="CK72" s="94"/>
+      <c r="CL72" s="94"/>
+      <c r="CM72" s="94"/>
+      <c r="CN72" s="94"/>
+      <c r="CO72" s="94"/>
+      <c r="CP72" s="94"/>
+      <c r="CQ72" s="94"/>
+      <c r="CR72" s="94"/>
+      <c r="CS72" s="94"/>
+      <c r="CT72" s="94"/>
+      <c r="CU72" s="94"/>
+      <c r="CV72" s="94"/>
+      <c r="CW72" s="94"/>
+      <c r="CX72" s="94"/>
+      <c r="CY72" s="94"/>
+      <c r="CZ72" s="94"/>
+      <c r="DA72" s="94"/>
+      <c r="DB72" s="94"/>
+      <c r="DC72" s="94"/>
+      <c r="DD72" s="94"/>
+      <c r="DE72" s="94"/>
+      <c r="DF72" s="94"/>
+      <c r="DG72" s="94"/>
+      <c r="DH72" s="94"/>
+      <c r="DI72" s="94"/>
+      <c r="DJ72" s="94"/>
+      <c r="DK72" s="94"/>
+      <c r="DL72" s="94"/>
+      <c r="DM72" s="94"/>
+      <c r="DN72" s="94"/>
+      <c r="DO72" s="94"/>
+      <c r="DP72" s="94"/>
+      <c r="DQ72" s="4"/>
+      <c r="DR72" s="4"/>
+      <c r="DS72" s="10"/>
+      <c r="DT72" s="10"/>
+      <c r="DU72" s="10"/>
+      <c r="DV72" s="10"/>
     </row>
     <row r="73" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
-      <c r="C73" s="89"/>
-[...37 lines deleted...]
-      <c r="AO73" s="89"/>
+      <c r="C73" s="94"/>
+      <c r="D73" s="94"/>
+      <c r="E73" s="94"/>
+      <c r="F73" s="94"/>
+      <c r="G73" s="94"/>
+      <c r="H73" s="94"/>
+      <c r="I73" s="94"/>
+      <c r="J73" s="94"/>
+      <c r="K73" s="94"/>
+      <c r="L73" s="94"/>
+      <c r="M73" s="94"/>
+      <c r="N73" s="94"/>
+      <c r="O73" s="94"/>
+      <c r="P73" s="94"/>
+      <c r="Q73" s="94"/>
+      <c r="R73" s="94"/>
+      <c r="S73" s="94"/>
+      <c r="T73" s="94"/>
+      <c r="U73" s="94"/>
+      <c r="V73" s="94"/>
+      <c r="W73" s="94"/>
+      <c r="X73" s="94"/>
+      <c r="Y73" s="94"/>
+      <c r="Z73" s="94"/>
+      <c r="AA73" s="94"/>
+      <c r="AB73" s="94"/>
+      <c r="AC73" s="94"/>
+      <c r="AD73" s="94"/>
+      <c r="AE73" s="94"/>
+      <c r="AF73" s="94"/>
+      <c r="AG73" s="94"/>
+      <c r="AH73" s="94"/>
+      <c r="AI73" s="94"/>
+      <c r="AJ73" s="94"/>
+      <c r="AK73" s="94"/>
+      <c r="AL73" s="94"/>
+      <c r="AM73" s="94"/>
+      <c r="AN73" s="94"/>
+      <c r="AO73" s="94"/>
       <c r="AP73" s="14"/>
       <c r="AQ73" s="14"/>
-      <c r="AR73" s="89"/>
-[...76 lines deleted...]
-      <c r="DQ73" s="10"/>
+      <c r="AR73" s="94"/>
+      <c r="AS73" s="94"/>
+      <c r="AT73" s="94"/>
+      <c r="AU73" s="94"/>
+      <c r="AV73" s="94"/>
+      <c r="AW73" s="94"/>
+      <c r="AX73" s="94"/>
+      <c r="AY73" s="94"/>
+      <c r="AZ73" s="94"/>
+      <c r="BA73" s="94"/>
+      <c r="BB73" s="94"/>
+      <c r="BC73" s="94"/>
+      <c r="BD73" s="94"/>
+      <c r="BE73" s="94"/>
+      <c r="BF73" s="94"/>
+      <c r="BG73" s="94"/>
+      <c r="BH73" s="94"/>
+      <c r="BI73" s="94"/>
+      <c r="BJ73" s="94"/>
+      <c r="BK73" s="94"/>
+      <c r="BL73" s="94"/>
+      <c r="BM73" s="94"/>
+      <c r="BN73" s="94"/>
+      <c r="BO73" s="94"/>
+      <c r="BP73" s="94"/>
+      <c r="BQ73" s="94"/>
+      <c r="BR73" s="94"/>
+      <c r="BS73" s="94"/>
+      <c r="BT73" s="94"/>
+      <c r="BU73" s="94"/>
+      <c r="BV73" s="94"/>
+      <c r="BW73" s="94"/>
+      <c r="BX73" s="94"/>
+      <c r="BY73" s="94"/>
+      <c r="BZ73" s="94"/>
+      <c r="CA73" s="94"/>
+      <c r="CB73" s="94"/>
+      <c r="CC73" s="94"/>
+      <c r="CD73" s="94"/>
+      <c r="CE73" s="94"/>
+      <c r="CF73" s="94"/>
+      <c r="CG73" s="94"/>
+      <c r="CH73" s="94"/>
+      <c r="CI73" s="94"/>
+      <c r="CJ73" s="94"/>
+      <c r="CK73" s="94"/>
+      <c r="CL73" s="94"/>
+      <c r="CM73" s="94"/>
+      <c r="CN73" s="94"/>
+      <c r="CO73" s="94"/>
+      <c r="CP73" s="94"/>
+      <c r="CQ73" s="94"/>
+      <c r="CR73" s="94"/>
+      <c r="CS73" s="94"/>
+      <c r="CT73" s="94"/>
+      <c r="CU73" s="94"/>
+      <c r="CV73" s="94"/>
+      <c r="CW73" s="94"/>
+      <c r="CX73" s="94"/>
+      <c r="CY73" s="94"/>
+      <c r="CZ73" s="94"/>
+      <c r="DA73" s="94"/>
+      <c r="DB73" s="94"/>
+      <c r="DC73" s="94"/>
+      <c r="DD73" s="94"/>
+      <c r="DE73" s="94"/>
+      <c r="DF73" s="94"/>
+      <c r="DG73" s="94"/>
+      <c r="DH73" s="94"/>
+      <c r="DI73" s="94"/>
+      <c r="DJ73" s="94"/>
+      <c r="DK73" s="94"/>
+      <c r="DL73" s="94"/>
+      <c r="DM73" s="94"/>
+      <c r="DN73" s="94"/>
+      <c r="DO73" s="94"/>
+      <c r="DP73" s="94"/>
+      <c r="DQ73" s="4"/>
+      <c r="DR73" s="4"/>
+      <c r="DS73" s="10"/>
+      <c r="DT73" s="10"/>
+      <c r="DU73" s="10"/>
+      <c r="DV73" s="10"/>
     </row>
     <row r="74" spans="1:150" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
-      <c r="C74" s="89"/>
-[...37 lines deleted...]
-      <c r="AO74" s="89"/>
+      <c r="C74" s="94"/>
+      <c r="D74" s="94"/>
+      <c r="E74" s="94"/>
+      <c r="F74" s="94"/>
+      <c r="G74" s="94"/>
+      <c r="H74" s="94"/>
+      <c r="I74" s="94"/>
+      <c r="J74" s="94"/>
+      <c r="K74" s="94"/>
+      <c r="L74" s="94"/>
+      <c r="M74" s="94"/>
+      <c r="N74" s="94"/>
+      <c r="O74" s="94"/>
+      <c r="P74" s="94"/>
+      <c r="Q74" s="94"/>
+      <c r="R74" s="94"/>
+      <c r="S74" s="94"/>
+      <c r="T74" s="94"/>
+      <c r="U74" s="94"/>
+      <c r="V74" s="94"/>
+      <c r="W74" s="94"/>
+      <c r="X74" s="94"/>
+      <c r="Y74" s="94"/>
+      <c r="Z74" s="94"/>
+      <c r="AA74" s="94"/>
+      <c r="AB74" s="94"/>
+      <c r="AC74" s="94"/>
+      <c r="AD74" s="94"/>
+      <c r="AE74" s="94"/>
+      <c r="AF74" s="94"/>
+      <c r="AG74" s="94"/>
+      <c r="AH74" s="94"/>
+      <c r="AI74" s="94"/>
+      <c r="AJ74" s="94"/>
+      <c r="AK74" s="94"/>
+      <c r="AL74" s="94"/>
+      <c r="AM74" s="94"/>
+      <c r="AN74" s="94"/>
+      <c r="AO74" s="94"/>
       <c r="AP74" s="15"/>
       <c r="AQ74" s="15"/>
-      <c r="AR74" s="89"/>
-[...72 lines deleted...]
-      <c r="DM74" s="2"/>
+      <c r="AR74" s="94"/>
+      <c r="AS74" s="94"/>
+      <c r="AT74" s="94"/>
+      <c r="AU74" s="94"/>
+      <c r="AV74" s="94"/>
+      <c r="AW74" s="94"/>
+      <c r="AX74" s="94"/>
+      <c r="AY74" s="94"/>
+      <c r="AZ74" s="94"/>
+      <c r="BA74" s="94"/>
+      <c r="BB74" s="94"/>
+      <c r="BC74" s="94"/>
+      <c r="BD74" s="94"/>
+      <c r="BE74" s="94"/>
+      <c r="BF74" s="94"/>
+      <c r="BG74" s="94"/>
+      <c r="BH74" s="94"/>
+      <c r="BI74" s="94"/>
+      <c r="BJ74" s="94"/>
+      <c r="BK74" s="94"/>
+      <c r="BL74" s="94"/>
+      <c r="BM74" s="94"/>
+      <c r="BN74" s="94"/>
+      <c r="BO74" s="94"/>
+      <c r="BP74" s="94"/>
+      <c r="BQ74" s="94"/>
+      <c r="BR74" s="94"/>
+      <c r="BS74" s="94"/>
+      <c r="BT74" s="94"/>
+      <c r="BU74" s="94"/>
+      <c r="BV74" s="94"/>
+      <c r="BW74" s="94"/>
+      <c r="BX74" s="94"/>
+      <c r="BY74" s="94"/>
+      <c r="BZ74" s="94"/>
+      <c r="CA74" s="94"/>
+      <c r="CB74" s="94"/>
+      <c r="CC74" s="94"/>
+      <c r="CD74" s="94"/>
+      <c r="CE74" s="94"/>
+      <c r="CF74" s="94"/>
+      <c r="CG74" s="94"/>
+      <c r="CH74" s="94"/>
+      <c r="CI74" s="94"/>
+      <c r="CJ74" s="94"/>
+      <c r="CK74" s="94"/>
+      <c r="CL74" s="94"/>
+      <c r="CM74" s="94"/>
+      <c r="CN74" s="94"/>
+      <c r="CO74" s="94"/>
+      <c r="CP74" s="94"/>
+      <c r="CQ74" s="94"/>
+      <c r="CR74" s="94"/>
+      <c r="CS74" s="94"/>
+      <c r="CT74" s="94"/>
+      <c r="CU74" s="94"/>
+      <c r="CV74" s="94"/>
+      <c r="CW74" s="94"/>
+      <c r="CX74" s="94"/>
+      <c r="CY74" s="94"/>
+      <c r="CZ74" s="94"/>
+      <c r="DA74" s="94"/>
+      <c r="DB74" s="94"/>
+      <c r="DC74" s="94"/>
+      <c r="DD74" s="94"/>
+      <c r="DE74" s="94"/>
+      <c r="DF74" s="94"/>
+      <c r="DG74" s="94"/>
+      <c r="DH74" s="94"/>
+      <c r="DI74" s="94"/>
+      <c r="DJ74" s="94"/>
+      <c r="DK74" s="94"/>
+      <c r="DL74" s="94"/>
+      <c r="DM74" s="94"/>
+      <c r="DN74" s="94"/>
+      <c r="DO74" s="94"/>
+      <c r="DP74" s="94"/>
+      <c r="DQ74" s="2"/>
+      <c r="DR74" s="2"/>
     </row>
     <row r="75" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="19"/>
       <c r="D75" s="19"/>
       <c r="E75" s="19"/>
       <c r="F75" s="19"/>
       <c r="G75" s="19"/>
       <c r="H75" s="19"/>
       <c r="I75" s="19"/>
       <c r="J75" s="19"/>
       <c r="K75" s="19"/>
       <c r="L75" s="19"/>
       <c r="M75" s="19"/>
       <c r="N75" s="19"/>
       <c r="O75" s="19"/>
       <c r="P75" s="19"/>
       <c r="Q75" s="19"/>
       <c r="R75" s="19"/>
       <c r="S75" s="19"/>
       <c r="T75" s="19"/>
       <c r="U75" s="19"/>
       <c r="V75" s="19"/>
       <c r="W75" s="19"/>
@@ -30390,414 +30603,433 @@
       <c r="CG75" s="19"/>
       <c r="CH75" s="19"/>
       <c r="CI75" s="19"/>
       <c r="CJ75" s="19"/>
       <c r="CK75" s="19"/>
       <c r="CL75" s="19"/>
       <c r="CM75" s="19"/>
       <c r="CN75" s="19"/>
       <c r="CO75" s="19"/>
       <c r="CP75" s="19"/>
       <c r="CQ75" s="19"/>
       <c r="CR75" s="19"/>
       <c r="CS75" s="19"/>
       <c r="CT75" s="19"/>
       <c r="CU75" s="19"/>
       <c r="CV75" s="19"/>
       <c r="CW75" s="19"/>
       <c r="CX75" s="19"/>
       <c r="CY75" s="19"/>
       <c r="CZ75" s="19"/>
       <c r="DA75" s="19"/>
       <c r="DB75" s="19"/>
       <c r="DC75" s="19"/>
       <c r="DD75" s="19"/>
       <c r="DE75" s="19"/>
-      <c r="DG75" s="27"/>
-[...2 lines deleted...]
-      <c r="DJ75" s="27"/>
+      <c r="DF75" s="19"/>
+      <c r="DG75" s="19"/>
+      <c r="DH75" s="19"/>
+      <c r="DI75" s="19"/>
       <c r="DK75" s="27"/>
-      <c r="DL75" s="2"/>
-      <c r="DM75" s="2"/>
+      <c r="DM75" s="27"/>
+      <c r="DN75" s="27"/>
+      <c r="DO75" s="27"/>
+      <c r="DP75" s="27"/>
+      <c r="DQ75" s="2"/>
+      <c r="DR75" s="2"/>
     </row>
     <row r="76" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
-      <c r="C76" s="87"/>
-[...113 lines deleted...]
-      <c r="DM76" s="2"/>
+      <c r="C76" s="92"/>
+      <c r="D76" s="92"/>
+      <c r="E76" s="92"/>
+      <c r="F76" s="92"/>
+      <c r="G76" s="92"/>
+      <c r="H76" s="92"/>
+      <c r="I76" s="92"/>
+      <c r="J76" s="92"/>
+      <c r="K76" s="92"/>
+      <c r="L76" s="92"/>
+      <c r="M76" s="92"/>
+      <c r="N76" s="92"/>
+      <c r="O76" s="92"/>
+      <c r="P76" s="92"/>
+      <c r="Q76" s="92"/>
+      <c r="R76" s="92"/>
+      <c r="S76" s="92"/>
+      <c r="T76" s="92"/>
+      <c r="U76" s="92"/>
+      <c r="V76" s="92"/>
+      <c r="W76" s="92"/>
+      <c r="X76" s="92"/>
+      <c r="Y76" s="92"/>
+      <c r="Z76" s="92"/>
+      <c r="AA76" s="92"/>
+      <c r="AB76" s="92"/>
+      <c r="AC76" s="92"/>
+      <c r="AD76" s="92"/>
+      <c r="AE76" s="92"/>
+      <c r="AF76" s="92"/>
+      <c r="AG76" s="92"/>
+      <c r="AH76" s="92"/>
+      <c r="AI76" s="92"/>
+      <c r="AJ76" s="92"/>
+      <c r="AK76" s="92"/>
+      <c r="AL76" s="92"/>
+      <c r="AM76" s="92"/>
+      <c r="AN76" s="92"/>
+      <c r="AO76" s="92"/>
+      <c r="AP76" s="92"/>
+      <c r="AQ76" s="92"/>
+      <c r="AR76" s="92"/>
+      <c r="AS76" s="92"/>
+      <c r="AT76" s="92"/>
+      <c r="AU76" s="92"/>
+      <c r="AV76" s="92"/>
+      <c r="AW76" s="92"/>
+      <c r="AX76" s="92"/>
+      <c r="AY76" s="92"/>
+      <c r="AZ76" s="92"/>
+      <c r="BA76" s="92"/>
+      <c r="BB76" s="92"/>
+      <c r="BC76" s="92"/>
+      <c r="BD76" s="92"/>
+      <c r="BE76" s="92"/>
+      <c r="BF76" s="92"/>
+      <c r="BG76" s="92"/>
+      <c r="BH76" s="92"/>
+      <c r="BI76" s="92"/>
+      <c r="BJ76" s="92"/>
+      <c r="BK76" s="92"/>
+      <c r="BL76" s="92"/>
+      <c r="BM76" s="92"/>
+      <c r="BN76" s="92"/>
+      <c r="BO76" s="92"/>
+      <c r="BP76" s="92"/>
+      <c r="BQ76" s="92"/>
+      <c r="BR76" s="92"/>
+      <c r="BS76" s="92"/>
+      <c r="BT76" s="92"/>
+      <c r="BU76" s="92"/>
+      <c r="BV76" s="92"/>
+      <c r="BW76" s="92"/>
+      <c r="BX76" s="92"/>
+      <c r="BY76" s="92"/>
+      <c r="BZ76" s="92"/>
+      <c r="CA76" s="92"/>
+      <c r="CB76" s="92"/>
+      <c r="CC76" s="92"/>
+      <c r="CD76" s="92"/>
+      <c r="CE76" s="92"/>
+      <c r="CF76" s="92"/>
+      <c r="CG76" s="92"/>
+      <c r="CH76" s="92"/>
+      <c r="CI76" s="92"/>
+      <c r="CJ76" s="92"/>
+      <c r="CK76" s="92"/>
+      <c r="CL76" s="92"/>
+      <c r="CM76" s="92"/>
+      <c r="CN76" s="92"/>
+      <c r="CO76" s="92"/>
+      <c r="CP76" s="92"/>
+      <c r="CQ76" s="92"/>
+      <c r="CR76" s="92"/>
+      <c r="CS76" s="92"/>
+      <c r="CT76" s="92"/>
+      <c r="CU76" s="92"/>
+      <c r="CV76" s="92"/>
+      <c r="CW76" s="92"/>
+      <c r="CX76" s="92"/>
+      <c r="CY76" s="92"/>
+      <c r="CZ76" s="92"/>
+      <c r="DA76" s="92"/>
+      <c r="DB76" s="92"/>
+      <c r="DC76" s="92"/>
+      <c r="DD76" s="92"/>
+      <c r="DE76" s="92"/>
+      <c r="DF76" s="92"/>
+      <c r="DG76" s="92"/>
+      <c r="DH76" s="92"/>
+      <c r="DI76" s="92"/>
+      <c r="DJ76" s="92"/>
+      <c r="DK76" s="92"/>
+      <c r="DL76" s="92"/>
+      <c r="DM76" s="92"/>
+      <c r="DN76" s="92"/>
+      <c r="DO76" s="92"/>
+      <c r="DP76" s="92"/>
+      <c r="DQ76" s="2"/>
+      <c r="DR76" s="2"/>
     </row>
     <row r="77" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
-      <c r="C77" s="87"/>
-[...113 lines deleted...]
-      <c r="DM77" s="2"/>
+      <c r="C77" s="92"/>
+      <c r="D77" s="92"/>
+      <c r="E77" s="92"/>
+      <c r="F77" s="92"/>
+      <c r="G77" s="92"/>
+      <c r="H77" s="92"/>
+      <c r="I77" s="92"/>
+      <c r="J77" s="92"/>
+      <c r="K77" s="92"/>
+      <c r="L77" s="92"/>
+      <c r="M77" s="92"/>
+      <c r="N77" s="92"/>
+      <c r="O77" s="92"/>
+      <c r="P77" s="92"/>
+      <c r="Q77" s="92"/>
+      <c r="R77" s="92"/>
+      <c r="S77" s="92"/>
+      <c r="T77" s="92"/>
+      <c r="U77" s="92"/>
+      <c r="V77" s="92"/>
+      <c r="W77" s="92"/>
+      <c r="X77" s="92"/>
+      <c r="Y77" s="92"/>
+      <c r="Z77" s="92"/>
+      <c r="AA77" s="92"/>
+      <c r="AB77" s="92"/>
+      <c r="AC77" s="92"/>
+      <c r="AD77" s="92"/>
+      <c r="AE77" s="92"/>
+      <c r="AF77" s="92"/>
+      <c r="AG77" s="92"/>
+      <c r="AH77" s="92"/>
+      <c r="AI77" s="92"/>
+      <c r="AJ77" s="92"/>
+      <c r="AK77" s="92"/>
+      <c r="AL77" s="92"/>
+      <c r="AM77" s="92"/>
+      <c r="AN77" s="92"/>
+      <c r="AO77" s="92"/>
+      <c r="AP77" s="92"/>
+      <c r="AQ77" s="92"/>
+      <c r="AR77" s="92"/>
+      <c r="AS77" s="92"/>
+      <c r="AT77" s="92"/>
+      <c r="AU77" s="92"/>
+      <c r="AV77" s="92"/>
+      <c r="AW77" s="92"/>
+      <c r="AX77" s="92"/>
+      <c r="AY77" s="92"/>
+      <c r="AZ77" s="92"/>
+      <c r="BA77" s="92"/>
+      <c r="BB77" s="92"/>
+      <c r="BC77" s="92"/>
+      <c r="BD77" s="92"/>
+      <c r="BE77" s="92"/>
+      <c r="BF77" s="92"/>
+      <c r="BG77" s="92"/>
+      <c r="BH77" s="92"/>
+      <c r="BI77" s="92"/>
+      <c r="BJ77" s="92"/>
+      <c r="BK77" s="92"/>
+      <c r="BL77" s="92"/>
+      <c r="BM77" s="92"/>
+      <c r="BN77" s="92"/>
+      <c r="BO77" s="92"/>
+      <c r="BP77" s="92"/>
+      <c r="BQ77" s="92"/>
+      <c r="BR77" s="92"/>
+      <c r="BS77" s="92"/>
+      <c r="BT77" s="92"/>
+      <c r="BU77" s="92"/>
+      <c r="BV77" s="92"/>
+      <c r="BW77" s="92"/>
+      <c r="BX77" s="92"/>
+      <c r="BY77" s="92"/>
+      <c r="BZ77" s="92"/>
+      <c r="CA77" s="92"/>
+      <c r="CB77" s="92"/>
+      <c r="CC77" s="92"/>
+      <c r="CD77" s="92"/>
+      <c r="CE77" s="92"/>
+      <c r="CF77" s="92"/>
+      <c r="CG77" s="92"/>
+      <c r="CH77" s="92"/>
+      <c r="CI77" s="92"/>
+      <c r="CJ77" s="92"/>
+      <c r="CK77" s="92"/>
+      <c r="CL77" s="92"/>
+      <c r="CM77" s="92"/>
+      <c r="CN77" s="92"/>
+      <c r="CO77" s="92"/>
+      <c r="CP77" s="92"/>
+      <c r="CQ77" s="92"/>
+      <c r="CR77" s="92"/>
+      <c r="CS77" s="92"/>
+      <c r="CT77" s="92"/>
+      <c r="CU77" s="92"/>
+      <c r="CV77" s="92"/>
+      <c r="CW77" s="92"/>
+      <c r="CX77" s="92"/>
+      <c r="CY77" s="92"/>
+      <c r="CZ77" s="92"/>
+      <c r="DA77" s="92"/>
+      <c r="DB77" s="92"/>
+      <c r="DC77" s="92"/>
+      <c r="DD77" s="92"/>
+      <c r="DE77" s="92"/>
+      <c r="DF77" s="92"/>
+      <c r="DG77" s="92"/>
+      <c r="DH77" s="92"/>
+      <c r="DI77" s="92"/>
+      <c r="DJ77" s="92"/>
+      <c r="DK77" s="92"/>
+      <c r="DL77" s="92"/>
+      <c r="DM77" s="92"/>
+      <c r="DN77" s="92"/>
+      <c r="DO77" s="92"/>
+      <c r="DP77" s="92"/>
+      <c r="DQ77" s="2"/>
+      <c r="DR77" s="2"/>
     </row>
     <row r="78" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
-      <c r="C78" s="87"/>
-[...113 lines deleted...]
-      <c r="DM78" s="2"/>
+      <c r="C78" s="92"/>
+      <c r="D78" s="92"/>
+      <c r="E78" s="92"/>
+      <c r="F78" s="92"/>
+      <c r="G78" s="92"/>
+      <c r="H78" s="92"/>
+      <c r="I78" s="92"/>
+      <c r="J78" s="92"/>
+      <c r="K78" s="92"/>
+      <c r="L78" s="92"/>
+      <c r="M78" s="92"/>
+      <c r="N78" s="92"/>
+      <c r="O78" s="92"/>
+      <c r="P78" s="92"/>
+      <c r="Q78" s="92"/>
+      <c r="R78" s="92"/>
+      <c r="S78" s="92"/>
+      <c r="T78" s="92"/>
+      <c r="U78" s="92"/>
+      <c r="V78" s="92"/>
+      <c r="W78" s="92"/>
+      <c r="X78" s="92"/>
+      <c r="Y78" s="92"/>
+      <c r="Z78" s="92"/>
+      <c r="AA78" s="92"/>
+      <c r="AB78" s="92"/>
+      <c r="AC78" s="92"/>
+      <c r="AD78" s="92"/>
+      <c r="AE78" s="92"/>
+      <c r="AF78" s="92"/>
+      <c r="AG78" s="92"/>
+      <c r="AH78" s="92"/>
+      <c r="AI78" s="92"/>
+      <c r="AJ78" s="92"/>
+      <c r="AK78" s="92"/>
+      <c r="AL78" s="92"/>
+      <c r="AM78" s="92"/>
+      <c r="AN78" s="92"/>
+      <c r="AO78" s="92"/>
+      <c r="AP78" s="92"/>
+      <c r="AQ78" s="92"/>
+      <c r="AR78" s="92"/>
+      <c r="AS78" s="92"/>
+      <c r="AT78" s="92"/>
+      <c r="AU78" s="92"/>
+      <c r="AV78" s="92"/>
+      <c r="AW78" s="92"/>
+      <c r="AX78" s="92"/>
+      <c r="AY78" s="92"/>
+      <c r="AZ78" s="92"/>
+      <c r="BA78" s="92"/>
+      <c r="BB78" s="92"/>
+      <c r="BC78" s="92"/>
+      <c r="BD78" s="92"/>
+      <c r="BE78" s="92"/>
+      <c r="BF78" s="92"/>
+      <c r="BG78" s="92"/>
+      <c r="BH78" s="92"/>
+      <c r="BI78" s="92"/>
+      <c r="BJ78" s="92"/>
+      <c r="BK78" s="92"/>
+      <c r="BL78" s="92"/>
+      <c r="BM78" s="92"/>
+      <c r="BN78" s="92"/>
+      <c r="BO78" s="92"/>
+      <c r="BP78" s="92"/>
+      <c r="BQ78" s="92"/>
+      <c r="BR78" s="92"/>
+      <c r="BS78" s="92"/>
+      <c r="BT78" s="92"/>
+      <c r="BU78" s="92"/>
+      <c r="BV78" s="92"/>
+      <c r="BW78" s="92"/>
+      <c r="BX78" s="92"/>
+      <c r="BY78" s="92"/>
+      <c r="BZ78" s="92"/>
+      <c r="CA78" s="92"/>
+      <c r="CB78" s="92"/>
+      <c r="CC78" s="92"/>
+      <c r="CD78" s="92"/>
+      <c r="CE78" s="92"/>
+      <c r="CF78" s="92"/>
+      <c r="CG78" s="92"/>
+      <c r="CH78" s="92"/>
+      <c r="CI78" s="92"/>
+      <c r="CJ78" s="92"/>
+      <c r="CK78" s="92"/>
+      <c r="CL78" s="92"/>
+      <c r="CM78" s="92"/>
+      <c r="CN78" s="92"/>
+      <c r="CO78" s="92"/>
+      <c r="CP78" s="92"/>
+      <c r="CQ78" s="92"/>
+      <c r="CR78" s="92"/>
+      <c r="CS78" s="92"/>
+      <c r="CT78" s="92"/>
+      <c r="CU78" s="92"/>
+      <c r="CV78" s="92"/>
+      <c r="CW78" s="92"/>
+      <c r="CX78" s="92"/>
+      <c r="CY78" s="92"/>
+      <c r="CZ78" s="92"/>
+      <c r="DA78" s="92"/>
+      <c r="DB78" s="92"/>
+      <c r="DC78" s="92"/>
+      <c r="DD78" s="92"/>
+      <c r="DE78" s="92"/>
+      <c r="DF78" s="92"/>
+      <c r="DG78" s="92"/>
+      <c r="DH78" s="92"/>
+      <c r="DI78" s="92"/>
+      <c r="DJ78" s="92"/>
+      <c r="DK78" s="92"/>
+      <c r="DL78" s="92"/>
+      <c r="DM78" s="92"/>
+      <c r="DN78" s="92"/>
+      <c r="DO78" s="92"/>
+      <c r="DP78" s="92"/>
+      <c r="DQ78" s="2"/>
+      <c r="DR78" s="2"/>
     </row>
     <row r="79" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="2"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
       <c r="I79" s="2"/>
       <c r="J79" s="2"/>
       <c r="K79" s="2"/>
       <c r="L79" s="2"/>
       <c r="M79" s="2"/>
       <c r="N79" s="2"/>
       <c r="O79" s="2"/>
       <c r="P79" s="2"/>
       <c r="Q79" s="2"/>
       <c r="R79" s="2"/>
       <c r="S79" s="2"/>
       <c r="T79" s="2"/>
       <c r="U79" s="2"/>
       <c r="V79" s="2"/>
       <c r="W79" s="2"/>
@@ -30869,52 +31101,56 @@
       <c r="CM79" s="2"/>
       <c r="CN79" s="2"/>
       <c r="CO79" s="2"/>
       <c r="CP79" s="2"/>
       <c r="CQ79" s="2"/>
       <c r="CR79" s="2"/>
       <c r="CS79" s="2"/>
       <c r="CT79" s="2"/>
       <c r="CU79" s="2"/>
       <c r="CV79" s="2"/>
       <c r="CW79" s="2"/>
       <c r="CX79" s="2"/>
       <c r="CY79" s="2"/>
       <c r="CZ79" s="2"/>
       <c r="DA79" s="2"/>
       <c r="DB79" s="2"/>
       <c r="DC79" s="2"/>
       <c r="DD79" s="2"/>
       <c r="DE79" s="2"/>
       <c r="DF79" s="2"/>
       <c r="DG79" s="2"/>
       <c r="DH79" s="2"/>
       <c r="DI79" s="2"/>
       <c r="DJ79" s="2"/>
       <c r="DK79" s="2"/>
-      <c r="DL79" s="2"/>
       <c r="DM79" s="2"/>
+      <c r="DN79" s="2"/>
+      <c r="DO79" s="2"/>
+      <c r="DP79" s="2"/>
+      <c r="DQ79" s="2"/>
+      <c r="DR79" s="2"/>
     </row>
     <row r="80" spans="1:150" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="2"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
       <c r="I80" s="2"/>
       <c r="J80" s="2"/>
       <c r="K80" s="2"/>
       <c r="L80" s="2"/>
       <c r="M80" s="2"/>
       <c r="N80" s="2"/>
       <c r="O80" s="2"/>
       <c r="P80" s="2"/>
       <c r="Q80" s="2"/>
       <c r="R80" s="2"/>
       <c r="S80" s="2"/>
       <c r="T80" s="2"/>
       <c r="U80" s="2"/>
       <c r="V80" s="2"/>
       <c r="W80" s="2"/>
@@ -30986,54 +31222,58 @@
       <c r="CM80" s="2"/>
       <c r="CN80" s="2"/>
       <c r="CO80" s="2"/>
       <c r="CP80" s="2"/>
       <c r="CQ80" s="2"/>
       <c r="CR80" s="2"/>
       <c r="CS80" s="2"/>
       <c r="CT80" s="2"/>
       <c r="CU80" s="2"/>
       <c r="CV80" s="2"/>
       <c r="CW80" s="2"/>
       <c r="CX80" s="2"/>
       <c r="CY80" s="2"/>
       <c r="CZ80" s="2"/>
       <c r="DA80" s="2"/>
       <c r="DB80" s="2"/>
       <c r="DC80" s="2"/>
       <c r="DD80" s="2"/>
       <c r="DE80" s="2"/>
       <c r="DF80" s="2"/>
       <c r="DG80" s="2"/>
       <c r="DH80" s="2"/>
       <c r="DI80" s="2"/>
       <c r="DJ80" s="2"/>
       <c r="DK80" s="2"/>
-      <c r="DL80" s="2"/>
       <c r="DM80" s="2"/>
+      <c r="DN80" s="2"/>
+      <c r="DO80" s="2"/>
+      <c r="DP80" s="2"/>
+      <c r="DQ80" s="2"/>
+      <c r="DR80" s="2"/>
     </row>
-    <row r="81" spans="1:117" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:122" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="AP81" s="2"/>
       <c r="AQ81" s="2"/>
       <c r="AR81" s="2"/>
       <c r="AS81" s="2"/>
       <c r="AV81" s="2"/>
       <c r="AW81" s="2"/>
       <c r="AX81" s="2"/>
       <c r="AY81" s="2"/>
       <c r="AZ81" s="2"/>
       <c r="BA81" s="2"/>
       <c r="BB81" s="2"/>
       <c r="BC81" s="2"/>
       <c r="BD81" s="2"/>
       <c r="BE81" s="2"/>
       <c r="BF81" s="2"/>
       <c r="BG81" s="2"/>
       <c r="BH81" s="2"/>
       <c r="BI81" s="2"/>
       <c r="BJ81" s="2"/>
       <c r="BK81" s="2"/>
       <c r="BL81" s="2"/>
       <c r="BM81" s="2"/>
       <c r="BN81" s="2"/>
@@ -31064,54 +31304,58 @@
       <c r="CM81" s="2"/>
       <c r="CN81" s="2"/>
       <c r="CO81" s="2"/>
       <c r="CP81" s="2"/>
       <c r="CQ81" s="2"/>
       <c r="CR81" s="2"/>
       <c r="CS81" s="2"/>
       <c r="CT81" s="2"/>
       <c r="CU81" s="2"/>
       <c r="CV81" s="2"/>
       <c r="CW81" s="2"/>
       <c r="CX81" s="2"/>
       <c r="CY81" s="2"/>
       <c r="CZ81" s="2"/>
       <c r="DA81" s="2"/>
       <c r="DB81" s="2"/>
       <c r="DC81" s="2"/>
       <c r="DD81" s="2"/>
       <c r="DE81" s="2"/>
       <c r="DF81" s="2"/>
       <c r="DG81" s="2"/>
       <c r="DH81" s="2"/>
       <c r="DI81" s="2"/>
       <c r="DJ81" s="2"/>
       <c r="DK81" s="2"/>
-      <c r="DL81" s="2"/>
       <c r="DM81" s="2"/>
+      <c r="DN81" s="2"/>
+      <c r="DO81" s="2"/>
+      <c r="DP81" s="2"/>
+      <c r="DQ81" s="2"/>
+      <c r="DR81" s="2"/>
     </row>
-    <row r="82" spans="1:117" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:122" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="AP82" s="2"/>
       <c r="AQ82" s="2"/>
       <c r="AR82" s="2"/>
       <c r="AS82" s="2"/>
       <c r="AV82" s="2"/>
       <c r="AW82" s="2"/>
       <c r="AX82" s="2"/>
       <c r="AY82" s="2"/>
       <c r="AZ82" s="2"/>
       <c r="BA82" s="2"/>
       <c r="BB82" s="2"/>
       <c r="BC82" s="2"/>
       <c r="BD82" s="2"/>
       <c r="BE82" s="2"/>
       <c r="BF82" s="2"/>
       <c r="BG82" s="2"/>
       <c r="BH82" s="2"/>
       <c r="BI82" s="2"/>
       <c r="BJ82" s="2"/>
       <c r="BK82" s="2"/>
       <c r="BL82" s="2"/>
       <c r="BM82" s="2"/>
       <c r="BN82" s="2"/>
@@ -31142,54 +31386,58 @@
       <c r="CM82" s="2"/>
       <c r="CN82" s="2"/>
       <c r="CO82" s="2"/>
       <c r="CP82" s="2"/>
       <c r="CQ82" s="2"/>
       <c r="CR82" s="2"/>
       <c r="CS82" s="2"/>
       <c r="CT82" s="2"/>
       <c r="CU82" s="2"/>
       <c r="CV82" s="2"/>
       <c r="CW82" s="2"/>
       <c r="CX82" s="2"/>
       <c r="CY82" s="2"/>
       <c r="CZ82" s="2"/>
       <c r="DA82" s="2"/>
       <c r="DB82" s="2"/>
       <c r="DC82" s="2"/>
       <c r="DD82" s="2"/>
       <c r="DE82" s="2"/>
       <c r="DF82" s="2"/>
       <c r="DG82" s="2"/>
       <c r="DH82" s="2"/>
       <c r="DI82" s="2"/>
       <c r="DJ82" s="2"/>
       <c r="DK82" s="2"/>
-      <c r="DL82" s="2"/>
       <c r="DM82" s="2"/>
+      <c r="DN82" s="2"/>
+      <c r="DO82" s="2"/>
+      <c r="DP82" s="2"/>
+      <c r="DQ82" s="2"/>
+      <c r="DR82" s="2"/>
     </row>
-    <row r="83" spans="1:117" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:122" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="AP83" s="2"/>
       <c r="AQ83" s="2"/>
       <c r="AR83" s="2"/>
       <c r="AS83" s="2"/>
       <c r="AV83" s="2"/>
       <c r="AW83" s="2"/>
       <c r="AX83" s="2"/>
       <c r="AY83" s="2"/>
       <c r="AZ83" s="2"/>
       <c r="BA83" s="2"/>
       <c r="BB83" s="2"/>
       <c r="BC83" s="2"/>
       <c r="BD83" s="2"/>
       <c r="BE83" s="2"/>
       <c r="BF83" s="2"/>
       <c r="BG83" s="2"/>
       <c r="BH83" s="2"/>
       <c r="BI83" s="2"/>
       <c r="BJ83" s="2"/>
       <c r="BK83" s="2"/>
       <c r="BL83" s="2"/>
       <c r="BM83" s="2"/>
       <c r="BN83" s="2"/>
@@ -31220,54 +31468,58 @@
       <c r="CM83" s="2"/>
       <c r="CN83" s="2"/>
       <c r="CO83" s="2"/>
       <c r="CP83" s="2"/>
       <c r="CQ83" s="2"/>
       <c r="CR83" s="2"/>
       <c r="CS83" s="2"/>
       <c r="CT83" s="2"/>
       <c r="CU83" s="2"/>
       <c r="CV83" s="2"/>
       <c r="CW83" s="2"/>
       <c r="CX83" s="2"/>
       <c r="CY83" s="2"/>
       <c r="CZ83" s="2"/>
       <c r="DA83" s="2"/>
       <c r="DB83" s="2"/>
       <c r="DC83" s="2"/>
       <c r="DD83" s="2"/>
       <c r="DE83" s="2"/>
       <c r="DF83" s="2"/>
       <c r="DG83" s="2"/>
       <c r="DH83" s="2"/>
       <c r="DI83" s="2"/>
       <c r="DJ83" s="2"/>
       <c r="DK83" s="2"/>
-      <c r="DL83" s="2"/>
       <c r="DM83" s="2"/>
+      <c r="DN83" s="2"/>
+      <c r="DO83" s="2"/>
+      <c r="DP83" s="2"/>
+      <c r="DQ83" s="2"/>
+      <c r="DR83" s="2"/>
     </row>
-    <row r="84" spans="1:117" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:122" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="AP84" s="2"/>
       <c r="AQ84" s="2"/>
       <c r="AR84" s="2"/>
       <c r="AS84" s="2"/>
       <c r="AV84" s="2"/>
       <c r="AW84" s="2"/>
       <c r="AX84" s="2"/>
       <c r="AY84" s="2"/>
       <c r="AZ84" s="2"/>
       <c r="BA84" s="2"/>
       <c r="BB84" s="2"/>
       <c r="BC84" s="2"/>
       <c r="BD84" s="2"/>
       <c r="BE84" s="2"/>
       <c r="BF84" s="2"/>
       <c r="BG84" s="2"/>
       <c r="BH84" s="2"/>
       <c r="BI84" s="2"/>
       <c r="BJ84" s="2"/>
       <c r="BK84" s="2"/>
       <c r="BL84" s="2"/>
       <c r="BM84" s="2"/>
       <c r="BN84" s="2"/>
@@ -31298,54 +31550,58 @@
       <c r="CM84" s="2"/>
       <c r="CN84" s="2"/>
       <c r="CO84" s="2"/>
       <c r="CP84" s="2"/>
       <c r="CQ84" s="2"/>
       <c r="CR84" s="2"/>
       <c r="CS84" s="2"/>
       <c r="CT84" s="2"/>
       <c r="CU84" s="2"/>
       <c r="CV84" s="2"/>
       <c r="CW84" s="2"/>
       <c r="CX84" s="2"/>
       <c r="CY84" s="2"/>
       <c r="CZ84" s="2"/>
       <c r="DA84" s="2"/>
       <c r="DB84" s="2"/>
       <c r="DC84" s="2"/>
       <c r="DD84" s="2"/>
       <c r="DE84" s="2"/>
       <c r="DF84" s="2"/>
       <c r="DG84" s="2"/>
       <c r="DH84" s="2"/>
       <c r="DI84" s="2"/>
       <c r="DJ84" s="2"/>
       <c r="DK84" s="2"/>
-      <c r="DL84" s="2"/>
       <c r="DM84" s="2"/>
+      <c r="DN84" s="2"/>
+      <c r="DO84" s="2"/>
+      <c r="DP84" s="2"/>
+      <c r="DQ84" s="2"/>
+      <c r="DR84" s="2"/>
     </row>
-    <row r="85" spans="1:117" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:122" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="AP85" s="2"/>
       <c r="AQ85" s="2"/>
       <c r="AR85" s="2"/>
       <c r="AS85" s="2"/>
       <c r="AV85" s="2"/>
       <c r="AW85" s="2"/>
       <c r="AX85" s="2"/>
       <c r="AY85" s="2"/>
       <c r="AZ85" s="2"/>
       <c r="BA85" s="2"/>
       <c r="BB85" s="2"/>
       <c r="BC85" s="2"/>
       <c r="BD85" s="2"/>
       <c r="BE85" s="2"/>
       <c r="BF85" s="2"/>
       <c r="BG85" s="2"/>
       <c r="BH85" s="2"/>
       <c r="BI85" s="2"/>
       <c r="BJ85" s="2"/>
       <c r="BK85" s="2"/>
       <c r="BL85" s="2"/>
       <c r="BM85" s="2"/>
       <c r="BN85" s="2"/>
@@ -31376,2099 +31632,2221 @@
       <c r="CM85" s="2"/>
       <c r="CN85" s="2"/>
       <c r="CO85" s="2"/>
       <c r="CP85" s="2"/>
       <c r="CQ85" s="2"/>
       <c r="CR85" s="2"/>
       <c r="CS85" s="2"/>
       <c r="CT85" s="2"/>
       <c r="CU85" s="2"/>
       <c r="CV85" s="2"/>
       <c r="CW85" s="2"/>
       <c r="CX85" s="2"/>
       <c r="CY85" s="2"/>
       <c r="CZ85" s="2"/>
       <c r="DA85" s="2"/>
       <c r="DB85" s="2"/>
       <c r="DC85" s="2"/>
       <c r="DD85" s="2"/>
       <c r="DE85" s="2"/>
       <c r="DF85" s="2"/>
       <c r="DG85" s="2"/>
       <c r="DH85" s="2"/>
       <c r="DI85" s="2"/>
       <c r="DJ85" s="2"/>
       <c r="DK85" s="2"/>
-      <c r="DL85" s="2"/>
       <c r="DM85" s="2"/>
+      <c r="DN85" s="2"/>
+      <c r="DO85" s="2"/>
+      <c r="DP85" s="2"/>
+      <c r="DQ85" s="2"/>
+      <c r="DR85" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="1975">
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="2029">
+    <mergeCell ref="DL13:DL14"/>
+    <mergeCell ref="CF11:DM12"/>
+    <mergeCell ref="CB59:CC59"/>
+    <mergeCell ref="CD59:CE59"/>
+    <mergeCell ref="BP57:BQ57"/>
+    <mergeCell ref="BR57:BS57"/>
+    <mergeCell ref="BT57:BU57"/>
     <mergeCell ref="BP64:BQ64"/>
     <mergeCell ref="BR64:BS64"/>
     <mergeCell ref="BT64:BU64"/>
     <mergeCell ref="BV64:BW64"/>
     <mergeCell ref="BX64:BY64"/>
     <mergeCell ref="BZ64:CA64"/>
     <mergeCell ref="CB64:CC64"/>
     <mergeCell ref="CD64:CE64"/>
     <mergeCell ref="BX61:BY61"/>
     <mergeCell ref="BZ61:CA61"/>
     <mergeCell ref="CB61:CC61"/>
     <mergeCell ref="CD61:CE61"/>
     <mergeCell ref="BP62:BQ62"/>
     <mergeCell ref="BR62:BS62"/>
     <mergeCell ref="BT62:BU62"/>
     <mergeCell ref="BV62:BW62"/>
     <mergeCell ref="BX62:BY62"/>
     <mergeCell ref="BZ62:CA62"/>
     <mergeCell ref="CB62:CC62"/>
     <mergeCell ref="CD62:CE62"/>
     <mergeCell ref="BP63:BQ63"/>
     <mergeCell ref="BR63:BS63"/>
     <mergeCell ref="BT63:BU63"/>
     <mergeCell ref="BV63:BW63"/>
     <mergeCell ref="BX63:BY63"/>
     <mergeCell ref="BZ63:CA63"/>
     <mergeCell ref="CB63:CC63"/>
-    <mergeCell ref="CD63:CE63"/>
-[...4 lines deleted...]
-    <mergeCell ref="BT57:BU57"/>
+    <mergeCell ref="BP56:BQ56"/>
+    <mergeCell ref="BR56:BS56"/>
+    <mergeCell ref="BT56:BU56"/>
+    <mergeCell ref="BV56:BW56"/>
+    <mergeCell ref="BX56:BY56"/>
+    <mergeCell ref="BZ56:CA56"/>
+    <mergeCell ref="CB56:CC56"/>
+    <mergeCell ref="CD56:CE56"/>
     <mergeCell ref="BV57:BW57"/>
     <mergeCell ref="BX57:BY57"/>
     <mergeCell ref="BZ57:CA57"/>
     <mergeCell ref="CB57:CC57"/>
     <mergeCell ref="CD57:CE57"/>
     <mergeCell ref="BP58:BQ58"/>
     <mergeCell ref="BR58:BS58"/>
     <mergeCell ref="BT58:BU58"/>
     <mergeCell ref="BV58:BW58"/>
     <mergeCell ref="BX58:BY58"/>
     <mergeCell ref="BZ58:CA58"/>
     <mergeCell ref="CB58:CC58"/>
     <mergeCell ref="CD58:CE58"/>
-    <mergeCell ref="BP59:BQ59"/>
-[...46 lines deleted...]
-    <mergeCell ref="BV46:BW46"/>
+    <mergeCell ref="CD63:CE63"/>
     <mergeCell ref="BX46:BY46"/>
     <mergeCell ref="BZ46:CA46"/>
     <mergeCell ref="CB46:CC46"/>
     <mergeCell ref="CD46:CE46"/>
     <mergeCell ref="BP47:BQ47"/>
     <mergeCell ref="BR47:BS47"/>
     <mergeCell ref="BT47:BU47"/>
     <mergeCell ref="BV47:BW47"/>
     <mergeCell ref="BX47:BY47"/>
     <mergeCell ref="BZ47:CA47"/>
     <mergeCell ref="CB47:CC47"/>
     <mergeCell ref="CD47:CE47"/>
     <mergeCell ref="BP48:BQ48"/>
     <mergeCell ref="BR48:BS48"/>
     <mergeCell ref="BT48:BU48"/>
     <mergeCell ref="BV48:BW48"/>
     <mergeCell ref="BX48:BY48"/>
     <mergeCell ref="BZ48:CA48"/>
     <mergeCell ref="CB48:CC48"/>
     <mergeCell ref="CD48:CE48"/>
+    <mergeCell ref="BV41:BW41"/>
+    <mergeCell ref="BX41:BY41"/>
+    <mergeCell ref="BZ41:CA41"/>
+    <mergeCell ref="CB41:CC41"/>
+    <mergeCell ref="CD41:CE41"/>
     <mergeCell ref="BV43:BW43"/>
     <mergeCell ref="BX43:BY43"/>
     <mergeCell ref="BZ43:CA43"/>
     <mergeCell ref="CB43:CC43"/>
     <mergeCell ref="CD43:CE43"/>
     <mergeCell ref="BP44:BQ44"/>
     <mergeCell ref="BR44:BS44"/>
     <mergeCell ref="BT44:BU44"/>
     <mergeCell ref="BV44:BW44"/>
     <mergeCell ref="BX44:BY44"/>
     <mergeCell ref="BZ44:CA44"/>
     <mergeCell ref="CB44:CC44"/>
     <mergeCell ref="CD44:CE44"/>
-    <mergeCell ref="BP45:BQ45"/>
-[...6 lines deleted...]
-    <mergeCell ref="CD45:CE45"/>
+    <mergeCell ref="BX36:BY36"/>
+    <mergeCell ref="BZ36:CA36"/>
+    <mergeCell ref="CB36:CC36"/>
+    <mergeCell ref="CD36:CE36"/>
+    <mergeCell ref="BP37:BQ37"/>
+    <mergeCell ref="BR37:BS37"/>
+    <mergeCell ref="BT37:BU37"/>
+    <mergeCell ref="BV37:BW37"/>
+    <mergeCell ref="BX37:BY37"/>
+    <mergeCell ref="BZ37:CA37"/>
+    <mergeCell ref="CB37:CC37"/>
+    <mergeCell ref="CD37:CE37"/>
     <mergeCell ref="BX39:BY39"/>
     <mergeCell ref="BZ39:CA39"/>
     <mergeCell ref="CB39:CC39"/>
     <mergeCell ref="CD39:CE39"/>
     <mergeCell ref="BP40:BQ40"/>
     <mergeCell ref="BR40:BS40"/>
     <mergeCell ref="BT40:BU40"/>
     <mergeCell ref="BV40:BW40"/>
     <mergeCell ref="BX40:BY40"/>
     <mergeCell ref="BZ40:CA40"/>
     <mergeCell ref="CB40:CC40"/>
     <mergeCell ref="CD40:CE40"/>
-    <mergeCell ref="BP41:BQ41"/>
-[...23 lines deleted...]
-    <mergeCell ref="CD37:CE37"/>
     <mergeCell ref="BR30:BS30"/>
     <mergeCell ref="BT30:BU30"/>
     <mergeCell ref="BV30:BW30"/>
     <mergeCell ref="BX30:BY30"/>
     <mergeCell ref="BZ30:CA30"/>
     <mergeCell ref="CB30:CC30"/>
     <mergeCell ref="CD30:CE30"/>
     <mergeCell ref="BP31:BQ31"/>
     <mergeCell ref="BR31:BS31"/>
     <mergeCell ref="BT31:BU31"/>
     <mergeCell ref="BV31:BW31"/>
     <mergeCell ref="BX31:BY31"/>
     <mergeCell ref="BZ31:CA31"/>
     <mergeCell ref="CB31:CC31"/>
     <mergeCell ref="CD31:CE31"/>
     <mergeCell ref="BP32:BQ32"/>
     <mergeCell ref="BR32:BS32"/>
     <mergeCell ref="BT32:BU32"/>
     <mergeCell ref="BV32:BW32"/>
     <mergeCell ref="BX32:BY32"/>
     <mergeCell ref="BZ32:CA32"/>
     <mergeCell ref="CB32:CC32"/>
     <mergeCell ref="CD32:CE32"/>
-    <mergeCell ref="BP26:BQ26"/>
-[...7 lines deleted...]
-    <mergeCell ref="BR27:BS27"/>
     <mergeCell ref="BT27:BU27"/>
     <mergeCell ref="BV27:BW27"/>
     <mergeCell ref="BX27:BY27"/>
     <mergeCell ref="BZ27:CA27"/>
     <mergeCell ref="CB27:CC27"/>
     <mergeCell ref="CD27:CE27"/>
     <mergeCell ref="BP28:BQ28"/>
     <mergeCell ref="BR28:BS28"/>
     <mergeCell ref="BT28:BU28"/>
     <mergeCell ref="BV28:BW28"/>
     <mergeCell ref="BX28:BY28"/>
     <mergeCell ref="BZ28:CA28"/>
     <mergeCell ref="CB28:CC28"/>
     <mergeCell ref="CD28:CE28"/>
+    <mergeCell ref="BP29:BQ29"/>
+    <mergeCell ref="BR29:BS29"/>
+    <mergeCell ref="BT29:BU29"/>
+    <mergeCell ref="BV29:BW29"/>
+    <mergeCell ref="BX29:BY29"/>
+    <mergeCell ref="BZ29:CA29"/>
+    <mergeCell ref="CB29:CC29"/>
+    <mergeCell ref="CD29:CE29"/>
+    <mergeCell ref="BT24:BU24"/>
+    <mergeCell ref="BV24:BW24"/>
+    <mergeCell ref="BX24:BY24"/>
+    <mergeCell ref="BZ24:CA24"/>
+    <mergeCell ref="CB24:CC24"/>
+    <mergeCell ref="CD24:CE24"/>
+    <mergeCell ref="BP25:BQ25"/>
+    <mergeCell ref="BR25:BS25"/>
+    <mergeCell ref="BT25:BU25"/>
+    <mergeCell ref="BV25:BW25"/>
+    <mergeCell ref="BX25:BY25"/>
+    <mergeCell ref="BZ25:CA25"/>
+    <mergeCell ref="CB25:CC25"/>
+    <mergeCell ref="CD25:CE25"/>
+    <mergeCell ref="BP26:BQ26"/>
+    <mergeCell ref="BR26:BS26"/>
+    <mergeCell ref="BT26:BU26"/>
+    <mergeCell ref="BV26:BW26"/>
+    <mergeCell ref="BX26:BY26"/>
+    <mergeCell ref="BZ26:CA26"/>
+    <mergeCell ref="CB26:CC26"/>
+    <mergeCell ref="CD26:CE26"/>
+    <mergeCell ref="BV21:BW21"/>
+    <mergeCell ref="BX21:BY21"/>
+    <mergeCell ref="BZ21:CA21"/>
+    <mergeCell ref="CB21:CC21"/>
+    <mergeCell ref="CD21:CE21"/>
+    <mergeCell ref="BP22:BQ22"/>
+    <mergeCell ref="BR22:BS22"/>
+    <mergeCell ref="BT22:BU22"/>
+    <mergeCell ref="BV22:BW22"/>
+    <mergeCell ref="BX22:BY22"/>
+    <mergeCell ref="BZ22:CA22"/>
+    <mergeCell ref="CB22:CC22"/>
+    <mergeCell ref="CD22:CE22"/>
     <mergeCell ref="BP23:BQ23"/>
     <mergeCell ref="BR23:BS23"/>
     <mergeCell ref="BT23:BU23"/>
     <mergeCell ref="BV23:BW23"/>
     <mergeCell ref="BX23:BY23"/>
     <mergeCell ref="BZ23:CA23"/>
     <mergeCell ref="CB23:CC23"/>
     <mergeCell ref="CD23:CE23"/>
-    <mergeCell ref="BP21:BQ21"/>
-    <mergeCell ref="BR21:BS21"/>
     <mergeCell ref="BT21:BU21"/>
-    <mergeCell ref="BR24:BS24"/>
-[...5 lines deleted...]
-    <mergeCell ref="CD24:CE24"/>
+    <mergeCell ref="BP18:BQ18"/>
+    <mergeCell ref="BR18:BS18"/>
+    <mergeCell ref="BT18:BU18"/>
+    <mergeCell ref="BV18:BW18"/>
+    <mergeCell ref="BX18:BY18"/>
+    <mergeCell ref="BZ18:CA18"/>
+    <mergeCell ref="CB18:CC18"/>
+    <mergeCell ref="CD18:CE18"/>
+    <mergeCell ref="BP19:BQ19"/>
+    <mergeCell ref="BR19:BS19"/>
     <mergeCell ref="BT19:BU19"/>
     <mergeCell ref="BV19:BW19"/>
     <mergeCell ref="BX19:BY19"/>
     <mergeCell ref="BZ19:CA19"/>
     <mergeCell ref="CB19:CC19"/>
     <mergeCell ref="CD19:CE19"/>
     <mergeCell ref="BP20:BQ20"/>
     <mergeCell ref="BR20:BS20"/>
     <mergeCell ref="BT20:BU20"/>
     <mergeCell ref="BV20:BW20"/>
     <mergeCell ref="BX20:BY20"/>
     <mergeCell ref="BZ20:CA20"/>
     <mergeCell ref="CB20:CC20"/>
     <mergeCell ref="CD20:CE20"/>
-    <mergeCell ref="BV21:BW21"/>
-[...3 lines deleted...]
-    <mergeCell ref="CD21:CE21"/>
+    <mergeCell ref="BT15:BU15"/>
     <mergeCell ref="BV15:BW15"/>
     <mergeCell ref="BX15:BY15"/>
     <mergeCell ref="BZ15:CA15"/>
     <mergeCell ref="CB15:CC15"/>
     <mergeCell ref="CD15:CE15"/>
     <mergeCell ref="BP16:BQ16"/>
     <mergeCell ref="BR16:BS16"/>
     <mergeCell ref="BT16:BU16"/>
     <mergeCell ref="BV16:BW16"/>
     <mergeCell ref="BX16:BY16"/>
     <mergeCell ref="BZ16:CA16"/>
     <mergeCell ref="CB16:CC16"/>
     <mergeCell ref="CD16:CE16"/>
     <mergeCell ref="BP17:BQ17"/>
     <mergeCell ref="BR17:BS17"/>
     <mergeCell ref="BT17:BU17"/>
     <mergeCell ref="BV17:BW17"/>
     <mergeCell ref="BX17:BY17"/>
     <mergeCell ref="BZ17:CA17"/>
     <mergeCell ref="CB17:CC17"/>
     <mergeCell ref="CD17:CE17"/>
+    <mergeCell ref="AJ53:AU53"/>
+    <mergeCell ref="AJ54:AU54"/>
     <mergeCell ref="AJ55:AU55"/>
     <mergeCell ref="AJ56:AU56"/>
     <mergeCell ref="AJ57:AU57"/>
     <mergeCell ref="AJ58:AU58"/>
     <mergeCell ref="AJ59:AU59"/>
     <mergeCell ref="AJ60:AU60"/>
     <mergeCell ref="AJ61:AU61"/>
     <mergeCell ref="AJ62:AU62"/>
     <mergeCell ref="AJ63:AU63"/>
     <mergeCell ref="AJ64:AU64"/>
     <mergeCell ref="AJ33:AU33"/>
     <mergeCell ref="AJ34:AU34"/>
     <mergeCell ref="AJ35:AU35"/>
     <mergeCell ref="AJ36:AU36"/>
     <mergeCell ref="AJ37:AU37"/>
     <mergeCell ref="AJ38:AU38"/>
     <mergeCell ref="AJ39:AU39"/>
     <mergeCell ref="AJ40:AU40"/>
     <mergeCell ref="AJ41:AU41"/>
     <mergeCell ref="AJ42:AU42"/>
     <mergeCell ref="AJ43:AU43"/>
     <mergeCell ref="AJ44:AU44"/>
     <mergeCell ref="AJ45:AU45"/>
     <mergeCell ref="AJ46:AU46"/>
     <mergeCell ref="AJ47:AU47"/>
     <mergeCell ref="AJ48:AU48"/>
     <mergeCell ref="AJ49:AU49"/>
+    <mergeCell ref="AJ18:AU18"/>
+    <mergeCell ref="AJ19:AU19"/>
+    <mergeCell ref="AJ20:AU20"/>
     <mergeCell ref="AJ21:AU21"/>
     <mergeCell ref="AJ22:AU22"/>
     <mergeCell ref="AJ23:AU23"/>
     <mergeCell ref="AJ24:AU24"/>
     <mergeCell ref="AJ25:AU25"/>
     <mergeCell ref="AJ26:AU26"/>
     <mergeCell ref="AJ27:AU27"/>
     <mergeCell ref="AJ28:AU28"/>
     <mergeCell ref="AJ29:AU29"/>
     <mergeCell ref="AJ30:AU30"/>
     <mergeCell ref="AJ31:AU31"/>
     <mergeCell ref="AJ32:AU32"/>
     <mergeCell ref="AJ50:AU50"/>
     <mergeCell ref="AJ51:AU51"/>
-    <mergeCell ref="AJ52:AU52"/>
-[...8 lines deleted...]
-    <mergeCell ref="CX16:DB16"/>
+    <mergeCell ref="DB16:DF16"/>
     <mergeCell ref="BJ16:BK16"/>
     <mergeCell ref="BL16:BM16"/>
     <mergeCell ref="EB18:EF18"/>
     <mergeCell ref="BN18:BO18"/>
     <mergeCell ref="AV18:AW18"/>
-    <mergeCell ref="CN17:CR17"/>
-[...1 lines deleted...]
-    <mergeCell ref="CX17:DB17"/>
+    <mergeCell ref="CR17:CV17"/>
+    <mergeCell ref="CW17:DA17"/>
+    <mergeCell ref="DB17:DF17"/>
     <mergeCell ref="J18:P18"/>
     <mergeCell ref="X18:AI18"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="BL20:BM20"/>
     <mergeCell ref="BN20:BO20"/>
-    <mergeCell ref="DC17:DG17"/>
-    <mergeCell ref="DH17:DL17"/>
+    <mergeCell ref="DG17:DK17"/>
+    <mergeCell ref="DM17:DQ17"/>
     <mergeCell ref="BJ17:BK17"/>
     <mergeCell ref="BL17:BM17"/>
     <mergeCell ref="BN17:BO17"/>
     <mergeCell ref="CF17:CI17"/>
     <mergeCell ref="CJ17:CM17"/>
     <mergeCell ref="AZ17:BA17"/>
     <mergeCell ref="BB17:BC17"/>
     <mergeCell ref="BD17:BE17"/>
     <mergeCell ref="BF17:BG17"/>
-    <mergeCell ref="X15:AI15"/>
-[...3 lines deleted...]
-    <mergeCell ref="C76:DK78"/>
+    <mergeCell ref="BH17:BI17"/>
+    <mergeCell ref="DB19:DF19"/>
+    <mergeCell ref="DG19:DK19"/>
+    <mergeCell ref="DM19:DQ19"/>
+    <mergeCell ref="AJ16:AU16"/>
+    <mergeCell ref="AJ17:AU17"/>
+    <mergeCell ref="C76:DP78"/>
     <mergeCell ref="C72:I72"/>
     <mergeCell ref="C73:AO74"/>
     <mergeCell ref="B65:AO65"/>
-    <mergeCell ref="AQ65:DK65"/>
+    <mergeCell ref="AQ65:DP65"/>
     <mergeCell ref="C70:AO71"/>
     <mergeCell ref="B64:C64"/>
     <mergeCell ref="D64:E64"/>
-    <mergeCell ref="AR66:DK70"/>
-    <mergeCell ref="AR71:DK74"/>
+    <mergeCell ref="AR66:DP70"/>
+    <mergeCell ref="AR71:DP74"/>
     <mergeCell ref="C67:AO69"/>
     <mergeCell ref="BH13:BK13"/>
     <mergeCell ref="BH14:BI14"/>
     <mergeCell ref="BJ14:BK14"/>
     <mergeCell ref="BH15:BI15"/>
     <mergeCell ref="BJ15:BK15"/>
     <mergeCell ref="BL13:BO13"/>
     <mergeCell ref="X17:AI17"/>
     <mergeCell ref="AX18:AY18"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="F18:I18"/>
-    <mergeCell ref="CB14:CC14"/>
-[...2 lines deleted...]
-    <mergeCell ref="BT15:BU15"/>
+    <mergeCell ref="C66:AO66"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F17:I17"/>
     <mergeCell ref="A3:AP3"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="J13:P14"/>
     <mergeCell ref="F13:I14"/>
     <mergeCell ref="D13:E14"/>
     <mergeCell ref="B13:C14"/>
     <mergeCell ref="BN15:BO15"/>
     <mergeCell ref="CF15:CI15"/>
-    <mergeCell ref="DR15:DV15"/>
+    <mergeCell ref="DW15:EA15"/>
     <mergeCell ref="AX15:AY15"/>
     <mergeCell ref="AZ13:BC13"/>
     <mergeCell ref="AZ14:BA14"/>
     <mergeCell ref="BB14:BC14"/>
     <mergeCell ref="BD13:BG13"/>
     <mergeCell ref="BD14:BE14"/>
     <mergeCell ref="BF14:BG14"/>
     <mergeCell ref="AZ15:BA15"/>
     <mergeCell ref="BB15:BC15"/>
     <mergeCell ref="BD15:BE15"/>
     <mergeCell ref="BF15:BG15"/>
     <mergeCell ref="AX14:AY14"/>
     <mergeCell ref="AV13:AY13"/>
     <mergeCell ref="X13:AI14"/>
     <mergeCell ref="BL14:BM14"/>
     <mergeCell ref="BN14:BO14"/>
     <mergeCell ref="BL15:BM15"/>
     <mergeCell ref="B4:EC4"/>
-    <mergeCell ref="EL15:ET15"/>
+    <mergeCell ref="X15:AI15"/>
+    <mergeCell ref="AV14:AW14"/>
+    <mergeCell ref="AV15:AW15"/>
+    <mergeCell ref="BP15:BQ15"/>
     <mergeCell ref="EL13:ET14"/>
-    <mergeCell ref="EG18:EK18"/>
-    <mergeCell ref="DW18:EA18"/>
     <mergeCell ref="CF13:CI14"/>
     <mergeCell ref="CJ13:CM14"/>
     <mergeCell ref="CJ15:CM15"/>
-    <mergeCell ref="CN15:CR15"/>
-[...7 lines deleted...]
-    <mergeCell ref="CX15:DB15"/>
+    <mergeCell ref="CR15:CV15"/>
+    <mergeCell ref="CR14:CV14"/>
+    <mergeCell ref="CW14:DA14"/>
+    <mergeCell ref="CR13:DA13"/>
+    <mergeCell ref="CW15:DA15"/>
+    <mergeCell ref="DB13:DK13"/>
+    <mergeCell ref="DB14:DF14"/>
+    <mergeCell ref="DG14:DK14"/>
+    <mergeCell ref="DB15:DF15"/>
     <mergeCell ref="F15:I15"/>
     <mergeCell ref="J15:P15"/>
     <mergeCell ref="Q15:W15"/>
     <mergeCell ref="Q13:W14"/>
     <mergeCell ref="AJ13:AU14"/>
     <mergeCell ref="AJ15:AU15"/>
     <mergeCell ref="BP13:BS13"/>
     <mergeCell ref="BT13:BW13"/>
     <mergeCell ref="BX13:CA13"/>
     <mergeCell ref="CB13:CE13"/>
     <mergeCell ref="BP14:BQ14"/>
     <mergeCell ref="BR14:BS14"/>
     <mergeCell ref="BT14:BU14"/>
     <mergeCell ref="BV14:BW14"/>
     <mergeCell ref="BX14:BY14"/>
     <mergeCell ref="BZ14:CA14"/>
+    <mergeCell ref="CB14:CC14"/>
+    <mergeCell ref="CD14:CE14"/>
+    <mergeCell ref="BR15:BS15"/>
+    <mergeCell ref="EL16:ET16"/>
+    <mergeCell ref="EL17:ET17"/>
+    <mergeCell ref="EL20:ET20"/>
     <mergeCell ref="EG13:EK14"/>
     <mergeCell ref="EB15:EF15"/>
     <mergeCell ref="EG15:EK15"/>
-    <mergeCell ref="DW15:EA15"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH15:DL15"/>
+    <mergeCell ref="DW13:EA14"/>
+    <mergeCell ref="EB13:EF14"/>
+    <mergeCell ref="DG15:DK15"/>
     <mergeCell ref="DM13:DQ14"/>
     <mergeCell ref="DM15:DQ15"/>
-    <mergeCell ref="DM16:DQ16"/>
+    <mergeCell ref="DR13:DV14"/>
+    <mergeCell ref="DR15:DV15"/>
     <mergeCell ref="DR16:DV16"/>
     <mergeCell ref="DW16:EA16"/>
     <mergeCell ref="EG16:EK16"/>
-    <mergeCell ref="DC16:DG16"/>
-[...1 lines deleted...]
-    <mergeCell ref="DM17:DQ17"/>
+    <mergeCell ref="DG16:DK16"/>
+    <mergeCell ref="DM16:DQ16"/>
     <mergeCell ref="DR17:DV17"/>
     <mergeCell ref="DW17:EA17"/>
     <mergeCell ref="EB17:EF17"/>
     <mergeCell ref="EG17:EK17"/>
+    <mergeCell ref="EL18:ET18"/>
+    <mergeCell ref="EB19:EF19"/>
+    <mergeCell ref="EG19:EK19"/>
+    <mergeCell ref="EL19:ET19"/>
+    <mergeCell ref="EL15:ET15"/>
+    <mergeCell ref="EG18:EK18"/>
+    <mergeCell ref="DM18:DQ18"/>
+    <mergeCell ref="DR18:DV18"/>
+    <mergeCell ref="DW18:EA18"/>
+    <mergeCell ref="EB16:EF16"/>
+    <mergeCell ref="BN16:BO16"/>
+    <mergeCell ref="CF16:CI16"/>
+    <mergeCell ref="CJ16:CM16"/>
     <mergeCell ref="AZ16:BA16"/>
     <mergeCell ref="BB16:BC16"/>
     <mergeCell ref="BD16:BE16"/>
     <mergeCell ref="BF16:BG16"/>
     <mergeCell ref="BH16:BI16"/>
     <mergeCell ref="F16:I16"/>
     <mergeCell ref="J16:P16"/>
     <mergeCell ref="AV16:AW16"/>
     <mergeCell ref="AX16:AY16"/>
     <mergeCell ref="X16:AI16"/>
     <mergeCell ref="AZ18:BA18"/>
     <mergeCell ref="BB18:BC18"/>
     <mergeCell ref="BD18:BE18"/>
-    <mergeCell ref="DC18:DG18"/>
-[...20 lines deleted...]
-    <mergeCell ref="DR18:DV18"/>
+    <mergeCell ref="DG18:DK18"/>
     <mergeCell ref="CF18:CI18"/>
     <mergeCell ref="CJ18:CM18"/>
-    <mergeCell ref="CN18:CR18"/>
-[...1 lines deleted...]
-    <mergeCell ref="CX18:DB18"/>
+    <mergeCell ref="CR18:CV18"/>
+    <mergeCell ref="CW18:DA18"/>
+    <mergeCell ref="DB18:DF18"/>
     <mergeCell ref="BF18:BG18"/>
     <mergeCell ref="BH18:BI18"/>
     <mergeCell ref="BJ18:BK18"/>
     <mergeCell ref="BL18:BM18"/>
-    <mergeCell ref="EB16:EF16"/>
-    <mergeCell ref="DM19:DQ19"/>
+    <mergeCell ref="Q18:W18"/>
+    <mergeCell ref="J17:P17"/>
+    <mergeCell ref="AV17:AW17"/>
+    <mergeCell ref="AX17:AY17"/>
+    <mergeCell ref="CR16:CV16"/>
+    <mergeCell ref="CW16:DA16"/>
     <mergeCell ref="DR19:DV19"/>
+    <mergeCell ref="DW19:EA19"/>
     <mergeCell ref="BN19:BO19"/>
     <mergeCell ref="CF19:CI19"/>
     <mergeCell ref="CJ19:CM19"/>
-    <mergeCell ref="CN19:CR19"/>
-[...12 lines deleted...]
-    <mergeCell ref="BR19:BS19"/>
+    <mergeCell ref="CR19:CV19"/>
+    <mergeCell ref="CW19:DA19"/>
     <mergeCell ref="F19:I19"/>
     <mergeCell ref="J19:P19"/>
     <mergeCell ref="X19:AI19"/>
     <mergeCell ref="AV19:AW19"/>
     <mergeCell ref="AX19:AY19"/>
     <mergeCell ref="AZ19:BA19"/>
     <mergeCell ref="BB19:BC19"/>
     <mergeCell ref="BD19:BE19"/>
     <mergeCell ref="BF19:BG19"/>
     <mergeCell ref="BH19:BI19"/>
     <mergeCell ref="BJ19:BK19"/>
     <mergeCell ref="BL19:BM19"/>
-    <mergeCell ref="Q18:W18"/>
     <mergeCell ref="Q19:W19"/>
-    <mergeCell ref="J17:P17"/>
-[...1 lines deleted...]
-    <mergeCell ref="AX17:AY17"/>
     <mergeCell ref="BB21:BC21"/>
     <mergeCell ref="BD21:BE21"/>
     <mergeCell ref="BF21:BG21"/>
     <mergeCell ref="F21:I21"/>
     <mergeCell ref="J21:P21"/>
     <mergeCell ref="X21:AI21"/>
     <mergeCell ref="AV21:AW21"/>
-    <mergeCell ref="DM20:DQ20"/>
     <mergeCell ref="DR20:DV20"/>
     <mergeCell ref="DW20:EA20"/>
     <mergeCell ref="EB20:EF20"/>
     <mergeCell ref="EG20:EK20"/>
-    <mergeCell ref="CN20:CR20"/>
-[...3 lines deleted...]
-    <mergeCell ref="DH20:DL20"/>
+    <mergeCell ref="CR20:CV20"/>
+    <mergeCell ref="CW20:DA20"/>
+    <mergeCell ref="DB20:DF20"/>
+    <mergeCell ref="DG20:DK20"/>
+    <mergeCell ref="DM20:DQ20"/>
     <mergeCell ref="EG21:EK21"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="J20:P20"/>
     <mergeCell ref="X20:AI20"/>
     <mergeCell ref="AV20:AW20"/>
     <mergeCell ref="AX20:AY20"/>
     <mergeCell ref="AZ20:BA20"/>
     <mergeCell ref="BB20:BC20"/>
     <mergeCell ref="BD20:BE20"/>
     <mergeCell ref="BF20:BG20"/>
     <mergeCell ref="BH20:BI20"/>
     <mergeCell ref="BJ20:BK20"/>
     <mergeCell ref="CF20:CI20"/>
     <mergeCell ref="CJ20:CM20"/>
     <mergeCell ref="Q20:W20"/>
+    <mergeCell ref="BR21:BS21"/>
     <mergeCell ref="EL21:ET21"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="F22:I22"/>
     <mergeCell ref="J22:P22"/>
     <mergeCell ref="X22:AI22"/>
     <mergeCell ref="AV22:AW22"/>
     <mergeCell ref="AX22:AY22"/>
     <mergeCell ref="AZ22:BA22"/>
     <mergeCell ref="BB22:BC22"/>
     <mergeCell ref="BD22:BE22"/>
     <mergeCell ref="BF22:BG22"/>
     <mergeCell ref="BH22:BI22"/>
     <mergeCell ref="BJ22:BK22"/>
     <mergeCell ref="BL22:BM22"/>
-    <mergeCell ref="DH21:DL21"/>
     <mergeCell ref="DM21:DQ21"/>
     <mergeCell ref="DR21:DV21"/>
     <mergeCell ref="DW21:EA21"/>
     <mergeCell ref="EB21:EF21"/>
     <mergeCell ref="CJ21:CM21"/>
-    <mergeCell ref="CN21:CR21"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC21:DG21"/>
+    <mergeCell ref="CR21:CV21"/>
+    <mergeCell ref="CW21:DA21"/>
+    <mergeCell ref="DB21:DF21"/>
+    <mergeCell ref="DG21:DK21"/>
     <mergeCell ref="BH21:BI21"/>
     <mergeCell ref="BJ21:BK21"/>
     <mergeCell ref="BL21:BM21"/>
     <mergeCell ref="BN21:BO21"/>
     <mergeCell ref="CF21:CI21"/>
     <mergeCell ref="AX21:AY21"/>
     <mergeCell ref="AZ21:BA21"/>
     <mergeCell ref="Q21:W21"/>
+    <mergeCell ref="BP21:BQ21"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="F23:I23"/>
     <mergeCell ref="J23:P23"/>
-    <mergeCell ref="DW22:EA22"/>
     <mergeCell ref="EB22:EF22"/>
     <mergeCell ref="EG22:EK22"/>
     <mergeCell ref="EL22:ET22"/>
     <mergeCell ref="B22:C22"/>
-    <mergeCell ref="CX22:DB22"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH22:DL22"/>
+    <mergeCell ref="DB22:DF22"/>
+    <mergeCell ref="DG22:DK22"/>
     <mergeCell ref="DM22:DQ22"/>
     <mergeCell ref="DR22:DV22"/>
+    <mergeCell ref="DW22:EA22"/>
     <mergeCell ref="BN22:BO22"/>
     <mergeCell ref="CF22:CI22"/>
     <mergeCell ref="CJ22:CM22"/>
-    <mergeCell ref="CN22:CR22"/>
-[...1 lines deleted...]
-    <mergeCell ref="DW23:EA23"/>
+    <mergeCell ref="CR22:CV22"/>
+    <mergeCell ref="CW22:DA22"/>
     <mergeCell ref="EB23:EF23"/>
     <mergeCell ref="EG23:EK23"/>
     <mergeCell ref="EL23:ET23"/>
     <mergeCell ref="Q22:W22"/>
-    <mergeCell ref="BP22:BQ22"/>
-[...7 lines deleted...]
-    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="CN22:CO22"/>
+    <mergeCell ref="CP22:CQ22"/>
+    <mergeCell ref="CN23:CO23"/>
+    <mergeCell ref="CP23:CQ23"/>
     <mergeCell ref="J24:P24"/>
     <mergeCell ref="X24:AI24"/>
     <mergeCell ref="AV24:AW24"/>
     <mergeCell ref="AX24:AY24"/>
     <mergeCell ref="AZ24:BA24"/>
     <mergeCell ref="BB24:BC24"/>
     <mergeCell ref="BD24:BE24"/>
     <mergeCell ref="BF24:BG24"/>
-    <mergeCell ref="CX23:DB23"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH23:DL23"/>
+    <mergeCell ref="DB23:DF23"/>
+    <mergeCell ref="DG23:DK23"/>
     <mergeCell ref="DM23:DQ23"/>
     <mergeCell ref="DR23:DV23"/>
+    <mergeCell ref="DW23:EA23"/>
     <mergeCell ref="BN23:BO23"/>
     <mergeCell ref="CF23:CI23"/>
     <mergeCell ref="CJ23:CM23"/>
-    <mergeCell ref="CN23:CR23"/>
-    <mergeCell ref="CS23:CW23"/>
+    <mergeCell ref="CR23:CV23"/>
+    <mergeCell ref="CW23:DA23"/>
     <mergeCell ref="BD23:BE23"/>
     <mergeCell ref="BF23:BG23"/>
     <mergeCell ref="BH23:BI23"/>
     <mergeCell ref="BJ23:BK23"/>
     <mergeCell ref="BL23:BM23"/>
     <mergeCell ref="X23:AI23"/>
     <mergeCell ref="AV23:AW23"/>
     <mergeCell ref="AX23:AY23"/>
     <mergeCell ref="AZ23:BA23"/>
     <mergeCell ref="BB23:BC23"/>
     <mergeCell ref="Q23:W23"/>
     <mergeCell ref="Q24:W24"/>
     <mergeCell ref="BP24:BQ24"/>
+    <mergeCell ref="BR24:BS24"/>
     <mergeCell ref="EG24:EK24"/>
     <mergeCell ref="EL24:ET24"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="F25:I25"/>
     <mergeCell ref="J25:P25"/>
     <mergeCell ref="X25:AI25"/>
     <mergeCell ref="AV25:AW25"/>
     <mergeCell ref="AX25:AY25"/>
     <mergeCell ref="AZ25:BA25"/>
     <mergeCell ref="BB25:BC25"/>
     <mergeCell ref="BD25:BE25"/>
     <mergeCell ref="BF25:BG25"/>
     <mergeCell ref="BH25:BI25"/>
     <mergeCell ref="BJ25:BK25"/>
-    <mergeCell ref="DH24:DL24"/>
     <mergeCell ref="DM24:DQ24"/>
     <mergeCell ref="DR24:DV24"/>
     <mergeCell ref="DW24:EA24"/>
     <mergeCell ref="EB24:EF24"/>
     <mergeCell ref="CJ24:CM24"/>
-    <mergeCell ref="CN24:CR24"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC24:DG24"/>
+    <mergeCell ref="CR24:CV24"/>
+    <mergeCell ref="CW24:DA24"/>
+    <mergeCell ref="DB24:DF24"/>
+    <mergeCell ref="DG24:DK24"/>
     <mergeCell ref="BH24:BI24"/>
     <mergeCell ref="BJ24:BK24"/>
     <mergeCell ref="BL24:BM24"/>
     <mergeCell ref="BN24:BO24"/>
     <mergeCell ref="CF24:CI24"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:I24"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="F26:I26"/>
     <mergeCell ref="J26:P26"/>
-    <mergeCell ref="DR25:DV25"/>
     <mergeCell ref="DW25:EA25"/>
     <mergeCell ref="EB25:EF25"/>
     <mergeCell ref="EG25:EK25"/>
     <mergeCell ref="EL25:ET25"/>
-    <mergeCell ref="CS25:CW25"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH25:DL25"/>
+    <mergeCell ref="CW25:DA25"/>
+    <mergeCell ref="DB25:DF25"/>
+    <mergeCell ref="DG25:DK25"/>
     <mergeCell ref="DM25:DQ25"/>
+    <mergeCell ref="DR25:DV25"/>
     <mergeCell ref="BL25:BM25"/>
     <mergeCell ref="BN25:BO25"/>
     <mergeCell ref="CF25:CI25"/>
     <mergeCell ref="CJ25:CM25"/>
-    <mergeCell ref="CN25:CR25"/>
-    <mergeCell ref="DW26:EA26"/>
+    <mergeCell ref="CR25:CV25"/>
     <mergeCell ref="EB26:EF26"/>
     <mergeCell ref="EG26:EK26"/>
     <mergeCell ref="EL26:ET26"/>
     <mergeCell ref="Q25:W25"/>
-    <mergeCell ref="BP25:BQ25"/>
-[...7 lines deleted...]
-    <mergeCell ref="F27:I27"/>
     <mergeCell ref="J27:P27"/>
     <mergeCell ref="X27:AI27"/>
     <mergeCell ref="AV27:AW27"/>
     <mergeCell ref="AX27:AY27"/>
     <mergeCell ref="AZ27:BA27"/>
     <mergeCell ref="BB27:BC27"/>
     <mergeCell ref="BD27:BE27"/>
     <mergeCell ref="BF27:BG27"/>
-    <mergeCell ref="CX26:DB26"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH26:DL26"/>
+    <mergeCell ref="DB26:DF26"/>
+    <mergeCell ref="DG26:DK26"/>
     <mergeCell ref="DM26:DQ26"/>
     <mergeCell ref="DR26:DV26"/>
+    <mergeCell ref="DW26:EA26"/>
     <mergeCell ref="BN26:BO26"/>
     <mergeCell ref="CF26:CI26"/>
     <mergeCell ref="CJ26:CM26"/>
-    <mergeCell ref="CN26:CR26"/>
-    <mergeCell ref="CS26:CW26"/>
+    <mergeCell ref="CR26:CV26"/>
+    <mergeCell ref="CW26:DA26"/>
     <mergeCell ref="BD26:BE26"/>
     <mergeCell ref="BF26:BG26"/>
     <mergeCell ref="BH26:BI26"/>
     <mergeCell ref="BJ26:BK26"/>
     <mergeCell ref="BL26:BM26"/>
     <mergeCell ref="X26:AI26"/>
     <mergeCell ref="AV26:AW26"/>
     <mergeCell ref="AX26:AY26"/>
     <mergeCell ref="AZ26:BA26"/>
     <mergeCell ref="BB26:BC26"/>
     <mergeCell ref="Q26:W26"/>
     <mergeCell ref="Q27:W27"/>
     <mergeCell ref="BP27:BQ27"/>
+    <mergeCell ref="BR27:BS27"/>
     <mergeCell ref="EG27:EK27"/>
     <mergeCell ref="EL27:ET27"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="J28:P28"/>
     <mergeCell ref="X28:AI28"/>
     <mergeCell ref="AV28:AW28"/>
     <mergeCell ref="AX28:AY28"/>
     <mergeCell ref="AZ28:BA28"/>
     <mergeCell ref="BB28:BC28"/>
     <mergeCell ref="BD28:BE28"/>
     <mergeCell ref="BF28:BG28"/>
     <mergeCell ref="BH28:BI28"/>
     <mergeCell ref="BJ28:BK28"/>
-    <mergeCell ref="DH27:DL27"/>
     <mergeCell ref="DM27:DQ27"/>
     <mergeCell ref="DR27:DV27"/>
     <mergeCell ref="DW27:EA27"/>
     <mergeCell ref="EB27:EF27"/>
     <mergeCell ref="CJ27:CM27"/>
-    <mergeCell ref="CN27:CR27"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC27:DG27"/>
+    <mergeCell ref="CR27:CV27"/>
+    <mergeCell ref="CW27:DA27"/>
+    <mergeCell ref="DB27:DF27"/>
+    <mergeCell ref="DG27:DK27"/>
     <mergeCell ref="BH27:BI27"/>
     <mergeCell ref="BJ27:BK27"/>
     <mergeCell ref="BL27:BM27"/>
     <mergeCell ref="BN27:BO27"/>
     <mergeCell ref="CF27:CI27"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:I27"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="D29:E29"/>
     <mergeCell ref="F29:I29"/>
     <mergeCell ref="J29:P29"/>
-    <mergeCell ref="DR28:DV28"/>
     <mergeCell ref="DW28:EA28"/>
     <mergeCell ref="EB28:EF28"/>
     <mergeCell ref="EG28:EK28"/>
     <mergeCell ref="EL28:ET28"/>
-    <mergeCell ref="CS28:CW28"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH28:DL28"/>
+    <mergeCell ref="CW28:DA28"/>
+    <mergeCell ref="DB28:DF28"/>
+    <mergeCell ref="DG28:DK28"/>
     <mergeCell ref="DM28:DQ28"/>
+    <mergeCell ref="DR28:DV28"/>
     <mergeCell ref="BL28:BM28"/>
     <mergeCell ref="BN28:BO28"/>
     <mergeCell ref="CF28:CI28"/>
     <mergeCell ref="CJ28:CM28"/>
-    <mergeCell ref="CN28:CR28"/>
-    <mergeCell ref="DW29:EA29"/>
+    <mergeCell ref="CR28:CV28"/>
     <mergeCell ref="EB29:EF29"/>
     <mergeCell ref="EG29:EK29"/>
     <mergeCell ref="EL29:ET29"/>
     <mergeCell ref="Q28:W28"/>
-    <mergeCell ref="BP29:BQ29"/>
-[...6 lines deleted...]
-    <mergeCell ref="CD29:CE29"/>
+    <mergeCell ref="CN28:CO28"/>
+    <mergeCell ref="CP28:CQ28"/>
+    <mergeCell ref="CN29:CO29"/>
+    <mergeCell ref="CP29:CQ29"/>
     <mergeCell ref="F30:I30"/>
     <mergeCell ref="J30:P30"/>
     <mergeCell ref="X30:AI30"/>
     <mergeCell ref="AV30:AW30"/>
     <mergeCell ref="AX30:AY30"/>
     <mergeCell ref="AZ30:BA30"/>
     <mergeCell ref="BB30:BC30"/>
     <mergeCell ref="BD30:BE30"/>
     <mergeCell ref="BF30:BG30"/>
-    <mergeCell ref="CX29:DB29"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH29:DL29"/>
+    <mergeCell ref="DB29:DF29"/>
+    <mergeCell ref="DG29:DK29"/>
     <mergeCell ref="DM29:DQ29"/>
     <mergeCell ref="DR29:DV29"/>
+    <mergeCell ref="DW29:EA29"/>
     <mergeCell ref="BN29:BO29"/>
     <mergeCell ref="CF29:CI29"/>
     <mergeCell ref="CJ29:CM29"/>
-    <mergeCell ref="CN29:CR29"/>
-    <mergeCell ref="CS29:CW29"/>
+    <mergeCell ref="CR29:CV29"/>
+    <mergeCell ref="CW29:DA29"/>
     <mergeCell ref="BD29:BE29"/>
     <mergeCell ref="BF29:BG29"/>
     <mergeCell ref="BH29:BI29"/>
     <mergeCell ref="BJ29:BK29"/>
     <mergeCell ref="BL29:BM29"/>
     <mergeCell ref="X29:AI29"/>
     <mergeCell ref="AV29:AW29"/>
     <mergeCell ref="AX29:AY29"/>
     <mergeCell ref="AZ29:BA29"/>
     <mergeCell ref="BB29:BC29"/>
     <mergeCell ref="Q29:W29"/>
     <mergeCell ref="Q30:W30"/>
     <mergeCell ref="BP30:BQ30"/>
     <mergeCell ref="EG30:EK30"/>
     <mergeCell ref="EL30:ET30"/>
     <mergeCell ref="B31:C31"/>
     <mergeCell ref="D31:E31"/>
     <mergeCell ref="F31:I31"/>
     <mergeCell ref="J31:P31"/>
     <mergeCell ref="X31:AI31"/>
     <mergeCell ref="AV31:AW31"/>
     <mergeCell ref="AX31:AY31"/>
     <mergeCell ref="AZ31:BA31"/>
     <mergeCell ref="BB31:BC31"/>
     <mergeCell ref="BD31:BE31"/>
     <mergeCell ref="BF31:BG31"/>
     <mergeCell ref="BH31:BI31"/>
     <mergeCell ref="BJ31:BK31"/>
-    <mergeCell ref="DH30:DL30"/>
     <mergeCell ref="DM30:DQ30"/>
     <mergeCell ref="DR30:DV30"/>
     <mergeCell ref="DW30:EA30"/>
     <mergeCell ref="EB30:EF30"/>
     <mergeCell ref="CJ30:CM30"/>
-    <mergeCell ref="CN30:CR30"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC30:DG30"/>
+    <mergeCell ref="CR30:CV30"/>
+    <mergeCell ref="CW30:DA30"/>
+    <mergeCell ref="DB30:DF30"/>
+    <mergeCell ref="DG30:DK30"/>
     <mergeCell ref="BH30:BI30"/>
     <mergeCell ref="BJ30:BK30"/>
     <mergeCell ref="BL30:BM30"/>
     <mergeCell ref="BN30:BO30"/>
     <mergeCell ref="CF30:CI30"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="D30:E30"/>
+    <mergeCell ref="CN30:CO30"/>
     <mergeCell ref="BB64:BC64"/>
     <mergeCell ref="BD64:BE64"/>
     <mergeCell ref="BF64:BG64"/>
     <mergeCell ref="F64:I64"/>
     <mergeCell ref="J64:P64"/>
     <mergeCell ref="X64:AI64"/>
     <mergeCell ref="AV64:AW64"/>
-    <mergeCell ref="DR31:DV31"/>
     <mergeCell ref="DW31:EA31"/>
     <mergeCell ref="EB31:EF31"/>
     <mergeCell ref="EG31:EK31"/>
     <mergeCell ref="EL31:ET31"/>
-    <mergeCell ref="CS31:CW31"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH31:DL31"/>
+    <mergeCell ref="CW31:DA31"/>
+    <mergeCell ref="DB31:DF31"/>
+    <mergeCell ref="DG31:DK31"/>
     <mergeCell ref="DM31:DQ31"/>
+    <mergeCell ref="DR31:DV31"/>
     <mergeCell ref="BL31:BM31"/>
     <mergeCell ref="BN31:BO31"/>
     <mergeCell ref="CF31:CI31"/>
     <mergeCell ref="CJ31:CM31"/>
-    <mergeCell ref="CN31:CR31"/>
+    <mergeCell ref="CR31:CV31"/>
     <mergeCell ref="EG64:EK64"/>
     <mergeCell ref="EL64:ET64"/>
-    <mergeCell ref="DW64:EA64"/>
     <mergeCell ref="EB64:EF64"/>
     <mergeCell ref="EG34:EK34"/>
     <mergeCell ref="EL34:ET34"/>
-    <mergeCell ref="DW34:EA34"/>
     <mergeCell ref="EB34:EF34"/>
-    <mergeCell ref="DR32:DV32"/>
     <mergeCell ref="DW32:EA32"/>
+    <mergeCell ref="EB32:EF32"/>
+    <mergeCell ref="EG32:EK32"/>
+    <mergeCell ref="EL32:ET32"/>
+    <mergeCell ref="CW32:DA32"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="D32:E32"/>
     <mergeCell ref="F32:I32"/>
     <mergeCell ref="J32:P32"/>
     <mergeCell ref="X32:AI32"/>
     <mergeCell ref="AV32:AW32"/>
     <mergeCell ref="AX32:AY32"/>
     <mergeCell ref="AZ32:BA32"/>
     <mergeCell ref="BB32:BC32"/>
     <mergeCell ref="BD32:BE32"/>
     <mergeCell ref="BF32:BG32"/>
     <mergeCell ref="BH32:BI32"/>
     <mergeCell ref="BJ32:BK32"/>
-    <mergeCell ref="DH64:DL64"/>
     <mergeCell ref="DM64:DQ64"/>
     <mergeCell ref="DR64:DV64"/>
+    <mergeCell ref="DW64:EA64"/>
     <mergeCell ref="CJ64:CM64"/>
-    <mergeCell ref="CN64:CR64"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC64:DG64"/>
+    <mergeCell ref="CR64:CV64"/>
+    <mergeCell ref="CW64:DA64"/>
+    <mergeCell ref="DB64:DF64"/>
+    <mergeCell ref="DG64:DK64"/>
     <mergeCell ref="BH64:BI64"/>
     <mergeCell ref="BJ64:BK64"/>
     <mergeCell ref="BL64:BM64"/>
     <mergeCell ref="BN64:BO64"/>
     <mergeCell ref="CF64:CI64"/>
     <mergeCell ref="AX64:AY64"/>
     <mergeCell ref="AV33:AW33"/>
     <mergeCell ref="AX33:AY33"/>
     <mergeCell ref="AZ33:BA33"/>
     <mergeCell ref="BB33:BC33"/>
     <mergeCell ref="AZ64:BA64"/>
-    <mergeCell ref="EB32:EF32"/>
-[...5 lines deleted...]
-    <mergeCell ref="DH32:DL32"/>
+    <mergeCell ref="DB32:DF32"/>
+    <mergeCell ref="DG32:DK32"/>
     <mergeCell ref="DM32:DQ32"/>
+    <mergeCell ref="DR32:DV32"/>
     <mergeCell ref="BL32:BM32"/>
     <mergeCell ref="BN32:BO32"/>
     <mergeCell ref="CF32:CI32"/>
     <mergeCell ref="CJ32:CM32"/>
-    <mergeCell ref="CN32:CR32"/>
-    <mergeCell ref="DW33:EA33"/>
+    <mergeCell ref="CR32:CV32"/>
     <mergeCell ref="EB33:EF33"/>
     <mergeCell ref="EG33:EK33"/>
     <mergeCell ref="EL33:ET33"/>
     <mergeCell ref="BP33:BQ33"/>
     <mergeCell ref="BR33:BS33"/>
     <mergeCell ref="BT33:BU33"/>
     <mergeCell ref="BV33:BW33"/>
     <mergeCell ref="BX33:BY33"/>
     <mergeCell ref="BZ33:CA33"/>
     <mergeCell ref="CB33:CC33"/>
     <mergeCell ref="CD33:CE33"/>
+    <mergeCell ref="CN33:CO33"/>
+    <mergeCell ref="CP33:CQ33"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="D34:E34"/>
     <mergeCell ref="F34:I34"/>
     <mergeCell ref="J34:P34"/>
     <mergeCell ref="X34:AI34"/>
     <mergeCell ref="AV34:AW34"/>
     <mergeCell ref="AX34:AY34"/>
     <mergeCell ref="AZ34:BA34"/>
     <mergeCell ref="BB34:BC34"/>
     <mergeCell ref="BD34:BE34"/>
     <mergeCell ref="BF34:BG34"/>
-    <mergeCell ref="CX33:DB33"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH33:DL33"/>
+    <mergeCell ref="DB33:DF33"/>
+    <mergeCell ref="DG33:DK33"/>
     <mergeCell ref="DM33:DQ33"/>
     <mergeCell ref="DR33:DV33"/>
+    <mergeCell ref="DW33:EA33"/>
     <mergeCell ref="BN33:BO33"/>
     <mergeCell ref="CF33:CI33"/>
     <mergeCell ref="CJ33:CM33"/>
-    <mergeCell ref="CN33:CR33"/>
-    <mergeCell ref="CS33:CW33"/>
+    <mergeCell ref="CR33:CV33"/>
+    <mergeCell ref="CW33:DA33"/>
     <mergeCell ref="BD33:BE33"/>
     <mergeCell ref="BF33:BG33"/>
     <mergeCell ref="BH33:BI33"/>
     <mergeCell ref="BJ33:BK33"/>
     <mergeCell ref="BL33:BM33"/>
     <mergeCell ref="X33:AI33"/>
     <mergeCell ref="B33:C33"/>
     <mergeCell ref="D33:E33"/>
     <mergeCell ref="F33:I33"/>
     <mergeCell ref="J33:P33"/>
     <mergeCell ref="Q33:W33"/>
-    <mergeCell ref="BD35:BE35"/>
-    <mergeCell ref="BF35:BG35"/>
     <mergeCell ref="BH35:BI35"/>
     <mergeCell ref="BJ35:BK35"/>
-    <mergeCell ref="DH34:DL34"/>
     <mergeCell ref="DM34:DQ34"/>
     <mergeCell ref="DR34:DV34"/>
+    <mergeCell ref="DW34:EA34"/>
     <mergeCell ref="CJ34:CM34"/>
-    <mergeCell ref="CN34:CR34"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC34:DG34"/>
+    <mergeCell ref="CR34:CV34"/>
+    <mergeCell ref="CW34:DA34"/>
+    <mergeCell ref="DB34:DF34"/>
+    <mergeCell ref="DG34:DK34"/>
     <mergeCell ref="BH34:BI34"/>
     <mergeCell ref="BJ34:BK34"/>
     <mergeCell ref="BL34:BM34"/>
     <mergeCell ref="BN34:BO34"/>
     <mergeCell ref="CF34:CI34"/>
     <mergeCell ref="BP34:BQ34"/>
     <mergeCell ref="BR34:BS34"/>
     <mergeCell ref="BT34:BU34"/>
     <mergeCell ref="BV34:BW34"/>
     <mergeCell ref="BX34:BY34"/>
     <mergeCell ref="BZ34:CA34"/>
     <mergeCell ref="CB34:CC34"/>
     <mergeCell ref="CD34:CE34"/>
     <mergeCell ref="BP35:BQ35"/>
     <mergeCell ref="BR35:BS35"/>
     <mergeCell ref="BT35:BU35"/>
     <mergeCell ref="BV35:BW35"/>
     <mergeCell ref="BX35:BY35"/>
     <mergeCell ref="BZ35:CA35"/>
     <mergeCell ref="CB35:CC35"/>
+    <mergeCell ref="CD35:CE35"/>
     <mergeCell ref="B36:C36"/>
     <mergeCell ref="D36:E36"/>
     <mergeCell ref="F36:I36"/>
     <mergeCell ref="J36:P36"/>
-    <mergeCell ref="DR35:DV35"/>
     <mergeCell ref="DW35:EA35"/>
     <mergeCell ref="EB35:EF35"/>
     <mergeCell ref="EG35:EK35"/>
     <mergeCell ref="EL35:ET35"/>
-    <mergeCell ref="CS35:CW35"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH35:DL35"/>
+    <mergeCell ref="CW35:DA35"/>
+    <mergeCell ref="DB35:DF35"/>
+    <mergeCell ref="DG35:DK35"/>
     <mergeCell ref="DM35:DQ35"/>
+    <mergeCell ref="DR35:DV35"/>
     <mergeCell ref="BL35:BM35"/>
     <mergeCell ref="BN35:BO35"/>
     <mergeCell ref="CF35:CI35"/>
     <mergeCell ref="CJ35:CM35"/>
-    <mergeCell ref="CN35:CR35"/>
-    <mergeCell ref="DW36:EA36"/>
+    <mergeCell ref="CR35:CV35"/>
     <mergeCell ref="EB36:EF36"/>
     <mergeCell ref="EG36:EK36"/>
     <mergeCell ref="EL36:ET36"/>
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="D35:E35"/>
     <mergeCell ref="F35:I35"/>
     <mergeCell ref="J35:P35"/>
     <mergeCell ref="X35:AI35"/>
     <mergeCell ref="AV35:AW35"/>
     <mergeCell ref="AX35:AY35"/>
     <mergeCell ref="AZ35:BA35"/>
     <mergeCell ref="BB35:BC35"/>
-    <mergeCell ref="F37:I37"/>
+    <mergeCell ref="BD35:BE35"/>
+    <mergeCell ref="BF35:BG35"/>
     <mergeCell ref="J37:P37"/>
     <mergeCell ref="X37:AI37"/>
     <mergeCell ref="AV37:AW37"/>
     <mergeCell ref="AX37:AY37"/>
     <mergeCell ref="AZ37:BA37"/>
     <mergeCell ref="BB37:BC37"/>
     <mergeCell ref="BD37:BE37"/>
     <mergeCell ref="BF37:BG37"/>
-    <mergeCell ref="CX36:DB36"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH36:DL36"/>
+    <mergeCell ref="DB36:DF36"/>
+    <mergeCell ref="DG36:DK36"/>
     <mergeCell ref="DM36:DQ36"/>
     <mergeCell ref="DR36:DV36"/>
+    <mergeCell ref="DW36:EA36"/>
     <mergeCell ref="BN36:BO36"/>
     <mergeCell ref="CF36:CI36"/>
     <mergeCell ref="CJ36:CM36"/>
-    <mergeCell ref="CN36:CR36"/>
-    <mergeCell ref="CS36:CW36"/>
+    <mergeCell ref="CR36:CV36"/>
+    <mergeCell ref="CW36:DA36"/>
     <mergeCell ref="BD36:BE36"/>
     <mergeCell ref="BF36:BG36"/>
     <mergeCell ref="BH36:BI36"/>
     <mergeCell ref="BJ36:BK36"/>
     <mergeCell ref="BL36:BM36"/>
     <mergeCell ref="X36:AI36"/>
     <mergeCell ref="AV36:AW36"/>
     <mergeCell ref="AX36:AY36"/>
     <mergeCell ref="AZ36:BA36"/>
     <mergeCell ref="BB36:BC36"/>
+    <mergeCell ref="BP36:BQ36"/>
+    <mergeCell ref="BR36:BS36"/>
+    <mergeCell ref="BT36:BU36"/>
+    <mergeCell ref="BV36:BW36"/>
     <mergeCell ref="EG37:EK37"/>
     <mergeCell ref="EL37:ET37"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="D38:E38"/>
     <mergeCell ref="F38:I38"/>
     <mergeCell ref="J38:P38"/>
     <mergeCell ref="X38:AI38"/>
     <mergeCell ref="AV38:AW38"/>
     <mergeCell ref="AX38:AY38"/>
     <mergeCell ref="AZ38:BA38"/>
     <mergeCell ref="BB38:BC38"/>
     <mergeCell ref="BD38:BE38"/>
     <mergeCell ref="BF38:BG38"/>
     <mergeCell ref="BH38:BI38"/>
     <mergeCell ref="BJ38:BK38"/>
-    <mergeCell ref="DH37:DL37"/>
     <mergeCell ref="DM37:DQ37"/>
     <mergeCell ref="DR37:DV37"/>
     <mergeCell ref="DW37:EA37"/>
     <mergeCell ref="EB37:EF37"/>
     <mergeCell ref="CJ37:CM37"/>
-    <mergeCell ref="CN37:CR37"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC37:DG37"/>
+    <mergeCell ref="CR37:CV37"/>
+    <mergeCell ref="CW37:DA37"/>
+    <mergeCell ref="DB37:DF37"/>
+    <mergeCell ref="DG37:DK37"/>
     <mergeCell ref="BH37:BI37"/>
     <mergeCell ref="BJ37:BK37"/>
     <mergeCell ref="BL37:BM37"/>
     <mergeCell ref="BN37:BO37"/>
     <mergeCell ref="CF37:CI37"/>
     <mergeCell ref="B37:C37"/>
     <mergeCell ref="D37:E37"/>
+    <mergeCell ref="F37:I37"/>
     <mergeCell ref="B39:C39"/>
     <mergeCell ref="D39:E39"/>
     <mergeCell ref="F39:I39"/>
     <mergeCell ref="J39:P39"/>
-    <mergeCell ref="DR38:DV38"/>
     <mergeCell ref="DW38:EA38"/>
     <mergeCell ref="EB38:EF38"/>
     <mergeCell ref="EG38:EK38"/>
     <mergeCell ref="EL38:ET38"/>
-    <mergeCell ref="CS38:CW38"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH38:DL38"/>
+    <mergeCell ref="CW38:DA38"/>
+    <mergeCell ref="DB38:DF38"/>
+    <mergeCell ref="DG38:DK38"/>
     <mergeCell ref="DM38:DQ38"/>
+    <mergeCell ref="DR38:DV38"/>
     <mergeCell ref="BL38:BM38"/>
     <mergeCell ref="BN38:BO38"/>
     <mergeCell ref="CF38:CI38"/>
     <mergeCell ref="CJ38:CM38"/>
-    <mergeCell ref="CN38:CR38"/>
-    <mergeCell ref="DW39:EA39"/>
+    <mergeCell ref="CR38:CV38"/>
     <mergeCell ref="EB39:EF39"/>
     <mergeCell ref="EG39:EK39"/>
     <mergeCell ref="EL39:ET39"/>
     <mergeCell ref="BP38:BQ38"/>
     <mergeCell ref="BR38:BS38"/>
     <mergeCell ref="BT38:BU38"/>
     <mergeCell ref="BV38:BW38"/>
     <mergeCell ref="BX38:BY38"/>
     <mergeCell ref="BZ38:CA38"/>
     <mergeCell ref="CB38:CC38"/>
     <mergeCell ref="CD38:CE38"/>
     <mergeCell ref="BP39:BQ39"/>
-    <mergeCell ref="F40:I40"/>
     <mergeCell ref="J40:P40"/>
     <mergeCell ref="X40:AI40"/>
     <mergeCell ref="AV40:AW40"/>
     <mergeCell ref="AX40:AY40"/>
     <mergeCell ref="AZ40:BA40"/>
     <mergeCell ref="BB40:BC40"/>
     <mergeCell ref="BD40:BE40"/>
     <mergeCell ref="BF40:BG40"/>
-    <mergeCell ref="CX39:DB39"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH39:DL39"/>
+    <mergeCell ref="DB39:DF39"/>
+    <mergeCell ref="DG39:DK39"/>
     <mergeCell ref="DM39:DQ39"/>
     <mergeCell ref="DR39:DV39"/>
+    <mergeCell ref="DW39:EA39"/>
     <mergeCell ref="BN39:BO39"/>
     <mergeCell ref="CF39:CI39"/>
     <mergeCell ref="CJ39:CM39"/>
-    <mergeCell ref="CN39:CR39"/>
-    <mergeCell ref="CS39:CW39"/>
+    <mergeCell ref="CR39:CV39"/>
+    <mergeCell ref="CW39:DA39"/>
     <mergeCell ref="BD39:BE39"/>
     <mergeCell ref="BF39:BG39"/>
     <mergeCell ref="BH39:BI39"/>
     <mergeCell ref="BJ39:BK39"/>
     <mergeCell ref="BL39:BM39"/>
     <mergeCell ref="X39:AI39"/>
     <mergeCell ref="AV39:AW39"/>
     <mergeCell ref="AX39:AY39"/>
     <mergeCell ref="AZ39:BA39"/>
     <mergeCell ref="BB39:BC39"/>
     <mergeCell ref="BR39:BS39"/>
     <mergeCell ref="BT39:BU39"/>
     <mergeCell ref="BV39:BW39"/>
     <mergeCell ref="EG40:EK40"/>
     <mergeCell ref="EL40:ET40"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="F41:I41"/>
     <mergeCell ref="J41:P41"/>
     <mergeCell ref="X41:AI41"/>
     <mergeCell ref="AV41:AW41"/>
     <mergeCell ref="AX41:AY41"/>
     <mergeCell ref="AZ41:BA41"/>
     <mergeCell ref="BB41:BC41"/>
     <mergeCell ref="BD41:BE41"/>
     <mergeCell ref="BF41:BG41"/>
     <mergeCell ref="BH41:BI41"/>
     <mergeCell ref="BJ41:BK41"/>
-    <mergeCell ref="DH40:DL40"/>
     <mergeCell ref="DM40:DQ40"/>
     <mergeCell ref="DR40:DV40"/>
     <mergeCell ref="DW40:EA40"/>
     <mergeCell ref="EB40:EF40"/>
     <mergeCell ref="CJ40:CM40"/>
-    <mergeCell ref="CN40:CR40"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC40:DG40"/>
+    <mergeCell ref="CR40:CV40"/>
+    <mergeCell ref="CW40:DA40"/>
+    <mergeCell ref="DB40:DF40"/>
+    <mergeCell ref="DG40:DK40"/>
     <mergeCell ref="BH40:BI40"/>
     <mergeCell ref="BJ40:BK40"/>
     <mergeCell ref="BL40:BM40"/>
     <mergeCell ref="BN40:BO40"/>
     <mergeCell ref="CF40:CI40"/>
     <mergeCell ref="B40:C40"/>
     <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:I40"/>
     <mergeCell ref="B42:C42"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="F42:I42"/>
     <mergeCell ref="J42:P42"/>
-    <mergeCell ref="DR41:DV41"/>
     <mergeCell ref="DW41:EA41"/>
     <mergeCell ref="EB41:EF41"/>
     <mergeCell ref="EG41:EK41"/>
     <mergeCell ref="EL41:ET41"/>
-    <mergeCell ref="CS41:CW41"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH41:DL41"/>
+    <mergeCell ref="CW41:DA41"/>
+    <mergeCell ref="DB41:DF41"/>
+    <mergeCell ref="DG41:DK41"/>
     <mergeCell ref="DM41:DQ41"/>
+    <mergeCell ref="DR41:DV41"/>
     <mergeCell ref="BL41:BM41"/>
     <mergeCell ref="BN41:BO41"/>
     <mergeCell ref="CF41:CI41"/>
     <mergeCell ref="CJ41:CM41"/>
-    <mergeCell ref="CN41:CR41"/>
-    <mergeCell ref="DW42:EA42"/>
+    <mergeCell ref="CR41:CV41"/>
     <mergeCell ref="EB42:EF42"/>
     <mergeCell ref="EG42:EK42"/>
     <mergeCell ref="EL42:ET42"/>
     <mergeCell ref="BP42:BQ42"/>
     <mergeCell ref="BR42:BS42"/>
     <mergeCell ref="BT42:BU42"/>
     <mergeCell ref="BV42:BW42"/>
     <mergeCell ref="BX42:BY42"/>
     <mergeCell ref="BZ42:CA42"/>
     <mergeCell ref="CB42:CC42"/>
     <mergeCell ref="CD42:CE42"/>
-    <mergeCell ref="F43:I43"/>
+    <mergeCell ref="BP41:BQ41"/>
+    <mergeCell ref="BR41:BS41"/>
+    <mergeCell ref="BT41:BU41"/>
     <mergeCell ref="J43:P43"/>
     <mergeCell ref="X43:AI43"/>
     <mergeCell ref="AV43:AW43"/>
     <mergeCell ref="AX43:AY43"/>
     <mergeCell ref="AZ43:BA43"/>
     <mergeCell ref="BB43:BC43"/>
     <mergeCell ref="BD43:BE43"/>
     <mergeCell ref="BF43:BG43"/>
-    <mergeCell ref="CX42:DB42"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH42:DL42"/>
+    <mergeCell ref="DB42:DF42"/>
+    <mergeCell ref="DG42:DK42"/>
     <mergeCell ref="DM42:DQ42"/>
     <mergeCell ref="DR42:DV42"/>
+    <mergeCell ref="DW42:EA42"/>
     <mergeCell ref="BN42:BO42"/>
     <mergeCell ref="CF42:CI42"/>
     <mergeCell ref="CJ42:CM42"/>
-    <mergeCell ref="CN42:CR42"/>
-    <mergeCell ref="CS42:CW42"/>
+    <mergeCell ref="CR42:CV42"/>
+    <mergeCell ref="CW42:DA42"/>
     <mergeCell ref="BD42:BE42"/>
     <mergeCell ref="BF42:BG42"/>
     <mergeCell ref="BH42:BI42"/>
     <mergeCell ref="BJ42:BK42"/>
     <mergeCell ref="BL42:BM42"/>
     <mergeCell ref="X42:AI42"/>
     <mergeCell ref="AV42:AW42"/>
     <mergeCell ref="AX42:AY42"/>
     <mergeCell ref="AZ42:BA42"/>
     <mergeCell ref="BB42:BC42"/>
     <mergeCell ref="BP43:BQ43"/>
     <mergeCell ref="BR43:BS43"/>
     <mergeCell ref="BT43:BU43"/>
     <mergeCell ref="EG43:EK43"/>
     <mergeCell ref="EL43:ET43"/>
     <mergeCell ref="B44:C44"/>
     <mergeCell ref="D44:E44"/>
     <mergeCell ref="F44:I44"/>
     <mergeCell ref="J44:P44"/>
     <mergeCell ref="X44:AI44"/>
     <mergeCell ref="AV44:AW44"/>
     <mergeCell ref="AX44:AY44"/>
     <mergeCell ref="AZ44:BA44"/>
     <mergeCell ref="BB44:BC44"/>
     <mergeCell ref="BD44:BE44"/>
     <mergeCell ref="BF44:BG44"/>
     <mergeCell ref="BH44:BI44"/>
     <mergeCell ref="BJ44:BK44"/>
-    <mergeCell ref="DH43:DL43"/>
     <mergeCell ref="DM43:DQ43"/>
     <mergeCell ref="DR43:DV43"/>
     <mergeCell ref="DW43:EA43"/>
     <mergeCell ref="EB43:EF43"/>
     <mergeCell ref="CJ43:CM43"/>
-    <mergeCell ref="CN43:CR43"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC43:DG43"/>
+    <mergeCell ref="CR43:CV43"/>
+    <mergeCell ref="CW43:DA43"/>
+    <mergeCell ref="DB43:DF43"/>
+    <mergeCell ref="DG43:DK43"/>
     <mergeCell ref="BH43:BI43"/>
     <mergeCell ref="BJ43:BK43"/>
     <mergeCell ref="BL43:BM43"/>
     <mergeCell ref="BN43:BO43"/>
     <mergeCell ref="CF43:CI43"/>
     <mergeCell ref="B43:C43"/>
     <mergeCell ref="D43:E43"/>
+    <mergeCell ref="F43:I43"/>
     <mergeCell ref="B45:C45"/>
     <mergeCell ref="D45:E45"/>
     <mergeCell ref="F45:I45"/>
     <mergeCell ref="J45:P45"/>
-    <mergeCell ref="DR44:DV44"/>
     <mergeCell ref="DW44:EA44"/>
     <mergeCell ref="EB44:EF44"/>
     <mergeCell ref="EG44:EK44"/>
     <mergeCell ref="EL44:ET44"/>
-    <mergeCell ref="CS44:CW44"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH44:DL44"/>
+    <mergeCell ref="CW44:DA44"/>
+    <mergeCell ref="DB44:DF44"/>
+    <mergeCell ref="DG44:DK44"/>
     <mergeCell ref="DM44:DQ44"/>
+    <mergeCell ref="DR44:DV44"/>
     <mergeCell ref="BL44:BM44"/>
     <mergeCell ref="BN44:BO44"/>
     <mergeCell ref="CF44:CI44"/>
     <mergeCell ref="CJ44:CM44"/>
-    <mergeCell ref="CN44:CR44"/>
-    <mergeCell ref="DW45:EA45"/>
+    <mergeCell ref="CR44:CV44"/>
     <mergeCell ref="EB45:EF45"/>
     <mergeCell ref="EG45:EK45"/>
     <mergeCell ref="EL45:ET45"/>
-    <mergeCell ref="F46:I46"/>
+    <mergeCell ref="BP45:BQ45"/>
+    <mergeCell ref="BR45:BS45"/>
+    <mergeCell ref="BT45:BU45"/>
+    <mergeCell ref="BV45:BW45"/>
+    <mergeCell ref="BX45:BY45"/>
+    <mergeCell ref="BZ45:CA45"/>
+    <mergeCell ref="CB45:CC45"/>
+    <mergeCell ref="CD45:CE45"/>
     <mergeCell ref="J46:P46"/>
     <mergeCell ref="X46:AI46"/>
     <mergeCell ref="AV46:AW46"/>
     <mergeCell ref="AX46:AY46"/>
     <mergeCell ref="AZ46:BA46"/>
     <mergeCell ref="BB46:BC46"/>
     <mergeCell ref="BD46:BE46"/>
     <mergeCell ref="BF46:BG46"/>
-    <mergeCell ref="CX45:DB45"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH45:DL45"/>
+    <mergeCell ref="DB45:DF45"/>
+    <mergeCell ref="DG45:DK45"/>
     <mergeCell ref="DM45:DQ45"/>
     <mergeCell ref="DR45:DV45"/>
+    <mergeCell ref="DW45:EA45"/>
     <mergeCell ref="BN45:BO45"/>
     <mergeCell ref="CF45:CI45"/>
     <mergeCell ref="CJ45:CM45"/>
-    <mergeCell ref="CN45:CR45"/>
-    <mergeCell ref="CS45:CW45"/>
+    <mergeCell ref="CR45:CV45"/>
+    <mergeCell ref="CW45:DA45"/>
     <mergeCell ref="BD45:BE45"/>
     <mergeCell ref="BF45:BG45"/>
     <mergeCell ref="BH45:BI45"/>
     <mergeCell ref="BJ45:BK45"/>
     <mergeCell ref="BL45:BM45"/>
     <mergeCell ref="X45:AI45"/>
     <mergeCell ref="AV45:AW45"/>
     <mergeCell ref="AX45:AY45"/>
     <mergeCell ref="AZ45:BA45"/>
     <mergeCell ref="BB45:BC45"/>
     <mergeCell ref="BP46:BQ46"/>
     <mergeCell ref="BR46:BS46"/>
     <mergeCell ref="BT46:BU46"/>
+    <mergeCell ref="BV46:BW46"/>
     <mergeCell ref="EG46:EK46"/>
     <mergeCell ref="EL46:ET46"/>
     <mergeCell ref="B47:C47"/>
     <mergeCell ref="D47:E47"/>
     <mergeCell ref="F47:I47"/>
     <mergeCell ref="J47:P47"/>
     <mergeCell ref="X47:AI47"/>
     <mergeCell ref="AV47:AW47"/>
     <mergeCell ref="AX47:AY47"/>
     <mergeCell ref="AZ47:BA47"/>
     <mergeCell ref="BB47:BC47"/>
     <mergeCell ref="BD47:BE47"/>
     <mergeCell ref="BF47:BG47"/>
     <mergeCell ref="BH47:BI47"/>
     <mergeCell ref="BJ47:BK47"/>
-    <mergeCell ref="DH46:DL46"/>
     <mergeCell ref="DM46:DQ46"/>
     <mergeCell ref="DR46:DV46"/>
     <mergeCell ref="DW46:EA46"/>
     <mergeCell ref="EB46:EF46"/>
     <mergeCell ref="CJ46:CM46"/>
-    <mergeCell ref="CN46:CR46"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC46:DG46"/>
+    <mergeCell ref="CR46:CV46"/>
+    <mergeCell ref="CW46:DA46"/>
+    <mergeCell ref="DB46:DF46"/>
+    <mergeCell ref="DG46:DK46"/>
     <mergeCell ref="BH46:BI46"/>
     <mergeCell ref="BJ46:BK46"/>
     <mergeCell ref="BL46:BM46"/>
     <mergeCell ref="BN46:BO46"/>
     <mergeCell ref="CF46:CI46"/>
     <mergeCell ref="B46:C46"/>
     <mergeCell ref="D46:E46"/>
-    <mergeCell ref="B48:C48"/>
-    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="F46:I46"/>
     <mergeCell ref="F48:I48"/>
     <mergeCell ref="J48:P48"/>
-    <mergeCell ref="DR47:DV47"/>
     <mergeCell ref="DW47:EA47"/>
     <mergeCell ref="EB47:EF47"/>
     <mergeCell ref="EG47:EK47"/>
     <mergeCell ref="EL47:ET47"/>
-    <mergeCell ref="CS47:CW47"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH47:DL47"/>
+    <mergeCell ref="CW47:DA47"/>
+    <mergeCell ref="DB47:DF47"/>
+    <mergeCell ref="DG47:DK47"/>
     <mergeCell ref="DM47:DQ47"/>
+    <mergeCell ref="DR47:DV47"/>
     <mergeCell ref="BL47:BM47"/>
     <mergeCell ref="BN47:BO47"/>
     <mergeCell ref="CF47:CI47"/>
     <mergeCell ref="CJ47:CM47"/>
-    <mergeCell ref="CN47:CR47"/>
-    <mergeCell ref="DW48:EA48"/>
+    <mergeCell ref="CR47:CV47"/>
     <mergeCell ref="EB48:EF48"/>
     <mergeCell ref="EG48:EK48"/>
     <mergeCell ref="EL48:ET48"/>
-    <mergeCell ref="F49:I49"/>
-[...10 lines deleted...]
-    <mergeCell ref="DH48:DL48"/>
     <mergeCell ref="DM48:DQ48"/>
     <mergeCell ref="DR48:DV48"/>
+    <mergeCell ref="DW48:EA48"/>
     <mergeCell ref="BN48:BO48"/>
     <mergeCell ref="CF48:CI48"/>
     <mergeCell ref="CJ48:CM48"/>
-    <mergeCell ref="CN48:CR48"/>
-    <mergeCell ref="CS48:CW48"/>
+    <mergeCell ref="CR48:CV48"/>
+    <mergeCell ref="CW48:DA48"/>
     <mergeCell ref="BD48:BE48"/>
     <mergeCell ref="BF48:BG48"/>
     <mergeCell ref="BH48:BI48"/>
     <mergeCell ref="BJ48:BK48"/>
     <mergeCell ref="BL48:BM48"/>
     <mergeCell ref="X48:AI48"/>
     <mergeCell ref="AV48:AW48"/>
     <mergeCell ref="AX48:AY48"/>
     <mergeCell ref="AZ48:BA48"/>
     <mergeCell ref="BB48:BC48"/>
-    <mergeCell ref="BP49:BQ49"/>
-[...2 lines deleted...]
-    <mergeCell ref="EG49:EK49"/>
     <mergeCell ref="EL49:ET49"/>
     <mergeCell ref="B50:C50"/>
     <mergeCell ref="D50:E50"/>
     <mergeCell ref="F50:I50"/>
     <mergeCell ref="J50:P50"/>
     <mergeCell ref="X50:AI50"/>
     <mergeCell ref="AV50:AW50"/>
     <mergeCell ref="AX50:AY50"/>
     <mergeCell ref="AZ50:BA50"/>
     <mergeCell ref="BB50:BC50"/>
     <mergeCell ref="BD50:BE50"/>
     <mergeCell ref="BF50:BG50"/>
     <mergeCell ref="BH50:BI50"/>
     <mergeCell ref="BJ50:BK50"/>
-    <mergeCell ref="DH49:DL49"/>
     <mergeCell ref="DM49:DQ49"/>
     <mergeCell ref="DR49:DV49"/>
     <mergeCell ref="DW49:EA49"/>
+    <mergeCell ref="AZ49:BA49"/>
+    <mergeCell ref="BB49:BC49"/>
+    <mergeCell ref="BD49:BE49"/>
+    <mergeCell ref="BF49:BG49"/>
+    <mergeCell ref="DB48:DF48"/>
+    <mergeCell ref="DG48:DK48"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="Q52:W52"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:E51"/>
+    <mergeCell ref="F51:I51"/>
+    <mergeCell ref="J51:P51"/>
+    <mergeCell ref="DW50:EA50"/>
+    <mergeCell ref="EB50:EF50"/>
+    <mergeCell ref="BD51:BE51"/>
+    <mergeCell ref="BF51:BG51"/>
+    <mergeCell ref="BH51:BI51"/>
+    <mergeCell ref="BJ51:BK51"/>
+    <mergeCell ref="X51:AI51"/>
+    <mergeCell ref="AV51:AW51"/>
+    <mergeCell ref="AX51:AY51"/>
+    <mergeCell ref="AZ51:BA51"/>
+    <mergeCell ref="BB51:BC51"/>
+    <mergeCell ref="CJ52:CM52"/>
+    <mergeCell ref="AJ52:AU52"/>
+    <mergeCell ref="BP50:BQ50"/>
+    <mergeCell ref="BR50:BS50"/>
+    <mergeCell ref="BT50:BU50"/>
+    <mergeCell ref="BV50:BW50"/>
+    <mergeCell ref="BX50:BY50"/>
+    <mergeCell ref="BZ50:CA50"/>
+    <mergeCell ref="CB50:CC50"/>
+    <mergeCell ref="CD50:CE50"/>
+    <mergeCell ref="BP51:BQ51"/>
+    <mergeCell ref="BR51:BS51"/>
+    <mergeCell ref="BT51:BU51"/>
+    <mergeCell ref="BV51:BW51"/>
+    <mergeCell ref="BX51:BY51"/>
+    <mergeCell ref="BZ51:CA51"/>
+    <mergeCell ref="CJ51:CM51"/>
+    <mergeCell ref="CR51:CV51"/>
+    <mergeCell ref="CW51:DA51"/>
+    <mergeCell ref="BL51:BM51"/>
     <mergeCell ref="EB49:EF49"/>
     <mergeCell ref="CJ49:CM49"/>
-    <mergeCell ref="CN49:CR49"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC49:DG49"/>
+    <mergeCell ref="CR49:CV49"/>
+    <mergeCell ref="CW49:DA49"/>
+    <mergeCell ref="DB49:DF49"/>
+    <mergeCell ref="DG49:DK49"/>
     <mergeCell ref="BH49:BI49"/>
     <mergeCell ref="BJ49:BK49"/>
     <mergeCell ref="BL49:BM49"/>
     <mergeCell ref="BN49:BO49"/>
     <mergeCell ref="CF49:CI49"/>
     <mergeCell ref="B49:C49"/>
     <mergeCell ref="D49:E49"/>
+    <mergeCell ref="F49:I49"/>
     <mergeCell ref="Q51:W51"/>
-    <mergeCell ref="Q52:W52"/>
-[...50 lines deleted...]
-    <mergeCell ref="BV52:BW52"/>
+    <mergeCell ref="BP49:BQ49"/>
+    <mergeCell ref="BR49:BS49"/>
+    <mergeCell ref="BT49:BU49"/>
+    <mergeCell ref="BV49:BW49"/>
+    <mergeCell ref="BX49:BY49"/>
+    <mergeCell ref="BZ49:CA49"/>
+    <mergeCell ref="CB49:CC49"/>
+    <mergeCell ref="CD49:CE49"/>
+    <mergeCell ref="CB51:CC51"/>
+    <mergeCell ref="CD51:CE51"/>
+    <mergeCell ref="X49:AI49"/>
+    <mergeCell ref="AV49:AW49"/>
+    <mergeCell ref="AX49:AY49"/>
     <mergeCell ref="BX52:BY52"/>
     <mergeCell ref="BZ52:CA52"/>
     <mergeCell ref="CB52:CC52"/>
     <mergeCell ref="CD52:CE52"/>
-    <mergeCell ref="DC52:DG52"/>
+    <mergeCell ref="DG52:DK52"/>
     <mergeCell ref="BH52:BI52"/>
     <mergeCell ref="BJ52:BK52"/>
     <mergeCell ref="BL52:BM52"/>
     <mergeCell ref="BN52:BO52"/>
     <mergeCell ref="CF52:CI52"/>
-    <mergeCell ref="DR53:DV53"/>
+    <mergeCell ref="EG50:EK50"/>
+    <mergeCell ref="EL50:ET50"/>
+    <mergeCell ref="CW50:DA50"/>
+    <mergeCell ref="DB50:DF50"/>
+    <mergeCell ref="DG50:DK50"/>
+    <mergeCell ref="DM50:DQ50"/>
+    <mergeCell ref="DR50:DV50"/>
+    <mergeCell ref="BL50:BM50"/>
+    <mergeCell ref="BN50:BO50"/>
+    <mergeCell ref="CF50:CI50"/>
+    <mergeCell ref="CJ50:CM50"/>
+    <mergeCell ref="CR50:CV50"/>
+    <mergeCell ref="EB51:EF51"/>
+    <mergeCell ref="EG51:EK51"/>
+    <mergeCell ref="EL51:ET51"/>
+    <mergeCell ref="DB51:DF51"/>
+    <mergeCell ref="DG51:DK51"/>
+    <mergeCell ref="DM51:DQ51"/>
+    <mergeCell ref="DR51:DV51"/>
+    <mergeCell ref="DW51:EA51"/>
+    <mergeCell ref="BN51:BO51"/>
+    <mergeCell ref="CF51:CI51"/>
+    <mergeCell ref="DW53:EA53"/>
     <mergeCell ref="B52:C52"/>
     <mergeCell ref="D52:E52"/>
     <mergeCell ref="F52:I52"/>
     <mergeCell ref="J52:P52"/>
     <mergeCell ref="X52:AI52"/>
     <mergeCell ref="AV52:AW52"/>
     <mergeCell ref="AX52:AY52"/>
     <mergeCell ref="AZ52:BA52"/>
     <mergeCell ref="BB52:BC52"/>
     <mergeCell ref="BD52:BE52"/>
     <mergeCell ref="BF52:BG52"/>
     <mergeCell ref="BP53:BQ53"/>
     <mergeCell ref="BR53:BS53"/>
     <mergeCell ref="BT53:BU53"/>
     <mergeCell ref="BV53:BW53"/>
     <mergeCell ref="BX53:BY53"/>
     <mergeCell ref="BZ53:CA53"/>
     <mergeCell ref="CB53:CC53"/>
     <mergeCell ref="CD53:CE53"/>
+    <mergeCell ref="CN52:CO52"/>
+    <mergeCell ref="CP52:CQ52"/>
+    <mergeCell ref="CN53:CO53"/>
+    <mergeCell ref="CP53:CQ53"/>
+    <mergeCell ref="Q53:W53"/>
+    <mergeCell ref="CR52:CV52"/>
+    <mergeCell ref="CW52:DA52"/>
+    <mergeCell ref="DB52:DF52"/>
+    <mergeCell ref="BP52:BQ52"/>
+    <mergeCell ref="BR52:BS52"/>
+    <mergeCell ref="BT52:BU52"/>
+    <mergeCell ref="BV52:BW52"/>
     <mergeCell ref="EG53:EK53"/>
     <mergeCell ref="EL53:ET53"/>
-    <mergeCell ref="CS53:CW53"/>
-[...2 lines deleted...]
-    <mergeCell ref="DH53:DL53"/>
+    <mergeCell ref="CW53:DA53"/>
+    <mergeCell ref="DB53:DF53"/>
+    <mergeCell ref="DG53:DK53"/>
     <mergeCell ref="DM53:DQ53"/>
+    <mergeCell ref="DR53:DV53"/>
     <mergeCell ref="BL53:BM53"/>
     <mergeCell ref="BN53:BO53"/>
     <mergeCell ref="CF53:CI53"/>
     <mergeCell ref="CJ53:CM53"/>
-    <mergeCell ref="CN53:CR53"/>
+    <mergeCell ref="CR53:CV53"/>
     <mergeCell ref="EG52:EK52"/>
     <mergeCell ref="EL52:ET52"/>
-    <mergeCell ref="DW52:EA52"/>
     <mergeCell ref="EB52:EF52"/>
     <mergeCell ref="B53:C53"/>
     <mergeCell ref="D53:E53"/>
     <mergeCell ref="F53:I53"/>
     <mergeCell ref="J53:P53"/>
     <mergeCell ref="X53:AI53"/>
     <mergeCell ref="AV53:AW53"/>
     <mergeCell ref="AX53:AY53"/>
     <mergeCell ref="AZ53:BA53"/>
     <mergeCell ref="BB53:BC53"/>
     <mergeCell ref="BD53:BE53"/>
     <mergeCell ref="BF53:BG53"/>
     <mergeCell ref="BH53:BI53"/>
     <mergeCell ref="BJ53:BK53"/>
-    <mergeCell ref="DH52:DL52"/>
     <mergeCell ref="DM52:DQ52"/>
     <mergeCell ref="DR52:DV52"/>
+    <mergeCell ref="DW52:EA52"/>
+    <mergeCell ref="EB53:EF53"/>
+    <mergeCell ref="CJ54:CM54"/>
+    <mergeCell ref="CR54:CV54"/>
+    <mergeCell ref="CW54:DA54"/>
+    <mergeCell ref="DB54:DF54"/>
+    <mergeCell ref="DG54:DK54"/>
+    <mergeCell ref="DM54:DQ54"/>
+    <mergeCell ref="DR54:DV54"/>
+    <mergeCell ref="DW54:EA54"/>
+    <mergeCell ref="EB54:EF54"/>
+    <mergeCell ref="BP54:BQ54"/>
+    <mergeCell ref="BR54:BS54"/>
+    <mergeCell ref="BT54:BU54"/>
+    <mergeCell ref="BV54:BW54"/>
+    <mergeCell ref="BX54:BY54"/>
+    <mergeCell ref="BZ54:CA54"/>
+    <mergeCell ref="EB55:EF55"/>
+    <mergeCell ref="EG55:EK55"/>
+    <mergeCell ref="CB54:CC54"/>
+    <mergeCell ref="CD54:CE54"/>
+    <mergeCell ref="D54:E54"/>
     <mergeCell ref="F54:I54"/>
     <mergeCell ref="J54:P54"/>
     <mergeCell ref="X54:AI54"/>
     <mergeCell ref="AV54:AW54"/>
     <mergeCell ref="AX54:AY54"/>
     <mergeCell ref="AZ54:BA54"/>
     <mergeCell ref="BB54:BC54"/>
     <mergeCell ref="BD54:BE54"/>
     <mergeCell ref="BF54:BG54"/>
     <mergeCell ref="BH54:BI54"/>
     <mergeCell ref="BJ54:BK54"/>
     <mergeCell ref="BL54:BM54"/>
     <mergeCell ref="BN54:BO54"/>
     <mergeCell ref="CF54:CI54"/>
-    <mergeCell ref="DW53:EA53"/>
-[...16 lines deleted...]
-    <mergeCell ref="BZ54:CA54"/>
+    <mergeCell ref="BP55:BQ55"/>
+    <mergeCell ref="BR55:BS55"/>
+    <mergeCell ref="BT55:BU55"/>
+    <mergeCell ref="BV55:BW55"/>
+    <mergeCell ref="BX55:BY55"/>
+    <mergeCell ref="BZ55:CA55"/>
+    <mergeCell ref="CB55:CC55"/>
+    <mergeCell ref="CD55:CE55"/>
+    <mergeCell ref="Q54:W54"/>
+    <mergeCell ref="Q55:W55"/>
+    <mergeCell ref="BN56:BO56"/>
+    <mergeCell ref="CF56:CI56"/>
+    <mergeCell ref="CJ56:CM56"/>
     <mergeCell ref="EG54:EK54"/>
     <mergeCell ref="EL54:ET54"/>
     <mergeCell ref="B55:C55"/>
     <mergeCell ref="D55:E55"/>
     <mergeCell ref="F55:I55"/>
     <mergeCell ref="J55:P55"/>
     <mergeCell ref="X55:AI55"/>
     <mergeCell ref="AV55:AW55"/>
     <mergeCell ref="AX55:AY55"/>
     <mergeCell ref="AZ55:BA55"/>
     <mergeCell ref="BB55:BC55"/>
     <mergeCell ref="BD55:BE55"/>
     <mergeCell ref="BF55:BG55"/>
     <mergeCell ref="BH55:BI55"/>
     <mergeCell ref="BJ55:BK55"/>
     <mergeCell ref="BL55:BM55"/>
     <mergeCell ref="BN55:BO55"/>
     <mergeCell ref="CF55:CI55"/>
     <mergeCell ref="CJ55:CM55"/>
-    <mergeCell ref="CN55:CR55"/>
-    <mergeCell ref="CS55:CW55"/>
+    <mergeCell ref="CR55:CV55"/>
+    <mergeCell ref="CW55:DA55"/>
     <mergeCell ref="B54:C54"/>
-    <mergeCell ref="CX55:DB55"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH55:DL55"/>
+    <mergeCell ref="DB55:DF55"/>
+    <mergeCell ref="DG55:DK55"/>
     <mergeCell ref="DM55:DQ55"/>
     <mergeCell ref="DR55:DV55"/>
     <mergeCell ref="DW55:EA55"/>
-    <mergeCell ref="EB55:EF55"/>
-    <mergeCell ref="EG55:EK55"/>
+    <mergeCell ref="EB56:EF56"/>
     <mergeCell ref="EL55:ET55"/>
-    <mergeCell ref="D54:E54"/>
-[...26 lines deleted...]
-    <mergeCell ref="EG56:EK56"/>
     <mergeCell ref="EL56:ET56"/>
     <mergeCell ref="B57:C57"/>
     <mergeCell ref="D57:E57"/>
     <mergeCell ref="F57:I57"/>
     <mergeCell ref="J57:P57"/>
     <mergeCell ref="X57:AI57"/>
     <mergeCell ref="AV57:AW57"/>
     <mergeCell ref="AX57:AY57"/>
     <mergeCell ref="AZ57:BA57"/>
     <mergeCell ref="BB57:BC57"/>
     <mergeCell ref="BD57:BE57"/>
     <mergeCell ref="BF57:BG57"/>
     <mergeCell ref="BH57:BI57"/>
     <mergeCell ref="BJ57:BK57"/>
     <mergeCell ref="BL57:BM57"/>
     <mergeCell ref="BN57:BO57"/>
     <mergeCell ref="CF57:CI57"/>
     <mergeCell ref="CJ57:CM57"/>
-    <mergeCell ref="CN57:CR57"/>
-[...2 lines deleted...]
-    <mergeCell ref="DC57:DG57"/>
+    <mergeCell ref="CR57:CV57"/>
+    <mergeCell ref="CW57:DA57"/>
+    <mergeCell ref="DB57:DF57"/>
+    <mergeCell ref="DG57:DK57"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="F56:I56"/>
+    <mergeCell ref="J56:P56"/>
+    <mergeCell ref="X56:AI56"/>
+    <mergeCell ref="AV56:AW56"/>
+    <mergeCell ref="AX56:AY56"/>
+    <mergeCell ref="EB57:EF57"/>
+    <mergeCell ref="EG57:EK57"/>
+    <mergeCell ref="BL56:BM56"/>
     <mergeCell ref="B58:C58"/>
     <mergeCell ref="D58:E58"/>
     <mergeCell ref="F58:I58"/>
     <mergeCell ref="J58:P58"/>
     <mergeCell ref="X58:AI58"/>
     <mergeCell ref="AV58:AW58"/>
     <mergeCell ref="AX58:AY58"/>
     <mergeCell ref="AZ58:BA58"/>
     <mergeCell ref="BB58:BC58"/>
     <mergeCell ref="BD58:BE58"/>
     <mergeCell ref="BF58:BG58"/>
     <mergeCell ref="BH58:BI58"/>
     <mergeCell ref="BJ58:BK58"/>
     <mergeCell ref="BL58:BM58"/>
     <mergeCell ref="BN58:BO58"/>
     <mergeCell ref="CF58:CI58"/>
     <mergeCell ref="CJ58:CM58"/>
-    <mergeCell ref="BR61:BS61"/>
-[...9 lines deleted...]
-    <mergeCell ref="DR59:DV59"/>
     <mergeCell ref="DW59:EA59"/>
     <mergeCell ref="EB59:EF59"/>
     <mergeCell ref="EG59:EK59"/>
     <mergeCell ref="EL59:ET59"/>
-    <mergeCell ref="DH57:DL57"/>
     <mergeCell ref="DM57:DQ57"/>
     <mergeCell ref="DR57:DV57"/>
     <mergeCell ref="DW57:EA57"/>
     <mergeCell ref="EL57:ET57"/>
-    <mergeCell ref="CN58:CR58"/>
-[...3 lines deleted...]
-    <mergeCell ref="DH58:DL58"/>
+    <mergeCell ref="CR58:CV58"/>
+    <mergeCell ref="CW58:DA58"/>
+    <mergeCell ref="DB58:DF58"/>
+    <mergeCell ref="DG58:DK58"/>
     <mergeCell ref="DM58:DQ58"/>
     <mergeCell ref="DR58:DV58"/>
     <mergeCell ref="DW58:EA58"/>
     <mergeCell ref="EB58:EF58"/>
     <mergeCell ref="EG58:EK58"/>
-    <mergeCell ref="CF60:CI60"/>
-    <mergeCell ref="CJ60:CM60"/>
     <mergeCell ref="EL58:ET58"/>
     <mergeCell ref="D59:E59"/>
     <mergeCell ref="F59:I59"/>
     <mergeCell ref="J59:P59"/>
     <mergeCell ref="X59:AI59"/>
     <mergeCell ref="AV59:AW59"/>
     <mergeCell ref="AX59:AY59"/>
     <mergeCell ref="AZ59:BA59"/>
     <mergeCell ref="BB59:BC59"/>
     <mergeCell ref="BD59:BE59"/>
     <mergeCell ref="BF59:BG59"/>
     <mergeCell ref="BH59:BI59"/>
     <mergeCell ref="BJ59:BK59"/>
     <mergeCell ref="BL59:BM59"/>
     <mergeCell ref="BN59:BO59"/>
     <mergeCell ref="CF59:CI59"/>
-    <mergeCell ref="CN60:CR60"/>
-    <mergeCell ref="CS60:CW60"/>
+    <mergeCell ref="CR60:CV60"/>
+    <mergeCell ref="CW60:DA60"/>
     <mergeCell ref="BP60:BQ60"/>
     <mergeCell ref="BR60:BS60"/>
     <mergeCell ref="BT60:BU60"/>
     <mergeCell ref="BV60:BW60"/>
     <mergeCell ref="BX60:BY60"/>
     <mergeCell ref="BZ60:CA60"/>
     <mergeCell ref="CB60:CC60"/>
     <mergeCell ref="CD60:CE60"/>
+    <mergeCell ref="BP59:BQ59"/>
+    <mergeCell ref="BR59:BS59"/>
+    <mergeCell ref="BT59:BU59"/>
+    <mergeCell ref="BV59:BW59"/>
+    <mergeCell ref="BX59:BY59"/>
+    <mergeCell ref="BZ59:CA59"/>
+    <mergeCell ref="CN59:CO59"/>
     <mergeCell ref="B59:C59"/>
-    <mergeCell ref="CX60:DB60"/>
-[...1 lines deleted...]
-    <mergeCell ref="DH60:DL60"/>
+    <mergeCell ref="DB60:DF60"/>
+    <mergeCell ref="DG60:DK60"/>
     <mergeCell ref="DM60:DQ60"/>
     <mergeCell ref="DR60:DV60"/>
     <mergeCell ref="DW60:EA60"/>
     <mergeCell ref="EB60:EF60"/>
     <mergeCell ref="EG60:EK60"/>
     <mergeCell ref="EL60:ET60"/>
     <mergeCell ref="B61:C61"/>
     <mergeCell ref="D61:E61"/>
     <mergeCell ref="F61:I61"/>
     <mergeCell ref="J61:P61"/>
     <mergeCell ref="X61:AI61"/>
     <mergeCell ref="AV61:AW61"/>
     <mergeCell ref="AX61:AY61"/>
     <mergeCell ref="AZ61:BA61"/>
     <mergeCell ref="BB61:BC61"/>
     <mergeCell ref="BD61:BE61"/>
     <mergeCell ref="BF61:BG61"/>
     <mergeCell ref="BH61:BI61"/>
     <mergeCell ref="BJ61:BK61"/>
     <mergeCell ref="BL61:BM61"/>
     <mergeCell ref="BN61:BO61"/>
     <mergeCell ref="CF61:CI61"/>
     <mergeCell ref="CJ61:CM61"/>
-    <mergeCell ref="CN61:CR61"/>
-[...3 lines deleted...]
-    <mergeCell ref="BN60:BO60"/>
+    <mergeCell ref="CR61:CV61"/>
+    <mergeCell ref="CW61:DA61"/>
+    <mergeCell ref="DB61:DF61"/>
+    <mergeCell ref="DM61:DQ61"/>
     <mergeCell ref="EB61:EF61"/>
     <mergeCell ref="EG61:EK61"/>
     <mergeCell ref="EL61:ET61"/>
     <mergeCell ref="B62:C62"/>
     <mergeCell ref="D62:E62"/>
     <mergeCell ref="F62:I62"/>
     <mergeCell ref="J62:P62"/>
     <mergeCell ref="X62:AI62"/>
     <mergeCell ref="AV62:AW62"/>
     <mergeCell ref="AX62:AY62"/>
     <mergeCell ref="AZ62:BA62"/>
     <mergeCell ref="BB62:BC62"/>
     <mergeCell ref="BD62:BE62"/>
     <mergeCell ref="BF62:BG62"/>
     <mergeCell ref="BH62:BI62"/>
     <mergeCell ref="BJ62:BK62"/>
     <mergeCell ref="BL62:BM62"/>
     <mergeCell ref="BN62:BO62"/>
     <mergeCell ref="CF62:CI62"/>
     <mergeCell ref="CJ62:CM62"/>
-    <mergeCell ref="CN62:CR62"/>
-[...3 lines deleted...]
-    <mergeCell ref="DH62:DL62"/>
+    <mergeCell ref="CR62:CV62"/>
+    <mergeCell ref="CW62:DA62"/>
+    <mergeCell ref="DB62:DF62"/>
+    <mergeCell ref="DG62:DK62"/>
     <mergeCell ref="DM62:DQ62"/>
     <mergeCell ref="DR62:DV62"/>
     <mergeCell ref="DW62:EA62"/>
     <mergeCell ref="BP61:BQ61"/>
-    <mergeCell ref="CX61:DB61"/>
-    <mergeCell ref="DH61:DL61"/>
+    <mergeCell ref="BR61:BS61"/>
+    <mergeCell ref="BT61:BU61"/>
+    <mergeCell ref="BV61:BW61"/>
     <mergeCell ref="DW61:EA61"/>
-    <mergeCell ref="CF63:CI63"/>
-[...3 lines deleted...]
-    <mergeCell ref="Q50:W50"/>
     <mergeCell ref="B63:C63"/>
     <mergeCell ref="D63:E63"/>
     <mergeCell ref="F63:I63"/>
     <mergeCell ref="J63:P63"/>
     <mergeCell ref="X63:AI63"/>
     <mergeCell ref="AV63:AW63"/>
     <mergeCell ref="AX63:AY63"/>
     <mergeCell ref="AZ63:BA63"/>
     <mergeCell ref="BB63:BC63"/>
     <mergeCell ref="BD63:BE63"/>
     <mergeCell ref="BF63:BG63"/>
     <mergeCell ref="BH63:BI63"/>
     <mergeCell ref="BJ63:BK63"/>
     <mergeCell ref="BL63:BM63"/>
     <mergeCell ref="BN63:BO63"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="D60:E60"/>
     <mergeCell ref="F60:I60"/>
     <mergeCell ref="J60:P60"/>
     <mergeCell ref="X60:AI60"/>
     <mergeCell ref="AV60:AW60"/>
     <mergeCell ref="AX60:AY60"/>
     <mergeCell ref="AZ60:BA60"/>
     <mergeCell ref="BB60:BC60"/>
     <mergeCell ref="BD60:BE60"/>
     <mergeCell ref="BF60:BG60"/>
     <mergeCell ref="BH60:BI60"/>
-    <mergeCell ref="Q49:W49"/>
-[...23 lines deleted...]
-    <mergeCell ref="Q56:W56"/>
+    <mergeCell ref="BJ60:BK60"/>
+    <mergeCell ref="BL60:BM60"/>
+    <mergeCell ref="BN60:BO60"/>
     <mergeCell ref="Q57:W57"/>
     <mergeCell ref="Q58:W58"/>
     <mergeCell ref="Q59:W59"/>
     <mergeCell ref="Q60:W60"/>
     <mergeCell ref="Q61:W61"/>
     <mergeCell ref="Q62:W62"/>
     <mergeCell ref="Q63:W63"/>
-    <mergeCell ref="DR13:DV14"/>
-[...14 lines deleted...]
-    <mergeCell ref="BB8:BM8"/>
+    <mergeCell ref="CF63:CI63"/>
+    <mergeCell ref="CJ63:CM63"/>
+    <mergeCell ref="DG61:DK61"/>
+    <mergeCell ref="Q64:W64"/>
+    <mergeCell ref="Q50:W50"/>
+    <mergeCell ref="CF60:CI60"/>
+    <mergeCell ref="CJ60:CM60"/>
+    <mergeCell ref="CR56:CV56"/>
+    <mergeCell ref="CW56:DA56"/>
+    <mergeCell ref="DB56:DF56"/>
+    <mergeCell ref="DG56:DK56"/>
+    <mergeCell ref="DG63:DK63"/>
+    <mergeCell ref="CN63:CO63"/>
+    <mergeCell ref="CP63:CQ63"/>
+    <mergeCell ref="CN64:CO64"/>
+    <mergeCell ref="CP64:CQ64"/>
+    <mergeCell ref="CN54:CO54"/>
+    <mergeCell ref="CP54:CQ54"/>
+    <mergeCell ref="CN55:CO55"/>
+    <mergeCell ref="CP55:CQ55"/>
+    <mergeCell ref="CN56:CO56"/>
+    <mergeCell ref="CP56:CQ56"/>
+    <mergeCell ref="CN57:CO57"/>
+    <mergeCell ref="CP57:CQ57"/>
+    <mergeCell ref="CJ59:CM59"/>
+    <mergeCell ref="DW56:EA56"/>
+    <mergeCell ref="AZ56:BA56"/>
+    <mergeCell ref="BB56:BC56"/>
+    <mergeCell ref="BD56:BE56"/>
+    <mergeCell ref="BF56:BG56"/>
+    <mergeCell ref="BH56:BI56"/>
+    <mergeCell ref="BJ56:BK56"/>
     <mergeCell ref="A1:EH2"/>
     <mergeCell ref="Q34:W34"/>
     <mergeCell ref="Q35:W35"/>
     <mergeCell ref="Q36:W36"/>
     <mergeCell ref="Q37:W37"/>
     <mergeCell ref="Q38:W38"/>
     <mergeCell ref="Q39:W39"/>
     <mergeCell ref="Q40:W40"/>
     <mergeCell ref="Q41:W41"/>
     <mergeCell ref="Q42:W42"/>
     <mergeCell ref="Q43:W43"/>
     <mergeCell ref="Q44:W44"/>
     <mergeCell ref="Q45:W45"/>
     <mergeCell ref="Q46:W46"/>
     <mergeCell ref="Q47:W47"/>
     <mergeCell ref="Q48:W48"/>
+    <mergeCell ref="Q49:W49"/>
+    <mergeCell ref="Q16:W16"/>
+    <mergeCell ref="Q17:W17"/>
+    <mergeCell ref="Q31:W31"/>
+    <mergeCell ref="Q32:W32"/>
+    <mergeCell ref="EG49:EK49"/>
+    <mergeCell ref="J49:P49"/>
+    <mergeCell ref="Q56:W56"/>
+    <mergeCell ref="EG56:EK56"/>
+    <mergeCell ref="EL65:ET65"/>
+    <mergeCell ref="C6:H6"/>
+    <mergeCell ref="J6:L6"/>
+    <mergeCell ref="M6:AB6"/>
+    <mergeCell ref="AE6:AM6"/>
+    <mergeCell ref="AN6:AU6"/>
+    <mergeCell ref="C8:H8"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="M8:AB8"/>
+    <mergeCell ref="AE8:AI8"/>
+    <mergeCell ref="AJ8:AU8"/>
+    <mergeCell ref="AX8:BA8"/>
+    <mergeCell ref="BB8:BM8"/>
+    <mergeCell ref="EB62:EF62"/>
+    <mergeCell ref="EG62:EK62"/>
+    <mergeCell ref="EL62:ET62"/>
+    <mergeCell ref="CR63:CV63"/>
+    <mergeCell ref="CW63:DA63"/>
+    <mergeCell ref="DB63:DF63"/>
+    <mergeCell ref="DW63:EA63"/>
+    <mergeCell ref="EB63:EF63"/>
+    <mergeCell ref="EG63:EK63"/>
+    <mergeCell ref="EL63:ET63"/>
+    <mergeCell ref="DR61:DV61"/>
+    <mergeCell ref="CN13:CQ13"/>
+    <mergeCell ref="CN14:CO14"/>
+    <mergeCell ref="CP14:CQ14"/>
+    <mergeCell ref="CN15:CO15"/>
+    <mergeCell ref="CP15:CQ15"/>
+    <mergeCell ref="CN16:CO16"/>
+    <mergeCell ref="CP16:CQ16"/>
+    <mergeCell ref="CN17:CO17"/>
+    <mergeCell ref="CP17:CQ17"/>
+    <mergeCell ref="CN18:CO18"/>
+    <mergeCell ref="CP18:CQ18"/>
+    <mergeCell ref="CN19:CO19"/>
+    <mergeCell ref="CP19:CQ19"/>
+    <mergeCell ref="CN20:CO20"/>
+    <mergeCell ref="CP20:CQ20"/>
+    <mergeCell ref="CN21:CO21"/>
+    <mergeCell ref="CP21:CQ21"/>
+    <mergeCell ref="CN24:CO24"/>
+    <mergeCell ref="CP24:CQ24"/>
+    <mergeCell ref="CN25:CO25"/>
+    <mergeCell ref="CP25:CQ25"/>
+    <mergeCell ref="CN26:CO26"/>
+    <mergeCell ref="CP26:CQ26"/>
+    <mergeCell ref="CN27:CO27"/>
+    <mergeCell ref="CP27:CQ27"/>
+    <mergeCell ref="DM56:DQ56"/>
+    <mergeCell ref="DR56:DV56"/>
+    <mergeCell ref="CP35:CQ35"/>
+    <mergeCell ref="CN36:CO36"/>
+    <mergeCell ref="CP36:CQ36"/>
+    <mergeCell ref="CN37:CO37"/>
+    <mergeCell ref="CP37:CQ37"/>
+    <mergeCell ref="CN38:CO38"/>
+    <mergeCell ref="CP38:CQ38"/>
+    <mergeCell ref="CN39:CO39"/>
+    <mergeCell ref="CP39:CQ39"/>
+    <mergeCell ref="CN40:CO40"/>
+    <mergeCell ref="CP40:CQ40"/>
+    <mergeCell ref="CN41:CO41"/>
+    <mergeCell ref="CP41:CQ41"/>
+    <mergeCell ref="CN42:CO42"/>
+    <mergeCell ref="CP42:CQ42"/>
+    <mergeCell ref="CN43:CO43"/>
+    <mergeCell ref="CP43:CQ43"/>
+    <mergeCell ref="CN44:CO44"/>
+    <mergeCell ref="CP44:CQ44"/>
+    <mergeCell ref="CN45:CO45"/>
+    <mergeCell ref="CP45:CQ45"/>
+    <mergeCell ref="CN46:CO46"/>
+    <mergeCell ref="CP46:CQ46"/>
+    <mergeCell ref="CN47:CO47"/>
+    <mergeCell ref="DM63:DQ63"/>
+    <mergeCell ref="DR63:DV63"/>
+    <mergeCell ref="CR59:CV59"/>
+    <mergeCell ref="CW59:DA59"/>
+    <mergeCell ref="DB59:DF59"/>
+    <mergeCell ref="DG59:DK59"/>
+    <mergeCell ref="DM59:DQ59"/>
+    <mergeCell ref="DR59:DV59"/>
+    <mergeCell ref="CN58:CO58"/>
+    <mergeCell ref="CP58:CQ58"/>
+    <mergeCell ref="CP59:CQ59"/>
+    <mergeCell ref="CN60:CO60"/>
+    <mergeCell ref="CP60:CQ60"/>
+    <mergeCell ref="CN61:CO61"/>
+    <mergeCell ref="CP61:CQ61"/>
+    <mergeCell ref="CN62:CO62"/>
+    <mergeCell ref="CP62:CQ62"/>
+    <mergeCell ref="CP30:CQ30"/>
+    <mergeCell ref="CN31:CO31"/>
+    <mergeCell ref="CP31:CQ31"/>
+    <mergeCell ref="CN32:CO32"/>
+    <mergeCell ref="CP32:CQ32"/>
+    <mergeCell ref="CP47:CQ47"/>
+    <mergeCell ref="CN48:CO48"/>
+    <mergeCell ref="CP48:CQ48"/>
+    <mergeCell ref="CN49:CO49"/>
+    <mergeCell ref="CP49:CQ49"/>
+    <mergeCell ref="CN50:CO50"/>
+    <mergeCell ref="CP50:CQ50"/>
+    <mergeCell ref="CN51:CO51"/>
+    <mergeCell ref="CP51:CQ51"/>
+    <mergeCell ref="CN34:CO34"/>
+    <mergeCell ref="CP34:CQ34"/>
+    <mergeCell ref="CN35:CO35"/>
   </mergeCells>
-  <phoneticPr fontId="3"/>
-[...1 lines deleted...]
-    <cfRule type="expression" dxfId="9" priority="6">
+  <phoneticPr fontId="2"/>
+  <conditionalFormatting sqref="AZ15:AZ64 BD15:BD64 BH15:BH64 BL15:BL64">
+    <cfRule type="expression" dxfId="14" priority="23">
       <formula>$AV15="無のみ"</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="BB15:BB64">
+    <cfRule type="expression" dxfId="13" priority="7">
+      <formula>$AX15="無のみ"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="BF15:BF64">
+    <cfRule type="expression" dxfId="12" priority="3">
+      <formula>$AX15="無のみ"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="BJ15:BJ64">
+    <cfRule type="expression" dxfId="11" priority="2">
+      <formula>$AX15="無のみ"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="BN15:BN64">
+    <cfRule type="expression" dxfId="10" priority="1">
+      <formula>$AX15="無のみ"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="BP15:BP64 BT15:BT64 BX15:BX64 CB15:CB64">
-    <cfRule type="expression" dxfId="7" priority="8">
+    <cfRule type="expression" dxfId="9" priority="22">
       <formula>$AV15="有のみ"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BR15:BR64 BV15:BV64 BZ15:BZ64 CD15:CD64">
-    <cfRule type="expression" dxfId="6" priority="9">
+    <cfRule type="expression" dxfId="8" priority="21">
       <formula>$AX15="有のみ"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CF15:DQ64">
-    <cfRule type="expression" dxfId="5" priority="2">
+  <conditionalFormatting sqref="CF15:DV64">
+    <cfRule type="expression" dxfId="7" priority="16">
       <formula>$D15="更新"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="CF15:EF64">
-    <cfRule type="expression" dxfId="4" priority="1">
+    <cfRule type="expression" dxfId="6" priority="15">
       <formula>$D15="削除"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="DR15:DV64">
-    <cfRule type="expression" dxfId="3" priority="5">
+  <conditionalFormatting sqref="CN15:CQ64">
+    <cfRule type="expression" dxfId="5" priority="10">
+      <formula>OR($Q15="金銭設定・金銭償還",$Q15="金銭設定・現物交換")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CR15:CV64 DB15:DF64">
+    <cfRule type="expression" dxfId="4" priority="11">
+      <formula>$CN15="PCF"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CW15:DA64 DG15:DK64">
+    <cfRule type="expression" dxfId="3" priority="9">
+      <formula>$CP15="PCF"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="DW15:EA64">
+    <cfRule type="expression" dxfId="2" priority="19">
       <formula>$D15="追加"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EB15:EF64">
-    <cfRule type="expression" dxfId="2" priority="4">
+  <conditionalFormatting sqref="EB15:EK64">
+    <cfRule type="expression" dxfId="1" priority="13">
       <formula>$D15="更新"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="7">
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F15:I64 AN6" xr:uid="{C8DAC06F-1B1C-42D2-A6A5-9777C1A4DA91}">
+  <conditionalFormatting sqref="EG15:EK64">
+    <cfRule type="expression" dxfId="0" priority="12">
+      <formula>$D15="追加"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="14">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F15:I64 AN6" xr:uid="{5F7F7955-E2FC-40BE-871C-8E2FDFEA5377}">
       <formula1>5</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="EL15:ET64" xr:uid="{9F92405E-0AAE-432E-82C9-F4E97FE4AC24}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="EL15:ET64" xr:uid="{330E5670-0A38-48C4-99BB-16DD38135BB0}">
       <formula1>"日本カストディ銀行,日本マスタートラスト信託銀行,野村信託銀行"</formula1>
     </dataValidation>
-    <dataValidation type="time" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="CF15:CM64" xr:uid="{CE3695B5-D8A9-4372-8167-1E3222AFD231}">
-[...3 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="BP15:CE64" xr:uid="{F566FBF1-7BCD-42B8-B76A-CED15C54F7C9}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="BP15:CE64" xr:uid="{02D02FB8-DD12-4D23-8C12-AB0AA267A155}">
       <formula1>"T+0,T+1,T+2,T+3,T+4,T+5,T+6,T+7,T+8"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q15:W64" xr:uid="{BD5B208E-6186-4E60-874E-D1D9F53C5D80}">
-      <formula1>"金銭設定・金銭償還,金銭設定・現物交換"</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q15:W64" xr:uid="{DC086429-1CC1-4A49-8EFD-85231F33376D}">
+      <formula1>"金銭設定・金銭償還,金銭設定・現物交換,現物設定・現物交換"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AV15:AY64" xr:uid="{D7E7D4FF-EDCA-497F-8F8A-A8832F28C645}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AV15:AY64" xr:uid="{FC53051D-CA36-46DA-9191-0CB93CBFE840}">
       <formula1>"有のみ,無のみ,両方可"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D15:E64" xr:uid="{1DC6B24D-0EBB-41D1-A04E-C808DDF32E60}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D15:E64" xr:uid="{8FFAA969-6ACD-47CB-9B60-8808C7B9EB64}">
       <formula1>"追加,削除,更新"</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力不可" sqref="DW15:EA64" xr:uid="{9E2CF372-B28C-4131-9B6E-5FFC8CF0DA88}">
+      <formula1>AND(D15&lt;&gt;"追加",D15&lt;&gt;"削除")</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="EB15:EF64" xr:uid="{DC3FA42E-B01B-4446-8E74-BD44F35CCBB6}">
+      <formula1>AND(D15&lt;&gt;"更新",D15&lt;&gt;"削除")</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="CF16:CI64" xr:uid="{447F9B0A-F94C-4B85-9472-B542C5BA2D9D}">
+      <formula1>AND(D16&lt;&gt;"更新",D16&lt;&gt;"削除")</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="CF15:CI15 DM15:DV64 CR15:DK64" xr:uid="{62280D0E-DCDA-4FF6-8AAB-15A1B53F54C1}">
+      <formula1>AND($D15&lt;&gt;"更新",$D15&lt;&gt;"削除")</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="EG15:EK64" xr:uid="{161C5F88-2FC9-4FBF-8CC4-EB8CE4F60D14}">
+      <formula1>AND(D15&lt;&gt;"追加",D15&lt;&gt;"更新")</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="CN15:CQ64" xr:uid="{6045F20F-5A04-4B4F-8244-7A830BC4BBE9}">
+      <formula1>"口数,PCF"</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="CJ15:CM64" xr:uid="{0BFF386A-E087-4353-A06C-41FC56B43051}">
+      <formula1>AND(D15&lt;&gt;"更新",D15&lt;&gt;"削除")</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="DL15:DL64" xr:uid="{431D8841-6C73-48F5-9AD0-3EEA3977067B}">
+      <formula1>"無効(デフォルト),有効"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.86614173228346458" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="41" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="64" max="113" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId2"/>
   </customProperties>
+  <ignoredErrors>
+    <ignoredError sqref="BB15 BB16:BC64 BD15 BD16:BE64" formula="1"/>
+  </ignoredErrors>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3118" r:id="rId5" name="Group Box 46">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>22860</xdr:colOff>
                     <xdr:row>15</xdr:row>
                     <xdr:rowOff>22860</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>22860</xdr:colOff>
                     <xdr:row>16</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
@@ -37009,332 +37387,350 @@
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>22860</xdr:colOff>
                     <xdr:row>54</xdr:row>
                     <xdr:rowOff>99060</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3110" r:id="rId167" name="Group Box 38">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>175260</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>144780</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>60960</xdr:colOff>
                     <xdr:row>15</xdr:row>
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:rowOff>60960</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3117" r:id="rId168" name="Group Box 45">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>182880</xdr:colOff>
                     <xdr:row>14</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>22860</xdr:colOff>
                     <xdr:row>15</xdr:row>
                     <xdr:rowOff>99060</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3139" r:id="rId169" name="Group Box 67">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>175260</xdr:colOff>
                     <xdr:row>14</xdr:row>
                     <xdr:rowOff>144780</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>60960</xdr:colOff>
                     <xdr:row>16</xdr:row>
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:rowOff>60960</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05D14E2C-101C-45EE-BBB7-2733C0543FA9}">
-  <dimension ref="A1:AR240"/>
+  <dimension ref="A1:AU234"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="J7" sqref="J7"/>
+      <selection activeCell="T3" sqref="T3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="10.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.5546875" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:44" s="32" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="93" t="s">
+    <row r="1" spans="1:47" s="31" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="102" t="s">
+        <v>57</v>
+      </c>
+      <c r="B1" s="102" t="s">
+        <v>58</v>
+      </c>
+      <c r="C1" s="102" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1" s="104" t="s">
+        <v>60</v>
+      </c>
+      <c r="E1" s="100" t="s">
+        <v>27</v>
+      </c>
+      <c r="F1" s="100" t="s">
+        <v>28</v>
+      </c>
+      <c r="G1" s="99" t="s">
+        <v>29</v>
+      </c>
+      <c r="H1" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="I1" s="106" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" s="100" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" s="100" t="s">
+        <v>32</v>
+      </c>
+      <c r="L1" s="100" t="s">
+        <v>33</v>
+      </c>
+      <c r="M1" s="100" t="s">
+        <v>34</v>
+      </c>
+      <c r="N1" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="O1" s="99"/>
+      <c r="P1" s="99" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q1" s="99"/>
+      <c r="R1" s="99" t="s">
         <v>62</v>
       </c>
-      <c r="B1" s="93" t="s">
+      <c r="S1" s="99"/>
+      <c r="T1" s="99" t="s">
         <v>63</v>
       </c>
-      <c r="C1" s="93" t="s">
+      <c r="U1" s="100"/>
+      <c r="V1" s="99" t="s">
         <v>64</v>
       </c>
-      <c r="D1" s="96" t="s">
+      <c r="W1" s="100"/>
+      <c r="X1" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="E1" s="91" t="s">
-[...17 lines deleted...]
-      <c r="K1" s="91" t="s">
+      <c r="Y1" s="99"/>
+      <c r="Z1" s="99" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA1" s="99"/>
+      <c r="AB1" s="99" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC1" s="100"/>
+      <c r="AD1" s="99" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE1" s="100"/>
+      <c r="AF1" s="99" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG1" s="99" t="s">
         <v>36</v>
       </c>
-      <c r="L1" s="91" t="s">
+      <c r="AH1" s="101" t="s">
         <v>37</v>
       </c>
-      <c r="M1" s="91" t="s">
+      <c r="AI1" s="101"/>
+      <c r="AJ1" s="101" t="s">
         <v>38</v>
       </c>
-      <c r="N1" s="95" t="s">
+      <c r="AK1" s="101"/>
+      <c r="AL1" s="99" t="s">
         <v>39</v>
       </c>
-      <c r="O1" s="95"/>
-[...16 lines deleted...]
-      <c r="X1" s="95" t="s">
+      <c r="AM1" s="99" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN1" s="100" t="s">
+        <v>41</v>
+      </c>
+      <c r="AO1" s="100" t="s">
+        <v>42</v>
+      </c>
+      <c r="AP1" s="100" t="s">
+        <v>43</v>
+      </c>
+      <c r="AQ1" s="100" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR1" s="100" t="s">
+        <v>45</v>
+      </c>
+      <c r="AS1" s="99" t="s">
+        <v>75</v>
+      </c>
+      <c r="AT1" s="100"/>
+      <c r="AU1" s="100" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2" spans="1:47" s="31" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="103"/>
+      <c r="B2" s="103"/>
+      <c r="C2" s="103"/>
+      <c r="D2" s="105"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
+      <c r="G2" s="99"/>
+      <c r="H2" s="100"/>
+      <c r="I2" s="106"/>
+      <c r="J2" s="100"/>
+      <c r="K2" s="100"/>
+      <c r="L2" s="100"/>
+      <c r="M2" s="100"/>
+      <c r="N2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="O2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="P2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="R2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="S2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="T2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="U2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="V2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="W2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="X2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="AB2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="AF2" s="99"/>
+      <c r="AG2" s="99"/>
+      <c r="AH2" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI2" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="AJ2" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="AK2" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="AL2" s="99"/>
+      <c r="AM2" s="99"/>
+      <c r="AN2" s="100"/>
+      <c r="AO2" s="100"/>
+      <c r="AP2" s="100"/>
+      <c r="AQ2" s="100"/>
+      <c r="AR2" s="100"/>
+      <c r="AS2" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="AT2" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="AU2" s="100"/>
+    </row>
+    <row r="3" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A3" s="40">
+        <f ca="1">TODAY()</f>
+        <v>46051</v>
+      </c>
+      <c r="B3" s="34"/>
+      <c r="C3" t="s">
         <v>70</v>
       </c>
-      <c r="Y1" s="95"/>
-[...139 lines deleted...]
-      <c r="A3" s="36">
+      <c r="D3" s="34"/>
+      <c r="E3" s="40">
         <f ca="1">TODAY()</f>
-        <v>45959</v>
-[...8 lines deleted...]
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F3" t="str">
         <f>IF(H3="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G3" t="str">
         <f>IF(H3="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H3" t="str">
         <f>IF('AMT-11'!D15="","",'AMT-11'!D15)</f>
         <v/>
       </c>
       <c r="I3" t="str">
         <f>IF('AMT-11'!F15="","",'AMT-11'!F15)</f>
         <v/>
       </c>
       <c r="J3" t="str">
         <f>IF('AMT-11'!J15="","",'AMT-11'!J15)</f>
         <v/>
       </c>
       <c r="K3" t="str">
         <f>IF('AMT-11'!Q15="","",'AMT-11'!Q15)</f>
         <v/>
       </c>
@@ -37405,107 +37801,115 @@
       <c r="AB3" t="str">
         <f>IF('AMT-11'!BX15="","",'AMT-11'!BX15)</f>
         <v/>
       </c>
       <c r="AC3" t="str">
         <f>IF('AMT-11'!BZ15="","",'AMT-11'!BZ15)</f>
         <v/>
       </c>
       <c r="AD3" t="str">
         <f>IF('AMT-11'!CB15="","",'AMT-11'!CB15)</f>
         <v/>
       </c>
       <c r="AE3" t="str">
         <f>IF('AMT-11'!CD15="","",'AMT-11'!CD15)</f>
         <v/>
       </c>
       <c r="AF3" t="str">
         <f>IF('AMT-11'!CF15="","",'AMT-11'!CF15)</f>
         <v/>
       </c>
       <c r="AG3" t="str">
         <f>IF('AMT-11'!CJ15="","",'AMT-11'!CJ15)</f>
         <v/>
       </c>
       <c r="AH3" t="str">
-        <f>IF('AMT-11'!CN15="","",'AMT-11'!CN15)</f>
+        <f>IF('AMT-11'!$CN15="PCF","999999999999999",IF('AMT-11'!CR15="","",'AMT-11'!CR15))</f>
         <v/>
       </c>
       <c r="AI3" t="str">
-        <f>IF('AMT-11'!CS15="","",'AMT-11'!CS15)</f>
+        <f>IF('AMT-11'!$CP15="PCF","999999999999999",IF('AMT-11'!CW15="","",'AMT-11'!CW15))</f>
         <v/>
       </c>
       <c r="AJ3" t="str">
-        <f>IF('AMT-11'!CX15="","",'AMT-11'!CX15)</f>
+        <f>IF('AMT-11'!$CN15="PCF","999999999999999",IF('AMT-11'!DB15="","",'AMT-11'!DB15))</f>
         <v/>
       </c>
       <c r="AK3" t="str">
-        <f>IF('AMT-11'!DC15="","",'AMT-11'!DC15)</f>
+        <f>IF('AMT-11'!$CP15="PCF","999999999999999",IF('AMT-11'!DG15="","",'AMT-11'!DG15))</f>
         <v/>
       </c>
       <c r="AL3" t="str">
-        <f>IF('AMT-11'!DH15="","",'AMT-11'!DH15)</f>
+        <f>IF('AMT-11'!DM15="","",'AMT-11'!DM15)</f>
         <v/>
       </c>
       <c r="AM3" t="str">
-        <f>IF('AMT-11'!DM15="","",'AMT-11'!DM15)</f>
+        <f>IF('AMT-11'!DR15="","",'AMT-11'!DR15)</f>
         <v/>
       </c>
       <c r="AN3" t="str">
-        <f>IF('AMT-11'!DR15="","",'AMT-11'!DR15)</f>
-[...2 lines deleted...]
-      <c r="AO3" t="str">
         <f>IF('AMT-11'!DW15="","",'AMT-11'!DW15)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP3" t="str">
         <f>IF('AMT-11'!EB15="","",'AMT-11'!EB15)</f>
         <v/>
       </c>
       <c r="AQ3" t="str">
         <f>IF('AMT-11'!EG15="","",'AMT-11'!EG15)</f>
         <v/>
       </c>
       <c r="AR3" t="str">
         <f>IF('AMT-11'!EL15="","",'AMT-11'!EL15)</f>
         <v/>
       </c>
+      <c r="AS3" t="str">
+        <f>IF('AMT-11'!CN15="","",'AMT-11'!CN15)</f>
+        <v/>
+      </c>
+      <c r="AT3" t="str">
+        <f>IF('AMT-11'!CP15="","",'AMT-11'!CP15)</f>
+        <v/>
+      </c>
+      <c r="AU3" t="str">
+        <f>IF('AMT-11'!DL15="","",'AMT-11'!DL15)</f>
+        <v/>
+      </c>
     </row>
-    <row r="4" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A4" s="36">
+    <row r="4" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A4" s="40">
         <f t="shared" ref="A4:A52" ca="1" si="0">TODAY()</f>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B4" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B4" s="34"/>
       <c r="C4" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E4" s="36">
+        <v>70</v>
+      </c>
+      <c r="D4" s="34"/>
+      <c r="E4" s="40">
         <f t="shared" ref="E4:E52" ca="1" si="1">TODAY()</f>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F4" t="str">
         <f>IF(H4="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G4" t="str">
         <f>IF(H4="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H4" t="str">
         <f>IF('AMT-11'!D16="","",'AMT-11'!D16)</f>
         <v/>
       </c>
       <c r="I4" t="str">
         <f>IF('AMT-11'!F16="","",'AMT-11'!F16)</f>
         <v/>
       </c>
       <c r="J4" t="str">
         <f>IF('AMT-11'!J16="","",'AMT-11'!J16)</f>
         <v/>
       </c>
       <c r="K4" t="str">
         <f>IF('AMT-11'!Q16="","",'AMT-11'!Q16)</f>
         <v/>
       </c>
@@ -37576,107 +37980,115 @@
       <c r="AB4" t="str">
         <f>IF('AMT-11'!BX16="","",'AMT-11'!BX16)</f>
         <v/>
       </c>
       <c r="AC4" t="str">
         <f>IF('AMT-11'!BZ16="","",'AMT-11'!BZ16)</f>
         <v/>
       </c>
       <c r="AD4" t="str">
         <f>IF('AMT-11'!CB16="","",'AMT-11'!CB16)</f>
         <v/>
       </c>
       <c r="AE4" t="str">
         <f>IF('AMT-11'!CD16="","",'AMT-11'!CD16)</f>
         <v/>
       </c>
       <c r="AF4" t="str">
         <f>IF('AMT-11'!CF16="","",'AMT-11'!CF16)</f>
         <v/>
       </c>
       <c r="AG4" t="str">
         <f>IF('AMT-11'!CJ16="","",'AMT-11'!CJ16)</f>
         <v/>
       </c>
       <c r="AH4" t="str">
-        <f>IF('AMT-11'!CN16="","",'AMT-11'!CN16)</f>
+        <f>IF('AMT-11'!$CN16="PCF","999999999999999",IF('AMT-11'!CR16="","",'AMT-11'!CR16))</f>
         <v/>
       </c>
       <c r="AI4" t="str">
-        <f>IF('AMT-11'!CS16="","",'AMT-11'!CS16)</f>
+        <f>IF('AMT-11'!$CP16="PCF","999999999999999",IF('AMT-11'!CW16="","",'AMT-11'!CW16))</f>
         <v/>
       </c>
       <c r="AJ4" t="str">
-        <f>IF('AMT-11'!CX16="","",'AMT-11'!CX16)</f>
+        <f>IF('AMT-11'!$CN16="PCF","999999999999999",IF('AMT-11'!DB16="","",'AMT-11'!DB16))</f>
         <v/>
       </c>
       <c r="AK4" t="str">
-        <f>IF('AMT-11'!DC16="","",'AMT-11'!DC16)</f>
+        <f>IF('AMT-11'!$CP16="PCF","999999999999999",IF('AMT-11'!DG16="","",'AMT-11'!DG16))</f>
         <v/>
       </c>
       <c r="AL4" t="str">
-        <f>IF('AMT-11'!DH16="","",'AMT-11'!DH16)</f>
+        <f>IF('AMT-11'!DM16="","",'AMT-11'!DM16)</f>
         <v/>
       </c>
       <c r="AM4" t="str">
-        <f>IF('AMT-11'!DM16="","",'AMT-11'!DM16)</f>
+        <f>IF('AMT-11'!DR16="","",'AMT-11'!DR16)</f>
         <v/>
       </c>
       <c r="AN4" t="str">
-        <f>IF('AMT-11'!DR16="","",'AMT-11'!DR16)</f>
-[...2 lines deleted...]
-      <c r="AO4" t="str">
         <f>IF('AMT-11'!DW16="","",'AMT-11'!DW16)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP4" t="str">
         <f>IF('AMT-11'!EB16="","",'AMT-11'!EB16)</f>
         <v/>
       </c>
       <c r="AQ4" t="str">
         <f>IF('AMT-11'!EG16="","",'AMT-11'!EG16)</f>
         <v/>
       </c>
       <c r="AR4" t="str">
         <f>IF('AMT-11'!EL16="","",'AMT-11'!EL16)</f>
         <v/>
       </c>
+      <c r="AS4" t="str">
+        <f>IF('AMT-11'!CN16="","",'AMT-11'!CN16)</f>
+        <v/>
+      </c>
+      <c r="AT4" t="str">
+        <f>IF('AMT-11'!CP16="","",'AMT-11'!CP16)</f>
+        <v/>
+      </c>
+      <c r="AU4" t="str">
+        <f>IF('AMT-11'!DL16="","",'AMT-11'!DL16)</f>
+        <v/>
+      </c>
     </row>
-    <row r="5" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A5" s="36">
+    <row r="5" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A5" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B5" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B5" s="34"/>
       <c r="C5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E5" s="36">
+        <v>70</v>
+      </c>
+      <c r="D5" s="34"/>
+      <c r="E5" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F5" t="str">
         <f>IF(H5="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G5" t="str">
         <f>IF(H5="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H5" t="str">
         <f>IF('AMT-11'!D17="","",'AMT-11'!D17)</f>
         <v/>
       </c>
       <c r="I5" t="str">
         <f>IF('AMT-11'!F17="","",'AMT-11'!F17)</f>
         <v/>
       </c>
       <c r="J5" t="str">
         <f>IF('AMT-11'!J17="","",'AMT-11'!J17)</f>
         <v/>
       </c>
       <c r="K5" t="str">
         <f>IF('AMT-11'!Q17="","",'AMT-11'!Q17)</f>
         <v/>
       </c>
@@ -37747,107 +38159,115 @@
       <c r="AB5" t="str">
         <f>IF('AMT-11'!BX17="","",'AMT-11'!BX17)</f>
         <v/>
       </c>
       <c r="AC5" t="str">
         <f>IF('AMT-11'!BZ17="","",'AMT-11'!BZ17)</f>
         <v/>
       </c>
       <c r="AD5" t="str">
         <f>IF('AMT-11'!CB17="","",'AMT-11'!CB17)</f>
         <v/>
       </c>
       <c r="AE5" t="str">
         <f>IF('AMT-11'!CD17="","",'AMT-11'!CD17)</f>
         <v/>
       </c>
       <c r="AF5" t="str">
         <f>IF('AMT-11'!CF17="","",'AMT-11'!CF17)</f>
         <v/>
       </c>
       <c r="AG5" t="str">
         <f>IF('AMT-11'!CJ17="","",'AMT-11'!CJ17)</f>
         <v/>
       </c>
       <c r="AH5" t="str">
-        <f>IF('AMT-11'!CN17="","",'AMT-11'!CN17)</f>
+        <f>IF('AMT-11'!$CN17="PCF","999999999999999",IF('AMT-11'!CR17="","",'AMT-11'!CR17))</f>
         <v/>
       </c>
       <c r="AI5" t="str">
-        <f>IF('AMT-11'!CS17="","",'AMT-11'!CS17)</f>
+        <f>IF('AMT-11'!$CP17="PCF","999999999999999",IF('AMT-11'!CW17="","",'AMT-11'!CW17))</f>
         <v/>
       </c>
       <c r="AJ5" t="str">
-        <f>IF('AMT-11'!CX17="","",'AMT-11'!CX17)</f>
+        <f>IF('AMT-11'!$CN17="PCF","999999999999999",IF('AMT-11'!DB17="","",'AMT-11'!DB17))</f>
         <v/>
       </c>
       <c r="AK5" t="str">
-        <f>IF('AMT-11'!DC17="","",'AMT-11'!DC17)</f>
+        <f>IF('AMT-11'!$CP17="PCF","999999999999999",IF('AMT-11'!DG17="","",'AMT-11'!DG17))</f>
         <v/>
       </c>
       <c r="AL5" t="str">
-        <f>IF('AMT-11'!DH17="","",'AMT-11'!DH17)</f>
+        <f>IF('AMT-11'!DM17="","",'AMT-11'!DM17)</f>
         <v/>
       </c>
       <c r="AM5" t="str">
-        <f>IF('AMT-11'!DM17="","",'AMT-11'!DM17)</f>
+        <f>IF('AMT-11'!DR17="","",'AMT-11'!DR17)</f>
         <v/>
       </c>
       <c r="AN5" t="str">
-        <f>IF('AMT-11'!DR17="","",'AMT-11'!DR17)</f>
-[...2 lines deleted...]
-      <c r="AO5" t="str">
         <f>IF('AMT-11'!DW17="","",'AMT-11'!DW17)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP5" t="str">
         <f>IF('AMT-11'!EB17="","",'AMT-11'!EB17)</f>
         <v/>
       </c>
       <c r="AQ5" t="str">
         <f>IF('AMT-11'!EG17="","",'AMT-11'!EG17)</f>
         <v/>
       </c>
       <c r="AR5" t="str">
         <f>IF('AMT-11'!EL17="","",'AMT-11'!EL17)</f>
         <v/>
       </c>
+      <c r="AS5" t="str">
+        <f>IF('AMT-11'!CN17="","",'AMT-11'!CN17)</f>
+        <v/>
+      </c>
+      <c r="AT5" t="str">
+        <f>IF('AMT-11'!CP17="","",'AMT-11'!CP17)</f>
+        <v/>
+      </c>
+      <c r="AU5" t="str">
+        <f>IF('AMT-11'!DL17="","",'AMT-11'!DL17)</f>
+        <v/>
+      </c>
     </row>
-    <row r="6" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A6" s="36">
+    <row r="6" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A6" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B6" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B6" s="34"/>
       <c r="C6" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E6" s="36">
+        <v>70</v>
+      </c>
+      <c r="D6" s="34"/>
+      <c r="E6" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F6" t="str">
         <f>IF(H6="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G6" t="str">
         <f>IF(H6="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H6" t="str">
         <f>IF('AMT-11'!D18="","",'AMT-11'!D18)</f>
         <v/>
       </c>
       <c r="I6" t="str">
         <f>IF('AMT-11'!F18="","",'AMT-11'!F18)</f>
         <v/>
       </c>
       <c r="J6" t="str">
         <f>IF('AMT-11'!J18="","",'AMT-11'!J18)</f>
         <v/>
       </c>
       <c r="K6" t="str">
         <f>IF('AMT-11'!Q18="","",'AMT-11'!Q18)</f>
         <v/>
       </c>
@@ -37918,107 +38338,115 @@
       <c r="AB6" t="str">
         <f>IF('AMT-11'!BX18="","",'AMT-11'!BX18)</f>
         <v/>
       </c>
       <c r="AC6" t="str">
         <f>IF('AMT-11'!BZ18="","",'AMT-11'!BZ18)</f>
         <v/>
       </c>
       <c r="AD6" t="str">
         <f>IF('AMT-11'!CB18="","",'AMT-11'!CB18)</f>
         <v/>
       </c>
       <c r="AE6" t="str">
         <f>IF('AMT-11'!CD18="","",'AMT-11'!CD18)</f>
         <v/>
       </c>
       <c r="AF6" t="str">
         <f>IF('AMT-11'!CF18="","",'AMT-11'!CF18)</f>
         <v/>
       </c>
       <c r="AG6" t="str">
         <f>IF('AMT-11'!CJ18="","",'AMT-11'!CJ18)</f>
         <v/>
       </c>
       <c r="AH6" t="str">
-        <f>IF('AMT-11'!CN18="","",'AMT-11'!CN18)</f>
+        <f>IF('AMT-11'!$CN18="PCF","999999999999999",IF('AMT-11'!CR18="","",'AMT-11'!CR18))</f>
         <v/>
       </c>
       <c r="AI6" t="str">
-        <f>IF('AMT-11'!CS18="","",'AMT-11'!CS18)</f>
+        <f>IF('AMT-11'!$CP18="PCF","999999999999999",IF('AMT-11'!CW18="","",'AMT-11'!CW18))</f>
         <v/>
       </c>
       <c r="AJ6" t="str">
-        <f>IF('AMT-11'!CX18="","",'AMT-11'!CX18)</f>
+        <f>IF('AMT-11'!$CN18="PCF","999999999999999",IF('AMT-11'!DB18="","",'AMT-11'!DB18))</f>
         <v/>
       </c>
       <c r="AK6" t="str">
-        <f>IF('AMT-11'!DC18="","",'AMT-11'!DC18)</f>
+        <f>IF('AMT-11'!$CP18="PCF","999999999999999",IF('AMT-11'!DG18="","",'AMT-11'!DG18))</f>
         <v/>
       </c>
       <c r="AL6" t="str">
-        <f>IF('AMT-11'!DH18="","",'AMT-11'!DH18)</f>
+        <f>IF('AMT-11'!DM18="","",'AMT-11'!DM18)</f>
         <v/>
       </c>
       <c r="AM6" t="str">
-        <f>IF('AMT-11'!DM18="","",'AMT-11'!DM18)</f>
+        <f>IF('AMT-11'!DR18="","",'AMT-11'!DR18)</f>
         <v/>
       </c>
       <c r="AN6" t="str">
-        <f>IF('AMT-11'!DR18="","",'AMT-11'!DR18)</f>
-[...2 lines deleted...]
-      <c r="AO6" t="str">
         <f>IF('AMT-11'!DW18="","",'AMT-11'!DW18)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP6" t="str">
         <f>IF('AMT-11'!EB18="","",'AMT-11'!EB18)</f>
         <v/>
       </c>
       <c r="AQ6" t="str">
         <f>IF('AMT-11'!EG18="","",'AMT-11'!EG18)</f>
         <v/>
       </c>
       <c r="AR6" t="str">
         <f>IF('AMT-11'!EL18="","",'AMT-11'!EL18)</f>
         <v/>
       </c>
+      <c r="AS6" t="str">
+        <f>IF('AMT-11'!CN18="","",'AMT-11'!CN18)</f>
+        <v/>
+      </c>
+      <c r="AT6" t="str">
+        <f>IF('AMT-11'!CP18="","",'AMT-11'!CP18)</f>
+        <v/>
+      </c>
+      <c r="AU6" t="str">
+        <f>IF('AMT-11'!DL18="","",'AMT-11'!DL18)</f>
+        <v/>
+      </c>
     </row>
-    <row r="7" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A7" s="36">
+    <row r="7" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A7" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B7" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B7" s="34"/>
       <c r="C7" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E7" s="36">
+        <v>70</v>
+      </c>
+      <c r="D7" s="34"/>
+      <c r="E7" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F7" t="str">
         <f>IF(H7="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G7" t="str">
         <f>IF(H7="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H7" t="str">
         <f>IF('AMT-11'!D19="","",'AMT-11'!D19)</f>
         <v/>
       </c>
       <c r="I7" t="str">
         <f>IF('AMT-11'!F19="","",'AMT-11'!F19)</f>
         <v/>
       </c>
       <c r="J7" t="str">
         <f>IF('AMT-11'!J19="","",'AMT-11'!J19)</f>
         <v/>
       </c>
       <c r="K7" t="str">
         <f>IF('AMT-11'!Q19="","",'AMT-11'!Q19)</f>
         <v/>
       </c>
@@ -38089,107 +38517,115 @@
       <c r="AB7" t="str">
         <f>IF('AMT-11'!BX19="","",'AMT-11'!BX19)</f>
         <v/>
       </c>
       <c r="AC7" t="str">
         <f>IF('AMT-11'!BZ19="","",'AMT-11'!BZ19)</f>
         <v/>
       </c>
       <c r="AD7" t="str">
         <f>IF('AMT-11'!CB19="","",'AMT-11'!CB19)</f>
         <v/>
       </c>
       <c r="AE7" t="str">
         <f>IF('AMT-11'!CD19="","",'AMT-11'!CD19)</f>
         <v/>
       </c>
       <c r="AF7" t="str">
         <f>IF('AMT-11'!CF19="","",'AMT-11'!CF19)</f>
         <v/>
       </c>
       <c r="AG7" t="str">
         <f>IF('AMT-11'!CJ19="","",'AMT-11'!CJ19)</f>
         <v/>
       </c>
       <c r="AH7" t="str">
-        <f>IF('AMT-11'!CN19="","",'AMT-11'!CN19)</f>
+        <f>IF('AMT-11'!$CN19="PCF","999999999999999",IF('AMT-11'!CR19="","",'AMT-11'!CR19))</f>
         <v/>
       </c>
       <c r="AI7" t="str">
-        <f>IF('AMT-11'!CS19="","",'AMT-11'!CS19)</f>
+        <f>IF('AMT-11'!$CP19="PCF","999999999999999",IF('AMT-11'!CW19="","",'AMT-11'!CW19))</f>
         <v/>
       </c>
       <c r="AJ7" t="str">
-        <f>IF('AMT-11'!CX19="","",'AMT-11'!CX19)</f>
+        <f>IF('AMT-11'!$CN19="PCF","999999999999999",IF('AMT-11'!DB19="","",'AMT-11'!DB19))</f>
         <v/>
       </c>
       <c r="AK7" t="str">
-        <f>IF('AMT-11'!DC19="","",'AMT-11'!DC19)</f>
+        <f>IF('AMT-11'!$CP19="PCF","999999999999999",IF('AMT-11'!DG19="","",'AMT-11'!DG19))</f>
         <v/>
       </c>
       <c r="AL7" t="str">
-        <f>IF('AMT-11'!DH19="","",'AMT-11'!DH19)</f>
+        <f>IF('AMT-11'!DM19="","",'AMT-11'!DM19)</f>
         <v/>
       </c>
       <c r="AM7" t="str">
-        <f>IF('AMT-11'!DM19="","",'AMT-11'!DM19)</f>
+        <f>IF('AMT-11'!DR19="","",'AMT-11'!DR19)</f>
         <v/>
       </c>
       <c r="AN7" t="str">
-        <f>IF('AMT-11'!DR19="","",'AMT-11'!DR19)</f>
-[...2 lines deleted...]
-      <c r="AO7" t="str">
         <f>IF('AMT-11'!DW19="","",'AMT-11'!DW19)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP7" t="str">
         <f>IF('AMT-11'!EB19="","",'AMT-11'!EB19)</f>
         <v/>
       </c>
       <c r="AQ7" t="str">
         <f>IF('AMT-11'!EG19="","",'AMT-11'!EG19)</f>
         <v/>
       </c>
       <c r="AR7" t="str">
         <f>IF('AMT-11'!EL19="","",'AMT-11'!EL19)</f>
         <v/>
       </c>
+      <c r="AS7" t="str">
+        <f>IF('AMT-11'!CN19="","",'AMT-11'!CN19)</f>
+        <v/>
+      </c>
+      <c r="AT7" t="str">
+        <f>IF('AMT-11'!CP19="","",'AMT-11'!CP19)</f>
+        <v/>
+      </c>
+      <c r="AU7" t="str">
+        <f>IF('AMT-11'!DL19="","",'AMT-11'!DL19)</f>
+        <v/>
+      </c>
     </row>
-    <row r="8" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A8" s="36">
+    <row r="8" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A8" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B8" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B8" s="34"/>
       <c r="C8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E8" s="36">
+        <v>70</v>
+      </c>
+      <c r="D8" s="34"/>
+      <c r="E8" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F8" t="str">
         <f>IF(H8="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G8" t="str">
         <f>IF(H8="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H8" t="str">
         <f>IF('AMT-11'!D20="","",'AMT-11'!D20)</f>
         <v/>
       </c>
       <c r="I8" t="str">
         <f>IF('AMT-11'!F20="","",'AMT-11'!F20)</f>
         <v/>
       </c>
       <c r="J8" t="str">
         <f>IF('AMT-11'!J20="","",'AMT-11'!J20)</f>
         <v/>
       </c>
       <c r="K8" t="str">
         <f>IF('AMT-11'!Q20="","",'AMT-11'!Q20)</f>
         <v/>
       </c>
@@ -38260,107 +38696,115 @@
       <c r="AB8" t="str">
         <f>IF('AMT-11'!BX20="","",'AMT-11'!BX20)</f>
         <v/>
       </c>
       <c r="AC8" t="str">
         <f>IF('AMT-11'!BZ20="","",'AMT-11'!BZ20)</f>
         <v/>
       </c>
       <c r="AD8" t="str">
         <f>IF('AMT-11'!CB20="","",'AMT-11'!CB20)</f>
         <v/>
       </c>
       <c r="AE8" t="str">
         <f>IF('AMT-11'!CD20="","",'AMT-11'!CD20)</f>
         <v/>
       </c>
       <c r="AF8" t="str">
         <f>IF('AMT-11'!CF20="","",'AMT-11'!CF20)</f>
         <v/>
       </c>
       <c r="AG8" t="str">
         <f>IF('AMT-11'!CJ20="","",'AMT-11'!CJ20)</f>
         <v/>
       </c>
       <c r="AH8" t="str">
-        <f>IF('AMT-11'!CN20="","",'AMT-11'!CN20)</f>
+        <f>IF('AMT-11'!$CN20="PCF","999999999999999",IF('AMT-11'!CR20="","",'AMT-11'!CR20))</f>
         <v/>
       </c>
       <c r="AI8" t="str">
-        <f>IF('AMT-11'!CS20="","",'AMT-11'!CS20)</f>
+        <f>IF('AMT-11'!$CP20="PCF","999999999999999",IF('AMT-11'!CW20="","",'AMT-11'!CW20))</f>
         <v/>
       </c>
       <c r="AJ8" t="str">
-        <f>IF('AMT-11'!CX20="","",'AMT-11'!CX20)</f>
+        <f>IF('AMT-11'!$CN20="PCF","999999999999999",IF('AMT-11'!DB20="","",'AMT-11'!DB20))</f>
         <v/>
       </c>
       <c r="AK8" t="str">
-        <f>IF('AMT-11'!DC20="","",'AMT-11'!DC20)</f>
+        <f>IF('AMT-11'!$CP20="PCF","999999999999999",IF('AMT-11'!DG20="","",'AMT-11'!DG20))</f>
         <v/>
       </c>
       <c r="AL8" t="str">
-        <f>IF('AMT-11'!DH20="","",'AMT-11'!DH20)</f>
+        <f>IF('AMT-11'!DM20="","",'AMT-11'!DM20)</f>
         <v/>
       </c>
       <c r="AM8" t="str">
-        <f>IF('AMT-11'!DM20="","",'AMT-11'!DM20)</f>
+        <f>IF('AMT-11'!DR20="","",'AMT-11'!DR20)</f>
         <v/>
       </c>
       <c r="AN8" t="str">
-        <f>IF('AMT-11'!DR20="","",'AMT-11'!DR20)</f>
-[...2 lines deleted...]
-      <c r="AO8" t="str">
         <f>IF('AMT-11'!DW20="","",'AMT-11'!DW20)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP8" t="str">
         <f>IF('AMT-11'!EB20="","",'AMT-11'!EB20)</f>
         <v/>
       </c>
       <c r="AQ8" t="str">
         <f>IF('AMT-11'!EG20="","",'AMT-11'!EG20)</f>
         <v/>
       </c>
       <c r="AR8" t="str">
         <f>IF('AMT-11'!EL20="","",'AMT-11'!EL20)</f>
         <v/>
       </c>
+      <c r="AS8" t="str">
+        <f>IF('AMT-11'!CN20="","",'AMT-11'!CN20)</f>
+        <v/>
+      </c>
+      <c r="AT8" t="str">
+        <f>IF('AMT-11'!CP20="","",'AMT-11'!CP20)</f>
+        <v/>
+      </c>
+      <c r="AU8" t="str">
+        <f>IF('AMT-11'!DL20="","",'AMT-11'!DL20)</f>
+        <v/>
+      </c>
     </row>
-    <row r="9" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A9" s="36">
+    <row r="9" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A9" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B9" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B9" s="34"/>
       <c r="C9" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E9" s="36">
+        <v>70</v>
+      </c>
+      <c r="D9" s="34"/>
+      <c r="E9" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F9" t="str">
         <f>IF(H9="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G9" t="str">
         <f>IF(H9="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H9" t="str">
         <f>IF('AMT-11'!D21="","",'AMT-11'!D21)</f>
         <v/>
       </c>
       <c r="I9" t="str">
         <f>IF('AMT-11'!F21="","",'AMT-11'!F21)</f>
         <v/>
       </c>
       <c r="J9" t="str">
         <f>IF('AMT-11'!J21="","",'AMT-11'!J21)</f>
         <v/>
       </c>
       <c r="K9" t="str">
         <f>IF('AMT-11'!Q21="","",'AMT-11'!Q21)</f>
         <v/>
       </c>
@@ -38431,107 +38875,115 @@
       <c r="AB9" t="str">
         <f>IF('AMT-11'!BX21="","",'AMT-11'!BX21)</f>
         <v/>
       </c>
       <c r="AC9" t="str">
         <f>IF('AMT-11'!BZ21="","",'AMT-11'!BZ21)</f>
         <v/>
       </c>
       <c r="AD9" t="str">
         <f>IF('AMT-11'!CB21="","",'AMT-11'!CB21)</f>
         <v/>
       </c>
       <c r="AE9" t="str">
         <f>IF('AMT-11'!CD21="","",'AMT-11'!CD21)</f>
         <v/>
       </c>
       <c r="AF9" t="str">
         <f>IF('AMT-11'!CF21="","",'AMT-11'!CF21)</f>
         <v/>
       </c>
       <c r="AG9" t="str">
         <f>IF('AMT-11'!CJ21="","",'AMT-11'!CJ21)</f>
         <v/>
       </c>
       <c r="AH9" t="str">
-        <f>IF('AMT-11'!CN21="","",'AMT-11'!CN21)</f>
+        <f>IF('AMT-11'!$CN21="PCF","999999999999999",IF('AMT-11'!CR21="","",'AMT-11'!CR21))</f>
         <v/>
       </c>
       <c r="AI9" t="str">
-        <f>IF('AMT-11'!CS21="","",'AMT-11'!CS21)</f>
+        <f>IF('AMT-11'!$CP21="PCF","999999999999999",IF('AMT-11'!CW21="","",'AMT-11'!CW21))</f>
         <v/>
       </c>
       <c r="AJ9" t="str">
-        <f>IF('AMT-11'!CX21="","",'AMT-11'!CX21)</f>
+        <f>IF('AMT-11'!$CN21="PCF","999999999999999",IF('AMT-11'!DB21="","",'AMT-11'!DB21))</f>
         <v/>
       </c>
       <c r="AK9" t="str">
-        <f>IF('AMT-11'!DC21="","",'AMT-11'!DC21)</f>
+        <f>IF('AMT-11'!$CP21="PCF","999999999999999",IF('AMT-11'!DG21="","",'AMT-11'!DG21))</f>
         <v/>
       </c>
       <c r="AL9" t="str">
-        <f>IF('AMT-11'!DH21="","",'AMT-11'!DH21)</f>
+        <f>IF('AMT-11'!DM21="","",'AMT-11'!DM21)</f>
         <v/>
       </c>
       <c r="AM9" t="str">
-        <f>IF('AMT-11'!DM21="","",'AMT-11'!DM21)</f>
+        <f>IF('AMT-11'!DR21="","",'AMT-11'!DR21)</f>
         <v/>
       </c>
       <c r="AN9" t="str">
-        <f>IF('AMT-11'!DR21="","",'AMT-11'!DR21)</f>
-[...2 lines deleted...]
-      <c r="AO9" t="str">
         <f>IF('AMT-11'!DW21="","",'AMT-11'!DW21)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP9" t="str">
         <f>IF('AMT-11'!EB21="","",'AMT-11'!EB21)</f>
         <v/>
       </c>
       <c r="AQ9" t="str">
         <f>IF('AMT-11'!EG21="","",'AMT-11'!EG21)</f>
         <v/>
       </c>
       <c r="AR9" t="str">
         <f>IF('AMT-11'!EL21="","",'AMT-11'!EL21)</f>
         <v/>
       </c>
+      <c r="AS9" t="str">
+        <f>IF('AMT-11'!CN21="","",'AMT-11'!CN21)</f>
+        <v/>
+      </c>
+      <c r="AT9" t="str">
+        <f>IF('AMT-11'!CP21="","",'AMT-11'!CP21)</f>
+        <v/>
+      </c>
+      <c r="AU9" t="str">
+        <f>IF('AMT-11'!DL21="","",'AMT-11'!DL21)</f>
+        <v/>
+      </c>
     </row>
-    <row r="10" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A10" s="36">
+    <row r="10" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A10" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B10" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B10" s="34"/>
       <c r="C10" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E10" s="36">
+        <v>70</v>
+      </c>
+      <c r="D10" s="34"/>
+      <c r="E10" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F10" t="str">
         <f>IF(H10="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G10" t="str">
         <f>IF(H10="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H10" t="str">
         <f>IF('AMT-11'!D22="","",'AMT-11'!D22)</f>
         <v/>
       </c>
       <c r="I10" t="str">
         <f>IF('AMT-11'!F22="","",'AMT-11'!F22)</f>
         <v/>
       </c>
       <c r="J10" t="str">
         <f>IF('AMT-11'!J22="","",'AMT-11'!J22)</f>
         <v/>
       </c>
       <c r="K10" t="str">
         <f>IF('AMT-11'!Q22="","",'AMT-11'!Q22)</f>
         <v/>
       </c>
@@ -38602,107 +39054,115 @@
       <c r="AB10" t="str">
         <f>IF('AMT-11'!BX22="","",'AMT-11'!BX22)</f>
         <v/>
       </c>
       <c r="AC10" t="str">
         <f>IF('AMT-11'!BZ22="","",'AMT-11'!BZ22)</f>
         <v/>
       </c>
       <c r="AD10" t="str">
         <f>IF('AMT-11'!CB22="","",'AMT-11'!CB22)</f>
         <v/>
       </c>
       <c r="AE10" t="str">
         <f>IF('AMT-11'!CD22="","",'AMT-11'!CD22)</f>
         <v/>
       </c>
       <c r="AF10" t="str">
         <f>IF('AMT-11'!CF22="","",'AMT-11'!CF22)</f>
         <v/>
       </c>
       <c r="AG10" t="str">
         <f>IF('AMT-11'!CJ22="","",'AMT-11'!CJ22)</f>
         <v/>
       </c>
       <c r="AH10" t="str">
-        <f>IF('AMT-11'!CN22="","",'AMT-11'!CN22)</f>
+        <f>IF('AMT-11'!$CN22="PCF","999999999999999",IF('AMT-11'!CR22="","",'AMT-11'!CR22))</f>
         <v/>
       </c>
       <c r="AI10" t="str">
-        <f>IF('AMT-11'!CS22="","",'AMT-11'!CS22)</f>
+        <f>IF('AMT-11'!$CP22="PCF","999999999999999",IF('AMT-11'!CW22="","",'AMT-11'!CW22))</f>
         <v/>
       </c>
       <c r="AJ10" t="str">
-        <f>IF('AMT-11'!CX22="","",'AMT-11'!CX22)</f>
+        <f>IF('AMT-11'!$CN22="PCF","999999999999999",IF('AMT-11'!DB22="","",'AMT-11'!DB22))</f>
         <v/>
       </c>
       <c r="AK10" t="str">
-        <f>IF('AMT-11'!DC22="","",'AMT-11'!DC22)</f>
+        <f>IF('AMT-11'!$CP22="PCF","999999999999999",IF('AMT-11'!DG22="","",'AMT-11'!DG22))</f>
         <v/>
       </c>
       <c r="AL10" t="str">
-        <f>IF('AMT-11'!DH22="","",'AMT-11'!DH22)</f>
+        <f>IF('AMT-11'!DM22="","",'AMT-11'!DM22)</f>
         <v/>
       </c>
       <c r="AM10" t="str">
-        <f>IF('AMT-11'!DM22="","",'AMT-11'!DM22)</f>
+        <f>IF('AMT-11'!DR22="","",'AMT-11'!DR22)</f>
         <v/>
       </c>
       <c r="AN10" t="str">
-        <f>IF('AMT-11'!DR22="","",'AMT-11'!DR22)</f>
-[...2 lines deleted...]
-      <c r="AO10" t="str">
         <f>IF('AMT-11'!DW22="","",'AMT-11'!DW22)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP10" t="str">
         <f>IF('AMT-11'!EB22="","",'AMT-11'!EB22)</f>
         <v/>
       </c>
       <c r="AQ10" t="str">
         <f>IF('AMT-11'!EG22="","",'AMT-11'!EG22)</f>
         <v/>
       </c>
       <c r="AR10" t="str">
         <f>IF('AMT-11'!EL22="","",'AMT-11'!EL22)</f>
         <v/>
       </c>
+      <c r="AS10" t="str">
+        <f>IF('AMT-11'!CN22="","",'AMT-11'!CN22)</f>
+        <v/>
+      </c>
+      <c r="AT10" t="str">
+        <f>IF('AMT-11'!CP22="","",'AMT-11'!CP22)</f>
+        <v/>
+      </c>
+      <c r="AU10" t="str">
+        <f>IF('AMT-11'!DL22="","",'AMT-11'!DL22)</f>
+        <v/>
+      </c>
     </row>
-    <row r="11" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A11" s="36">
+    <row r="11" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A11" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B11" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B11" s="34"/>
       <c r="C11" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E11" s="36">
+        <v>70</v>
+      </c>
+      <c r="D11" s="34"/>
+      <c r="E11" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F11" t="str">
         <f>IF(H11="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G11" t="str">
         <f>IF(H11="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H11" t="str">
         <f>IF('AMT-11'!D23="","",'AMT-11'!D23)</f>
         <v/>
       </c>
       <c r="I11" t="str">
         <f>IF('AMT-11'!F23="","",'AMT-11'!F23)</f>
         <v/>
       </c>
       <c r="J11" t="str">
         <f>IF('AMT-11'!J23="","",'AMT-11'!J23)</f>
         <v/>
       </c>
       <c r="K11" t="str">
         <f>IF('AMT-11'!Q23="","",'AMT-11'!Q23)</f>
         <v/>
       </c>
@@ -38773,107 +39233,115 @@
       <c r="AB11" t="str">
         <f>IF('AMT-11'!BX23="","",'AMT-11'!BX23)</f>
         <v/>
       </c>
       <c r="AC11" t="str">
         <f>IF('AMT-11'!BZ23="","",'AMT-11'!BZ23)</f>
         <v/>
       </c>
       <c r="AD11" t="str">
         <f>IF('AMT-11'!CB23="","",'AMT-11'!CB23)</f>
         <v/>
       </c>
       <c r="AE11" t="str">
         <f>IF('AMT-11'!CD23="","",'AMT-11'!CD23)</f>
         <v/>
       </c>
       <c r="AF11" t="str">
         <f>IF('AMT-11'!CF23="","",'AMT-11'!CF23)</f>
         <v/>
       </c>
       <c r="AG11" t="str">
         <f>IF('AMT-11'!CJ23="","",'AMT-11'!CJ23)</f>
         <v/>
       </c>
       <c r="AH11" t="str">
-        <f>IF('AMT-11'!CN23="","",'AMT-11'!CN23)</f>
+        <f>IF('AMT-11'!$CN23="PCF","999999999999999",IF('AMT-11'!CR23="","",'AMT-11'!CR23))</f>
         <v/>
       </c>
       <c r="AI11" t="str">
-        <f>IF('AMT-11'!CS23="","",'AMT-11'!CS23)</f>
+        <f>IF('AMT-11'!$CP23="PCF","999999999999999",IF('AMT-11'!CW23="","",'AMT-11'!CW23))</f>
         <v/>
       </c>
       <c r="AJ11" t="str">
-        <f>IF('AMT-11'!CX23="","",'AMT-11'!CX23)</f>
+        <f>IF('AMT-11'!$CN23="PCF","999999999999999",IF('AMT-11'!DB23="","",'AMT-11'!DB23))</f>
         <v/>
       </c>
       <c r="AK11" t="str">
-        <f>IF('AMT-11'!DC23="","",'AMT-11'!DC23)</f>
+        <f>IF('AMT-11'!$CP23="PCF","999999999999999",IF('AMT-11'!DG23="","",'AMT-11'!DG23))</f>
         <v/>
       </c>
       <c r="AL11" t="str">
-        <f>IF('AMT-11'!DH23="","",'AMT-11'!DH23)</f>
+        <f>IF('AMT-11'!DM23="","",'AMT-11'!DM23)</f>
         <v/>
       </c>
       <c r="AM11" t="str">
-        <f>IF('AMT-11'!DM23="","",'AMT-11'!DM23)</f>
+        <f>IF('AMT-11'!DR23="","",'AMT-11'!DR23)</f>
         <v/>
       </c>
       <c r="AN11" t="str">
-        <f>IF('AMT-11'!DR23="","",'AMT-11'!DR23)</f>
-[...2 lines deleted...]
-      <c r="AO11" t="str">
         <f>IF('AMT-11'!DW23="","",'AMT-11'!DW23)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP11" t="str">
         <f>IF('AMT-11'!EB23="","",'AMT-11'!EB23)</f>
         <v/>
       </c>
       <c r="AQ11" t="str">
         <f>IF('AMT-11'!EG23="","",'AMT-11'!EG23)</f>
         <v/>
       </c>
       <c r="AR11" t="str">
         <f>IF('AMT-11'!EL23="","",'AMT-11'!EL23)</f>
         <v/>
       </c>
+      <c r="AS11" t="str">
+        <f>IF('AMT-11'!CN23="","",'AMT-11'!CN23)</f>
+        <v/>
+      </c>
+      <c r="AT11" t="str">
+        <f>IF('AMT-11'!CP23="","",'AMT-11'!CP23)</f>
+        <v/>
+      </c>
+      <c r="AU11" t="str">
+        <f>IF('AMT-11'!DL23="","",'AMT-11'!DL23)</f>
+        <v/>
+      </c>
     </row>
-    <row r="12" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A12" s="36">
+    <row r="12" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A12" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B12" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B12" s="34"/>
       <c r="C12" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E12" s="36">
+        <v>70</v>
+      </c>
+      <c r="D12" s="34"/>
+      <c r="E12" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F12" t="str">
         <f>IF(H12="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G12" t="str">
         <f>IF(H12="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H12" t="str">
         <f>IF('AMT-11'!D24="","",'AMT-11'!D24)</f>
         <v/>
       </c>
       <c r="I12" t="str">
         <f>IF('AMT-11'!F24="","",'AMT-11'!F24)</f>
         <v/>
       </c>
       <c r="J12" t="str">
         <f>IF('AMT-11'!J24="","",'AMT-11'!J24)</f>
         <v/>
       </c>
       <c r="K12" t="str">
         <f>IF('AMT-11'!Q24="","",'AMT-11'!Q24)</f>
         <v/>
       </c>
@@ -38944,107 +39412,115 @@
       <c r="AB12" t="str">
         <f>IF('AMT-11'!BX24="","",'AMT-11'!BX24)</f>
         <v/>
       </c>
       <c r="AC12" t="str">
         <f>IF('AMT-11'!BZ24="","",'AMT-11'!BZ24)</f>
         <v/>
       </c>
       <c r="AD12" t="str">
         <f>IF('AMT-11'!CB24="","",'AMT-11'!CB24)</f>
         <v/>
       </c>
       <c r="AE12" t="str">
         <f>IF('AMT-11'!CD24="","",'AMT-11'!CD24)</f>
         <v/>
       </c>
       <c r="AF12" t="str">
         <f>IF('AMT-11'!CF24="","",'AMT-11'!CF24)</f>
         <v/>
       </c>
       <c r="AG12" t="str">
         <f>IF('AMT-11'!CJ24="","",'AMT-11'!CJ24)</f>
         <v/>
       </c>
       <c r="AH12" t="str">
-        <f>IF('AMT-11'!CN24="","",'AMT-11'!CN24)</f>
+        <f>IF('AMT-11'!$CN24="PCF","999999999999999",IF('AMT-11'!CR24="","",'AMT-11'!CR24))</f>
         <v/>
       </c>
       <c r="AI12" t="str">
-        <f>IF('AMT-11'!CS24="","",'AMT-11'!CS24)</f>
+        <f>IF('AMT-11'!$CP24="PCF","999999999999999",IF('AMT-11'!CW24="","",'AMT-11'!CW24))</f>
         <v/>
       </c>
       <c r="AJ12" t="str">
-        <f>IF('AMT-11'!CX24="","",'AMT-11'!CX24)</f>
+        <f>IF('AMT-11'!$CN24="PCF","999999999999999",IF('AMT-11'!DB24="","",'AMT-11'!DB24))</f>
         <v/>
       </c>
       <c r="AK12" t="str">
-        <f>IF('AMT-11'!DC24="","",'AMT-11'!DC24)</f>
+        <f>IF('AMT-11'!$CP24="PCF","999999999999999",IF('AMT-11'!DG24="","",'AMT-11'!DG24))</f>
         <v/>
       </c>
       <c r="AL12" t="str">
-        <f>IF('AMT-11'!DH24="","",'AMT-11'!DH24)</f>
+        <f>IF('AMT-11'!DM24="","",'AMT-11'!DM24)</f>
         <v/>
       </c>
       <c r="AM12" t="str">
-        <f>IF('AMT-11'!DM24="","",'AMT-11'!DM24)</f>
+        <f>IF('AMT-11'!DR24="","",'AMT-11'!DR24)</f>
         <v/>
       </c>
       <c r="AN12" t="str">
-        <f>IF('AMT-11'!DR24="","",'AMT-11'!DR24)</f>
-[...2 lines deleted...]
-      <c r="AO12" t="str">
         <f>IF('AMT-11'!DW24="","",'AMT-11'!DW24)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP12" t="str">
         <f>IF('AMT-11'!EB24="","",'AMT-11'!EB24)</f>
         <v/>
       </c>
       <c r="AQ12" t="str">
         <f>IF('AMT-11'!EG24="","",'AMT-11'!EG24)</f>
         <v/>
       </c>
       <c r="AR12" t="str">
         <f>IF('AMT-11'!EL24="","",'AMT-11'!EL24)</f>
         <v/>
       </c>
+      <c r="AS12" t="str">
+        <f>IF('AMT-11'!CN24="","",'AMT-11'!CN24)</f>
+        <v/>
+      </c>
+      <c r="AT12" t="str">
+        <f>IF('AMT-11'!CP24="","",'AMT-11'!CP24)</f>
+        <v/>
+      </c>
+      <c r="AU12" t="str">
+        <f>IF('AMT-11'!DL24="","",'AMT-11'!DL24)</f>
+        <v/>
+      </c>
     </row>
-    <row r="13" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A13" s="36">
+    <row r="13" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A13" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B13" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B13" s="34"/>
       <c r="C13" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E13" s="36">
+        <v>70</v>
+      </c>
+      <c r="D13" s="34"/>
+      <c r="E13" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F13" t="str">
         <f>IF(H13="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G13" t="str">
         <f>IF(H13="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H13" t="str">
         <f>IF('AMT-11'!D25="","",'AMT-11'!D25)</f>
         <v/>
       </c>
       <c r="I13" t="str">
         <f>IF('AMT-11'!F25="","",'AMT-11'!F25)</f>
         <v/>
       </c>
       <c r="J13" t="str">
         <f>IF('AMT-11'!J25="","",'AMT-11'!J25)</f>
         <v/>
       </c>
       <c r="K13" t="str">
         <f>IF('AMT-11'!Q25="","",'AMT-11'!Q25)</f>
         <v/>
       </c>
@@ -39115,107 +39591,115 @@
       <c r="AB13" t="str">
         <f>IF('AMT-11'!BX25="","",'AMT-11'!BX25)</f>
         <v/>
       </c>
       <c r="AC13" t="str">
         <f>IF('AMT-11'!BZ25="","",'AMT-11'!BZ25)</f>
         <v/>
       </c>
       <c r="AD13" t="str">
         <f>IF('AMT-11'!CB25="","",'AMT-11'!CB25)</f>
         <v/>
       </c>
       <c r="AE13" t="str">
         <f>IF('AMT-11'!CD25="","",'AMT-11'!CD25)</f>
         <v/>
       </c>
       <c r="AF13" t="str">
         <f>IF('AMT-11'!CF25="","",'AMT-11'!CF25)</f>
         <v/>
       </c>
       <c r="AG13" t="str">
         <f>IF('AMT-11'!CJ25="","",'AMT-11'!CJ25)</f>
         <v/>
       </c>
       <c r="AH13" t="str">
-        <f>IF('AMT-11'!CN25="","",'AMT-11'!CN25)</f>
+        <f>IF('AMT-11'!$CN25="PCF","999999999999999",IF('AMT-11'!CR25="","",'AMT-11'!CR25))</f>
         <v/>
       </c>
       <c r="AI13" t="str">
-        <f>IF('AMT-11'!CS25="","",'AMT-11'!CS25)</f>
+        <f>IF('AMT-11'!$CP25="PCF","999999999999999",IF('AMT-11'!CW25="","",'AMT-11'!CW25))</f>
         <v/>
       </c>
       <c r="AJ13" t="str">
-        <f>IF('AMT-11'!CX25="","",'AMT-11'!CX25)</f>
+        <f>IF('AMT-11'!$CN25="PCF","999999999999999",IF('AMT-11'!DB25="","",'AMT-11'!DB25))</f>
         <v/>
       </c>
       <c r="AK13" t="str">
-        <f>IF('AMT-11'!DC25="","",'AMT-11'!DC25)</f>
+        <f>IF('AMT-11'!$CP25="PCF","999999999999999",IF('AMT-11'!DG25="","",'AMT-11'!DG25))</f>
         <v/>
       </c>
       <c r="AL13" t="str">
-        <f>IF('AMT-11'!DH25="","",'AMT-11'!DH25)</f>
+        <f>IF('AMT-11'!DM25="","",'AMT-11'!DM25)</f>
         <v/>
       </c>
       <c r="AM13" t="str">
-        <f>IF('AMT-11'!DM25="","",'AMT-11'!DM25)</f>
+        <f>IF('AMT-11'!DR25="","",'AMT-11'!DR25)</f>
         <v/>
       </c>
       <c r="AN13" t="str">
-        <f>IF('AMT-11'!DR25="","",'AMT-11'!DR25)</f>
-[...2 lines deleted...]
-      <c r="AO13" t="str">
         <f>IF('AMT-11'!DW25="","",'AMT-11'!DW25)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP13" t="str">
         <f>IF('AMT-11'!EB25="","",'AMT-11'!EB25)</f>
         <v/>
       </c>
       <c r="AQ13" t="str">
         <f>IF('AMT-11'!EG25="","",'AMT-11'!EG25)</f>
         <v/>
       </c>
       <c r="AR13" t="str">
         <f>IF('AMT-11'!EL25="","",'AMT-11'!EL25)</f>
         <v/>
       </c>
+      <c r="AS13" t="str">
+        <f>IF('AMT-11'!CN25="","",'AMT-11'!CN25)</f>
+        <v/>
+      </c>
+      <c r="AT13" t="str">
+        <f>IF('AMT-11'!CP25="","",'AMT-11'!CP25)</f>
+        <v/>
+      </c>
+      <c r="AU13" t="str">
+        <f>IF('AMT-11'!DL25="","",'AMT-11'!DL25)</f>
+        <v/>
+      </c>
     </row>
-    <row r="14" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A14" s="36">
+    <row r="14" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A14" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B14" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B14" s="34"/>
       <c r="C14" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E14" s="36">
+        <v>70</v>
+      </c>
+      <c r="D14" s="34"/>
+      <c r="E14" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F14" t="str">
         <f>IF(H14="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G14" t="str">
         <f>IF(H14="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H14" t="str">
         <f>IF('AMT-11'!D26="","",'AMT-11'!D26)</f>
         <v/>
       </c>
       <c r="I14" t="str">
         <f>IF('AMT-11'!F26="","",'AMT-11'!F26)</f>
         <v/>
       </c>
       <c r="J14" t="str">
         <f>IF('AMT-11'!J26="","",'AMT-11'!J26)</f>
         <v/>
       </c>
       <c r="K14" t="str">
         <f>IF('AMT-11'!Q26="","",'AMT-11'!Q26)</f>
         <v/>
       </c>
@@ -39286,107 +39770,115 @@
       <c r="AB14" t="str">
         <f>IF('AMT-11'!BX26="","",'AMT-11'!BX26)</f>
         <v/>
       </c>
       <c r="AC14" t="str">
         <f>IF('AMT-11'!BZ26="","",'AMT-11'!BZ26)</f>
         <v/>
       </c>
       <c r="AD14" t="str">
         <f>IF('AMT-11'!CB26="","",'AMT-11'!CB26)</f>
         <v/>
       </c>
       <c r="AE14" t="str">
         <f>IF('AMT-11'!CD26="","",'AMT-11'!CD26)</f>
         <v/>
       </c>
       <c r="AF14" t="str">
         <f>IF('AMT-11'!CF26="","",'AMT-11'!CF26)</f>
         <v/>
       </c>
       <c r="AG14" t="str">
         <f>IF('AMT-11'!CJ26="","",'AMT-11'!CJ26)</f>
         <v/>
       </c>
       <c r="AH14" t="str">
-        <f>IF('AMT-11'!CN26="","",'AMT-11'!CN26)</f>
+        <f>IF('AMT-11'!$CN26="PCF","999999999999999",IF('AMT-11'!CR26="","",'AMT-11'!CR26))</f>
         <v/>
       </c>
       <c r="AI14" t="str">
-        <f>IF('AMT-11'!CS26="","",'AMT-11'!CS26)</f>
+        <f>IF('AMT-11'!$CP26="PCF","999999999999999",IF('AMT-11'!CW26="","",'AMT-11'!CW26))</f>
         <v/>
       </c>
       <c r="AJ14" t="str">
-        <f>IF('AMT-11'!CX26="","",'AMT-11'!CX26)</f>
+        <f>IF('AMT-11'!$CN26="PCF","999999999999999",IF('AMT-11'!DB26="","",'AMT-11'!DB26))</f>
         <v/>
       </c>
       <c r="AK14" t="str">
-        <f>IF('AMT-11'!DC26="","",'AMT-11'!DC26)</f>
+        <f>IF('AMT-11'!$CP26="PCF","999999999999999",IF('AMT-11'!DG26="","",'AMT-11'!DG26))</f>
         <v/>
       </c>
       <c r="AL14" t="str">
-        <f>IF('AMT-11'!DH26="","",'AMT-11'!DH26)</f>
+        <f>IF('AMT-11'!DM26="","",'AMT-11'!DM26)</f>
         <v/>
       </c>
       <c r="AM14" t="str">
-        <f>IF('AMT-11'!DM26="","",'AMT-11'!DM26)</f>
+        <f>IF('AMT-11'!DR26="","",'AMT-11'!DR26)</f>
         <v/>
       </c>
       <c r="AN14" t="str">
-        <f>IF('AMT-11'!DR26="","",'AMT-11'!DR26)</f>
-[...2 lines deleted...]
-      <c r="AO14" t="str">
         <f>IF('AMT-11'!DW26="","",'AMT-11'!DW26)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP14" t="str">
         <f>IF('AMT-11'!EB26="","",'AMT-11'!EB26)</f>
         <v/>
       </c>
       <c r="AQ14" t="str">
         <f>IF('AMT-11'!EG26="","",'AMT-11'!EG26)</f>
         <v/>
       </c>
       <c r="AR14" t="str">
         <f>IF('AMT-11'!EL26="","",'AMT-11'!EL26)</f>
         <v/>
       </c>
+      <c r="AS14" t="str">
+        <f>IF('AMT-11'!CN26="","",'AMT-11'!CN26)</f>
+        <v/>
+      </c>
+      <c r="AT14" t="str">
+        <f>IF('AMT-11'!CP26="","",'AMT-11'!CP26)</f>
+        <v/>
+      </c>
+      <c r="AU14" t="str">
+        <f>IF('AMT-11'!DL26="","",'AMT-11'!DL26)</f>
+        <v/>
+      </c>
     </row>
-    <row r="15" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A15" s="36">
+    <row r="15" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A15" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B15" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B15" s="34"/>
       <c r="C15" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E15" s="36">
+        <v>70</v>
+      </c>
+      <c r="D15" s="34"/>
+      <c r="E15" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F15" t="str">
         <f>IF(H15="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G15" t="str">
         <f>IF(H15="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H15" t="str">
         <f>IF('AMT-11'!D27="","",'AMT-11'!D27)</f>
         <v/>
       </c>
       <c r="I15" t="str">
         <f>IF('AMT-11'!F27="","",'AMT-11'!F27)</f>
         <v/>
       </c>
       <c r="J15" t="str">
         <f>IF('AMT-11'!J27="","",'AMT-11'!J27)</f>
         <v/>
       </c>
       <c r="K15" t="str">
         <f>IF('AMT-11'!Q27="","",'AMT-11'!Q27)</f>
         <v/>
       </c>
@@ -39457,107 +39949,115 @@
       <c r="AB15" t="str">
         <f>IF('AMT-11'!BX27="","",'AMT-11'!BX27)</f>
         <v/>
       </c>
       <c r="AC15" t="str">
         <f>IF('AMT-11'!BZ27="","",'AMT-11'!BZ27)</f>
         <v/>
       </c>
       <c r="AD15" t="str">
         <f>IF('AMT-11'!CB27="","",'AMT-11'!CB27)</f>
         <v/>
       </c>
       <c r="AE15" t="str">
         <f>IF('AMT-11'!CD27="","",'AMT-11'!CD27)</f>
         <v/>
       </c>
       <c r="AF15" t="str">
         <f>IF('AMT-11'!CF27="","",'AMT-11'!CF27)</f>
         <v/>
       </c>
       <c r="AG15" t="str">
         <f>IF('AMT-11'!CJ27="","",'AMT-11'!CJ27)</f>
         <v/>
       </c>
       <c r="AH15" t="str">
-        <f>IF('AMT-11'!CN27="","",'AMT-11'!CN27)</f>
+        <f>IF('AMT-11'!$CN27="PCF","999999999999999",IF('AMT-11'!CR27="","",'AMT-11'!CR27))</f>
         <v/>
       </c>
       <c r="AI15" t="str">
-        <f>IF('AMT-11'!CS27="","",'AMT-11'!CS27)</f>
+        <f>IF('AMT-11'!$CP27="PCF","999999999999999",IF('AMT-11'!CW27="","",'AMT-11'!CW27))</f>
         <v/>
       </c>
       <c r="AJ15" t="str">
-        <f>IF('AMT-11'!CX27="","",'AMT-11'!CX27)</f>
+        <f>IF('AMT-11'!$CN27="PCF","999999999999999",IF('AMT-11'!DB27="","",'AMT-11'!DB27))</f>
         <v/>
       </c>
       <c r="AK15" t="str">
-        <f>IF('AMT-11'!DC27="","",'AMT-11'!DC27)</f>
+        <f>IF('AMT-11'!$CP27="PCF","999999999999999",IF('AMT-11'!DG27="","",'AMT-11'!DG27))</f>
         <v/>
       </c>
       <c r="AL15" t="str">
-        <f>IF('AMT-11'!DH27="","",'AMT-11'!DH27)</f>
+        <f>IF('AMT-11'!DM27="","",'AMT-11'!DM27)</f>
         <v/>
       </c>
       <c r="AM15" t="str">
-        <f>IF('AMT-11'!DM27="","",'AMT-11'!DM27)</f>
+        <f>IF('AMT-11'!DR27="","",'AMT-11'!DR27)</f>
         <v/>
       </c>
       <c r="AN15" t="str">
-        <f>IF('AMT-11'!DR27="","",'AMT-11'!DR27)</f>
-[...2 lines deleted...]
-      <c r="AO15" t="str">
         <f>IF('AMT-11'!DW27="","",'AMT-11'!DW27)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP15" t="str">
         <f>IF('AMT-11'!EB27="","",'AMT-11'!EB27)</f>
         <v/>
       </c>
       <c r="AQ15" t="str">
         <f>IF('AMT-11'!EG27="","",'AMT-11'!EG27)</f>
         <v/>
       </c>
       <c r="AR15" t="str">
         <f>IF('AMT-11'!EL27="","",'AMT-11'!EL27)</f>
         <v/>
       </c>
+      <c r="AS15" t="str">
+        <f>IF('AMT-11'!CN27="","",'AMT-11'!CN27)</f>
+        <v/>
+      </c>
+      <c r="AT15" t="str">
+        <f>IF('AMT-11'!CP27="","",'AMT-11'!CP27)</f>
+        <v/>
+      </c>
+      <c r="AU15" t="str">
+        <f>IF('AMT-11'!DL27="","",'AMT-11'!DL27)</f>
+        <v/>
+      </c>
     </row>
-    <row r="16" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A16" s="36">
+    <row r="16" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A16" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B16" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B16" s="34"/>
       <c r="C16" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E16" s="36">
+        <v>70</v>
+      </c>
+      <c r="D16" s="34"/>
+      <c r="E16" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F16" t="str">
         <f>IF(H16="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G16" t="str">
         <f>IF(H16="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H16" t="str">
         <f>IF('AMT-11'!D28="","",'AMT-11'!D28)</f>
         <v/>
       </c>
       <c r="I16" t="str">
         <f>IF('AMT-11'!F28="","",'AMT-11'!F28)</f>
         <v/>
       </c>
       <c r="J16" t="str">
         <f>IF('AMT-11'!J28="","",'AMT-11'!J28)</f>
         <v/>
       </c>
       <c r="K16" t="str">
         <f>IF('AMT-11'!Q28="","",'AMT-11'!Q28)</f>
         <v/>
       </c>
@@ -39628,107 +40128,115 @@
       <c r="AB16" t="str">
         <f>IF('AMT-11'!BX28="","",'AMT-11'!BX28)</f>
         <v/>
       </c>
       <c r="AC16" t="str">
         <f>IF('AMT-11'!BZ28="","",'AMT-11'!BZ28)</f>
         <v/>
       </c>
       <c r="AD16" t="str">
         <f>IF('AMT-11'!CB28="","",'AMT-11'!CB28)</f>
         <v/>
       </c>
       <c r="AE16" t="str">
         <f>IF('AMT-11'!CD28="","",'AMT-11'!CD28)</f>
         <v/>
       </c>
       <c r="AF16" t="str">
         <f>IF('AMT-11'!CF28="","",'AMT-11'!CF28)</f>
         <v/>
       </c>
       <c r="AG16" t="str">
         <f>IF('AMT-11'!CJ28="","",'AMT-11'!CJ28)</f>
         <v/>
       </c>
       <c r="AH16" t="str">
-        <f>IF('AMT-11'!CN28="","",'AMT-11'!CN28)</f>
+        <f>IF('AMT-11'!$CN28="PCF","999999999999999",IF('AMT-11'!CR28="","",'AMT-11'!CR28))</f>
         <v/>
       </c>
       <c r="AI16" t="str">
-        <f>IF('AMT-11'!CS28="","",'AMT-11'!CS28)</f>
+        <f>IF('AMT-11'!$CP28="PCF","999999999999999",IF('AMT-11'!CW28="","",'AMT-11'!CW28))</f>
         <v/>
       </c>
       <c r="AJ16" t="str">
-        <f>IF('AMT-11'!CX28="","",'AMT-11'!CX28)</f>
+        <f>IF('AMT-11'!$CN28="PCF","999999999999999",IF('AMT-11'!DB28="","",'AMT-11'!DB28))</f>
         <v/>
       </c>
       <c r="AK16" t="str">
-        <f>IF('AMT-11'!DC28="","",'AMT-11'!DC28)</f>
+        <f>IF('AMT-11'!$CP28="PCF","999999999999999",IF('AMT-11'!DG28="","",'AMT-11'!DG28))</f>
         <v/>
       </c>
       <c r="AL16" t="str">
-        <f>IF('AMT-11'!DH28="","",'AMT-11'!DH28)</f>
+        <f>IF('AMT-11'!DM28="","",'AMT-11'!DM28)</f>
         <v/>
       </c>
       <c r="AM16" t="str">
-        <f>IF('AMT-11'!DM28="","",'AMT-11'!DM28)</f>
+        <f>IF('AMT-11'!DR28="","",'AMT-11'!DR28)</f>
         <v/>
       </c>
       <c r="AN16" t="str">
-        <f>IF('AMT-11'!DR28="","",'AMT-11'!DR28)</f>
-[...2 lines deleted...]
-      <c r="AO16" t="str">
         <f>IF('AMT-11'!DW28="","",'AMT-11'!DW28)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP16" t="str">
         <f>IF('AMT-11'!EB28="","",'AMT-11'!EB28)</f>
         <v/>
       </c>
       <c r="AQ16" t="str">
         <f>IF('AMT-11'!EG28="","",'AMT-11'!EG28)</f>
         <v/>
       </c>
       <c r="AR16" t="str">
         <f>IF('AMT-11'!EL28="","",'AMT-11'!EL28)</f>
         <v/>
       </c>
+      <c r="AS16" t="str">
+        <f>IF('AMT-11'!CN28="","",'AMT-11'!CN28)</f>
+        <v/>
+      </c>
+      <c r="AT16" t="str">
+        <f>IF('AMT-11'!CP28="","",'AMT-11'!CP28)</f>
+        <v/>
+      </c>
+      <c r="AU16" t="str">
+        <f>IF('AMT-11'!DL28="","",'AMT-11'!DL28)</f>
+        <v/>
+      </c>
     </row>
-    <row r="17" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A17" s="36">
+    <row r="17" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A17" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B17" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B17" s="34"/>
       <c r="C17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E17" s="36">
+        <v>70</v>
+      </c>
+      <c r="D17" s="34"/>
+      <c r="E17" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F17" t="str">
         <f>IF(H17="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G17" t="str">
         <f>IF(H17="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H17" t="str">
         <f>IF('AMT-11'!D29="","",'AMT-11'!D29)</f>
         <v/>
       </c>
       <c r="I17" t="str">
         <f>IF('AMT-11'!F29="","",'AMT-11'!F29)</f>
         <v/>
       </c>
       <c r="J17" t="str">
         <f>IF('AMT-11'!J29="","",'AMT-11'!J29)</f>
         <v/>
       </c>
       <c r="K17" t="str">
         <f>IF('AMT-11'!Q29="","",'AMT-11'!Q29)</f>
         <v/>
       </c>
@@ -39799,107 +40307,115 @@
       <c r="AB17" t="str">
         <f>IF('AMT-11'!BX29="","",'AMT-11'!BX29)</f>
         <v/>
       </c>
       <c r="AC17" t="str">
         <f>IF('AMT-11'!BZ29="","",'AMT-11'!BZ29)</f>
         <v/>
       </c>
       <c r="AD17" t="str">
         <f>IF('AMT-11'!CB29="","",'AMT-11'!CB29)</f>
         <v/>
       </c>
       <c r="AE17" t="str">
         <f>IF('AMT-11'!CD29="","",'AMT-11'!CD29)</f>
         <v/>
       </c>
       <c r="AF17" t="str">
         <f>IF('AMT-11'!CF29="","",'AMT-11'!CF29)</f>
         <v/>
       </c>
       <c r="AG17" t="str">
         <f>IF('AMT-11'!CJ29="","",'AMT-11'!CJ29)</f>
         <v/>
       </c>
       <c r="AH17" t="str">
-        <f>IF('AMT-11'!CN29="","",'AMT-11'!CN29)</f>
+        <f>IF('AMT-11'!$CN29="PCF","999999999999999",IF('AMT-11'!CR29="","",'AMT-11'!CR29))</f>
         <v/>
       </c>
       <c r="AI17" t="str">
-        <f>IF('AMT-11'!CS29="","",'AMT-11'!CS29)</f>
+        <f>IF('AMT-11'!$CP29="PCF","999999999999999",IF('AMT-11'!CW29="","",'AMT-11'!CW29))</f>
         <v/>
       </c>
       <c r="AJ17" t="str">
-        <f>IF('AMT-11'!CX29="","",'AMT-11'!CX29)</f>
+        <f>IF('AMT-11'!$CN29="PCF","999999999999999",IF('AMT-11'!DB29="","",'AMT-11'!DB29))</f>
         <v/>
       </c>
       <c r="AK17" t="str">
-        <f>IF('AMT-11'!DC29="","",'AMT-11'!DC29)</f>
+        <f>IF('AMT-11'!$CP29="PCF","999999999999999",IF('AMT-11'!DG29="","",'AMT-11'!DG29))</f>
         <v/>
       </c>
       <c r="AL17" t="str">
-        <f>IF('AMT-11'!DH29="","",'AMT-11'!DH29)</f>
+        <f>IF('AMT-11'!DM29="","",'AMT-11'!DM29)</f>
         <v/>
       </c>
       <c r="AM17" t="str">
-        <f>IF('AMT-11'!DM29="","",'AMT-11'!DM29)</f>
+        <f>IF('AMT-11'!DR29="","",'AMT-11'!DR29)</f>
         <v/>
       </c>
       <c r="AN17" t="str">
-        <f>IF('AMT-11'!DR29="","",'AMT-11'!DR29)</f>
-[...2 lines deleted...]
-      <c r="AO17" t="str">
         <f>IF('AMT-11'!DW29="","",'AMT-11'!DW29)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP17" t="str">
         <f>IF('AMT-11'!EB29="","",'AMT-11'!EB29)</f>
         <v/>
       </c>
       <c r="AQ17" t="str">
         <f>IF('AMT-11'!EG29="","",'AMT-11'!EG29)</f>
         <v/>
       </c>
       <c r="AR17" t="str">
         <f>IF('AMT-11'!EL29="","",'AMT-11'!EL29)</f>
         <v/>
       </c>
+      <c r="AS17" t="str">
+        <f>IF('AMT-11'!CN29="","",'AMT-11'!CN29)</f>
+        <v/>
+      </c>
+      <c r="AT17" t="str">
+        <f>IF('AMT-11'!CP29="","",'AMT-11'!CP29)</f>
+        <v/>
+      </c>
+      <c r="AU17" t="str">
+        <f>IF('AMT-11'!DL29="","",'AMT-11'!DL29)</f>
+        <v/>
+      </c>
     </row>
-    <row r="18" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A18" s="36">
+    <row r="18" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A18" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B18" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B18" s="34"/>
       <c r="C18" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E18" s="36">
+        <v>70</v>
+      </c>
+      <c r="D18" s="34"/>
+      <c r="E18" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F18" t="str">
         <f>IF(H18="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G18" t="str">
         <f>IF(H18="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H18" t="str">
         <f>IF('AMT-11'!D30="","",'AMT-11'!D30)</f>
         <v/>
       </c>
       <c r="I18" t="str">
         <f>IF('AMT-11'!F30="","",'AMT-11'!F30)</f>
         <v/>
       </c>
       <c r="J18" t="str">
         <f>IF('AMT-11'!J30="","",'AMT-11'!J30)</f>
         <v/>
       </c>
       <c r="K18" t="str">
         <f>IF('AMT-11'!Q30="","",'AMT-11'!Q30)</f>
         <v/>
       </c>
@@ -39970,107 +40486,115 @@
       <c r="AB18" t="str">
         <f>IF('AMT-11'!BX30="","",'AMT-11'!BX30)</f>
         <v/>
       </c>
       <c r="AC18" t="str">
         <f>IF('AMT-11'!BZ30="","",'AMT-11'!BZ30)</f>
         <v/>
       </c>
       <c r="AD18" t="str">
         <f>IF('AMT-11'!CB30="","",'AMT-11'!CB30)</f>
         <v/>
       </c>
       <c r="AE18" t="str">
         <f>IF('AMT-11'!CD30="","",'AMT-11'!CD30)</f>
         <v/>
       </c>
       <c r="AF18" t="str">
         <f>IF('AMT-11'!CF30="","",'AMT-11'!CF30)</f>
         <v/>
       </c>
       <c r="AG18" t="str">
         <f>IF('AMT-11'!CJ30="","",'AMT-11'!CJ30)</f>
         <v/>
       </c>
       <c r="AH18" t="str">
-        <f>IF('AMT-11'!CN30="","",'AMT-11'!CN30)</f>
+        <f>IF('AMT-11'!$CN30="PCF","999999999999999",IF('AMT-11'!CR30="","",'AMT-11'!CR30))</f>
         <v/>
       </c>
       <c r="AI18" t="str">
-        <f>IF('AMT-11'!CS30="","",'AMT-11'!CS30)</f>
+        <f>IF('AMT-11'!$CP30="PCF","999999999999999",IF('AMT-11'!CW30="","",'AMT-11'!CW30))</f>
         <v/>
       </c>
       <c r="AJ18" t="str">
-        <f>IF('AMT-11'!CX30="","",'AMT-11'!CX30)</f>
+        <f>IF('AMT-11'!$CN30="PCF","999999999999999",IF('AMT-11'!DB30="","",'AMT-11'!DB30))</f>
         <v/>
       </c>
       <c r="AK18" t="str">
-        <f>IF('AMT-11'!DC30="","",'AMT-11'!DC30)</f>
+        <f>IF('AMT-11'!$CP30="PCF","999999999999999",IF('AMT-11'!DG30="","",'AMT-11'!DG30))</f>
         <v/>
       </c>
       <c r="AL18" t="str">
-        <f>IF('AMT-11'!DH30="","",'AMT-11'!DH30)</f>
+        <f>IF('AMT-11'!DM30="","",'AMT-11'!DM30)</f>
         <v/>
       </c>
       <c r="AM18" t="str">
-        <f>IF('AMT-11'!DM30="","",'AMT-11'!DM30)</f>
+        <f>IF('AMT-11'!DR30="","",'AMT-11'!DR30)</f>
         <v/>
       </c>
       <c r="AN18" t="str">
-        <f>IF('AMT-11'!DR30="","",'AMT-11'!DR30)</f>
-[...2 lines deleted...]
-      <c r="AO18" t="str">
         <f>IF('AMT-11'!DW30="","",'AMT-11'!DW30)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP18" t="str">
         <f>IF('AMT-11'!EB30="","",'AMT-11'!EB30)</f>
         <v/>
       </c>
       <c r="AQ18" t="str">
         <f>IF('AMT-11'!EG30="","",'AMT-11'!EG30)</f>
         <v/>
       </c>
       <c r="AR18" t="str">
         <f>IF('AMT-11'!EL30="","",'AMT-11'!EL30)</f>
         <v/>
       </c>
+      <c r="AS18" t="str">
+        <f>IF('AMT-11'!CN30="","",'AMT-11'!CN30)</f>
+        <v/>
+      </c>
+      <c r="AT18" t="str">
+        <f>IF('AMT-11'!CP30="","",'AMT-11'!CP30)</f>
+        <v/>
+      </c>
+      <c r="AU18" t="str">
+        <f>IF('AMT-11'!DL30="","",'AMT-11'!DL30)</f>
+        <v/>
+      </c>
     </row>
-    <row r="19" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A19" s="36">
+    <row r="19" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A19" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B19" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B19" s="34"/>
       <c r="C19" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E19" s="36">
+        <v>70</v>
+      </c>
+      <c r="D19" s="34"/>
+      <c r="E19" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F19" t="str">
         <f>IF(H19="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G19" t="str">
         <f>IF(H19="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H19" t="str">
         <f>IF('AMT-11'!D31="","",'AMT-11'!D31)</f>
         <v/>
       </c>
       <c r="I19" t="str">
         <f>IF('AMT-11'!F31="","",'AMT-11'!F31)</f>
         <v/>
       </c>
       <c r="J19" t="str">
         <f>IF('AMT-11'!J31="","",'AMT-11'!J31)</f>
         <v/>
       </c>
       <c r="K19" t="str">
         <f>IF('AMT-11'!Q31="","",'AMT-11'!Q31)</f>
         <v/>
       </c>
@@ -40141,107 +40665,115 @@
       <c r="AB19" t="str">
         <f>IF('AMT-11'!BX31="","",'AMT-11'!BX31)</f>
         <v/>
       </c>
       <c r="AC19" t="str">
         <f>IF('AMT-11'!BZ31="","",'AMT-11'!BZ31)</f>
         <v/>
       </c>
       <c r="AD19" t="str">
         <f>IF('AMT-11'!CB31="","",'AMT-11'!CB31)</f>
         <v/>
       </c>
       <c r="AE19" t="str">
         <f>IF('AMT-11'!CD31="","",'AMT-11'!CD31)</f>
         <v/>
       </c>
       <c r="AF19" t="str">
         <f>IF('AMT-11'!CF31="","",'AMT-11'!CF31)</f>
         <v/>
       </c>
       <c r="AG19" t="str">
         <f>IF('AMT-11'!CJ31="","",'AMT-11'!CJ31)</f>
         <v/>
       </c>
       <c r="AH19" t="str">
-        <f>IF('AMT-11'!CN31="","",'AMT-11'!CN31)</f>
+        <f>IF('AMT-11'!$CN31="PCF","999999999999999",IF('AMT-11'!CR31="","",'AMT-11'!CR31))</f>
         <v/>
       </c>
       <c r="AI19" t="str">
-        <f>IF('AMT-11'!CS31="","",'AMT-11'!CS31)</f>
+        <f>IF('AMT-11'!$CP31="PCF","999999999999999",IF('AMT-11'!CW31="","",'AMT-11'!CW31))</f>
         <v/>
       </c>
       <c r="AJ19" t="str">
-        <f>IF('AMT-11'!CX31="","",'AMT-11'!CX31)</f>
+        <f>IF('AMT-11'!$CN31="PCF","999999999999999",IF('AMT-11'!DB31="","",'AMT-11'!DB31))</f>
         <v/>
       </c>
       <c r="AK19" t="str">
-        <f>IF('AMT-11'!DC31="","",'AMT-11'!DC31)</f>
+        <f>IF('AMT-11'!$CP31="PCF","999999999999999",IF('AMT-11'!DG31="","",'AMT-11'!DG31))</f>
         <v/>
       </c>
       <c r="AL19" t="str">
-        <f>IF('AMT-11'!DH31="","",'AMT-11'!DH31)</f>
+        <f>IF('AMT-11'!DM31="","",'AMT-11'!DM31)</f>
         <v/>
       </c>
       <c r="AM19" t="str">
-        <f>IF('AMT-11'!DM31="","",'AMT-11'!DM31)</f>
+        <f>IF('AMT-11'!DR31="","",'AMT-11'!DR31)</f>
         <v/>
       </c>
       <c r="AN19" t="str">
-        <f>IF('AMT-11'!DR31="","",'AMT-11'!DR31)</f>
-[...2 lines deleted...]
-      <c r="AO19" t="str">
         <f>IF('AMT-11'!DW31="","",'AMT-11'!DW31)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP19" t="str">
         <f>IF('AMT-11'!EB31="","",'AMT-11'!EB31)</f>
         <v/>
       </c>
       <c r="AQ19" t="str">
         <f>IF('AMT-11'!EG31="","",'AMT-11'!EG31)</f>
         <v/>
       </c>
       <c r="AR19" t="str">
         <f>IF('AMT-11'!EL31="","",'AMT-11'!EL31)</f>
         <v/>
       </c>
+      <c r="AS19" t="str">
+        <f>IF('AMT-11'!CN31="","",'AMT-11'!CN31)</f>
+        <v/>
+      </c>
+      <c r="AT19" t="str">
+        <f>IF('AMT-11'!CP31="","",'AMT-11'!CP31)</f>
+        <v/>
+      </c>
+      <c r="AU19" t="str">
+        <f>IF('AMT-11'!DL31="","",'AMT-11'!DL31)</f>
+        <v/>
+      </c>
     </row>
-    <row r="20" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A20" s="36">
+    <row r="20" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A20" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B20" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B20" s="34"/>
       <c r="C20" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E20" s="36">
+        <v>70</v>
+      </c>
+      <c r="D20" s="34"/>
+      <c r="E20" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F20" t="str">
         <f>IF(H20="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G20" t="str">
         <f>IF(H20="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H20" t="str">
         <f>IF('AMT-11'!D32="","",'AMT-11'!D32)</f>
         <v/>
       </c>
       <c r="I20" t="str">
         <f>IF('AMT-11'!F32="","",'AMT-11'!F32)</f>
         <v/>
       </c>
       <c r="J20" t="str">
         <f>IF('AMT-11'!J32="","",'AMT-11'!J32)</f>
         <v/>
       </c>
       <c r="K20" t="str">
         <f>IF('AMT-11'!Q32="","",'AMT-11'!Q32)</f>
         <v/>
       </c>
@@ -40312,107 +40844,115 @@
       <c r="AB20" t="str">
         <f>IF('AMT-11'!BX32="","",'AMT-11'!BX32)</f>
         <v/>
       </c>
       <c r="AC20" t="str">
         <f>IF('AMT-11'!BZ32="","",'AMT-11'!BZ32)</f>
         <v/>
       </c>
       <c r="AD20" t="str">
         <f>IF('AMT-11'!CB32="","",'AMT-11'!CB32)</f>
         <v/>
       </c>
       <c r="AE20" t="str">
         <f>IF('AMT-11'!CD32="","",'AMT-11'!CD32)</f>
         <v/>
       </c>
       <c r="AF20" t="str">
         <f>IF('AMT-11'!CF32="","",'AMT-11'!CF32)</f>
         <v/>
       </c>
       <c r="AG20" t="str">
         <f>IF('AMT-11'!CJ32="","",'AMT-11'!CJ32)</f>
         <v/>
       </c>
       <c r="AH20" t="str">
-        <f>IF('AMT-11'!CN32="","",'AMT-11'!CN32)</f>
+        <f>IF('AMT-11'!$CN32="PCF","999999999999999",IF('AMT-11'!CR32="","",'AMT-11'!CR32))</f>
         <v/>
       </c>
       <c r="AI20" t="str">
-        <f>IF('AMT-11'!CS32="","",'AMT-11'!CS32)</f>
+        <f>IF('AMT-11'!$CP32="PCF","999999999999999",IF('AMT-11'!CW32="","",'AMT-11'!CW32))</f>
         <v/>
       </c>
       <c r="AJ20" t="str">
-        <f>IF('AMT-11'!CX32="","",'AMT-11'!CX32)</f>
+        <f>IF('AMT-11'!$CN32="PCF","999999999999999",IF('AMT-11'!DB32="","",'AMT-11'!DB32))</f>
         <v/>
       </c>
       <c r="AK20" t="str">
-        <f>IF('AMT-11'!DC32="","",'AMT-11'!DC32)</f>
+        <f>IF('AMT-11'!$CP32="PCF","999999999999999",IF('AMT-11'!DG32="","",'AMT-11'!DG32))</f>
         <v/>
       </c>
       <c r="AL20" t="str">
-        <f>IF('AMT-11'!DH32="","",'AMT-11'!DH32)</f>
+        <f>IF('AMT-11'!DM32="","",'AMT-11'!DM32)</f>
         <v/>
       </c>
       <c r="AM20" t="str">
-        <f>IF('AMT-11'!DM32="","",'AMT-11'!DM32)</f>
+        <f>IF('AMT-11'!DR32="","",'AMT-11'!DR32)</f>
         <v/>
       </c>
       <c r="AN20" t="str">
-        <f>IF('AMT-11'!DR32="","",'AMT-11'!DR32)</f>
-[...2 lines deleted...]
-      <c r="AO20" t="str">
         <f>IF('AMT-11'!DW32="","",'AMT-11'!DW32)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP20" t="str">
         <f>IF('AMT-11'!EB32="","",'AMT-11'!EB32)</f>
         <v/>
       </c>
       <c r="AQ20" t="str">
         <f>IF('AMT-11'!EG32="","",'AMT-11'!EG32)</f>
         <v/>
       </c>
       <c r="AR20" t="str">
         <f>IF('AMT-11'!EL32="","",'AMT-11'!EL32)</f>
         <v/>
       </c>
+      <c r="AS20" t="str">
+        <f>IF('AMT-11'!CN32="","",'AMT-11'!CN32)</f>
+        <v/>
+      </c>
+      <c r="AT20" t="str">
+        <f>IF('AMT-11'!CP32="","",'AMT-11'!CP32)</f>
+        <v/>
+      </c>
+      <c r="AU20" t="str">
+        <f>IF('AMT-11'!DL32="","",'AMT-11'!DL32)</f>
+        <v/>
+      </c>
     </row>
-    <row r="21" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A21" s="36">
+    <row r="21" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A21" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B21" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B21" s="34"/>
       <c r="C21" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E21" s="36">
+        <v>70</v>
+      </c>
+      <c r="D21" s="34"/>
+      <c r="E21" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F21" t="str">
         <f>IF(H21="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G21" t="str">
         <f>IF(H21="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H21" t="str">
         <f>IF('AMT-11'!D33="","",'AMT-11'!D33)</f>
         <v/>
       </c>
       <c r="I21" t="str">
         <f>IF('AMT-11'!F33="","",'AMT-11'!F33)</f>
         <v/>
       </c>
       <c r="J21" t="str">
         <f>IF('AMT-11'!J33="","",'AMT-11'!J33)</f>
         <v/>
       </c>
       <c r="K21" t="str">
         <f>IF('AMT-11'!Q33="","",'AMT-11'!Q33)</f>
         <v/>
       </c>
@@ -40483,107 +41023,115 @@
       <c r="AB21" t="str">
         <f>IF('AMT-11'!BX33="","",'AMT-11'!BX33)</f>
         <v/>
       </c>
       <c r="AC21" t="str">
         <f>IF('AMT-11'!BZ33="","",'AMT-11'!BZ33)</f>
         <v/>
       </c>
       <c r="AD21" t="str">
         <f>IF('AMT-11'!CB33="","",'AMT-11'!CB33)</f>
         <v/>
       </c>
       <c r="AE21" t="str">
         <f>IF('AMT-11'!CD33="","",'AMT-11'!CD33)</f>
         <v/>
       </c>
       <c r="AF21" t="str">
         <f>IF('AMT-11'!CF33="","",'AMT-11'!CF33)</f>
         <v/>
       </c>
       <c r="AG21" t="str">
         <f>IF('AMT-11'!CJ33="","",'AMT-11'!CJ33)</f>
         <v/>
       </c>
       <c r="AH21" t="str">
-        <f>IF('AMT-11'!CN33="","",'AMT-11'!CN33)</f>
+        <f>IF('AMT-11'!$CN33="PCF","999999999999999",IF('AMT-11'!CR33="","",'AMT-11'!CR33))</f>
         <v/>
       </c>
       <c r="AI21" t="str">
-        <f>IF('AMT-11'!CS33="","",'AMT-11'!CS33)</f>
+        <f>IF('AMT-11'!$CP33="PCF","999999999999999",IF('AMT-11'!CW33="","",'AMT-11'!CW33))</f>
         <v/>
       </c>
       <c r="AJ21" t="str">
-        <f>IF('AMT-11'!CX33="","",'AMT-11'!CX33)</f>
+        <f>IF('AMT-11'!$CN33="PCF","999999999999999",IF('AMT-11'!DB33="","",'AMT-11'!DB33))</f>
         <v/>
       </c>
       <c r="AK21" t="str">
-        <f>IF('AMT-11'!DC33="","",'AMT-11'!DC33)</f>
+        <f>IF('AMT-11'!$CP33="PCF","999999999999999",IF('AMT-11'!DG33="","",'AMT-11'!DG33))</f>
         <v/>
       </c>
       <c r="AL21" t="str">
-        <f>IF('AMT-11'!DH33="","",'AMT-11'!DH33)</f>
+        <f>IF('AMT-11'!DM33="","",'AMT-11'!DM33)</f>
         <v/>
       </c>
       <c r="AM21" t="str">
-        <f>IF('AMT-11'!DM33="","",'AMT-11'!DM33)</f>
+        <f>IF('AMT-11'!DR33="","",'AMT-11'!DR33)</f>
         <v/>
       </c>
       <c r="AN21" t="str">
-        <f>IF('AMT-11'!DR33="","",'AMT-11'!DR33)</f>
-[...2 lines deleted...]
-      <c r="AO21" t="str">
         <f>IF('AMT-11'!DW33="","",'AMT-11'!DW33)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP21" t="str">
         <f>IF('AMT-11'!EB33="","",'AMT-11'!EB33)</f>
         <v/>
       </c>
       <c r="AQ21" t="str">
         <f>IF('AMT-11'!EG33="","",'AMT-11'!EG33)</f>
         <v/>
       </c>
       <c r="AR21" t="str">
         <f>IF('AMT-11'!EL33="","",'AMT-11'!EL33)</f>
         <v/>
       </c>
+      <c r="AS21" t="str">
+        <f>IF('AMT-11'!CN33="","",'AMT-11'!CN33)</f>
+        <v/>
+      </c>
+      <c r="AT21" t="str">
+        <f>IF('AMT-11'!CP33="","",'AMT-11'!CP33)</f>
+        <v/>
+      </c>
+      <c r="AU21" t="str">
+        <f>IF('AMT-11'!DL33="","",'AMT-11'!DL33)</f>
+        <v/>
+      </c>
     </row>
-    <row r="22" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A22" s="36">
+    <row r="22" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A22" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B22" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B22" s="34"/>
       <c r="C22" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E22" s="36">
+        <v>70</v>
+      </c>
+      <c r="D22" s="34"/>
+      <c r="E22" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F22" t="str">
         <f>IF(H22="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G22" t="str">
         <f>IF(H22="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H22" t="str">
         <f>IF('AMT-11'!D34="","",'AMT-11'!D34)</f>
         <v/>
       </c>
       <c r="I22" t="str">
         <f>IF('AMT-11'!F34="","",'AMT-11'!F34)</f>
         <v/>
       </c>
       <c r="J22" t="str">
         <f>IF('AMT-11'!J34="","",'AMT-11'!J34)</f>
         <v/>
       </c>
       <c r="K22" t="str">
         <f>IF('AMT-11'!Q34="","",'AMT-11'!Q34)</f>
         <v/>
       </c>
@@ -40654,107 +41202,115 @@
       <c r="AB22" t="str">
         <f>IF('AMT-11'!BX34="","",'AMT-11'!BX34)</f>
         <v/>
       </c>
       <c r="AC22" t="str">
         <f>IF('AMT-11'!BZ34="","",'AMT-11'!BZ34)</f>
         <v/>
       </c>
       <c r="AD22" t="str">
         <f>IF('AMT-11'!CB34="","",'AMT-11'!CB34)</f>
         <v/>
       </c>
       <c r="AE22" t="str">
         <f>IF('AMT-11'!CD34="","",'AMT-11'!CD34)</f>
         <v/>
       </c>
       <c r="AF22" t="str">
         <f>IF('AMT-11'!CF34="","",'AMT-11'!CF34)</f>
         <v/>
       </c>
       <c r="AG22" t="str">
         <f>IF('AMT-11'!CJ34="","",'AMT-11'!CJ34)</f>
         <v/>
       </c>
       <c r="AH22" t="str">
-        <f>IF('AMT-11'!CN34="","",'AMT-11'!CN34)</f>
+        <f>IF('AMT-11'!$CN34="PCF","999999999999999",IF('AMT-11'!CR34="","",'AMT-11'!CR34))</f>
         <v/>
       </c>
       <c r="AI22" t="str">
-        <f>IF('AMT-11'!CS34="","",'AMT-11'!CS34)</f>
+        <f>IF('AMT-11'!$CP34="PCF","999999999999999",IF('AMT-11'!CW34="","",'AMT-11'!CW34))</f>
         <v/>
       </c>
       <c r="AJ22" t="str">
-        <f>IF('AMT-11'!CX34="","",'AMT-11'!CX34)</f>
+        <f>IF('AMT-11'!$CN34="PCF","999999999999999",IF('AMT-11'!DB34="","",'AMT-11'!DB34))</f>
         <v/>
       </c>
       <c r="AK22" t="str">
-        <f>IF('AMT-11'!DC34="","",'AMT-11'!DC34)</f>
+        <f>IF('AMT-11'!$CP34="PCF","999999999999999",IF('AMT-11'!DG34="","",'AMT-11'!DG34))</f>
         <v/>
       </c>
       <c r="AL22" t="str">
-        <f>IF('AMT-11'!DH34="","",'AMT-11'!DH34)</f>
+        <f>IF('AMT-11'!DM34="","",'AMT-11'!DM34)</f>
         <v/>
       </c>
       <c r="AM22" t="str">
-        <f>IF('AMT-11'!DM34="","",'AMT-11'!DM34)</f>
+        <f>IF('AMT-11'!DR34="","",'AMT-11'!DR34)</f>
         <v/>
       </c>
       <c r="AN22" t="str">
-        <f>IF('AMT-11'!DR34="","",'AMT-11'!DR34)</f>
-[...2 lines deleted...]
-      <c r="AO22" t="str">
         <f>IF('AMT-11'!DW34="","",'AMT-11'!DW34)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP22" t="str">
         <f>IF('AMT-11'!EB34="","",'AMT-11'!EB34)</f>
         <v/>
       </c>
       <c r="AQ22" t="str">
         <f>IF('AMT-11'!EG34="","",'AMT-11'!EG34)</f>
         <v/>
       </c>
       <c r="AR22" t="str">
         <f>IF('AMT-11'!EL34="","",'AMT-11'!EL34)</f>
         <v/>
       </c>
+      <c r="AS22" t="str">
+        <f>IF('AMT-11'!CN34="","",'AMT-11'!CN34)</f>
+        <v/>
+      </c>
+      <c r="AT22" t="str">
+        <f>IF('AMT-11'!CP34="","",'AMT-11'!CP34)</f>
+        <v/>
+      </c>
+      <c r="AU22" t="str">
+        <f>IF('AMT-11'!DL34="","",'AMT-11'!DL34)</f>
+        <v/>
+      </c>
     </row>
-    <row r="23" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A23" s="36">
+    <row r="23" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A23" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B23" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B23" s="34"/>
       <c r="C23" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E23" s="36">
+        <v>70</v>
+      </c>
+      <c r="D23" s="34"/>
+      <c r="E23" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F23" t="str">
         <f>IF(H23="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G23" t="str">
         <f>IF(H23="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H23" t="str">
         <f>IF('AMT-11'!D35="","",'AMT-11'!D35)</f>
         <v/>
       </c>
       <c r="I23" t="str">
         <f>IF('AMT-11'!F35="","",'AMT-11'!F35)</f>
         <v/>
       </c>
       <c r="J23" t="str">
         <f>IF('AMT-11'!J35="","",'AMT-11'!J35)</f>
         <v/>
       </c>
       <c r="K23" t="str">
         <f>IF('AMT-11'!Q35="","",'AMT-11'!Q35)</f>
         <v/>
       </c>
@@ -40825,107 +41381,115 @@
       <c r="AB23" t="str">
         <f>IF('AMT-11'!BX35="","",'AMT-11'!BX35)</f>
         <v/>
       </c>
       <c r="AC23" t="str">
         <f>IF('AMT-11'!BZ35="","",'AMT-11'!BZ35)</f>
         <v/>
       </c>
       <c r="AD23" t="str">
         <f>IF('AMT-11'!CB35="","",'AMT-11'!CB35)</f>
         <v/>
       </c>
       <c r="AE23" t="str">
         <f>IF('AMT-11'!CD35="","",'AMT-11'!CD35)</f>
         <v/>
       </c>
       <c r="AF23" t="str">
         <f>IF('AMT-11'!CF35="","",'AMT-11'!CF35)</f>
         <v/>
       </c>
       <c r="AG23" t="str">
         <f>IF('AMT-11'!CJ35="","",'AMT-11'!CJ35)</f>
         <v/>
       </c>
       <c r="AH23" t="str">
-        <f>IF('AMT-11'!CN35="","",'AMT-11'!CN35)</f>
+        <f>IF('AMT-11'!$CN35="PCF","999999999999999",IF('AMT-11'!CR35="","",'AMT-11'!CR35))</f>
         <v/>
       </c>
       <c r="AI23" t="str">
-        <f>IF('AMT-11'!CS35="","",'AMT-11'!CS35)</f>
+        <f>IF('AMT-11'!$CP35="PCF","999999999999999",IF('AMT-11'!CW35="","",'AMT-11'!CW35))</f>
         <v/>
       </c>
       <c r="AJ23" t="str">
-        <f>IF('AMT-11'!CX35="","",'AMT-11'!CX35)</f>
+        <f>IF('AMT-11'!$CN35="PCF","999999999999999",IF('AMT-11'!DB35="","",'AMT-11'!DB35))</f>
         <v/>
       </c>
       <c r="AK23" t="str">
-        <f>IF('AMT-11'!DC35="","",'AMT-11'!DC35)</f>
+        <f>IF('AMT-11'!$CP35="PCF","999999999999999",IF('AMT-11'!DG35="","",'AMT-11'!DG35))</f>
         <v/>
       </c>
       <c r="AL23" t="str">
-        <f>IF('AMT-11'!DH35="","",'AMT-11'!DH35)</f>
+        <f>IF('AMT-11'!DM35="","",'AMT-11'!DM35)</f>
         <v/>
       </c>
       <c r="AM23" t="str">
-        <f>IF('AMT-11'!DM35="","",'AMT-11'!DM35)</f>
+        <f>IF('AMT-11'!DR35="","",'AMT-11'!DR35)</f>
         <v/>
       </c>
       <c r="AN23" t="str">
-        <f>IF('AMT-11'!DR35="","",'AMT-11'!DR35)</f>
-[...2 lines deleted...]
-      <c r="AO23" t="str">
         <f>IF('AMT-11'!DW35="","",'AMT-11'!DW35)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP23" t="str">
         <f>IF('AMT-11'!EB35="","",'AMT-11'!EB35)</f>
         <v/>
       </c>
       <c r="AQ23" t="str">
         <f>IF('AMT-11'!EG35="","",'AMT-11'!EG35)</f>
         <v/>
       </c>
       <c r="AR23" t="str">
         <f>IF('AMT-11'!EL35="","",'AMT-11'!EL35)</f>
         <v/>
       </c>
+      <c r="AS23" t="str">
+        <f>IF('AMT-11'!CN35="","",'AMT-11'!CN35)</f>
+        <v/>
+      </c>
+      <c r="AT23" t="str">
+        <f>IF('AMT-11'!CP35="","",'AMT-11'!CP35)</f>
+        <v/>
+      </c>
+      <c r="AU23" t="str">
+        <f>IF('AMT-11'!DL35="","",'AMT-11'!DL35)</f>
+        <v/>
+      </c>
     </row>
-    <row r="24" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A24" s="36">
+    <row r="24" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A24" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B24" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B24" s="34"/>
       <c r="C24" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E24" s="36">
+        <v>70</v>
+      </c>
+      <c r="D24" s="34"/>
+      <c r="E24" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F24" t="str">
         <f>IF(H24="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G24" t="str">
         <f>IF(H24="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H24" t="str">
         <f>IF('AMT-11'!D36="","",'AMT-11'!D36)</f>
         <v/>
       </c>
       <c r="I24" t="str">
         <f>IF('AMT-11'!F36="","",'AMT-11'!F36)</f>
         <v/>
       </c>
       <c r="J24" t="str">
         <f>IF('AMT-11'!J36="","",'AMT-11'!J36)</f>
         <v/>
       </c>
       <c r="K24" t="str">
         <f>IF('AMT-11'!Q36="","",'AMT-11'!Q36)</f>
         <v/>
       </c>
@@ -40996,107 +41560,115 @@
       <c r="AB24" t="str">
         <f>IF('AMT-11'!BX36="","",'AMT-11'!BX36)</f>
         <v/>
       </c>
       <c r="AC24" t="str">
         <f>IF('AMT-11'!BZ36="","",'AMT-11'!BZ36)</f>
         <v/>
       </c>
       <c r="AD24" t="str">
         <f>IF('AMT-11'!CB36="","",'AMT-11'!CB36)</f>
         <v/>
       </c>
       <c r="AE24" t="str">
         <f>IF('AMT-11'!CD36="","",'AMT-11'!CD36)</f>
         <v/>
       </c>
       <c r="AF24" t="str">
         <f>IF('AMT-11'!CF36="","",'AMT-11'!CF36)</f>
         <v/>
       </c>
       <c r="AG24" t="str">
         <f>IF('AMT-11'!CJ36="","",'AMT-11'!CJ36)</f>
         <v/>
       </c>
       <c r="AH24" t="str">
-        <f>IF('AMT-11'!CN36="","",'AMT-11'!CN36)</f>
+        <f>IF('AMT-11'!$CN36="PCF","999999999999999",IF('AMT-11'!CR36="","",'AMT-11'!CR36))</f>
         <v/>
       </c>
       <c r="AI24" t="str">
-        <f>IF('AMT-11'!CS36="","",'AMT-11'!CS36)</f>
+        <f>IF('AMT-11'!$CP36="PCF","999999999999999",IF('AMT-11'!CW36="","",'AMT-11'!CW36))</f>
         <v/>
       </c>
       <c r="AJ24" t="str">
-        <f>IF('AMT-11'!CX36="","",'AMT-11'!CX36)</f>
+        <f>IF('AMT-11'!$CN36="PCF","999999999999999",IF('AMT-11'!DB36="","",'AMT-11'!DB36))</f>
         <v/>
       </c>
       <c r="AK24" t="str">
-        <f>IF('AMT-11'!DC36="","",'AMT-11'!DC36)</f>
+        <f>IF('AMT-11'!$CP36="PCF","999999999999999",IF('AMT-11'!DG36="","",'AMT-11'!DG36))</f>
         <v/>
       </c>
       <c r="AL24" t="str">
-        <f>IF('AMT-11'!DH36="","",'AMT-11'!DH36)</f>
+        <f>IF('AMT-11'!DM36="","",'AMT-11'!DM36)</f>
         <v/>
       </c>
       <c r="AM24" t="str">
-        <f>IF('AMT-11'!DM36="","",'AMT-11'!DM36)</f>
+        <f>IF('AMT-11'!DR36="","",'AMT-11'!DR36)</f>
         <v/>
       </c>
       <c r="AN24" t="str">
-        <f>IF('AMT-11'!DR36="","",'AMT-11'!DR36)</f>
-[...2 lines deleted...]
-      <c r="AO24" t="str">
         <f>IF('AMT-11'!DW36="","",'AMT-11'!DW36)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP24" t="str">
         <f>IF('AMT-11'!EB36="","",'AMT-11'!EB36)</f>
         <v/>
       </c>
       <c r="AQ24" t="str">
         <f>IF('AMT-11'!EG36="","",'AMT-11'!EG36)</f>
         <v/>
       </c>
       <c r="AR24" t="str">
         <f>IF('AMT-11'!EL36="","",'AMT-11'!EL36)</f>
         <v/>
       </c>
+      <c r="AS24" t="str">
+        <f>IF('AMT-11'!CN36="","",'AMT-11'!CN36)</f>
+        <v/>
+      </c>
+      <c r="AT24" t="str">
+        <f>IF('AMT-11'!CP36="","",'AMT-11'!CP36)</f>
+        <v/>
+      </c>
+      <c r="AU24" t="str">
+        <f>IF('AMT-11'!DL36="","",'AMT-11'!DL36)</f>
+        <v/>
+      </c>
     </row>
-    <row r="25" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A25" s="36">
+    <row r="25" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A25" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B25" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B25" s="34"/>
       <c r="C25" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E25" s="36">
+        <v>70</v>
+      </c>
+      <c r="D25" s="34"/>
+      <c r="E25" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F25" t="str">
         <f>IF(H25="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G25" t="str">
         <f>IF(H25="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H25" t="str">
         <f>IF('AMT-11'!D37="","",'AMT-11'!D37)</f>
         <v/>
       </c>
       <c r="I25" t="str">
         <f>IF('AMT-11'!F37="","",'AMT-11'!F37)</f>
         <v/>
       </c>
       <c r="J25" t="str">
         <f>IF('AMT-11'!J37="","",'AMT-11'!J37)</f>
         <v/>
       </c>
       <c r="K25" t="str">
         <f>IF('AMT-11'!Q37="","",'AMT-11'!Q37)</f>
         <v/>
       </c>
@@ -41167,107 +41739,115 @@
       <c r="AB25" t="str">
         <f>IF('AMT-11'!BX37="","",'AMT-11'!BX37)</f>
         <v/>
       </c>
       <c r="AC25" t="str">
         <f>IF('AMT-11'!BZ37="","",'AMT-11'!BZ37)</f>
         <v/>
       </c>
       <c r="AD25" t="str">
         <f>IF('AMT-11'!CB37="","",'AMT-11'!CB37)</f>
         <v/>
       </c>
       <c r="AE25" t="str">
         <f>IF('AMT-11'!CD37="","",'AMT-11'!CD37)</f>
         <v/>
       </c>
       <c r="AF25" t="str">
         <f>IF('AMT-11'!CF37="","",'AMT-11'!CF37)</f>
         <v/>
       </c>
       <c r="AG25" t="str">
         <f>IF('AMT-11'!CJ37="","",'AMT-11'!CJ37)</f>
         <v/>
       </c>
       <c r="AH25" t="str">
-        <f>IF('AMT-11'!CN37="","",'AMT-11'!CN37)</f>
+        <f>IF('AMT-11'!$CN37="PCF","999999999999999",IF('AMT-11'!CR37="","",'AMT-11'!CR37))</f>
         <v/>
       </c>
       <c r="AI25" t="str">
-        <f>IF('AMT-11'!CS37="","",'AMT-11'!CS37)</f>
+        <f>IF('AMT-11'!$CP37="PCF","999999999999999",IF('AMT-11'!CW37="","",'AMT-11'!CW37))</f>
         <v/>
       </c>
       <c r="AJ25" t="str">
-        <f>IF('AMT-11'!CX37="","",'AMT-11'!CX37)</f>
+        <f>IF('AMT-11'!$CN37="PCF","999999999999999",IF('AMT-11'!DB37="","",'AMT-11'!DB37))</f>
         <v/>
       </c>
       <c r="AK25" t="str">
-        <f>IF('AMT-11'!DC37="","",'AMT-11'!DC37)</f>
+        <f>IF('AMT-11'!$CP37="PCF","999999999999999",IF('AMT-11'!DG37="","",'AMT-11'!DG37))</f>
         <v/>
       </c>
       <c r="AL25" t="str">
-        <f>IF('AMT-11'!DH37="","",'AMT-11'!DH37)</f>
+        <f>IF('AMT-11'!DM37="","",'AMT-11'!DM37)</f>
         <v/>
       </c>
       <c r="AM25" t="str">
-        <f>IF('AMT-11'!DM37="","",'AMT-11'!DM37)</f>
+        <f>IF('AMT-11'!DR37="","",'AMT-11'!DR37)</f>
         <v/>
       </c>
       <c r="AN25" t="str">
-        <f>IF('AMT-11'!DR37="","",'AMT-11'!DR37)</f>
-[...2 lines deleted...]
-      <c r="AO25" t="str">
         <f>IF('AMT-11'!DW37="","",'AMT-11'!DW37)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP25" t="str">
         <f>IF('AMT-11'!EB37="","",'AMT-11'!EB37)</f>
         <v/>
       </c>
       <c r="AQ25" t="str">
         <f>IF('AMT-11'!EG37="","",'AMT-11'!EG37)</f>
         <v/>
       </c>
       <c r="AR25" t="str">
         <f>IF('AMT-11'!EL37="","",'AMT-11'!EL37)</f>
         <v/>
       </c>
+      <c r="AS25" t="str">
+        <f>IF('AMT-11'!CN37="","",'AMT-11'!CN37)</f>
+        <v/>
+      </c>
+      <c r="AT25" t="str">
+        <f>IF('AMT-11'!CP37="","",'AMT-11'!CP37)</f>
+        <v/>
+      </c>
+      <c r="AU25" t="str">
+        <f>IF('AMT-11'!DL37="","",'AMT-11'!DL37)</f>
+        <v/>
+      </c>
     </row>
-    <row r="26" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A26" s="36">
+    <row r="26" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A26" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B26" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B26" s="34"/>
       <c r="C26" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E26" s="36">
+        <v>70</v>
+      </c>
+      <c r="D26" s="34"/>
+      <c r="E26" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F26" t="str">
         <f>IF(H26="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G26" t="str">
         <f>IF(H26="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H26" t="str">
         <f>IF('AMT-11'!D38="","",'AMT-11'!D38)</f>
         <v/>
       </c>
       <c r="I26" t="str">
         <f>IF('AMT-11'!F38="","",'AMT-11'!F38)</f>
         <v/>
       </c>
       <c r="J26" t="str">
         <f>IF('AMT-11'!J38="","",'AMT-11'!J38)</f>
         <v/>
       </c>
       <c r="K26" t="str">
         <f>IF('AMT-11'!Q38="","",'AMT-11'!Q38)</f>
         <v/>
       </c>
@@ -41338,107 +41918,115 @@
       <c r="AB26" t="str">
         <f>IF('AMT-11'!BX38="","",'AMT-11'!BX38)</f>
         <v/>
       </c>
       <c r="AC26" t="str">
         <f>IF('AMT-11'!BZ38="","",'AMT-11'!BZ38)</f>
         <v/>
       </c>
       <c r="AD26" t="str">
         <f>IF('AMT-11'!CB38="","",'AMT-11'!CB38)</f>
         <v/>
       </c>
       <c r="AE26" t="str">
         <f>IF('AMT-11'!CD38="","",'AMT-11'!CD38)</f>
         <v/>
       </c>
       <c r="AF26" t="str">
         <f>IF('AMT-11'!CF38="","",'AMT-11'!CF38)</f>
         <v/>
       </c>
       <c r="AG26" t="str">
         <f>IF('AMT-11'!CJ38="","",'AMT-11'!CJ38)</f>
         <v/>
       </c>
       <c r="AH26" t="str">
-        <f>IF('AMT-11'!CN38="","",'AMT-11'!CN38)</f>
+        <f>IF('AMT-11'!$CN38="PCF","999999999999999",IF('AMT-11'!CR38="","",'AMT-11'!CR38))</f>
         <v/>
       </c>
       <c r="AI26" t="str">
-        <f>IF('AMT-11'!CS38="","",'AMT-11'!CS38)</f>
+        <f>IF('AMT-11'!$CP38="PCF","999999999999999",IF('AMT-11'!CW38="","",'AMT-11'!CW38))</f>
         <v/>
       </c>
       <c r="AJ26" t="str">
-        <f>IF('AMT-11'!CX38="","",'AMT-11'!CX38)</f>
+        <f>IF('AMT-11'!$CN38="PCF","999999999999999",IF('AMT-11'!DB38="","",'AMT-11'!DB38))</f>
         <v/>
       </c>
       <c r="AK26" t="str">
-        <f>IF('AMT-11'!DC38="","",'AMT-11'!DC38)</f>
+        <f>IF('AMT-11'!$CP38="PCF","999999999999999",IF('AMT-11'!DG38="","",'AMT-11'!DG38))</f>
         <v/>
       </c>
       <c r="AL26" t="str">
-        <f>IF('AMT-11'!DH38="","",'AMT-11'!DH38)</f>
+        <f>IF('AMT-11'!DM38="","",'AMT-11'!DM38)</f>
         <v/>
       </c>
       <c r="AM26" t="str">
-        <f>IF('AMT-11'!DM38="","",'AMT-11'!DM38)</f>
+        <f>IF('AMT-11'!DR38="","",'AMT-11'!DR38)</f>
         <v/>
       </c>
       <c r="AN26" t="str">
-        <f>IF('AMT-11'!DR38="","",'AMT-11'!DR38)</f>
-[...2 lines deleted...]
-      <c r="AO26" t="str">
         <f>IF('AMT-11'!DW38="","",'AMT-11'!DW38)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP26" t="str">
         <f>IF('AMT-11'!EB38="","",'AMT-11'!EB38)</f>
         <v/>
       </c>
       <c r="AQ26" t="str">
         <f>IF('AMT-11'!EG38="","",'AMT-11'!EG38)</f>
         <v/>
       </c>
       <c r="AR26" t="str">
         <f>IF('AMT-11'!EL38="","",'AMT-11'!EL38)</f>
         <v/>
       </c>
+      <c r="AS26" t="str">
+        <f>IF('AMT-11'!CN38="","",'AMT-11'!CN38)</f>
+        <v/>
+      </c>
+      <c r="AT26" t="str">
+        <f>IF('AMT-11'!CP38="","",'AMT-11'!CP38)</f>
+        <v/>
+      </c>
+      <c r="AU26" t="str">
+        <f>IF('AMT-11'!DL38="","",'AMT-11'!DL38)</f>
+        <v/>
+      </c>
     </row>
-    <row r="27" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A27" s="36">
+    <row r="27" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A27" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B27" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B27" s="34"/>
       <c r="C27" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E27" s="36">
+        <v>70</v>
+      </c>
+      <c r="D27" s="34"/>
+      <c r="E27" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F27" t="str">
         <f>IF(H27="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G27" t="str">
         <f>IF(H27="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H27" t="str">
         <f>IF('AMT-11'!D39="","",'AMT-11'!D39)</f>
         <v/>
       </c>
       <c r="I27" t="str">
         <f>IF('AMT-11'!F39="","",'AMT-11'!F39)</f>
         <v/>
       </c>
       <c r="J27" t="str">
         <f>IF('AMT-11'!J39="","",'AMT-11'!J39)</f>
         <v/>
       </c>
       <c r="K27" t="str">
         <f>IF('AMT-11'!Q39="","",'AMT-11'!Q39)</f>
         <v/>
       </c>
@@ -41509,107 +42097,115 @@
       <c r="AB27" t="str">
         <f>IF('AMT-11'!BX39="","",'AMT-11'!BX39)</f>
         <v/>
       </c>
       <c r="AC27" t="str">
         <f>IF('AMT-11'!BZ39="","",'AMT-11'!BZ39)</f>
         <v/>
       </c>
       <c r="AD27" t="str">
         <f>IF('AMT-11'!CB39="","",'AMT-11'!CB39)</f>
         <v/>
       </c>
       <c r="AE27" t="str">
         <f>IF('AMT-11'!CD39="","",'AMT-11'!CD39)</f>
         <v/>
       </c>
       <c r="AF27" t="str">
         <f>IF('AMT-11'!CF39="","",'AMT-11'!CF39)</f>
         <v/>
       </c>
       <c r="AG27" t="str">
         <f>IF('AMT-11'!CJ39="","",'AMT-11'!CJ39)</f>
         <v/>
       </c>
       <c r="AH27" t="str">
-        <f>IF('AMT-11'!CN39="","",'AMT-11'!CN39)</f>
+        <f>IF('AMT-11'!$CN39="PCF","999999999999999",IF('AMT-11'!CR39="","",'AMT-11'!CR39))</f>
         <v/>
       </c>
       <c r="AI27" t="str">
-        <f>IF('AMT-11'!CS39="","",'AMT-11'!CS39)</f>
+        <f>IF('AMT-11'!$CP39="PCF","999999999999999",IF('AMT-11'!CW39="","",'AMT-11'!CW39))</f>
         <v/>
       </c>
       <c r="AJ27" t="str">
-        <f>IF('AMT-11'!CX39="","",'AMT-11'!CX39)</f>
+        <f>IF('AMT-11'!$CN39="PCF","999999999999999",IF('AMT-11'!DB39="","",'AMT-11'!DB39))</f>
         <v/>
       </c>
       <c r="AK27" t="str">
-        <f>IF('AMT-11'!DC39="","",'AMT-11'!DC39)</f>
+        <f>IF('AMT-11'!$CP39="PCF","999999999999999",IF('AMT-11'!DG39="","",'AMT-11'!DG39))</f>
         <v/>
       </c>
       <c r="AL27" t="str">
-        <f>IF('AMT-11'!DH39="","",'AMT-11'!DH39)</f>
+        <f>IF('AMT-11'!DM39="","",'AMT-11'!DM39)</f>
         <v/>
       </c>
       <c r="AM27" t="str">
-        <f>IF('AMT-11'!DM39="","",'AMT-11'!DM39)</f>
+        <f>IF('AMT-11'!DR39="","",'AMT-11'!DR39)</f>
         <v/>
       </c>
       <c r="AN27" t="str">
-        <f>IF('AMT-11'!DR39="","",'AMT-11'!DR39)</f>
-[...2 lines deleted...]
-      <c r="AO27" t="str">
         <f>IF('AMT-11'!DW39="","",'AMT-11'!DW39)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP27" t="str">
         <f>IF('AMT-11'!EB39="","",'AMT-11'!EB39)</f>
         <v/>
       </c>
       <c r="AQ27" t="str">
         <f>IF('AMT-11'!EG39="","",'AMT-11'!EG39)</f>
         <v/>
       </c>
       <c r="AR27" t="str">
         <f>IF('AMT-11'!EL39="","",'AMT-11'!EL39)</f>
         <v/>
       </c>
+      <c r="AS27" t="str">
+        <f>IF('AMT-11'!CN39="","",'AMT-11'!CN39)</f>
+        <v/>
+      </c>
+      <c r="AT27" t="str">
+        <f>IF('AMT-11'!CP39="","",'AMT-11'!CP39)</f>
+        <v/>
+      </c>
+      <c r="AU27" t="str">
+        <f>IF('AMT-11'!DL39="","",'AMT-11'!DL39)</f>
+        <v/>
+      </c>
     </row>
-    <row r="28" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A28" s="36">
+    <row r="28" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A28" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B28" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B28" s="34"/>
       <c r="C28" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E28" s="36">
+        <v>70</v>
+      </c>
+      <c r="D28" s="34"/>
+      <c r="E28" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F28" t="str">
         <f>IF(H28="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G28" t="str">
         <f>IF(H28="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H28" t="str">
         <f>IF('AMT-11'!D40="","",'AMT-11'!D40)</f>
         <v/>
       </c>
       <c r="I28" t="str">
         <f>IF('AMT-11'!F40="","",'AMT-11'!F40)</f>
         <v/>
       </c>
       <c r="J28" t="str">
         <f>IF('AMT-11'!J40="","",'AMT-11'!J40)</f>
         <v/>
       </c>
       <c r="K28" t="str">
         <f>IF('AMT-11'!Q40="","",'AMT-11'!Q40)</f>
         <v/>
       </c>
@@ -41680,107 +42276,115 @@
       <c r="AB28" t="str">
         <f>IF('AMT-11'!BX40="","",'AMT-11'!BX40)</f>
         <v/>
       </c>
       <c r="AC28" t="str">
         <f>IF('AMT-11'!BZ40="","",'AMT-11'!BZ40)</f>
         <v/>
       </c>
       <c r="AD28" t="str">
         <f>IF('AMT-11'!CB40="","",'AMT-11'!CB40)</f>
         <v/>
       </c>
       <c r="AE28" t="str">
         <f>IF('AMT-11'!CD40="","",'AMT-11'!CD40)</f>
         <v/>
       </c>
       <c r="AF28" t="str">
         <f>IF('AMT-11'!CF40="","",'AMT-11'!CF40)</f>
         <v/>
       </c>
       <c r="AG28" t="str">
         <f>IF('AMT-11'!CJ40="","",'AMT-11'!CJ40)</f>
         <v/>
       </c>
       <c r="AH28" t="str">
-        <f>IF('AMT-11'!CN40="","",'AMT-11'!CN40)</f>
+        <f>IF('AMT-11'!$CN40="PCF","999999999999999",IF('AMT-11'!CR40="","",'AMT-11'!CR40))</f>
         <v/>
       </c>
       <c r="AI28" t="str">
-        <f>IF('AMT-11'!CS40="","",'AMT-11'!CS40)</f>
+        <f>IF('AMT-11'!$CP40="PCF","999999999999999",IF('AMT-11'!CW40="","",'AMT-11'!CW40))</f>
         <v/>
       </c>
       <c r="AJ28" t="str">
-        <f>IF('AMT-11'!CX40="","",'AMT-11'!CX40)</f>
+        <f>IF('AMT-11'!$CN40="PCF","999999999999999",IF('AMT-11'!DB40="","",'AMT-11'!DB40))</f>
         <v/>
       </c>
       <c r="AK28" t="str">
-        <f>IF('AMT-11'!DC40="","",'AMT-11'!DC40)</f>
+        <f>IF('AMT-11'!$CP40="PCF","999999999999999",IF('AMT-11'!DG40="","",'AMT-11'!DG40))</f>
         <v/>
       </c>
       <c r="AL28" t="str">
-        <f>IF('AMT-11'!DH40="","",'AMT-11'!DH40)</f>
+        <f>IF('AMT-11'!DM40="","",'AMT-11'!DM40)</f>
         <v/>
       </c>
       <c r="AM28" t="str">
-        <f>IF('AMT-11'!DM40="","",'AMT-11'!DM40)</f>
+        <f>IF('AMT-11'!DR40="","",'AMT-11'!DR40)</f>
         <v/>
       </c>
       <c r="AN28" t="str">
-        <f>IF('AMT-11'!DR40="","",'AMT-11'!DR40)</f>
-[...2 lines deleted...]
-      <c r="AO28" t="str">
         <f>IF('AMT-11'!DW40="","",'AMT-11'!DW40)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP28" t="str">
         <f>IF('AMT-11'!EB40="","",'AMT-11'!EB40)</f>
         <v/>
       </c>
       <c r="AQ28" t="str">
         <f>IF('AMT-11'!EG40="","",'AMT-11'!EG40)</f>
         <v/>
       </c>
       <c r="AR28" t="str">
         <f>IF('AMT-11'!EL40="","",'AMT-11'!EL40)</f>
         <v/>
       </c>
+      <c r="AS28" t="str">
+        <f>IF('AMT-11'!CN40="","",'AMT-11'!CN40)</f>
+        <v/>
+      </c>
+      <c r="AT28" t="str">
+        <f>IF('AMT-11'!CP40="","",'AMT-11'!CP40)</f>
+        <v/>
+      </c>
+      <c r="AU28" t="str">
+        <f>IF('AMT-11'!DL40="","",'AMT-11'!DL40)</f>
+        <v/>
+      </c>
     </row>
-    <row r="29" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A29" s="36">
+    <row r="29" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A29" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B29" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B29" s="34"/>
       <c r="C29" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E29" s="36">
+        <v>70</v>
+      </c>
+      <c r="D29" s="34"/>
+      <c r="E29" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F29" t="str">
         <f>IF(H29="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G29" t="str">
         <f>IF(H29="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H29" t="str">
         <f>IF('AMT-11'!D41="","",'AMT-11'!D41)</f>
         <v/>
       </c>
       <c r="I29" t="str">
         <f>IF('AMT-11'!F41="","",'AMT-11'!F41)</f>
         <v/>
       </c>
       <c r="J29" t="str">
         <f>IF('AMT-11'!J41="","",'AMT-11'!J41)</f>
         <v/>
       </c>
       <c r="K29" t="str">
         <f>IF('AMT-11'!Q41="","",'AMT-11'!Q41)</f>
         <v/>
       </c>
@@ -41851,107 +42455,115 @@
       <c r="AB29" t="str">
         <f>IF('AMT-11'!BX41="","",'AMT-11'!BX41)</f>
         <v/>
       </c>
       <c r="AC29" t="str">
         <f>IF('AMT-11'!BZ41="","",'AMT-11'!BZ41)</f>
         <v/>
       </c>
       <c r="AD29" t="str">
         <f>IF('AMT-11'!CB41="","",'AMT-11'!CB41)</f>
         <v/>
       </c>
       <c r="AE29" t="str">
         <f>IF('AMT-11'!CD41="","",'AMT-11'!CD41)</f>
         <v/>
       </c>
       <c r="AF29" t="str">
         <f>IF('AMT-11'!CF41="","",'AMT-11'!CF41)</f>
         <v/>
       </c>
       <c r="AG29" t="str">
         <f>IF('AMT-11'!CJ41="","",'AMT-11'!CJ41)</f>
         <v/>
       </c>
       <c r="AH29" t="str">
-        <f>IF('AMT-11'!CN41="","",'AMT-11'!CN41)</f>
+        <f>IF('AMT-11'!$CN41="PCF","999999999999999",IF('AMT-11'!CR41="","",'AMT-11'!CR41))</f>
         <v/>
       </c>
       <c r="AI29" t="str">
-        <f>IF('AMT-11'!CS41="","",'AMT-11'!CS41)</f>
+        <f>IF('AMT-11'!$CP41="PCF","999999999999999",IF('AMT-11'!CW41="","",'AMT-11'!CW41))</f>
         <v/>
       </c>
       <c r="AJ29" t="str">
-        <f>IF('AMT-11'!CX41="","",'AMT-11'!CX41)</f>
+        <f>IF('AMT-11'!$CN41="PCF","999999999999999",IF('AMT-11'!DB41="","",'AMT-11'!DB41))</f>
         <v/>
       </c>
       <c r="AK29" t="str">
-        <f>IF('AMT-11'!DC41="","",'AMT-11'!DC41)</f>
+        <f>IF('AMT-11'!$CP41="PCF","999999999999999",IF('AMT-11'!DG41="","",'AMT-11'!DG41))</f>
         <v/>
       </c>
       <c r="AL29" t="str">
-        <f>IF('AMT-11'!DH41="","",'AMT-11'!DH41)</f>
+        <f>IF('AMT-11'!DM41="","",'AMT-11'!DM41)</f>
         <v/>
       </c>
       <c r="AM29" t="str">
-        <f>IF('AMT-11'!DM41="","",'AMT-11'!DM41)</f>
+        <f>IF('AMT-11'!DR41="","",'AMT-11'!DR41)</f>
         <v/>
       </c>
       <c r="AN29" t="str">
-        <f>IF('AMT-11'!DR41="","",'AMT-11'!DR41)</f>
-[...2 lines deleted...]
-      <c r="AO29" t="str">
         <f>IF('AMT-11'!DW41="","",'AMT-11'!DW41)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP29" t="str">
         <f>IF('AMT-11'!EB41="","",'AMT-11'!EB41)</f>
         <v/>
       </c>
       <c r="AQ29" t="str">
         <f>IF('AMT-11'!EG41="","",'AMT-11'!EG41)</f>
         <v/>
       </c>
       <c r="AR29" t="str">
         <f>IF('AMT-11'!EL41="","",'AMT-11'!EL41)</f>
         <v/>
       </c>
+      <c r="AS29" t="str">
+        <f>IF('AMT-11'!CN41="","",'AMT-11'!CN41)</f>
+        <v/>
+      </c>
+      <c r="AT29" t="str">
+        <f>IF('AMT-11'!CP41="","",'AMT-11'!CP41)</f>
+        <v/>
+      </c>
+      <c r="AU29" t="str">
+        <f>IF('AMT-11'!DL41="","",'AMT-11'!DL41)</f>
+        <v/>
+      </c>
     </row>
-    <row r="30" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A30" s="36">
+    <row r="30" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A30" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B30" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B30" s="34"/>
       <c r="C30" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E30" s="36">
+        <v>70</v>
+      </c>
+      <c r="D30" s="34"/>
+      <c r="E30" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F30" t="str">
         <f>IF(H30="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G30" t="str">
         <f>IF(H30="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H30" t="str">
         <f>IF('AMT-11'!D42="","",'AMT-11'!D42)</f>
         <v/>
       </c>
       <c r="I30" t="str">
         <f>IF('AMT-11'!F42="","",'AMT-11'!F42)</f>
         <v/>
       </c>
       <c r="J30" t="str">
         <f>IF('AMT-11'!J42="","",'AMT-11'!J42)</f>
         <v/>
       </c>
       <c r="K30" t="str">
         <f>IF('AMT-11'!Q42="","",'AMT-11'!Q42)</f>
         <v/>
       </c>
@@ -42022,107 +42634,115 @@
       <c r="AB30" t="str">
         <f>IF('AMT-11'!BX42="","",'AMT-11'!BX42)</f>
         <v/>
       </c>
       <c r="AC30" t="str">
         <f>IF('AMT-11'!BZ42="","",'AMT-11'!BZ42)</f>
         <v/>
       </c>
       <c r="AD30" t="str">
         <f>IF('AMT-11'!CB42="","",'AMT-11'!CB42)</f>
         <v/>
       </c>
       <c r="AE30" t="str">
         <f>IF('AMT-11'!CD42="","",'AMT-11'!CD42)</f>
         <v/>
       </c>
       <c r="AF30" t="str">
         <f>IF('AMT-11'!CF42="","",'AMT-11'!CF42)</f>
         <v/>
       </c>
       <c r="AG30" t="str">
         <f>IF('AMT-11'!CJ42="","",'AMT-11'!CJ42)</f>
         <v/>
       </c>
       <c r="AH30" t="str">
-        <f>IF('AMT-11'!CN42="","",'AMT-11'!CN42)</f>
+        <f>IF('AMT-11'!$CN42="PCF","999999999999999",IF('AMT-11'!CR42="","",'AMT-11'!CR42))</f>
         <v/>
       </c>
       <c r="AI30" t="str">
-        <f>IF('AMT-11'!CS42="","",'AMT-11'!CS42)</f>
+        <f>IF('AMT-11'!$CP42="PCF","999999999999999",IF('AMT-11'!CW42="","",'AMT-11'!CW42))</f>
         <v/>
       </c>
       <c r="AJ30" t="str">
-        <f>IF('AMT-11'!CX42="","",'AMT-11'!CX42)</f>
+        <f>IF('AMT-11'!$CN42="PCF","999999999999999",IF('AMT-11'!DB42="","",'AMT-11'!DB42))</f>
         <v/>
       </c>
       <c r="AK30" t="str">
-        <f>IF('AMT-11'!DC42="","",'AMT-11'!DC42)</f>
+        <f>IF('AMT-11'!$CP42="PCF","999999999999999",IF('AMT-11'!DG42="","",'AMT-11'!DG42))</f>
         <v/>
       </c>
       <c r="AL30" t="str">
-        <f>IF('AMT-11'!DH42="","",'AMT-11'!DH42)</f>
+        <f>IF('AMT-11'!DM42="","",'AMT-11'!DM42)</f>
         <v/>
       </c>
       <c r="AM30" t="str">
-        <f>IF('AMT-11'!DM42="","",'AMT-11'!DM42)</f>
+        <f>IF('AMT-11'!DR42="","",'AMT-11'!DR42)</f>
         <v/>
       </c>
       <c r="AN30" t="str">
-        <f>IF('AMT-11'!DR42="","",'AMT-11'!DR42)</f>
-[...2 lines deleted...]
-      <c r="AO30" t="str">
         <f>IF('AMT-11'!DW42="","",'AMT-11'!DW42)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP30" t="str">
         <f>IF('AMT-11'!EB42="","",'AMT-11'!EB42)</f>
         <v/>
       </c>
       <c r="AQ30" t="str">
         <f>IF('AMT-11'!EG42="","",'AMT-11'!EG42)</f>
         <v/>
       </c>
       <c r="AR30" t="str">
         <f>IF('AMT-11'!EL42="","",'AMT-11'!EL42)</f>
         <v/>
       </c>
+      <c r="AS30" t="str">
+        <f>IF('AMT-11'!CN42="","",'AMT-11'!CN42)</f>
+        <v/>
+      </c>
+      <c r="AT30" t="str">
+        <f>IF('AMT-11'!CP42="","",'AMT-11'!CP42)</f>
+        <v/>
+      </c>
+      <c r="AU30" t="str">
+        <f>IF('AMT-11'!DL42="","",'AMT-11'!DL42)</f>
+        <v/>
+      </c>
     </row>
-    <row r="31" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A31" s="36">
+    <row r="31" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A31" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B31" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B31" s="34"/>
       <c r="C31" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E31" s="36">
+        <v>70</v>
+      </c>
+      <c r="D31" s="34"/>
+      <c r="E31" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F31" t="str">
         <f>IF(H31="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G31" t="str">
         <f>IF(H31="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H31" t="str">
         <f>IF('AMT-11'!D43="","",'AMT-11'!D43)</f>
         <v/>
       </c>
       <c r="I31" t="str">
         <f>IF('AMT-11'!F43="","",'AMT-11'!F43)</f>
         <v/>
       </c>
       <c r="J31" t="str">
         <f>IF('AMT-11'!J43="","",'AMT-11'!J43)</f>
         <v/>
       </c>
       <c r="K31" t="str">
         <f>IF('AMT-11'!Q43="","",'AMT-11'!Q43)</f>
         <v/>
       </c>
@@ -42193,107 +42813,115 @@
       <c r="AB31" t="str">
         <f>IF('AMT-11'!BX43="","",'AMT-11'!BX43)</f>
         <v/>
       </c>
       <c r="AC31" t="str">
         <f>IF('AMT-11'!BZ43="","",'AMT-11'!BZ43)</f>
         <v/>
       </c>
       <c r="AD31" t="str">
         <f>IF('AMT-11'!CB43="","",'AMT-11'!CB43)</f>
         <v/>
       </c>
       <c r="AE31" t="str">
         <f>IF('AMT-11'!CD43="","",'AMT-11'!CD43)</f>
         <v/>
       </c>
       <c r="AF31" t="str">
         <f>IF('AMT-11'!CF43="","",'AMT-11'!CF43)</f>
         <v/>
       </c>
       <c r="AG31" t="str">
         <f>IF('AMT-11'!CJ43="","",'AMT-11'!CJ43)</f>
         <v/>
       </c>
       <c r="AH31" t="str">
-        <f>IF('AMT-11'!CN43="","",'AMT-11'!CN43)</f>
+        <f>IF('AMT-11'!$CN43="PCF","999999999999999",IF('AMT-11'!CR43="","",'AMT-11'!CR43))</f>
         <v/>
       </c>
       <c r="AI31" t="str">
-        <f>IF('AMT-11'!CS43="","",'AMT-11'!CS43)</f>
+        <f>IF('AMT-11'!$CP43="PCF","999999999999999",IF('AMT-11'!CW43="","",'AMT-11'!CW43))</f>
         <v/>
       </c>
       <c r="AJ31" t="str">
-        <f>IF('AMT-11'!CX43="","",'AMT-11'!CX43)</f>
+        <f>IF('AMT-11'!$CN43="PCF","999999999999999",IF('AMT-11'!DB43="","",'AMT-11'!DB43))</f>
         <v/>
       </c>
       <c r="AK31" t="str">
-        <f>IF('AMT-11'!DC43="","",'AMT-11'!DC43)</f>
+        <f>IF('AMT-11'!$CP43="PCF","999999999999999",IF('AMT-11'!DG43="","",'AMT-11'!DG43))</f>
         <v/>
       </c>
       <c r="AL31" t="str">
-        <f>IF('AMT-11'!DH43="","",'AMT-11'!DH43)</f>
+        <f>IF('AMT-11'!DM43="","",'AMT-11'!DM43)</f>
         <v/>
       </c>
       <c r="AM31" t="str">
-        <f>IF('AMT-11'!DM43="","",'AMT-11'!DM43)</f>
+        <f>IF('AMT-11'!DR43="","",'AMT-11'!DR43)</f>
         <v/>
       </c>
       <c r="AN31" t="str">
-        <f>IF('AMT-11'!DR43="","",'AMT-11'!DR43)</f>
-[...2 lines deleted...]
-      <c r="AO31" t="str">
         <f>IF('AMT-11'!DW43="","",'AMT-11'!DW43)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP31" t="str">
         <f>IF('AMT-11'!EB43="","",'AMT-11'!EB43)</f>
         <v/>
       </c>
       <c r="AQ31" t="str">
         <f>IF('AMT-11'!EG43="","",'AMT-11'!EG43)</f>
         <v/>
       </c>
       <c r="AR31" t="str">
         <f>IF('AMT-11'!EL43="","",'AMT-11'!EL43)</f>
         <v/>
       </c>
+      <c r="AS31" t="str">
+        <f>IF('AMT-11'!CN43="","",'AMT-11'!CN43)</f>
+        <v/>
+      </c>
+      <c r="AT31" t="str">
+        <f>IF('AMT-11'!CP43="","",'AMT-11'!CP43)</f>
+        <v/>
+      </c>
+      <c r="AU31" t="str">
+        <f>IF('AMT-11'!DL43="","",'AMT-11'!DL43)</f>
+        <v/>
+      </c>
     </row>
-    <row r="32" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A32" s="36">
+    <row r="32" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A32" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B32" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B32" s="34"/>
       <c r="C32" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E32" s="36">
+        <v>70</v>
+      </c>
+      <c r="D32" s="34"/>
+      <c r="E32" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F32" t="str">
         <f>IF(H32="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G32" t="str">
         <f>IF(H32="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H32" t="str">
         <f>IF('AMT-11'!D44="","",'AMT-11'!D44)</f>
         <v/>
       </c>
       <c r="I32" t="str">
         <f>IF('AMT-11'!F44="","",'AMT-11'!F44)</f>
         <v/>
       </c>
       <c r="J32" t="str">
         <f>IF('AMT-11'!J44="","",'AMT-11'!J44)</f>
         <v/>
       </c>
       <c r="K32" t="str">
         <f>IF('AMT-11'!Q44="","",'AMT-11'!Q44)</f>
         <v/>
       </c>
@@ -42364,107 +42992,115 @@
       <c r="AB32" t="str">
         <f>IF('AMT-11'!BX44="","",'AMT-11'!BX44)</f>
         <v/>
       </c>
       <c r="AC32" t="str">
         <f>IF('AMT-11'!BZ44="","",'AMT-11'!BZ44)</f>
         <v/>
       </c>
       <c r="AD32" t="str">
         <f>IF('AMT-11'!CB44="","",'AMT-11'!CB44)</f>
         <v/>
       </c>
       <c r="AE32" t="str">
         <f>IF('AMT-11'!CD44="","",'AMT-11'!CD44)</f>
         <v/>
       </c>
       <c r="AF32" t="str">
         <f>IF('AMT-11'!CF44="","",'AMT-11'!CF44)</f>
         <v/>
       </c>
       <c r="AG32" t="str">
         <f>IF('AMT-11'!CJ44="","",'AMT-11'!CJ44)</f>
         <v/>
       </c>
       <c r="AH32" t="str">
-        <f>IF('AMT-11'!CN44="","",'AMT-11'!CN44)</f>
+        <f>IF('AMT-11'!$CN44="PCF","999999999999999",IF('AMT-11'!CR44="","",'AMT-11'!CR44))</f>
         <v/>
       </c>
       <c r="AI32" t="str">
-        <f>IF('AMT-11'!CS44="","",'AMT-11'!CS44)</f>
+        <f>IF('AMT-11'!$CP44="PCF","999999999999999",IF('AMT-11'!CW44="","",'AMT-11'!CW44))</f>
         <v/>
       </c>
       <c r="AJ32" t="str">
-        <f>IF('AMT-11'!CX44="","",'AMT-11'!CX44)</f>
+        <f>IF('AMT-11'!$CN44="PCF","999999999999999",IF('AMT-11'!DB44="","",'AMT-11'!DB44))</f>
         <v/>
       </c>
       <c r="AK32" t="str">
-        <f>IF('AMT-11'!DC44="","",'AMT-11'!DC44)</f>
+        <f>IF('AMT-11'!$CP44="PCF","999999999999999",IF('AMT-11'!DG44="","",'AMT-11'!DG44))</f>
         <v/>
       </c>
       <c r="AL32" t="str">
-        <f>IF('AMT-11'!DH44="","",'AMT-11'!DH44)</f>
+        <f>IF('AMT-11'!DM44="","",'AMT-11'!DM44)</f>
         <v/>
       </c>
       <c r="AM32" t="str">
-        <f>IF('AMT-11'!DM44="","",'AMT-11'!DM44)</f>
+        <f>IF('AMT-11'!DR44="","",'AMT-11'!DR44)</f>
         <v/>
       </c>
       <c r="AN32" t="str">
-        <f>IF('AMT-11'!DR44="","",'AMT-11'!DR44)</f>
-[...2 lines deleted...]
-      <c r="AO32" t="str">
         <f>IF('AMT-11'!DW44="","",'AMT-11'!DW44)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP32" t="str">
         <f>IF('AMT-11'!EB44="","",'AMT-11'!EB44)</f>
         <v/>
       </c>
       <c r="AQ32" t="str">
         <f>IF('AMT-11'!EG44="","",'AMT-11'!EG44)</f>
         <v/>
       </c>
       <c r="AR32" t="str">
         <f>IF('AMT-11'!EL44="","",'AMT-11'!EL44)</f>
         <v/>
       </c>
+      <c r="AS32" t="str">
+        <f>IF('AMT-11'!CN44="","",'AMT-11'!CN44)</f>
+        <v/>
+      </c>
+      <c r="AT32" t="str">
+        <f>IF('AMT-11'!CP44="","",'AMT-11'!CP44)</f>
+        <v/>
+      </c>
+      <c r="AU32" t="str">
+        <f>IF('AMT-11'!DL44="","",'AMT-11'!DL44)</f>
+        <v/>
+      </c>
     </row>
-    <row r="33" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A33" s="36">
+    <row r="33" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A33" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B33" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B33" s="34"/>
       <c r="C33" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E33" s="36">
+        <v>70</v>
+      </c>
+      <c r="D33" s="34"/>
+      <c r="E33" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F33" t="str">
         <f>IF(H33="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G33" t="str">
         <f>IF(H33="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H33" t="str">
         <f>IF('AMT-11'!D45="","",'AMT-11'!D45)</f>
         <v/>
       </c>
       <c r="I33" t="str">
         <f>IF('AMT-11'!F45="","",'AMT-11'!F45)</f>
         <v/>
       </c>
       <c r="J33" t="str">
         <f>IF('AMT-11'!J45="","",'AMT-11'!J45)</f>
         <v/>
       </c>
       <c r="K33" t="str">
         <f>IF('AMT-11'!Q45="","",'AMT-11'!Q45)</f>
         <v/>
       </c>
@@ -42535,107 +43171,115 @@
       <c r="AB33" t="str">
         <f>IF('AMT-11'!BX45="","",'AMT-11'!BX45)</f>
         <v/>
       </c>
       <c r="AC33" t="str">
         <f>IF('AMT-11'!BZ45="","",'AMT-11'!BZ45)</f>
         <v/>
       </c>
       <c r="AD33" t="str">
         <f>IF('AMT-11'!CB45="","",'AMT-11'!CB45)</f>
         <v/>
       </c>
       <c r="AE33" t="str">
         <f>IF('AMT-11'!CD45="","",'AMT-11'!CD45)</f>
         <v/>
       </c>
       <c r="AF33" t="str">
         <f>IF('AMT-11'!CF45="","",'AMT-11'!CF45)</f>
         <v/>
       </c>
       <c r="AG33" t="str">
         <f>IF('AMT-11'!CJ45="","",'AMT-11'!CJ45)</f>
         <v/>
       </c>
       <c r="AH33" t="str">
-        <f>IF('AMT-11'!CN45="","",'AMT-11'!CN45)</f>
+        <f>IF('AMT-11'!$CN45="PCF","999999999999999",IF('AMT-11'!CR45="","",'AMT-11'!CR45))</f>
         <v/>
       </c>
       <c r="AI33" t="str">
-        <f>IF('AMT-11'!CS45="","",'AMT-11'!CS45)</f>
+        <f>IF('AMT-11'!$CP45="PCF","999999999999999",IF('AMT-11'!CW45="","",'AMT-11'!CW45))</f>
         <v/>
       </c>
       <c r="AJ33" t="str">
-        <f>IF('AMT-11'!CX45="","",'AMT-11'!CX45)</f>
+        <f>IF('AMT-11'!$CN45="PCF","999999999999999",IF('AMT-11'!DB45="","",'AMT-11'!DB45))</f>
         <v/>
       </c>
       <c r="AK33" t="str">
-        <f>IF('AMT-11'!DC45="","",'AMT-11'!DC45)</f>
+        <f>IF('AMT-11'!$CP45="PCF","999999999999999",IF('AMT-11'!DG45="","",'AMT-11'!DG45))</f>
         <v/>
       </c>
       <c r="AL33" t="str">
-        <f>IF('AMT-11'!DH45="","",'AMT-11'!DH45)</f>
+        <f>IF('AMT-11'!DM45="","",'AMT-11'!DM45)</f>
         <v/>
       </c>
       <c r="AM33" t="str">
-        <f>IF('AMT-11'!DM45="","",'AMT-11'!DM45)</f>
+        <f>IF('AMT-11'!DR45="","",'AMT-11'!DR45)</f>
         <v/>
       </c>
       <c r="AN33" t="str">
-        <f>IF('AMT-11'!DR45="","",'AMT-11'!DR45)</f>
-[...2 lines deleted...]
-      <c r="AO33" t="str">
         <f>IF('AMT-11'!DW45="","",'AMT-11'!DW45)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP33" t="str">
         <f>IF('AMT-11'!EB45="","",'AMT-11'!EB45)</f>
         <v/>
       </c>
       <c r="AQ33" t="str">
         <f>IF('AMT-11'!EG45="","",'AMT-11'!EG45)</f>
         <v/>
       </c>
       <c r="AR33" t="str">
         <f>IF('AMT-11'!EL45="","",'AMT-11'!EL45)</f>
         <v/>
       </c>
+      <c r="AS33" t="str">
+        <f>IF('AMT-11'!CN45="","",'AMT-11'!CN45)</f>
+        <v/>
+      </c>
+      <c r="AT33" t="str">
+        <f>IF('AMT-11'!CP45="","",'AMT-11'!CP45)</f>
+        <v/>
+      </c>
+      <c r="AU33" t="str">
+        <f>IF('AMT-11'!DL45="","",'AMT-11'!DL45)</f>
+        <v/>
+      </c>
     </row>
-    <row r="34" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A34" s="36">
+    <row r="34" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A34" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B34" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B34" s="34"/>
       <c r="C34" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E34" s="36">
+        <v>70</v>
+      </c>
+      <c r="D34" s="34"/>
+      <c r="E34" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F34" t="str">
         <f>IF(H34="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G34" t="str">
         <f>IF(H34="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H34" t="str">
         <f>IF('AMT-11'!D46="","",'AMT-11'!D46)</f>
         <v/>
       </c>
       <c r="I34" t="str">
         <f>IF('AMT-11'!F46="","",'AMT-11'!F46)</f>
         <v/>
       </c>
       <c r="J34" t="str">
         <f>IF('AMT-11'!J46="","",'AMT-11'!J46)</f>
         <v/>
       </c>
       <c r="K34" t="str">
         <f>IF('AMT-11'!Q46="","",'AMT-11'!Q46)</f>
         <v/>
       </c>
@@ -42706,107 +43350,115 @@
       <c r="AB34" t="str">
         <f>IF('AMT-11'!BX46="","",'AMT-11'!BX46)</f>
         <v/>
       </c>
       <c r="AC34" t="str">
         <f>IF('AMT-11'!BZ46="","",'AMT-11'!BZ46)</f>
         <v/>
       </c>
       <c r="AD34" t="str">
         <f>IF('AMT-11'!CB46="","",'AMT-11'!CB46)</f>
         <v/>
       </c>
       <c r="AE34" t="str">
         <f>IF('AMT-11'!CD46="","",'AMT-11'!CD46)</f>
         <v/>
       </c>
       <c r="AF34" t="str">
         <f>IF('AMT-11'!CF46="","",'AMT-11'!CF46)</f>
         <v/>
       </c>
       <c r="AG34" t="str">
         <f>IF('AMT-11'!CJ46="","",'AMT-11'!CJ46)</f>
         <v/>
       </c>
       <c r="AH34" t="str">
-        <f>IF('AMT-11'!CN46="","",'AMT-11'!CN46)</f>
+        <f>IF('AMT-11'!$CN46="PCF","999999999999999",IF('AMT-11'!CR46="","",'AMT-11'!CR46))</f>
         <v/>
       </c>
       <c r="AI34" t="str">
-        <f>IF('AMT-11'!CS46="","",'AMT-11'!CS46)</f>
+        <f>IF('AMT-11'!$CP46="PCF","999999999999999",IF('AMT-11'!CW46="","",'AMT-11'!CW46))</f>
         <v/>
       </c>
       <c r="AJ34" t="str">
-        <f>IF('AMT-11'!CX46="","",'AMT-11'!CX46)</f>
+        <f>IF('AMT-11'!$CN46="PCF","999999999999999",IF('AMT-11'!DB46="","",'AMT-11'!DB46))</f>
         <v/>
       </c>
       <c r="AK34" t="str">
-        <f>IF('AMT-11'!DC46="","",'AMT-11'!DC46)</f>
+        <f>IF('AMT-11'!$CP46="PCF","999999999999999",IF('AMT-11'!DG46="","",'AMT-11'!DG46))</f>
         <v/>
       </c>
       <c r="AL34" t="str">
-        <f>IF('AMT-11'!DH46="","",'AMT-11'!DH46)</f>
+        <f>IF('AMT-11'!DM46="","",'AMT-11'!DM46)</f>
         <v/>
       </c>
       <c r="AM34" t="str">
-        <f>IF('AMT-11'!DM46="","",'AMT-11'!DM46)</f>
+        <f>IF('AMT-11'!DR46="","",'AMT-11'!DR46)</f>
         <v/>
       </c>
       <c r="AN34" t="str">
-        <f>IF('AMT-11'!DR46="","",'AMT-11'!DR46)</f>
-[...2 lines deleted...]
-      <c r="AO34" t="str">
         <f>IF('AMT-11'!DW46="","",'AMT-11'!DW46)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP34" t="str">
         <f>IF('AMT-11'!EB46="","",'AMT-11'!EB46)</f>
         <v/>
       </c>
       <c r="AQ34" t="str">
         <f>IF('AMT-11'!EG46="","",'AMT-11'!EG46)</f>
         <v/>
       </c>
       <c r="AR34" t="str">
         <f>IF('AMT-11'!EL46="","",'AMT-11'!EL46)</f>
         <v/>
       </c>
+      <c r="AS34" t="str">
+        <f>IF('AMT-11'!CN46="","",'AMT-11'!CN46)</f>
+        <v/>
+      </c>
+      <c r="AT34" t="str">
+        <f>IF('AMT-11'!CP46="","",'AMT-11'!CP46)</f>
+        <v/>
+      </c>
+      <c r="AU34" t="str">
+        <f>IF('AMT-11'!DL46="","",'AMT-11'!DL46)</f>
+        <v/>
+      </c>
     </row>
-    <row r="35" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A35" s="36">
+    <row r="35" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A35" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B35" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B35" s="34"/>
       <c r="C35" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E35" s="36">
+        <v>70</v>
+      </c>
+      <c r="D35" s="34"/>
+      <c r="E35" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F35" t="str">
         <f>IF(H35="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G35" t="str">
         <f>IF(H35="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H35" t="str">
         <f>IF('AMT-11'!D47="","",'AMT-11'!D47)</f>
         <v/>
       </c>
       <c r="I35" t="str">
         <f>IF('AMT-11'!F47="","",'AMT-11'!F47)</f>
         <v/>
       </c>
       <c r="J35" t="str">
         <f>IF('AMT-11'!J47="","",'AMT-11'!J47)</f>
         <v/>
       </c>
       <c r="K35" t="str">
         <f>IF('AMT-11'!Q47="","",'AMT-11'!Q47)</f>
         <v/>
       </c>
@@ -42877,107 +43529,115 @@
       <c r="AB35" t="str">
         <f>IF('AMT-11'!BX47="","",'AMT-11'!BX47)</f>
         <v/>
       </c>
       <c r="AC35" t="str">
         <f>IF('AMT-11'!BZ47="","",'AMT-11'!BZ47)</f>
         <v/>
       </c>
       <c r="AD35" t="str">
         <f>IF('AMT-11'!CB47="","",'AMT-11'!CB47)</f>
         <v/>
       </c>
       <c r="AE35" t="str">
         <f>IF('AMT-11'!CD47="","",'AMT-11'!CD47)</f>
         <v/>
       </c>
       <c r="AF35" t="str">
         <f>IF('AMT-11'!CF47="","",'AMT-11'!CF47)</f>
         <v/>
       </c>
       <c r="AG35" t="str">
         <f>IF('AMT-11'!CJ47="","",'AMT-11'!CJ47)</f>
         <v/>
       </c>
       <c r="AH35" t="str">
-        <f>IF('AMT-11'!CN47="","",'AMT-11'!CN47)</f>
+        <f>IF('AMT-11'!$CN47="PCF","999999999999999",IF('AMT-11'!CR47="","",'AMT-11'!CR47))</f>
         <v/>
       </c>
       <c r="AI35" t="str">
-        <f>IF('AMT-11'!CS47="","",'AMT-11'!CS47)</f>
+        <f>IF('AMT-11'!$CP47="PCF","999999999999999",IF('AMT-11'!CW47="","",'AMT-11'!CW47))</f>
         <v/>
       </c>
       <c r="AJ35" t="str">
-        <f>IF('AMT-11'!CX47="","",'AMT-11'!CX47)</f>
+        <f>IF('AMT-11'!$CN47="PCF","999999999999999",IF('AMT-11'!DB47="","",'AMT-11'!DB47))</f>
         <v/>
       </c>
       <c r="AK35" t="str">
-        <f>IF('AMT-11'!DC47="","",'AMT-11'!DC47)</f>
+        <f>IF('AMT-11'!$CP47="PCF","999999999999999",IF('AMT-11'!DG47="","",'AMT-11'!DG47))</f>
         <v/>
       </c>
       <c r="AL35" t="str">
-        <f>IF('AMT-11'!DH47="","",'AMT-11'!DH47)</f>
+        <f>IF('AMT-11'!DM47="","",'AMT-11'!DM47)</f>
         <v/>
       </c>
       <c r="AM35" t="str">
-        <f>IF('AMT-11'!DM47="","",'AMT-11'!DM47)</f>
+        <f>IF('AMT-11'!DR47="","",'AMT-11'!DR47)</f>
         <v/>
       </c>
       <c r="AN35" t="str">
-        <f>IF('AMT-11'!DR47="","",'AMT-11'!DR47)</f>
-[...2 lines deleted...]
-      <c r="AO35" t="str">
         <f>IF('AMT-11'!DW47="","",'AMT-11'!DW47)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP35" t="str">
         <f>IF('AMT-11'!EB47="","",'AMT-11'!EB47)</f>
         <v/>
       </c>
       <c r="AQ35" t="str">
         <f>IF('AMT-11'!EG47="","",'AMT-11'!EG47)</f>
         <v/>
       </c>
       <c r="AR35" t="str">
         <f>IF('AMT-11'!EL47="","",'AMT-11'!EL47)</f>
         <v/>
       </c>
+      <c r="AS35" t="str">
+        <f>IF('AMT-11'!CN47="","",'AMT-11'!CN47)</f>
+        <v/>
+      </c>
+      <c r="AT35" t="str">
+        <f>IF('AMT-11'!CP47="","",'AMT-11'!CP47)</f>
+        <v/>
+      </c>
+      <c r="AU35" t="str">
+        <f>IF('AMT-11'!DL47="","",'AMT-11'!DL47)</f>
+        <v/>
+      </c>
     </row>
-    <row r="36" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A36" s="36">
+    <row r="36" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A36" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B36" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B36" s="34"/>
       <c r="C36" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E36" s="36">
+        <v>70</v>
+      </c>
+      <c r="D36" s="34"/>
+      <c r="E36" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F36" t="str">
         <f>IF(H36="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G36" t="str">
         <f>IF(H36="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H36" t="str">
         <f>IF('AMT-11'!D48="","",'AMT-11'!D48)</f>
         <v/>
       </c>
       <c r="I36" t="str">
         <f>IF('AMT-11'!F48="","",'AMT-11'!F48)</f>
         <v/>
       </c>
       <c r="J36" t="str">
         <f>IF('AMT-11'!J48="","",'AMT-11'!J48)</f>
         <v/>
       </c>
       <c r="K36" t="str">
         <f>IF('AMT-11'!Q48="","",'AMT-11'!Q48)</f>
         <v/>
       </c>
@@ -43048,107 +43708,115 @@
       <c r="AB36" t="str">
         <f>IF('AMT-11'!BX48="","",'AMT-11'!BX48)</f>
         <v/>
       </c>
       <c r="AC36" t="str">
         <f>IF('AMT-11'!BZ48="","",'AMT-11'!BZ48)</f>
         <v/>
       </c>
       <c r="AD36" t="str">
         <f>IF('AMT-11'!CB48="","",'AMT-11'!CB48)</f>
         <v/>
       </c>
       <c r="AE36" t="str">
         <f>IF('AMT-11'!CD48="","",'AMT-11'!CD48)</f>
         <v/>
       </c>
       <c r="AF36" t="str">
         <f>IF('AMT-11'!CF48="","",'AMT-11'!CF48)</f>
         <v/>
       </c>
       <c r="AG36" t="str">
         <f>IF('AMT-11'!CJ48="","",'AMT-11'!CJ48)</f>
         <v/>
       </c>
       <c r="AH36" t="str">
-        <f>IF('AMT-11'!CN48="","",'AMT-11'!CN48)</f>
+        <f>IF('AMT-11'!$CN48="PCF","999999999999999",IF('AMT-11'!CR48="","",'AMT-11'!CR48))</f>
         <v/>
       </c>
       <c r="AI36" t="str">
-        <f>IF('AMT-11'!CS48="","",'AMT-11'!CS48)</f>
+        <f>IF('AMT-11'!$CP48="PCF","999999999999999",IF('AMT-11'!CW48="","",'AMT-11'!CW48))</f>
         <v/>
       </c>
       <c r="AJ36" t="str">
-        <f>IF('AMT-11'!CX48="","",'AMT-11'!CX48)</f>
+        <f>IF('AMT-11'!$CN48="PCF","999999999999999",IF('AMT-11'!DB48="","",'AMT-11'!DB48))</f>
         <v/>
       </c>
       <c r="AK36" t="str">
-        <f>IF('AMT-11'!DC48="","",'AMT-11'!DC48)</f>
+        <f>IF('AMT-11'!$CP48="PCF","999999999999999",IF('AMT-11'!DG48="","",'AMT-11'!DG48))</f>
         <v/>
       </c>
       <c r="AL36" t="str">
-        <f>IF('AMT-11'!DH48="","",'AMT-11'!DH48)</f>
+        <f>IF('AMT-11'!DM48="","",'AMT-11'!DM48)</f>
         <v/>
       </c>
       <c r="AM36" t="str">
-        <f>IF('AMT-11'!DM48="","",'AMT-11'!DM48)</f>
+        <f>IF('AMT-11'!DR48="","",'AMT-11'!DR48)</f>
         <v/>
       </c>
       <c r="AN36" t="str">
-        <f>IF('AMT-11'!DR48="","",'AMT-11'!DR48)</f>
-[...2 lines deleted...]
-      <c r="AO36" t="str">
         <f>IF('AMT-11'!DW48="","",'AMT-11'!DW48)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP36" t="str">
         <f>IF('AMT-11'!EB48="","",'AMT-11'!EB48)</f>
         <v/>
       </c>
       <c r="AQ36" t="str">
         <f>IF('AMT-11'!EG48="","",'AMT-11'!EG48)</f>
         <v/>
       </c>
       <c r="AR36" t="str">
         <f>IF('AMT-11'!EL48="","",'AMT-11'!EL48)</f>
         <v/>
       </c>
+      <c r="AS36" t="str">
+        <f>IF('AMT-11'!CN48="","",'AMT-11'!CN48)</f>
+        <v/>
+      </c>
+      <c r="AT36" t="str">
+        <f>IF('AMT-11'!CP48="","",'AMT-11'!CP48)</f>
+        <v/>
+      </c>
+      <c r="AU36" t="str">
+        <f>IF('AMT-11'!DL48="","",'AMT-11'!DL48)</f>
+        <v/>
+      </c>
     </row>
-    <row r="37" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A37" s="36">
+    <row r="37" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A37" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B37" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B37" s="34"/>
       <c r="C37" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E37" s="36">
+        <v>70</v>
+      </c>
+      <c r="D37" s="34"/>
+      <c r="E37" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F37" t="str">
         <f>IF(H37="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G37" t="str">
         <f>IF(H37="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H37" t="str">
         <f>IF('AMT-11'!D49="","",'AMT-11'!D49)</f>
         <v/>
       </c>
       <c r="I37" t="str">
         <f>IF('AMT-11'!F49="","",'AMT-11'!F49)</f>
         <v/>
       </c>
       <c r="J37" t="str">
         <f>IF('AMT-11'!J49="","",'AMT-11'!J49)</f>
         <v/>
       </c>
       <c r="K37" t="str">
         <f>IF('AMT-11'!Q49="","",'AMT-11'!Q49)</f>
         <v/>
       </c>
@@ -43219,107 +43887,115 @@
       <c r="AB37" t="str">
         <f>IF('AMT-11'!BX49="","",'AMT-11'!BX49)</f>
         <v/>
       </c>
       <c r="AC37" t="str">
         <f>IF('AMT-11'!BZ49="","",'AMT-11'!BZ49)</f>
         <v/>
       </c>
       <c r="AD37" t="str">
         <f>IF('AMT-11'!CB49="","",'AMT-11'!CB49)</f>
         <v/>
       </c>
       <c r="AE37" t="str">
         <f>IF('AMT-11'!CD49="","",'AMT-11'!CD49)</f>
         <v/>
       </c>
       <c r="AF37" t="str">
         <f>IF('AMT-11'!CF49="","",'AMT-11'!CF49)</f>
         <v/>
       </c>
       <c r="AG37" t="str">
         <f>IF('AMT-11'!CJ49="","",'AMT-11'!CJ49)</f>
         <v/>
       </c>
       <c r="AH37" t="str">
-        <f>IF('AMT-11'!CN49="","",'AMT-11'!CN49)</f>
+        <f>IF('AMT-11'!$CN49="PCF","999999999999999",IF('AMT-11'!CR49="","",'AMT-11'!CR49))</f>
         <v/>
       </c>
       <c r="AI37" t="str">
-        <f>IF('AMT-11'!CS49="","",'AMT-11'!CS49)</f>
+        <f>IF('AMT-11'!$CP49="PCF","999999999999999",IF('AMT-11'!CW49="","",'AMT-11'!CW49))</f>
         <v/>
       </c>
       <c r="AJ37" t="str">
-        <f>IF('AMT-11'!CX49="","",'AMT-11'!CX49)</f>
+        <f>IF('AMT-11'!$CN49="PCF","999999999999999",IF('AMT-11'!DB49="","",'AMT-11'!DB49))</f>
         <v/>
       </c>
       <c r="AK37" t="str">
-        <f>IF('AMT-11'!DC49="","",'AMT-11'!DC49)</f>
+        <f>IF('AMT-11'!$CP49="PCF","999999999999999",IF('AMT-11'!DG49="","",'AMT-11'!DG49))</f>
         <v/>
       </c>
       <c r="AL37" t="str">
-        <f>IF('AMT-11'!DH49="","",'AMT-11'!DH49)</f>
+        <f>IF('AMT-11'!DM49="","",'AMT-11'!DM49)</f>
         <v/>
       </c>
       <c r="AM37" t="str">
-        <f>IF('AMT-11'!DM49="","",'AMT-11'!DM49)</f>
+        <f>IF('AMT-11'!DR49="","",'AMT-11'!DR49)</f>
         <v/>
       </c>
       <c r="AN37" t="str">
-        <f>IF('AMT-11'!DR49="","",'AMT-11'!DR49)</f>
-[...2 lines deleted...]
-      <c r="AO37" t="str">
         <f>IF('AMT-11'!DW49="","",'AMT-11'!DW49)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP37" t="str">
         <f>IF('AMT-11'!EB49="","",'AMT-11'!EB49)</f>
         <v/>
       </c>
       <c r="AQ37" t="str">
         <f>IF('AMT-11'!EG49="","",'AMT-11'!EG49)</f>
         <v/>
       </c>
       <c r="AR37" t="str">
         <f>IF('AMT-11'!EL49="","",'AMT-11'!EL49)</f>
         <v/>
       </c>
+      <c r="AS37" t="str">
+        <f>IF('AMT-11'!CN49="","",'AMT-11'!CN49)</f>
+        <v/>
+      </c>
+      <c r="AT37" t="str">
+        <f>IF('AMT-11'!CP49="","",'AMT-11'!CP49)</f>
+        <v/>
+      </c>
+      <c r="AU37" t="str">
+        <f>IF('AMT-11'!DL49="","",'AMT-11'!DL49)</f>
+        <v/>
+      </c>
     </row>
-    <row r="38" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A38" s="36">
+    <row r="38" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A38" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B38" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B38" s="34"/>
       <c r="C38" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E38" s="36">
+        <v>70</v>
+      </c>
+      <c r="D38" s="34"/>
+      <c r="E38" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F38" t="str">
         <f>IF(H38="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G38" t="str">
         <f>IF(H38="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H38" t="str">
         <f>IF('AMT-11'!D50="","",'AMT-11'!D50)</f>
         <v/>
       </c>
       <c r="I38" t="str">
         <f>IF('AMT-11'!F50="","",'AMT-11'!F50)</f>
         <v/>
       </c>
       <c r="J38" t="str">
         <f>IF('AMT-11'!J50="","",'AMT-11'!J50)</f>
         <v/>
       </c>
       <c r="K38" t="str">
         <f>IF('AMT-11'!Q50="","",'AMT-11'!Q50)</f>
         <v/>
       </c>
@@ -43390,107 +44066,115 @@
       <c r="AB38" t="str">
         <f>IF('AMT-11'!BX50="","",'AMT-11'!BX50)</f>
         <v/>
       </c>
       <c r="AC38" t="str">
         <f>IF('AMT-11'!BZ50="","",'AMT-11'!BZ50)</f>
         <v/>
       </c>
       <c r="AD38" t="str">
         <f>IF('AMT-11'!CB50="","",'AMT-11'!CB50)</f>
         <v/>
       </c>
       <c r="AE38" t="str">
         <f>IF('AMT-11'!CD50="","",'AMT-11'!CD50)</f>
         <v/>
       </c>
       <c r="AF38" t="str">
         <f>IF('AMT-11'!CF50="","",'AMT-11'!CF50)</f>
         <v/>
       </c>
       <c r="AG38" t="str">
         <f>IF('AMT-11'!CJ50="","",'AMT-11'!CJ50)</f>
         <v/>
       </c>
       <c r="AH38" t="str">
-        <f>IF('AMT-11'!CN50="","",'AMT-11'!CN50)</f>
+        <f>IF('AMT-11'!$CN50="PCF","999999999999999",IF('AMT-11'!CR50="","",'AMT-11'!CR50))</f>
         <v/>
       </c>
       <c r="AI38" t="str">
-        <f>IF('AMT-11'!CS50="","",'AMT-11'!CS50)</f>
+        <f>IF('AMT-11'!$CP50="PCF","999999999999999",IF('AMT-11'!CW50="","",'AMT-11'!CW50))</f>
         <v/>
       </c>
       <c r="AJ38" t="str">
-        <f>IF('AMT-11'!CX50="","",'AMT-11'!CX50)</f>
+        <f>IF('AMT-11'!$CN50="PCF","999999999999999",IF('AMT-11'!DB50="","",'AMT-11'!DB50))</f>
         <v/>
       </c>
       <c r="AK38" t="str">
-        <f>IF('AMT-11'!DC50="","",'AMT-11'!DC50)</f>
+        <f>IF('AMT-11'!$CP50="PCF","999999999999999",IF('AMT-11'!DG50="","",'AMT-11'!DG50))</f>
         <v/>
       </c>
       <c r="AL38" t="str">
-        <f>IF('AMT-11'!DH50="","",'AMT-11'!DH50)</f>
+        <f>IF('AMT-11'!DM50="","",'AMT-11'!DM50)</f>
         <v/>
       </c>
       <c r="AM38" t="str">
-        <f>IF('AMT-11'!DM50="","",'AMT-11'!DM50)</f>
+        <f>IF('AMT-11'!DR50="","",'AMT-11'!DR50)</f>
         <v/>
       </c>
       <c r="AN38" t="str">
-        <f>IF('AMT-11'!DR50="","",'AMT-11'!DR50)</f>
-[...2 lines deleted...]
-      <c r="AO38" t="str">
         <f>IF('AMT-11'!DW50="","",'AMT-11'!DW50)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP38" t="str">
         <f>IF('AMT-11'!EB50="","",'AMT-11'!EB50)</f>
         <v/>
       </c>
       <c r="AQ38" t="str">
         <f>IF('AMT-11'!EG50="","",'AMT-11'!EG50)</f>
         <v/>
       </c>
       <c r="AR38" t="str">
         <f>IF('AMT-11'!EL50="","",'AMT-11'!EL50)</f>
         <v/>
       </c>
+      <c r="AS38" t="str">
+        <f>IF('AMT-11'!CN50="","",'AMT-11'!CN50)</f>
+        <v/>
+      </c>
+      <c r="AT38" t="str">
+        <f>IF('AMT-11'!CP50="","",'AMT-11'!CP50)</f>
+        <v/>
+      </c>
+      <c r="AU38" t="str">
+        <f>IF('AMT-11'!DL50="","",'AMT-11'!DL50)</f>
+        <v/>
+      </c>
     </row>
-    <row r="39" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A39" s="36">
+    <row r="39" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A39" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B39" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B39" s="34"/>
       <c r="C39" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E39" s="36">
+        <v>70</v>
+      </c>
+      <c r="D39" s="34"/>
+      <c r="E39" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F39" t="str">
         <f>IF(H39="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G39" t="str">
         <f>IF(H39="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H39" t="str">
         <f>IF('AMT-11'!D51="","",'AMT-11'!D51)</f>
         <v/>
       </c>
       <c r="I39" t="str">
         <f>IF('AMT-11'!F51="","",'AMT-11'!F51)</f>
         <v/>
       </c>
       <c r="J39" t="str">
         <f>IF('AMT-11'!J51="","",'AMT-11'!J51)</f>
         <v/>
       </c>
       <c r="K39" t="str">
         <f>IF('AMT-11'!Q51="","",'AMT-11'!Q51)</f>
         <v/>
       </c>
@@ -43561,107 +44245,115 @@
       <c r="AB39" t="str">
         <f>IF('AMT-11'!BX51="","",'AMT-11'!BX51)</f>
         <v/>
       </c>
       <c r="AC39" t="str">
         <f>IF('AMT-11'!BZ51="","",'AMT-11'!BZ51)</f>
         <v/>
       </c>
       <c r="AD39" t="str">
         <f>IF('AMT-11'!CB51="","",'AMT-11'!CB51)</f>
         <v/>
       </c>
       <c r="AE39" t="str">
         <f>IF('AMT-11'!CD51="","",'AMT-11'!CD51)</f>
         <v/>
       </c>
       <c r="AF39" t="str">
         <f>IF('AMT-11'!CF51="","",'AMT-11'!CF51)</f>
         <v/>
       </c>
       <c r="AG39" t="str">
         <f>IF('AMT-11'!CJ51="","",'AMT-11'!CJ51)</f>
         <v/>
       </c>
       <c r="AH39" t="str">
-        <f>IF('AMT-11'!CN51="","",'AMT-11'!CN51)</f>
+        <f>IF('AMT-11'!$CN51="PCF","999999999999999",IF('AMT-11'!CR51="","",'AMT-11'!CR51))</f>
         <v/>
       </c>
       <c r="AI39" t="str">
-        <f>IF('AMT-11'!CS51="","",'AMT-11'!CS51)</f>
+        <f>IF('AMT-11'!$CP51="PCF","999999999999999",IF('AMT-11'!CW51="","",'AMT-11'!CW51))</f>
         <v/>
       </c>
       <c r="AJ39" t="str">
-        <f>IF('AMT-11'!CX51="","",'AMT-11'!CX51)</f>
+        <f>IF('AMT-11'!$CN51="PCF","999999999999999",IF('AMT-11'!DB51="","",'AMT-11'!DB51))</f>
         <v/>
       </c>
       <c r="AK39" t="str">
-        <f>IF('AMT-11'!DC51="","",'AMT-11'!DC51)</f>
+        <f>IF('AMT-11'!$CP51="PCF","999999999999999",IF('AMT-11'!DG51="","",'AMT-11'!DG51))</f>
         <v/>
       </c>
       <c r="AL39" t="str">
-        <f>IF('AMT-11'!DH51="","",'AMT-11'!DH51)</f>
+        <f>IF('AMT-11'!DM51="","",'AMT-11'!DM51)</f>
         <v/>
       </c>
       <c r="AM39" t="str">
-        <f>IF('AMT-11'!DM51="","",'AMT-11'!DM51)</f>
+        <f>IF('AMT-11'!DR51="","",'AMT-11'!DR51)</f>
         <v/>
       </c>
       <c r="AN39" t="str">
-        <f>IF('AMT-11'!DR51="","",'AMT-11'!DR51)</f>
-[...2 lines deleted...]
-      <c r="AO39" t="str">
         <f>IF('AMT-11'!DW51="","",'AMT-11'!DW51)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP39" t="str">
         <f>IF('AMT-11'!EB51="","",'AMT-11'!EB51)</f>
         <v/>
       </c>
       <c r="AQ39" t="str">
         <f>IF('AMT-11'!EG51="","",'AMT-11'!EG51)</f>
         <v/>
       </c>
       <c r="AR39" t="str">
         <f>IF('AMT-11'!EL51="","",'AMT-11'!EL51)</f>
         <v/>
       </c>
+      <c r="AS39" t="str">
+        <f>IF('AMT-11'!CN51="","",'AMT-11'!CN51)</f>
+        <v/>
+      </c>
+      <c r="AT39" t="str">
+        <f>IF('AMT-11'!CP51="","",'AMT-11'!CP51)</f>
+        <v/>
+      </c>
+      <c r="AU39" t="str">
+        <f>IF('AMT-11'!DL51="","",'AMT-11'!DL51)</f>
+        <v/>
+      </c>
     </row>
-    <row r="40" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A40" s="36">
+    <row r="40" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A40" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B40" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B40" s="34"/>
       <c r="C40" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E40" s="36">
+        <v>70</v>
+      </c>
+      <c r="D40" s="34"/>
+      <c r="E40" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F40" t="str">
         <f>IF(H40="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G40" t="str">
         <f>IF(H40="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H40" t="str">
         <f>IF('AMT-11'!D52="","",'AMT-11'!D52)</f>
         <v/>
       </c>
       <c r="I40" t="str">
         <f>IF('AMT-11'!F52="","",'AMT-11'!F52)</f>
         <v/>
       </c>
       <c r="J40" t="str">
         <f>IF('AMT-11'!J52="","",'AMT-11'!J52)</f>
         <v/>
       </c>
       <c r="K40" t="str">
         <f>IF('AMT-11'!Q52="","",'AMT-11'!Q52)</f>
         <v/>
       </c>
@@ -43732,107 +44424,115 @@
       <c r="AB40" t="str">
         <f>IF('AMT-11'!BX52="","",'AMT-11'!BX52)</f>
         <v/>
       </c>
       <c r="AC40" t="str">
         <f>IF('AMT-11'!BZ52="","",'AMT-11'!BZ52)</f>
         <v/>
       </c>
       <c r="AD40" t="str">
         <f>IF('AMT-11'!CB52="","",'AMT-11'!CB52)</f>
         <v/>
       </c>
       <c r="AE40" t="str">
         <f>IF('AMT-11'!CD52="","",'AMT-11'!CD52)</f>
         <v/>
       </c>
       <c r="AF40" t="str">
         <f>IF('AMT-11'!CF52="","",'AMT-11'!CF52)</f>
         <v/>
       </c>
       <c r="AG40" t="str">
         <f>IF('AMT-11'!CJ52="","",'AMT-11'!CJ52)</f>
         <v/>
       </c>
       <c r="AH40" t="str">
-        <f>IF('AMT-11'!CN52="","",'AMT-11'!CN52)</f>
+        <f>IF('AMT-11'!$CN52="PCF","999999999999999",IF('AMT-11'!CR52="","",'AMT-11'!CR52))</f>
         <v/>
       </c>
       <c r="AI40" t="str">
-        <f>IF('AMT-11'!CS52="","",'AMT-11'!CS52)</f>
+        <f>IF('AMT-11'!$CP52="PCF","999999999999999",IF('AMT-11'!CW52="","",'AMT-11'!CW52))</f>
         <v/>
       </c>
       <c r="AJ40" t="str">
-        <f>IF('AMT-11'!CX52="","",'AMT-11'!CX52)</f>
+        <f>IF('AMT-11'!$CN52="PCF","999999999999999",IF('AMT-11'!DB52="","",'AMT-11'!DB52))</f>
         <v/>
       </c>
       <c r="AK40" t="str">
-        <f>IF('AMT-11'!DC52="","",'AMT-11'!DC52)</f>
+        <f>IF('AMT-11'!$CP52="PCF","999999999999999",IF('AMT-11'!DG52="","",'AMT-11'!DG52))</f>
         <v/>
       </c>
       <c r="AL40" t="str">
-        <f>IF('AMT-11'!DH52="","",'AMT-11'!DH52)</f>
+        <f>IF('AMT-11'!DM52="","",'AMT-11'!DM52)</f>
         <v/>
       </c>
       <c r="AM40" t="str">
-        <f>IF('AMT-11'!DM52="","",'AMT-11'!DM52)</f>
+        <f>IF('AMT-11'!DR52="","",'AMT-11'!DR52)</f>
         <v/>
       </c>
       <c r="AN40" t="str">
-        <f>IF('AMT-11'!DR52="","",'AMT-11'!DR52)</f>
-[...2 lines deleted...]
-      <c r="AO40" t="str">
         <f>IF('AMT-11'!DW52="","",'AMT-11'!DW52)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP40" t="str">
         <f>IF('AMT-11'!EB52="","",'AMT-11'!EB52)</f>
         <v/>
       </c>
       <c r="AQ40" t="str">
         <f>IF('AMT-11'!EG52="","",'AMT-11'!EG52)</f>
         <v/>
       </c>
       <c r="AR40" t="str">
         <f>IF('AMT-11'!EL52="","",'AMT-11'!EL52)</f>
         <v/>
       </c>
+      <c r="AS40" t="str">
+        <f>IF('AMT-11'!CN52="","",'AMT-11'!CN52)</f>
+        <v/>
+      </c>
+      <c r="AT40" t="str">
+        <f>IF('AMT-11'!CP52="","",'AMT-11'!CP52)</f>
+        <v/>
+      </c>
+      <c r="AU40" t="str">
+        <f>IF('AMT-11'!DL52="","",'AMT-11'!DL52)</f>
+        <v/>
+      </c>
     </row>
-    <row r="41" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A41" s="36">
+    <row r="41" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A41" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B41" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B41" s="34"/>
       <c r="C41" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E41" s="36">
+        <v>70</v>
+      </c>
+      <c r="D41" s="34"/>
+      <c r="E41" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F41" t="str">
         <f>IF(H41="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G41" t="str">
         <f>IF(H41="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H41" t="str">
         <f>IF('AMT-11'!D53="","",'AMT-11'!D53)</f>
         <v/>
       </c>
       <c r="I41" t="str">
         <f>IF('AMT-11'!F53="","",'AMT-11'!F53)</f>
         <v/>
       </c>
       <c r="J41" t="str">
         <f>IF('AMT-11'!J53="","",'AMT-11'!J53)</f>
         <v/>
       </c>
       <c r="K41" t="str">
         <f>IF('AMT-11'!Q53="","",'AMT-11'!Q53)</f>
         <v/>
       </c>
@@ -43903,107 +44603,115 @@
       <c r="AB41" t="str">
         <f>IF('AMT-11'!BX53="","",'AMT-11'!BX53)</f>
         <v/>
       </c>
       <c r="AC41" t="str">
         <f>IF('AMT-11'!BZ53="","",'AMT-11'!BZ53)</f>
         <v/>
       </c>
       <c r="AD41" t="str">
         <f>IF('AMT-11'!CB53="","",'AMT-11'!CB53)</f>
         <v/>
       </c>
       <c r="AE41" t="str">
         <f>IF('AMT-11'!CD53="","",'AMT-11'!CD53)</f>
         <v/>
       </c>
       <c r="AF41" t="str">
         <f>IF('AMT-11'!CF53="","",'AMT-11'!CF53)</f>
         <v/>
       </c>
       <c r="AG41" t="str">
         <f>IF('AMT-11'!CJ53="","",'AMT-11'!CJ53)</f>
         <v/>
       </c>
       <c r="AH41" t="str">
-        <f>IF('AMT-11'!CN53="","",'AMT-11'!CN53)</f>
+        <f>IF('AMT-11'!$CN53="PCF","999999999999999",IF('AMT-11'!CR53="","",'AMT-11'!CR53))</f>
         <v/>
       </c>
       <c r="AI41" t="str">
-        <f>IF('AMT-11'!CS53="","",'AMT-11'!CS53)</f>
+        <f>IF('AMT-11'!$CP53="PCF","999999999999999",IF('AMT-11'!CW53="","",'AMT-11'!CW53))</f>
         <v/>
       </c>
       <c r="AJ41" t="str">
-        <f>IF('AMT-11'!CX53="","",'AMT-11'!CX53)</f>
+        <f>IF('AMT-11'!$CN53="PCF","999999999999999",IF('AMT-11'!DB53="","",'AMT-11'!DB53))</f>
         <v/>
       </c>
       <c r="AK41" t="str">
-        <f>IF('AMT-11'!DC53="","",'AMT-11'!DC53)</f>
+        <f>IF('AMT-11'!$CP53="PCF","999999999999999",IF('AMT-11'!DG53="","",'AMT-11'!DG53))</f>
         <v/>
       </c>
       <c r="AL41" t="str">
-        <f>IF('AMT-11'!DH53="","",'AMT-11'!DH53)</f>
+        <f>IF('AMT-11'!DM53="","",'AMT-11'!DM53)</f>
         <v/>
       </c>
       <c r="AM41" t="str">
-        <f>IF('AMT-11'!DM53="","",'AMT-11'!DM53)</f>
+        <f>IF('AMT-11'!DR53="","",'AMT-11'!DR53)</f>
         <v/>
       </c>
       <c r="AN41" t="str">
-        <f>IF('AMT-11'!DR53="","",'AMT-11'!DR53)</f>
-[...2 lines deleted...]
-      <c r="AO41" t="str">
         <f>IF('AMT-11'!DW53="","",'AMT-11'!DW53)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP41" t="str">
         <f>IF('AMT-11'!EB53="","",'AMT-11'!EB53)</f>
         <v/>
       </c>
       <c r="AQ41" t="str">
         <f>IF('AMT-11'!EG53="","",'AMT-11'!EG53)</f>
         <v/>
       </c>
       <c r="AR41" t="str">
         <f>IF('AMT-11'!EL53="","",'AMT-11'!EL53)</f>
         <v/>
       </c>
+      <c r="AS41" t="str">
+        <f>IF('AMT-11'!CN53="","",'AMT-11'!CN53)</f>
+        <v/>
+      </c>
+      <c r="AT41" t="str">
+        <f>IF('AMT-11'!CP53="","",'AMT-11'!CP53)</f>
+        <v/>
+      </c>
+      <c r="AU41" t="str">
+        <f>IF('AMT-11'!DL53="","",'AMT-11'!DL53)</f>
+        <v/>
+      </c>
     </row>
-    <row r="42" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A42" s="36">
+    <row r="42" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A42" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B42" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B42" s="34"/>
       <c r="C42" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E42" s="36">
+        <v>70</v>
+      </c>
+      <c r="D42" s="34"/>
+      <c r="E42" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F42" t="str">
         <f>IF(H42="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G42" t="str">
         <f>IF(H42="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H42" t="str">
         <f>IF('AMT-11'!D54="","",'AMT-11'!D54)</f>
         <v/>
       </c>
       <c r="I42" t="str">
         <f>IF('AMT-11'!F54="","",'AMT-11'!F54)</f>
         <v/>
       </c>
       <c r="J42" t="str">
         <f>IF('AMT-11'!J54="","",'AMT-11'!J54)</f>
         <v/>
       </c>
       <c r="K42" t="str">
         <f>IF('AMT-11'!Q54="","",'AMT-11'!Q54)</f>
         <v/>
       </c>
@@ -44074,107 +44782,115 @@
       <c r="AB42" t="str">
         <f>IF('AMT-11'!BX54="","",'AMT-11'!BX54)</f>
         <v/>
       </c>
       <c r="AC42" t="str">
         <f>IF('AMT-11'!BZ54="","",'AMT-11'!BZ54)</f>
         <v/>
       </c>
       <c r="AD42" t="str">
         <f>IF('AMT-11'!CB54="","",'AMT-11'!CB54)</f>
         <v/>
       </c>
       <c r="AE42" t="str">
         <f>IF('AMT-11'!CD54="","",'AMT-11'!CD54)</f>
         <v/>
       </c>
       <c r="AF42" t="str">
         <f>IF('AMT-11'!CF54="","",'AMT-11'!CF54)</f>
         <v/>
       </c>
       <c r="AG42" t="str">
         <f>IF('AMT-11'!CJ54="","",'AMT-11'!CJ54)</f>
         <v/>
       </c>
       <c r="AH42" t="str">
-        <f>IF('AMT-11'!CN54="","",'AMT-11'!CN54)</f>
+        <f>IF('AMT-11'!$CN54="PCF","999999999999999",IF('AMT-11'!CR54="","",'AMT-11'!CR54))</f>
         <v/>
       </c>
       <c r="AI42" t="str">
-        <f>IF('AMT-11'!CS54="","",'AMT-11'!CS54)</f>
+        <f>IF('AMT-11'!$CP54="PCF","999999999999999",IF('AMT-11'!CW54="","",'AMT-11'!CW54))</f>
         <v/>
       </c>
       <c r="AJ42" t="str">
-        <f>IF('AMT-11'!CX54="","",'AMT-11'!CX54)</f>
+        <f>IF('AMT-11'!$CN54="PCF","999999999999999",IF('AMT-11'!DB54="","",'AMT-11'!DB54))</f>
         <v/>
       </c>
       <c r="AK42" t="str">
-        <f>IF('AMT-11'!DC54="","",'AMT-11'!DC54)</f>
+        <f>IF('AMT-11'!$CP54="PCF","999999999999999",IF('AMT-11'!DG54="","",'AMT-11'!DG54))</f>
         <v/>
       </c>
       <c r="AL42" t="str">
-        <f>IF('AMT-11'!DH54="","",'AMT-11'!DH54)</f>
+        <f>IF('AMT-11'!DM54="","",'AMT-11'!DM54)</f>
         <v/>
       </c>
       <c r="AM42" t="str">
-        <f>IF('AMT-11'!DM54="","",'AMT-11'!DM54)</f>
+        <f>IF('AMT-11'!DR54="","",'AMT-11'!DR54)</f>
         <v/>
       </c>
       <c r="AN42" t="str">
-        <f>IF('AMT-11'!DR54="","",'AMT-11'!DR54)</f>
-[...2 lines deleted...]
-      <c r="AO42" t="str">
         <f>IF('AMT-11'!DW54="","",'AMT-11'!DW54)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP42" t="str">
         <f>IF('AMT-11'!EB54="","",'AMT-11'!EB54)</f>
         <v/>
       </c>
       <c r="AQ42" t="str">
         <f>IF('AMT-11'!EG54="","",'AMT-11'!EG54)</f>
         <v/>
       </c>
       <c r="AR42" t="str">
         <f>IF('AMT-11'!EL54="","",'AMT-11'!EL54)</f>
         <v/>
       </c>
+      <c r="AS42" t="str">
+        <f>IF('AMT-11'!CN54="","",'AMT-11'!CN54)</f>
+        <v/>
+      </c>
+      <c r="AT42" t="str">
+        <f>IF('AMT-11'!CP54="","",'AMT-11'!CP54)</f>
+        <v/>
+      </c>
+      <c r="AU42" t="str">
+        <f>IF('AMT-11'!DL54="","",'AMT-11'!DL54)</f>
+        <v/>
+      </c>
     </row>
-    <row r="43" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A43" s="36">
+    <row r="43" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A43" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B43" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B43" s="34"/>
       <c r="C43" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E43" s="36">
+        <v>70</v>
+      </c>
+      <c r="D43" s="34"/>
+      <c r="E43" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F43" t="str">
         <f>IF(H43="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G43" t="str">
         <f>IF(H43="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H43" t="str">
         <f>IF('AMT-11'!D55="","",'AMT-11'!D55)</f>
         <v/>
       </c>
       <c r="I43" t="str">
         <f>IF('AMT-11'!F55="","",'AMT-11'!F55)</f>
         <v/>
       </c>
       <c r="J43" t="str">
         <f>IF('AMT-11'!J55="","",'AMT-11'!J55)</f>
         <v/>
       </c>
       <c r="K43" t="str">
         <f>IF('AMT-11'!Q55="","",'AMT-11'!Q55)</f>
         <v/>
       </c>
@@ -44245,107 +44961,115 @@
       <c r="AB43" t="str">
         <f>IF('AMT-11'!BX55="","",'AMT-11'!BX55)</f>
         <v/>
       </c>
       <c r="AC43" t="str">
         <f>IF('AMT-11'!BZ55="","",'AMT-11'!BZ55)</f>
         <v/>
       </c>
       <c r="AD43" t="str">
         <f>IF('AMT-11'!CB55="","",'AMT-11'!CB55)</f>
         <v/>
       </c>
       <c r="AE43" t="str">
         <f>IF('AMT-11'!CD55="","",'AMT-11'!CD55)</f>
         <v/>
       </c>
       <c r="AF43" t="str">
         <f>IF('AMT-11'!CF55="","",'AMT-11'!CF55)</f>
         <v/>
       </c>
       <c r="AG43" t="str">
         <f>IF('AMT-11'!CJ55="","",'AMT-11'!CJ55)</f>
         <v/>
       </c>
       <c r="AH43" t="str">
-        <f>IF('AMT-11'!CN55="","",'AMT-11'!CN55)</f>
+        <f>IF('AMT-11'!$CN55="PCF","999999999999999",IF('AMT-11'!CR55="","",'AMT-11'!CR55))</f>
         <v/>
       </c>
       <c r="AI43" t="str">
-        <f>IF('AMT-11'!CS55="","",'AMT-11'!CS55)</f>
+        <f>IF('AMT-11'!$CP55="PCF","999999999999999",IF('AMT-11'!CW55="","",'AMT-11'!CW55))</f>
         <v/>
       </c>
       <c r="AJ43" t="str">
-        <f>IF('AMT-11'!CX55="","",'AMT-11'!CX55)</f>
+        <f>IF('AMT-11'!$CN55="PCF","999999999999999",IF('AMT-11'!DB55="","",'AMT-11'!DB55))</f>
         <v/>
       </c>
       <c r="AK43" t="str">
-        <f>IF('AMT-11'!DC55="","",'AMT-11'!DC55)</f>
+        <f>IF('AMT-11'!$CP55="PCF","999999999999999",IF('AMT-11'!DG55="","",'AMT-11'!DG55))</f>
         <v/>
       </c>
       <c r="AL43" t="str">
-        <f>IF('AMT-11'!DH55="","",'AMT-11'!DH55)</f>
+        <f>IF('AMT-11'!DM55="","",'AMT-11'!DM55)</f>
         <v/>
       </c>
       <c r="AM43" t="str">
-        <f>IF('AMT-11'!DM55="","",'AMT-11'!DM55)</f>
+        <f>IF('AMT-11'!DR55="","",'AMT-11'!DR55)</f>
         <v/>
       </c>
       <c r="AN43" t="str">
-        <f>IF('AMT-11'!DR55="","",'AMT-11'!DR55)</f>
-[...2 lines deleted...]
-      <c r="AO43" t="str">
         <f>IF('AMT-11'!DW55="","",'AMT-11'!DW55)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP43" t="str">
         <f>IF('AMT-11'!EB55="","",'AMT-11'!EB55)</f>
         <v/>
       </c>
       <c r="AQ43" t="str">
         <f>IF('AMT-11'!EG55="","",'AMT-11'!EG55)</f>
         <v/>
       </c>
       <c r="AR43" t="str">
         <f>IF('AMT-11'!EL55="","",'AMT-11'!EL55)</f>
         <v/>
       </c>
+      <c r="AS43" t="str">
+        <f>IF('AMT-11'!CN55="","",'AMT-11'!CN55)</f>
+        <v/>
+      </c>
+      <c r="AT43" t="str">
+        <f>IF('AMT-11'!CP55="","",'AMT-11'!CP55)</f>
+        <v/>
+      </c>
+      <c r="AU43" t="str">
+        <f>IF('AMT-11'!DL55="","",'AMT-11'!DL55)</f>
+        <v/>
+      </c>
     </row>
-    <row r="44" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A44" s="36">
+    <row r="44" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A44" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B44" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B44" s="34"/>
       <c r="C44" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E44" s="36">
+        <v>70</v>
+      </c>
+      <c r="D44" s="34"/>
+      <c r="E44" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F44" t="str">
         <f>IF(H44="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G44" t="str">
         <f>IF(H44="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H44" t="str">
         <f>IF('AMT-11'!D56="","",'AMT-11'!D56)</f>
         <v/>
       </c>
       <c r="I44" t="str">
         <f>IF('AMT-11'!F56="","",'AMT-11'!F56)</f>
         <v/>
       </c>
       <c r="J44" t="str">
         <f>IF('AMT-11'!J56="","",'AMT-11'!J56)</f>
         <v/>
       </c>
       <c r="K44" t="str">
         <f>IF('AMT-11'!Q56="","",'AMT-11'!Q56)</f>
         <v/>
       </c>
@@ -44416,107 +45140,115 @@
       <c r="AB44" t="str">
         <f>IF('AMT-11'!BX56="","",'AMT-11'!BX56)</f>
         <v/>
       </c>
       <c r="AC44" t="str">
         <f>IF('AMT-11'!BZ56="","",'AMT-11'!BZ56)</f>
         <v/>
       </c>
       <c r="AD44" t="str">
         <f>IF('AMT-11'!CB56="","",'AMT-11'!CB56)</f>
         <v/>
       </c>
       <c r="AE44" t="str">
         <f>IF('AMT-11'!CD56="","",'AMT-11'!CD56)</f>
         <v/>
       </c>
       <c r="AF44" t="str">
         <f>IF('AMT-11'!CF56="","",'AMT-11'!CF56)</f>
         <v/>
       </c>
       <c r="AG44" t="str">
         <f>IF('AMT-11'!CJ56="","",'AMT-11'!CJ56)</f>
         <v/>
       </c>
       <c r="AH44" t="str">
-        <f>IF('AMT-11'!CN56="","",'AMT-11'!CN56)</f>
+        <f>IF('AMT-11'!$CN56="PCF","999999999999999",IF('AMT-11'!CR56="","",'AMT-11'!CR56))</f>
         <v/>
       </c>
       <c r="AI44" t="str">
-        <f>IF('AMT-11'!CS56="","",'AMT-11'!CS56)</f>
+        <f>IF('AMT-11'!$CP56="PCF","999999999999999",IF('AMT-11'!CW56="","",'AMT-11'!CW56))</f>
         <v/>
       </c>
       <c r="AJ44" t="str">
-        <f>IF('AMT-11'!CX56="","",'AMT-11'!CX56)</f>
+        <f>IF('AMT-11'!$CN56="PCF","999999999999999",IF('AMT-11'!DB56="","",'AMT-11'!DB56))</f>
         <v/>
       </c>
       <c r="AK44" t="str">
-        <f>IF('AMT-11'!DC56="","",'AMT-11'!DC56)</f>
+        <f>IF('AMT-11'!$CP56="PCF","999999999999999",IF('AMT-11'!DG56="","",'AMT-11'!DG56))</f>
         <v/>
       </c>
       <c r="AL44" t="str">
-        <f>IF('AMT-11'!DH56="","",'AMT-11'!DH56)</f>
+        <f>IF('AMT-11'!DM56="","",'AMT-11'!DM56)</f>
         <v/>
       </c>
       <c r="AM44" t="str">
-        <f>IF('AMT-11'!DM56="","",'AMT-11'!DM56)</f>
+        <f>IF('AMT-11'!DR56="","",'AMT-11'!DR56)</f>
         <v/>
       </c>
       <c r="AN44" t="str">
-        <f>IF('AMT-11'!DR56="","",'AMT-11'!DR56)</f>
-[...2 lines deleted...]
-      <c r="AO44" t="str">
         <f>IF('AMT-11'!DW56="","",'AMT-11'!DW56)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP44" t="str">
         <f>IF('AMT-11'!EB56="","",'AMT-11'!EB56)</f>
         <v/>
       </c>
       <c r="AQ44" t="str">
         <f>IF('AMT-11'!EG56="","",'AMT-11'!EG56)</f>
         <v/>
       </c>
       <c r="AR44" t="str">
         <f>IF('AMT-11'!EL56="","",'AMT-11'!EL56)</f>
         <v/>
       </c>
+      <c r="AS44" t="str">
+        <f>IF('AMT-11'!CN56="","",'AMT-11'!CN56)</f>
+        <v/>
+      </c>
+      <c r="AT44" t="str">
+        <f>IF('AMT-11'!CP56="","",'AMT-11'!CP56)</f>
+        <v/>
+      </c>
+      <c r="AU44" t="str">
+        <f>IF('AMT-11'!DL56="","",'AMT-11'!DL56)</f>
+        <v/>
+      </c>
     </row>
-    <row r="45" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A45" s="36">
+    <row r="45" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A45" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B45" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B45" s="34"/>
       <c r="C45" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E45" s="36">
+        <v>70</v>
+      </c>
+      <c r="D45" s="34"/>
+      <c r="E45" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F45" t="str">
         <f>IF(H45="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G45" t="str">
         <f>IF(H45="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H45" t="str">
         <f>IF('AMT-11'!D57="","",'AMT-11'!D57)</f>
         <v/>
       </c>
       <c r="I45" t="str">
         <f>IF('AMT-11'!F57="","",'AMT-11'!F57)</f>
         <v/>
       </c>
       <c r="J45" t="str">
         <f>IF('AMT-11'!J57="","",'AMT-11'!J57)</f>
         <v/>
       </c>
       <c r="K45" t="str">
         <f>IF('AMT-11'!Q57="","",'AMT-11'!Q57)</f>
         <v/>
       </c>
@@ -44587,107 +45319,115 @@
       <c r="AB45" t="str">
         <f>IF('AMT-11'!BX57="","",'AMT-11'!BX57)</f>
         <v/>
       </c>
       <c r="AC45" t="str">
         <f>IF('AMT-11'!BZ57="","",'AMT-11'!BZ57)</f>
         <v/>
       </c>
       <c r="AD45" t="str">
         <f>IF('AMT-11'!CB57="","",'AMT-11'!CB57)</f>
         <v/>
       </c>
       <c r="AE45" t="str">
         <f>IF('AMT-11'!CD57="","",'AMT-11'!CD57)</f>
         <v/>
       </c>
       <c r="AF45" t="str">
         <f>IF('AMT-11'!CF57="","",'AMT-11'!CF57)</f>
         <v/>
       </c>
       <c r="AG45" t="str">
         <f>IF('AMT-11'!CJ57="","",'AMT-11'!CJ57)</f>
         <v/>
       </c>
       <c r="AH45" t="str">
-        <f>IF('AMT-11'!CN57="","",'AMT-11'!CN57)</f>
+        <f>IF('AMT-11'!$CN57="PCF","999999999999999",IF('AMT-11'!CR57="","",'AMT-11'!CR57))</f>
         <v/>
       </c>
       <c r="AI45" t="str">
-        <f>IF('AMT-11'!CS57="","",'AMT-11'!CS57)</f>
+        <f>IF('AMT-11'!$CP57="PCF","999999999999999",IF('AMT-11'!CW57="","",'AMT-11'!CW57))</f>
         <v/>
       </c>
       <c r="AJ45" t="str">
-        <f>IF('AMT-11'!CX57="","",'AMT-11'!CX57)</f>
+        <f>IF('AMT-11'!$CN57="PCF","999999999999999",IF('AMT-11'!DB57="","",'AMT-11'!DB57))</f>
         <v/>
       </c>
       <c r="AK45" t="str">
-        <f>IF('AMT-11'!DC57="","",'AMT-11'!DC57)</f>
+        <f>IF('AMT-11'!$CP57="PCF","999999999999999",IF('AMT-11'!DG57="","",'AMT-11'!DG57))</f>
         <v/>
       </c>
       <c r="AL45" t="str">
-        <f>IF('AMT-11'!DH57="","",'AMT-11'!DH57)</f>
+        <f>IF('AMT-11'!DM57="","",'AMT-11'!DM57)</f>
         <v/>
       </c>
       <c r="AM45" t="str">
-        <f>IF('AMT-11'!DM57="","",'AMT-11'!DM57)</f>
+        <f>IF('AMT-11'!DR57="","",'AMT-11'!DR57)</f>
         <v/>
       </c>
       <c r="AN45" t="str">
-        <f>IF('AMT-11'!DR57="","",'AMT-11'!DR57)</f>
-[...2 lines deleted...]
-      <c r="AO45" t="str">
         <f>IF('AMT-11'!DW57="","",'AMT-11'!DW57)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP45" t="str">
         <f>IF('AMT-11'!EB57="","",'AMT-11'!EB57)</f>
         <v/>
       </c>
       <c r="AQ45" t="str">
         <f>IF('AMT-11'!EG57="","",'AMT-11'!EG57)</f>
         <v/>
       </c>
       <c r="AR45" t="str">
         <f>IF('AMT-11'!EL57="","",'AMT-11'!EL57)</f>
         <v/>
       </c>
+      <c r="AS45" t="str">
+        <f>IF('AMT-11'!CN57="","",'AMT-11'!CN57)</f>
+        <v/>
+      </c>
+      <c r="AT45" t="str">
+        <f>IF('AMT-11'!CP57="","",'AMT-11'!CP57)</f>
+        <v/>
+      </c>
+      <c r="AU45" t="str">
+        <f>IF('AMT-11'!DL57="","",'AMT-11'!DL57)</f>
+        <v/>
+      </c>
     </row>
-    <row r="46" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A46" s="36">
+    <row r="46" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A46" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B46" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B46" s="34"/>
       <c r="C46" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E46" s="36">
+        <v>70</v>
+      </c>
+      <c r="D46" s="34"/>
+      <c r="E46" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F46" t="str">
         <f>IF(H46="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G46" t="str">
         <f>IF(H46="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H46" t="str">
         <f>IF('AMT-11'!D58="","",'AMT-11'!D58)</f>
         <v/>
       </c>
       <c r="I46" t="str">
         <f>IF('AMT-11'!F58="","",'AMT-11'!F58)</f>
         <v/>
       </c>
       <c r="J46" t="str">
         <f>IF('AMT-11'!J58="","",'AMT-11'!J58)</f>
         <v/>
       </c>
       <c r="K46" t="str">
         <f>IF('AMT-11'!Q58="","",'AMT-11'!Q58)</f>
         <v/>
       </c>
@@ -44758,107 +45498,115 @@
       <c r="AB46" t="str">
         <f>IF('AMT-11'!BX58="","",'AMT-11'!BX58)</f>
         <v/>
       </c>
       <c r="AC46" t="str">
         <f>IF('AMT-11'!BZ58="","",'AMT-11'!BZ58)</f>
         <v/>
       </c>
       <c r="AD46" t="str">
         <f>IF('AMT-11'!CB58="","",'AMT-11'!CB58)</f>
         <v/>
       </c>
       <c r="AE46" t="str">
         <f>IF('AMT-11'!CD58="","",'AMT-11'!CD58)</f>
         <v/>
       </c>
       <c r="AF46" t="str">
         <f>IF('AMT-11'!CF58="","",'AMT-11'!CF58)</f>
         <v/>
       </c>
       <c r="AG46" t="str">
         <f>IF('AMT-11'!CJ58="","",'AMT-11'!CJ58)</f>
         <v/>
       </c>
       <c r="AH46" t="str">
-        <f>IF('AMT-11'!CN58="","",'AMT-11'!CN58)</f>
+        <f>IF('AMT-11'!$CN58="PCF","999999999999999",IF('AMT-11'!CR58="","",'AMT-11'!CR58))</f>
         <v/>
       </c>
       <c r="AI46" t="str">
-        <f>IF('AMT-11'!CS58="","",'AMT-11'!CS58)</f>
+        <f>IF('AMT-11'!$CP58="PCF","999999999999999",IF('AMT-11'!CW58="","",'AMT-11'!CW58))</f>
         <v/>
       </c>
       <c r="AJ46" t="str">
-        <f>IF('AMT-11'!CX58="","",'AMT-11'!CX58)</f>
+        <f>IF('AMT-11'!$CN58="PCF","999999999999999",IF('AMT-11'!DB58="","",'AMT-11'!DB58))</f>
         <v/>
       </c>
       <c r="AK46" t="str">
-        <f>IF('AMT-11'!DC58="","",'AMT-11'!DC58)</f>
+        <f>IF('AMT-11'!$CP58="PCF","999999999999999",IF('AMT-11'!DG58="","",'AMT-11'!DG58))</f>
         <v/>
       </c>
       <c r="AL46" t="str">
-        <f>IF('AMT-11'!DH58="","",'AMT-11'!DH58)</f>
+        <f>IF('AMT-11'!DM58="","",'AMT-11'!DM58)</f>
         <v/>
       </c>
       <c r="AM46" t="str">
-        <f>IF('AMT-11'!DM58="","",'AMT-11'!DM58)</f>
+        <f>IF('AMT-11'!DR58="","",'AMT-11'!DR58)</f>
         <v/>
       </c>
       <c r="AN46" t="str">
-        <f>IF('AMT-11'!DR58="","",'AMT-11'!DR58)</f>
-[...2 lines deleted...]
-      <c r="AO46" t="str">
         <f>IF('AMT-11'!DW58="","",'AMT-11'!DW58)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP46" t="str">
         <f>IF('AMT-11'!EB58="","",'AMT-11'!EB58)</f>
         <v/>
       </c>
       <c r="AQ46" t="str">
         <f>IF('AMT-11'!EG58="","",'AMT-11'!EG58)</f>
         <v/>
       </c>
       <c r="AR46" t="str">
         <f>IF('AMT-11'!EL58="","",'AMT-11'!EL58)</f>
         <v/>
       </c>
+      <c r="AS46" t="str">
+        <f>IF('AMT-11'!CN58="","",'AMT-11'!CN58)</f>
+        <v/>
+      </c>
+      <c r="AT46" t="str">
+        <f>IF('AMT-11'!CP58="","",'AMT-11'!CP58)</f>
+        <v/>
+      </c>
+      <c r="AU46" t="str">
+        <f>IF('AMT-11'!DL58="","",'AMT-11'!DL58)</f>
+        <v/>
+      </c>
     </row>
-    <row r="47" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A47" s="36">
+    <row r="47" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A47" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B47" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B47" s="34"/>
       <c r="C47" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E47" s="36">
+        <v>70</v>
+      </c>
+      <c r="D47" s="34"/>
+      <c r="E47" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F47" t="str">
         <f>IF(H47="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G47" t="str">
         <f>IF(H47="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H47" t="str">
         <f>IF('AMT-11'!D59="","",'AMT-11'!D59)</f>
         <v/>
       </c>
       <c r="I47" t="str">
         <f>IF('AMT-11'!F59="","",'AMT-11'!F59)</f>
         <v/>
       </c>
       <c r="J47" t="str">
         <f>IF('AMT-11'!J59="","",'AMT-11'!J59)</f>
         <v/>
       </c>
       <c r="K47" t="str">
         <f>IF('AMT-11'!Q59="","",'AMT-11'!Q59)</f>
         <v/>
       </c>
@@ -44929,107 +45677,115 @@
       <c r="AB47" t="str">
         <f>IF('AMT-11'!BX59="","",'AMT-11'!BX59)</f>
         <v/>
       </c>
       <c r="AC47" t="str">
         <f>IF('AMT-11'!BZ59="","",'AMT-11'!BZ59)</f>
         <v/>
       </c>
       <c r="AD47" t="str">
         <f>IF('AMT-11'!CB59="","",'AMT-11'!CB59)</f>
         <v/>
       </c>
       <c r="AE47" t="str">
         <f>IF('AMT-11'!CD59="","",'AMT-11'!CD59)</f>
         <v/>
       </c>
       <c r="AF47" t="str">
         <f>IF('AMT-11'!CF59="","",'AMT-11'!CF59)</f>
         <v/>
       </c>
       <c r="AG47" t="str">
         <f>IF('AMT-11'!CJ59="","",'AMT-11'!CJ59)</f>
         <v/>
       </c>
       <c r="AH47" t="str">
-        <f>IF('AMT-11'!CN59="","",'AMT-11'!CN59)</f>
+        <f>IF('AMT-11'!$CN59="PCF","999999999999999",IF('AMT-11'!CR59="","",'AMT-11'!CR59))</f>
         <v/>
       </c>
       <c r="AI47" t="str">
-        <f>IF('AMT-11'!CS59="","",'AMT-11'!CS59)</f>
+        <f>IF('AMT-11'!$CP59="PCF","999999999999999",IF('AMT-11'!CW59="","",'AMT-11'!CW59))</f>
         <v/>
       </c>
       <c r="AJ47" t="str">
-        <f>IF('AMT-11'!CX59="","",'AMT-11'!CX59)</f>
+        <f>IF('AMT-11'!$CN59="PCF","999999999999999",IF('AMT-11'!DB59="","",'AMT-11'!DB59))</f>
         <v/>
       </c>
       <c r="AK47" t="str">
-        <f>IF('AMT-11'!DC59="","",'AMT-11'!DC59)</f>
+        <f>IF('AMT-11'!$CP59="PCF","999999999999999",IF('AMT-11'!DG59="","",'AMT-11'!DG59))</f>
         <v/>
       </c>
       <c r="AL47" t="str">
-        <f>IF('AMT-11'!DH59="","",'AMT-11'!DH59)</f>
+        <f>IF('AMT-11'!DM59="","",'AMT-11'!DM59)</f>
         <v/>
       </c>
       <c r="AM47" t="str">
-        <f>IF('AMT-11'!DM59="","",'AMT-11'!DM59)</f>
+        <f>IF('AMT-11'!DR59="","",'AMT-11'!DR59)</f>
         <v/>
       </c>
       <c r="AN47" t="str">
-        <f>IF('AMT-11'!DR59="","",'AMT-11'!DR59)</f>
-[...2 lines deleted...]
-      <c r="AO47" t="str">
         <f>IF('AMT-11'!DW59="","",'AMT-11'!DW59)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP47" t="str">
         <f>IF('AMT-11'!EB59="","",'AMT-11'!EB59)</f>
         <v/>
       </c>
       <c r="AQ47" t="str">
         <f>IF('AMT-11'!EG59="","",'AMT-11'!EG59)</f>
         <v/>
       </c>
       <c r="AR47" t="str">
         <f>IF('AMT-11'!EL59="","",'AMT-11'!EL59)</f>
         <v/>
       </c>
+      <c r="AS47" t="str">
+        <f>IF('AMT-11'!CN59="","",'AMT-11'!CN59)</f>
+        <v/>
+      </c>
+      <c r="AT47" t="str">
+        <f>IF('AMT-11'!CP59="","",'AMT-11'!CP59)</f>
+        <v/>
+      </c>
+      <c r="AU47" t="str">
+        <f>IF('AMT-11'!DL59="","",'AMT-11'!DL59)</f>
+        <v/>
+      </c>
     </row>
-    <row r="48" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A48" s="36">
+    <row r="48" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A48" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B48" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B48" s="34"/>
       <c r="C48" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E48" s="36">
+        <v>70</v>
+      </c>
+      <c r="D48" s="34"/>
+      <c r="E48" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F48" t="str">
         <f>IF(H48="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G48" t="str">
         <f>IF(H48="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H48" t="str">
         <f>IF('AMT-11'!D60="","",'AMT-11'!D60)</f>
         <v/>
       </c>
       <c r="I48" t="str">
         <f>IF('AMT-11'!F60="","",'AMT-11'!F60)</f>
         <v/>
       </c>
       <c r="J48" t="str">
         <f>IF('AMT-11'!J60="","",'AMT-11'!J60)</f>
         <v/>
       </c>
       <c r="K48" t="str">
         <f>IF('AMT-11'!Q60="","",'AMT-11'!Q60)</f>
         <v/>
       </c>
@@ -45100,107 +45856,115 @@
       <c r="AB48" t="str">
         <f>IF('AMT-11'!BX60="","",'AMT-11'!BX60)</f>
         <v/>
       </c>
       <c r="AC48" t="str">
         <f>IF('AMT-11'!BZ60="","",'AMT-11'!BZ60)</f>
         <v/>
       </c>
       <c r="AD48" t="str">
         <f>IF('AMT-11'!CB60="","",'AMT-11'!CB60)</f>
         <v/>
       </c>
       <c r="AE48" t="str">
         <f>IF('AMT-11'!CD60="","",'AMT-11'!CD60)</f>
         <v/>
       </c>
       <c r="AF48" t="str">
         <f>IF('AMT-11'!CF60="","",'AMT-11'!CF60)</f>
         <v/>
       </c>
       <c r="AG48" t="str">
         <f>IF('AMT-11'!CJ60="","",'AMT-11'!CJ60)</f>
         <v/>
       </c>
       <c r="AH48" t="str">
-        <f>IF('AMT-11'!CN60="","",'AMT-11'!CN60)</f>
+        <f>IF('AMT-11'!$CN60="PCF","999999999999999",IF('AMT-11'!CR60="","",'AMT-11'!CR60))</f>
         <v/>
       </c>
       <c r="AI48" t="str">
-        <f>IF('AMT-11'!CS60="","",'AMT-11'!CS60)</f>
+        <f>IF('AMT-11'!$CP60="PCF","999999999999999",IF('AMT-11'!CW60="","",'AMT-11'!CW60))</f>
         <v/>
       </c>
       <c r="AJ48" t="str">
-        <f>IF('AMT-11'!CX60="","",'AMT-11'!CX60)</f>
+        <f>IF('AMT-11'!$CN60="PCF","999999999999999",IF('AMT-11'!DB60="","",'AMT-11'!DB60))</f>
         <v/>
       </c>
       <c r="AK48" t="str">
-        <f>IF('AMT-11'!DC60="","",'AMT-11'!DC60)</f>
+        <f>IF('AMT-11'!$CP60="PCF","999999999999999",IF('AMT-11'!DG60="","",'AMT-11'!DG60))</f>
         <v/>
       </c>
       <c r="AL48" t="str">
-        <f>IF('AMT-11'!DH60="","",'AMT-11'!DH60)</f>
+        <f>IF('AMT-11'!DM60="","",'AMT-11'!DM60)</f>
         <v/>
       </c>
       <c r="AM48" t="str">
-        <f>IF('AMT-11'!DM60="","",'AMT-11'!DM60)</f>
+        <f>IF('AMT-11'!DR60="","",'AMT-11'!DR60)</f>
         <v/>
       </c>
       <c r="AN48" t="str">
-        <f>IF('AMT-11'!DR60="","",'AMT-11'!DR60)</f>
-[...2 lines deleted...]
-      <c r="AO48" t="str">
         <f>IF('AMT-11'!DW60="","",'AMT-11'!DW60)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP48" t="str">
         <f>IF('AMT-11'!EB60="","",'AMT-11'!EB60)</f>
         <v/>
       </c>
       <c r="AQ48" t="str">
         <f>IF('AMT-11'!EG60="","",'AMT-11'!EG60)</f>
         <v/>
       </c>
       <c r="AR48" t="str">
         <f>IF('AMT-11'!EL60="","",'AMT-11'!EL60)</f>
         <v/>
       </c>
+      <c r="AS48" t="str">
+        <f>IF('AMT-11'!CN60="","",'AMT-11'!CN60)</f>
+        <v/>
+      </c>
+      <c r="AT48" t="str">
+        <f>IF('AMT-11'!CP60="","",'AMT-11'!CP60)</f>
+        <v/>
+      </c>
+      <c r="AU48" t="str">
+        <f>IF('AMT-11'!DL60="","",'AMT-11'!DL60)</f>
+        <v/>
+      </c>
     </row>
-    <row r="49" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A49" s="36">
+    <row r="49" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A49" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B49" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B49" s="34"/>
       <c r="C49" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E49" s="36">
+        <v>70</v>
+      </c>
+      <c r="D49" s="34"/>
+      <c r="E49" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F49" t="str">
         <f>IF(H49="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G49" t="str">
         <f>IF(H49="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H49" t="str">
         <f>IF('AMT-11'!D61="","",'AMT-11'!D61)</f>
         <v/>
       </c>
       <c r="I49" t="str">
         <f>IF('AMT-11'!F61="","",'AMT-11'!F61)</f>
         <v/>
       </c>
       <c r="J49" t="str">
         <f>IF('AMT-11'!J61="","",'AMT-11'!J61)</f>
         <v/>
       </c>
       <c r="K49" t="str">
         <f>IF('AMT-11'!Q61="","",'AMT-11'!Q61)</f>
         <v/>
       </c>
@@ -45271,107 +46035,115 @@
       <c r="AB49" t="str">
         <f>IF('AMT-11'!BX61="","",'AMT-11'!BX61)</f>
         <v/>
       </c>
       <c r="AC49" t="str">
         <f>IF('AMT-11'!BZ61="","",'AMT-11'!BZ61)</f>
         <v/>
       </c>
       <c r="AD49" t="str">
         <f>IF('AMT-11'!CB61="","",'AMT-11'!CB61)</f>
         <v/>
       </c>
       <c r="AE49" t="str">
         <f>IF('AMT-11'!CD61="","",'AMT-11'!CD61)</f>
         <v/>
       </c>
       <c r="AF49" t="str">
         <f>IF('AMT-11'!CF61="","",'AMT-11'!CF61)</f>
         <v/>
       </c>
       <c r="AG49" t="str">
         <f>IF('AMT-11'!CJ61="","",'AMT-11'!CJ61)</f>
         <v/>
       </c>
       <c r="AH49" t="str">
-        <f>IF('AMT-11'!CN61="","",'AMT-11'!CN61)</f>
+        <f>IF('AMT-11'!$CN61="PCF","999999999999999",IF('AMT-11'!CR61="","",'AMT-11'!CR61))</f>
         <v/>
       </c>
       <c r="AI49" t="str">
-        <f>IF('AMT-11'!CS61="","",'AMT-11'!CS61)</f>
+        <f>IF('AMT-11'!$CP61="PCF","999999999999999",IF('AMT-11'!CW61="","",'AMT-11'!CW61))</f>
         <v/>
       </c>
       <c r="AJ49" t="str">
-        <f>IF('AMT-11'!CX61="","",'AMT-11'!CX61)</f>
+        <f>IF('AMT-11'!$CN61="PCF","999999999999999",IF('AMT-11'!DB61="","",'AMT-11'!DB61))</f>
         <v/>
       </c>
       <c r="AK49" t="str">
-        <f>IF('AMT-11'!DC61="","",'AMT-11'!DC61)</f>
+        <f>IF('AMT-11'!$CP61="PCF","999999999999999",IF('AMT-11'!DG61="","",'AMT-11'!DG61))</f>
         <v/>
       </c>
       <c r="AL49" t="str">
-        <f>IF('AMT-11'!DH61="","",'AMT-11'!DH61)</f>
+        <f>IF('AMT-11'!DM61="","",'AMT-11'!DM61)</f>
         <v/>
       </c>
       <c r="AM49" t="str">
-        <f>IF('AMT-11'!DM61="","",'AMT-11'!DM61)</f>
+        <f>IF('AMT-11'!DR61="","",'AMT-11'!DR61)</f>
         <v/>
       </c>
       <c r="AN49" t="str">
-        <f>IF('AMT-11'!DR61="","",'AMT-11'!DR61)</f>
-[...2 lines deleted...]
-      <c r="AO49" t="str">
         <f>IF('AMT-11'!DW61="","",'AMT-11'!DW61)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP49" t="str">
         <f>IF('AMT-11'!EB61="","",'AMT-11'!EB61)</f>
         <v/>
       </c>
       <c r="AQ49" t="str">
         <f>IF('AMT-11'!EG61="","",'AMT-11'!EG61)</f>
         <v/>
       </c>
       <c r="AR49" t="str">
         <f>IF('AMT-11'!EL61="","",'AMT-11'!EL61)</f>
         <v/>
       </c>
+      <c r="AS49" t="str">
+        <f>IF('AMT-11'!CN61="","",'AMT-11'!CN61)</f>
+        <v/>
+      </c>
+      <c r="AT49" t="str">
+        <f>IF('AMT-11'!CP61="","",'AMT-11'!CP61)</f>
+        <v/>
+      </c>
+      <c r="AU49" t="str">
+        <f>IF('AMT-11'!DL61="","",'AMT-11'!DL61)</f>
+        <v/>
+      </c>
     </row>
-    <row r="50" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A50" s="36">
+    <row r="50" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A50" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B50" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B50" s="34"/>
       <c r="C50" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E50" s="36">
+        <v>70</v>
+      </c>
+      <c r="D50" s="34"/>
+      <c r="E50" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F50" t="str">
         <f>IF(H50="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G50" t="str">
         <f>IF(H50="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H50" t="str">
         <f>IF('AMT-11'!D62="","",'AMT-11'!D62)</f>
         <v/>
       </c>
       <c r="I50" t="str">
         <f>IF('AMT-11'!F62="","",'AMT-11'!F62)</f>
         <v/>
       </c>
       <c r="J50" t="str">
         <f>IF('AMT-11'!J62="","",'AMT-11'!J62)</f>
         <v/>
       </c>
       <c r="K50" t="str">
         <f>IF('AMT-11'!Q62="","",'AMT-11'!Q62)</f>
         <v/>
       </c>
@@ -45442,107 +46214,115 @@
       <c r="AB50" t="str">
         <f>IF('AMT-11'!BX62="","",'AMT-11'!BX62)</f>
         <v/>
       </c>
       <c r="AC50" t="str">
         <f>IF('AMT-11'!BZ62="","",'AMT-11'!BZ62)</f>
         <v/>
       </c>
       <c r="AD50" t="str">
         <f>IF('AMT-11'!CB62="","",'AMT-11'!CB62)</f>
         <v/>
       </c>
       <c r="AE50" t="str">
         <f>IF('AMT-11'!CD62="","",'AMT-11'!CD62)</f>
         <v/>
       </c>
       <c r="AF50" t="str">
         <f>IF('AMT-11'!CF62="","",'AMT-11'!CF62)</f>
         <v/>
       </c>
       <c r="AG50" t="str">
         <f>IF('AMT-11'!CJ62="","",'AMT-11'!CJ62)</f>
         <v/>
       </c>
       <c r="AH50" t="str">
-        <f>IF('AMT-11'!CN62="","",'AMT-11'!CN62)</f>
+        <f>IF('AMT-11'!$CN62="PCF","999999999999999",IF('AMT-11'!CR62="","",'AMT-11'!CR62))</f>
         <v/>
       </c>
       <c r="AI50" t="str">
-        <f>IF('AMT-11'!CS62="","",'AMT-11'!CS62)</f>
+        <f>IF('AMT-11'!$CP62="PCF","999999999999999",IF('AMT-11'!CW62="","",'AMT-11'!CW62))</f>
         <v/>
       </c>
       <c r="AJ50" t="str">
-        <f>IF('AMT-11'!CX62="","",'AMT-11'!CX62)</f>
+        <f>IF('AMT-11'!$CN62="PCF","999999999999999",IF('AMT-11'!DB62="","",'AMT-11'!DB62))</f>
         <v/>
       </c>
       <c r="AK50" t="str">
-        <f>IF('AMT-11'!DC62="","",'AMT-11'!DC62)</f>
+        <f>IF('AMT-11'!$CP62="PCF","999999999999999",IF('AMT-11'!DG62="","",'AMT-11'!DG62))</f>
         <v/>
       </c>
       <c r="AL50" t="str">
-        <f>IF('AMT-11'!DH62="","",'AMT-11'!DH62)</f>
+        <f>IF('AMT-11'!DM62="","",'AMT-11'!DM62)</f>
         <v/>
       </c>
       <c r="AM50" t="str">
-        <f>IF('AMT-11'!DM62="","",'AMT-11'!DM62)</f>
+        <f>IF('AMT-11'!DR62="","",'AMT-11'!DR62)</f>
         <v/>
       </c>
       <c r="AN50" t="str">
-        <f>IF('AMT-11'!DR62="","",'AMT-11'!DR62)</f>
-[...2 lines deleted...]
-      <c r="AO50" t="str">
         <f>IF('AMT-11'!DW62="","",'AMT-11'!DW62)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP50" t="str">
         <f>IF('AMT-11'!EB62="","",'AMT-11'!EB62)</f>
         <v/>
       </c>
       <c r="AQ50" t="str">
         <f>IF('AMT-11'!EG62="","",'AMT-11'!EG62)</f>
         <v/>
       </c>
       <c r="AR50" t="str">
         <f>IF('AMT-11'!EL62="","",'AMT-11'!EL62)</f>
         <v/>
       </c>
+      <c r="AS50" t="str">
+        <f>IF('AMT-11'!CN62="","",'AMT-11'!CN62)</f>
+        <v/>
+      </c>
+      <c r="AT50" t="str">
+        <f>IF('AMT-11'!CP62="","",'AMT-11'!CP62)</f>
+        <v/>
+      </c>
+      <c r="AU50" t="str">
+        <f>IF('AMT-11'!DL62="","",'AMT-11'!DL62)</f>
+        <v/>
+      </c>
     </row>
-    <row r="51" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A51" s="36">
+    <row r="51" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A51" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B51" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B51" s="34"/>
       <c r="C51" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E51" s="36">
+        <v>70</v>
+      </c>
+      <c r="D51" s="34"/>
+      <c r="E51" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F51" t="str">
         <f>IF(H51="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G51" t="str">
         <f>IF(H51="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H51" t="str">
         <f>IF('AMT-11'!D63="","",'AMT-11'!D63)</f>
         <v/>
       </c>
       <c r="I51" t="str">
         <f>IF('AMT-11'!F63="","",'AMT-11'!F63)</f>
         <v/>
       </c>
       <c r="J51" t="str">
         <f>IF('AMT-11'!J63="","",'AMT-11'!J63)</f>
         <v/>
       </c>
       <c r="K51" t="str">
         <f>IF('AMT-11'!Q63="","",'AMT-11'!Q63)</f>
         <v/>
       </c>
@@ -45613,107 +46393,115 @@
       <c r="AB51" t="str">
         <f>IF('AMT-11'!BX63="","",'AMT-11'!BX63)</f>
         <v/>
       </c>
       <c r="AC51" t="str">
         <f>IF('AMT-11'!BZ63="","",'AMT-11'!BZ63)</f>
         <v/>
       </c>
       <c r="AD51" t="str">
         <f>IF('AMT-11'!CB63="","",'AMT-11'!CB63)</f>
         <v/>
       </c>
       <c r="AE51" t="str">
         <f>IF('AMT-11'!CD63="","",'AMT-11'!CD63)</f>
         <v/>
       </c>
       <c r="AF51" t="str">
         <f>IF('AMT-11'!CF63="","",'AMT-11'!CF63)</f>
         <v/>
       </c>
       <c r="AG51" t="str">
         <f>IF('AMT-11'!CJ63="","",'AMT-11'!CJ63)</f>
         <v/>
       </c>
       <c r="AH51" t="str">
-        <f>IF('AMT-11'!CN63="","",'AMT-11'!CN63)</f>
+        <f>IF('AMT-11'!$CN63="PCF","999999999999999",IF('AMT-11'!CR63="","",'AMT-11'!CR63))</f>
         <v/>
       </c>
       <c r="AI51" t="str">
-        <f>IF('AMT-11'!CS63="","",'AMT-11'!CS63)</f>
+        <f>IF('AMT-11'!$CP63="PCF","999999999999999",IF('AMT-11'!CW63="","",'AMT-11'!CW63))</f>
         <v/>
       </c>
       <c r="AJ51" t="str">
-        <f>IF('AMT-11'!CX63="","",'AMT-11'!CX63)</f>
+        <f>IF('AMT-11'!$CN63="PCF","999999999999999",IF('AMT-11'!DB63="","",'AMT-11'!DB63))</f>
         <v/>
       </c>
       <c r="AK51" t="str">
-        <f>IF('AMT-11'!DC63="","",'AMT-11'!DC63)</f>
+        <f>IF('AMT-11'!$CP63="PCF","999999999999999",IF('AMT-11'!DG63="","",'AMT-11'!DG63))</f>
         <v/>
       </c>
       <c r="AL51" t="str">
-        <f>IF('AMT-11'!DH63="","",'AMT-11'!DH63)</f>
+        <f>IF('AMT-11'!DM63="","",'AMT-11'!DM63)</f>
         <v/>
       </c>
       <c r="AM51" t="str">
-        <f>IF('AMT-11'!DM63="","",'AMT-11'!DM63)</f>
+        <f>IF('AMT-11'!DR63="","",'AMT-11'!DR63)</f>
         <v/>
       </c>
       <c r="AN51" t="str">
-        <f>IF('AMT-11'!DR63="","",'AMT-11'!DR63)</f>
-[...2 lines deleted...]
-      <c r="AO51" t="str">
         <f>IF('AMT-11'!DW63="","",'AMT-11'!DW63)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP51" t="str">
         <f>IF('AMT-11'!EB63="","",'AMT-11'!EB63)</f>
         <v/>
       </c>
       <c r="AQ51" t="str">
         <f>IF('AMT-11'!EG63="","",'AMT-11'!EG63)</f>
         <v/>
       </c>
       <c r="AR51" t="str">
         <f>IF('AMT-11'!EL63="","",'AMT-11'!EL63)</f>
         <v/>
       </c>
+      <c r="AS51" t="str">
+        <f>IF('AMT-11'!CN63="","",'AMT-11'!CN63)</f>
+        <v/>
+      </c>
+      <c r="AT51" t="str">
+        <f>IF('AMT-11'!CP63="","",'AMT-11'!CP63)</f>
+        <v/>
+      </c>
+      <c r="AU51" t="str">
+        <f>IF('AMT-11'!DL63="","",'AMT-11'!DL63)</f>
+        <v/>
+      </c>
     </row>
-    <row r="52" spans="1:44" x14ac:dyDescent="0.2">
-      <c r="A52" s="36">
+    <row r="52" spans="1:47" x14ac:dyDescent="0.2">
+      <c r="A52" s="40">
         <f t="shared" ca="1" si="0"/>
-        <v>45959</v>
-[...1 lines deleted...]
-      <c r="B52" s="35"/>
+        <v>46051</v>
+      </c>
+      <c r="B52" s="34"/>
       <c r="C52" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="E52" s="36">
+        <v>70</v>
+      </c>
+      <c r="D52" s="34"/>
+      <c r="E52" s="40">
         <f t="shared" ca="1" si="1"/>
-        <v>45959</v>
+        <v>46051</v>
       </c>
       <c r="F52" t="str">
         <f>IF(H52="","",'AMT-11'!$M$6)</f>
         <v/>
       </c>
       <c r="G52" t="str">
         <f>IF(H52="","",'AMT-11'!$AN$6)</f>
         <v/>
       </c>
       <c r="H52" t="str">
         <f>IF('AMT-11'!D64="","",'AMT-11'!D64)</f>
         <v/>
       </c>
       <c r="I52" t="str">
         <f>IF('AMT-11'!F64="","",'AMT-11'!F64)</f>
         <v/>
       </c>
       <c r="J52" t="str">
         <f>IF('AMT-11'!J64="","",'AMT-11'!J64)</f>
         <v/>
       </c>
       <c r="K52" t="str">
         <f>IF('AMT-11'!Q64="","",'AMT-11'!Q64)</f>
         <v/>
       </c>
@@ -45784,865 +46572,869 @@
       <c r="AB52" t="str">
         <f>IF('AMT-11'!BX64="","",'AMT-11'!BX64)</f>
         <v/>
       </c>
       <c r="AC52" t="str">
         <f>IF('AMT-11'!BZ64="","",'AMT-11'!BZ64)</f>
         <v/>
       </c>
       <c r="AD52" t="str">
         <f>IF('AMT-11'!CB64="","",'AMT-11'!CB64)</f>
         <v/>
       </c>
       <c r="AE52" t="str">
         <f>IF('AMT-11'!CD64="","",'AMT-11'!CD64)</f>
         <v/>
       </c>
       <c r="AF52" t="str">
         <f>IF('AMT-11'!CF64="","",'AMT-11'!CF64)</f>
         <v/>
       </c>
       <c r="AG52" t="str">
         <f>IF('AMT-11'!CJ64="","",'AMT-11'!CJ64)</f>
         <v/>
       </c>
       <c r="AH52" t="str">
-        <f>IF('AMT-11'!CN64="","",'AMT-11'!CN64)</f>
+        <f>IF('AMT-11'!$CN64="PCF","999999999999999",IF('AMT-11'!CR64="","",'AMT-11'!CR64))</f>
         <v/>
       </c>
       <c r="AI52" t="str">
-        <f>IF('AMT-11'!CS64="","",'AMT-11'!CS64)</f>
+        <f>IF('AMT-11'!$CP64="PCF","999999999999999",IF('AMT-11'!CW64="","",'AMT-11'!CW64))</f>
         <v/>
       </c>
       <c r="AJ52" t="str">
-        <f>IF('AMT-11'!CX64="","",'AMT-11'!CX64)</f>
+        <f>IF('AMT-11'!$CN64="PCF","999999999999999",IF('AMT-11'!DB64="","",'AMT-11'!DB64))</f>
         <v/>
       </c>
       <c r="AK52" t="str">
-        <f>IF('AMT-11'!DC64="","",'AMT-11'!DC64)</f>
+        <f>IF('AMT-11'!$CP64="PCF","999999999999999",IF('AMT-11'!DG64="","",'AMT-11'!DG64))</f>
         <v/>
       </c>
       <c r="AL52" t="str">
-        <f>IF('AMT-11'!DH64="","",'AMT-11'!DH64)</f>
+        <f>IF('AMT-11'!DM64="","",'AMT-11'!DM64)</f>
         <v/>
       </c>
       <c r="AM52" t="str">
-        <f>IF('AMT-11'!DM64="","",'AMT-11'!DM64)</f>
+        <f>IF('AMT-11'!DR64="","",'AMT-11'!DR64)</f>
         <v/>
       </c>
       <c r="AN52" t="str">
-        <f>IF('AMT-11'!DR64="","",'AMT-11'!DR64)</f>
-[...2 lines deleted...]
-      <c r="AO52" t="str">
         <f>IF('AMT-11'!DW64="","",'AMT-11'!DW64)</f>
-        <v>稼働前は記載不要</v>
+        <v/>
       </c>
       <c r="AP52" t="str">
         <f>IF('AMT-11'!EB64="","",'AMT-11'!EB64)</f>
         <v/>
       </c>
       <c r="AQ52" t="str">
         <f>IF('AMT-11'!EG64="","",'AMT-11'!EG64)</f>
         <v/>
       </c>
       <c r="AR52" t="str">
         <f>IF('AMT-11'!EL64="","",'AMT-11'!EL64)</f>
         <v/>
       </c>
+      <c r="AS52" t="str">
+        <f>IF('AMT-11'!CN64="","",'AMT-11'!CN64)</f>
+        <v/>
+      </c>
+      <c r="AT52" t="str">
+        <f>IF('AMT-11'!CP64="","",'AMT-11'!CP64)</f>
+        <v/>
+      </c>
+      <c r="AU52" t="str">
+        <f>IF('AMT-11'!DL64="","",'AMT-11'!DL64)</f>
+        <v/>
+      </c>
     </row>
-    <row r="53" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E53" s="40"/>
+    <row r="53" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="41"/>
+      <c r="E53" s="42"/>
     </row>
-    <row r="54" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E54" s="40"/>
+    <row r="54" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="41"/>
+      <c r="E54" s="42"/>
     </row>
-    <row r="55" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E55" s="40"/>
+    <row r="55" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="41"/>
+      <c r="E55" s="42"/>
     </row>
-    <row r="56" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E56" s="40"/>
+    <row r="56" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="41"/>
+      <c r="E56" s="42"/>
     </row>
-    <row r="57" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E57" s="40"/>
+    <row r="57" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="41"/>
+      <c r="E57" s="42"/>
     </row>
-    <row r="58" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E58" s="40"/>
+    <row r="58" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="41"/>
+      <c r="E58" s="42"/>
     </row>
-    <row r="59" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E59" s="40"/>
+    <row r="59" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="41"/>
+      <c r="E59" s="42"/>
     </row>
-    <row r="60" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E60" s="40"/>
+    <row r="60" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="41"/>
+      <c r="E60" s="42"/>
     </row>
-    <row r="61" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E61" s="40"/>
+    <row r="61" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="41"/>
+      <c r="E61" s="42"/>
     </row>
-    <row r="62" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E62" s="40"/>
+    <row r="62" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="41"/>
+      <c r="E62" s="42"/>
     </row>
-    <row r="63" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E63" s="40"/>
+    <row r="63" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="41"/>
+      <c r="E63" s="42"/>
     </row>
-    <row r="64" spans="1:44" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E64" s="40"/>
+    <row r="64" spans="1:47" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="41"/>
+      <c r="E64" s="42"/>
     </row>
-    <row r="65" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E65" s="40"/>
+    <row r="65" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="41"/>
+      <c r="E65" s="42"/>
     </row>
-    <row r="66" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E66" s="40"/>
+    <row r="66" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="41"/>
+      <c r="E66" s="42"/>
     </row>
-    <row r="67" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E67" s="40"/>
+    <row r="67" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="41"/>
+      <c r="E67" s="42"/>
     </row>
-    <row r="68" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E68" s="40"/>
+    <row r="68" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="41"/>
+      <c r="E68" s="42"/>
     </row>
-    <row r="69" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E69" s="40"/>
+    <row r="69" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="41"/>
+      <c r="E69" s="42"/>
     </row>
-    <row r="70" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E70" s="40"/>
+    <row r="70" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="41"/>
+      <c r="E70" s="42"/>
     </row>
-    <row r="71" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E71" s="40"/>
+    <row r="71" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="41"/>
+      <c r="E71" s="42"/>
     </row>
-    <row r="72" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E72" s="40"/>
+    <row r="72" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="41"/>
+      <c r="E72" s="42"/>
     </row>
-    <row r="73" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E73" s="40"/>
+    <row r="73" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="41"/>
+      <c r="E73" s="42"/>
     </row>
-    <row r="74" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E74" s="40"/>
+    <row r="74" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="41"/>
+      <c r="E74" s="42"/>
     </row>
-    <row r="75" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E75" s="40"/>
+    <row r="75" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="41"/>
+      <c r="E75" s="42"/>
     </row>
-    <row r="76" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E76" s="40"/>
+    <row r="76" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="41"/>
+      <c r="E76" s="42"/>
     </row>
-    <row r="77" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E77" s="40"/>
+    <row r="77" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="41"/>
+      <c r="E77" s="42"/>
     </row>
-    <row r="78" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E78" s="40"/>
+    <row r="78" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="41"/>
+      <c r="E78" s="42"/>
     </row>
-    <row r="79" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E79" s="40"/>
+    <row r="79" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="41"/>
+      <c r="E79" s="42"/>
     </row>
-    <row r="80" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E80" s="40"/>
+    <row r="80" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="41"/>
+      <c r="E80" s="42"/>
     </row>
-    <row r="81" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E81" s="40"/>
+    <row r="81" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="41"/>
+      <c r="E81" s="42"/>
     </row>
-    <row r="82" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E82" s="40"/>
+    <row r="82" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="41"/>
+      <c r="E82" s="42"/>
     </row>
-    <row r="83" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E83" s="40"/>
+    <row r="83" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="41"/>
+      <c r="E83" s="42"/>
     </row>
-    <row r="84" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E84" s="40"/>
+    <row r="84" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="41"/>
+      <c r="E84" s="42"/>
     </row>
-    <row r="85" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E85" s="40"/>
+    <row r="85" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="41"/>
+      <c r="E85" s="42"/>
     </row>
-    <row r="86" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E86" s="40"/>
+    <row r="86" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="41"/>
+      <c r="E86" s="42"/>
     </row>
-    <row r="87" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E87" s="40"/>
+    <row r="87" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="41"/>
+      <c r="E87" s="42"/>
     </row>
-    <row r="88" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E88" s="40"/>
+    <row r="88" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="41"/>
+      <c r="E88" s="42"/>
     </row>
-    <row r="89" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E89" s="40"/>
+    <row r="89" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="41"/>
+      <c r="E89" s="42"/>
     </row>
-    <row r="90" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E90" s="40"/>
+    <row r="90" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="41"/>
+      <c r="E90" s="42"/>
     </row>
-    <row r="91" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E91" s="40"/>
+    <row r="91" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="41"/>
+      <c r="E91" s="42"/>
     </row>
-    <row r="92" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E92" s="40"/>
+    <row r="92" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="41"/>
+      <c r="E92" s="42"/>
     </row>
-    <row r="93" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E93" s="40"/>
+    <row r="93" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="41"/>
+      <c r="E93" s="42"/>
     </row>
-    <row r="94" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E94" s="40"/>
+    <row r="94" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="41"/>
+      <c r="E94" s="42"/>
     </row>
-    <row r="95" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E95" s="40"/>
+    <row r="95" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="41"/>
+      <c r="E95" s="42"/>
     </row>
-    <row r="96" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E96" s="40"/>
+    <row r="96" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="41"/>
+      <c r="E96" s="42"/>
     </row>
-    <row r="97" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E97" s="40"/>
+    <row r="97" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="41"/>
+      <c r="E97" s="42"/>
     </row>
-    <row r="98" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E98" s="40"/>
+    <row r="98" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="41"/>
+      <c r="E98" s="42"/>
     </row>
-    <row r="99" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E99" s="40"/>
+    <row r="99" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="41"/>
+      <c r="E99" s="42"/>
     </row>
-    <row r="100" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E100" s="40"/>
+    <row r="100" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="41"/>
+      <c r="E100" s="42"/>
     </row>
-    <row r="101" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E101" s="40"/>
+    <row r="101" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="41"/>
+      <c r="E101" s="42"/>
     </row>
-    <row r="102" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E102" s="40"/>
+    <row r="102" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="41"/>
+      <c r="E102" s="42"/>
     </row>
-    <row r="103" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E103" s="40"/>
+    <row r="103" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="41"/>
+      <c r="E103" s="42"/>
     </row>
-    <row r="104" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E104" s="40"/>
+    <row r="104" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="41"/>
+      <c r="E104" s="42"/>
     </row>
-    <row r="105" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E105" s="40"/>
+    <row r="105" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="41"/>
+      <c r="E105" s="42"/>
     </row>
-    <row r="106" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E106" s="40"/>
+    <row r="106" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="41"/>
+      <c r="E106" s="42"/>
     </row>
-    <row r="107" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E107" s="40"/>
+    <row r="107" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="41"/>
+      <c r="E107" s="42"/>
     </row>
-    <row r="108" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E108" s="40"/>
+    <row r="108" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="41"/>
+      <c r="E108" s="42"/>
     </row>
-    <row r="109" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E109" s="40"/>
+    <row r="109" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="41"/>
+      <c r="E109" s="42"/>
     </row>
-    <row r="110" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E110" s="40"/>
+    <row r="110" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="41"/>
+      <c r="E110" s="42"/>
     </row>
-    <row r="111" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E111" s="40"/>
+    <row r="111" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="41"/>
+      <c r="E111" s="42"/>
     </row>
-    <row r="112" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E112" s="40"/>
+    <row r="112" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="41"/>
+      <c r="E112" s="42"/>
     </row>
-    <row r="113" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E113" s="40"/>
+    <row r="113" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="41"/>
+      <c r="E113" s="42"/>
     </row>
-    <row r="114" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E114" s="40"/>
+    <row r="114" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="41"/>
+      <c r="E114" s="42"/>
     </row>
-    <row r="115" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E115" s="40"/>
+    <row r="115" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="41"/>
+      <c r="E115" s="42"/>
     </row>
-    <row r="116" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E116" s="40"/>
+    <row r="116" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="41"/>
+      <c r="E116" s="42"/>
     </row>
-    <row r="117" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E117" s="40"/>
+    <row r="117" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="41"/>
+      <c r="E117" s="42"/>
     </row>
-    <row r="118" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E118" s="40"/>
+    <row r="118" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="41"/>
+      <c r="E118" s="42"/>
     </row>
-    <row r="119" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E119" s="40"/>
+    <row r="119" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="41"/>
+      <c r="E119" s="42"/>
     </row>
-    <row r="120" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E120" s="40"/>
+    <row r="120" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="41"/>
+      <c r="E120" s="42"/>
     </row>
-    <row r="121" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E121" s="40"/>
+    <row r="121" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="41"/>
+      <c r="E121" s="42"/>
     </row>
-    <row r="122" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E122" s="40"/>
+    <row r="122" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="41"/>
+      <c r="E122" s="42"/>
     </row>
-    <row r="123" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E123" s="40"/>
+    <row r="123" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="41"/>
+      <c r="E123" s="42"/>
     </row>
-    <row r="124" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E124" s="40"/>
+    <row r="124" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="41"/>
+      <c r="E124" s="42"/>
     </row>
-    <row r="125" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E125" s="40"/>
+    <row r="125" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="41"/>
+      <c r="E125" s="42"/>
     </row>
-    <row r="126" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E126" s="40"/>
+    <row r="126" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="41"/>
+      <c r="E126" s="42"/>
     </row>
-    <row r="127" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E127" s="40"/>
+    <row r="127" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="41"/>
+      <c r="E127" s="42"/>
     </row>
-    <row r="128" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E128" s="40"/>
+    <row r="128" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="41"/>
+      <c r="E128" s="42"/>
     </row>
-    <row r="129" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E129" s="40"/>
+    <row r="129" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="41"/>
+      <c r="E129" s="42"/>
     </row>
-    <row r="130" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E130" s="40"/>
+    <row r="130" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="41"/>
+      <c r="E130" s="42"/>
     </row>
-    <row r="131" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E131" s="40"/>
+    <row r="131" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="41"/>
+      <c r="E131" s="42"/>
     </row>
-    <row r="132" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E132" s="40"/>
+    <row r="132" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="41"/>
+      <c r="E132" s="42"/>
     </row>
-    <row r="133" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E133" s="40"/>
+    <row r="133" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="41"/>
+      <c r="E133" s="42"/>
     </row>
-    <row r="134" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E134" s="40"/>
+    <row r="134" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="41"/>
+      <c r="E134" s="42"/>
     </row>
-    <row r="135" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E135" s="40"/>
+    <row r="135" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="41"/>
+      <c r="E135" s="42"/>
     </row>
-    <row r="136" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E136" s="40"/>
+    <row r="136" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="41"/>
+      <c r="E136" s="42"/>
     </row>
-    <row r="137" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E137" s="40"/>
+    <row r="137" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="41"/>
+      <c r="E137" s="42"/>
     </row>
-    <row r="138" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E138" s="40"/>
+    <row r="138" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="41"/>
+      <c r="E138" s="42"/>
     </row>
-    <row r="139" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E139" s="40"/>
+    <row r="139" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="41"/>
+      <c r="E139" s="42"/>
     </row>
-    <row r="140" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E140" s="40"/>
+    <row r="140" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="41"/>
+      <c r="E140" s="42"/>
     </row>
-    <row r="141" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E141" s="40"/>
+    <row r="141" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="41"/>
+      <c r="E141" s="42"/>
     </row>
-    <row r="142" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E142" s="40"/>
+    <row r="142" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="41"/>
+      <c r="E142" s="42"/>
     </row>
-    <row r="143" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E143" s="40"/>
+    <row r="143" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="41"/>
+      <c r="E143" s="42"/>
     </row>
-    <row r="144" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E144" s="40"/>
+    <row r="144" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="41"/>
+      <c r="E144" s="42"/>
     </row>
-    <row r="145" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E145" s="40"/>
+    <row r="145" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="41"/>
+      <c r="E145" s="42"/>
     </row>
-    <row r="146" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E146" s="40"/>
+    <row r="146" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="41"/>
+      <c r="E146" s="42"/>
     </row>
-    <row r="147" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E147" s="40"/>
+    <row r="147" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="41"/>
+      <c r="E147" s="42"/>
     </row>
-    <row r="148" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E148" s="40"/>
+    <row r="148" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="41"/>
+      <c r="E148" s="42"/>
     </row>
-    <row r="149" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E149" s="40"/>
+    <row r="149" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="41"/>
+      <c r="E149" s="42"/>
     </row>
-    <row r="150" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E150" s="40"/>
+    <row r="150" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="41"/>
+      <c r="E150" s="42"/>
     </row>
-    <row r="151" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E151" s="40"/>
+    <row r="151" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="41"/>
+      <c r="E151" s="42"/>
     </row>
-    <row r="152" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E152" s="40"/>
+    <row r="152" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="41"/>
+      <c r="E152" s="42"/>
     </row>
-    <row r="153" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E153" s="40"/>
+    <row r="153" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="41"/>
+      <c r="E153" s="42"/>
     </row>
-    <row r="154" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E154" s="40"/>
+    <row r="154" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="41"/>
+      <c r="E154" s="42"/>
     </row>
-    <row r="155" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E155" s="40"/>
+    <row r="155" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="41"/>
+      <c r="E155" s="42"/>
     </row>
-    <row r="156" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E156" s="40"/>
+    <row r="156" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="41"/>
+      <c r="E156" s="42"/>
     </row>
-    <row r="157" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E157" s="40"/>
+    <row r="157" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="41"/>
+      <c r="E157" s="42"/>
     </row>
-    <row r="158" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E158" s="40"/>
+    <row r="158" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="41"/>
+      <c r="E158" s="42"/>
     </row>
-    <row r="159" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E159" s="40"/>
+    <row r="159" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="41"/>
+      <c r="E159" s="42"/>
     </row>
-    <row r="160" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E160" s="40"/>
+    <row r="160" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="41"/>
+      <c r="E160" s="42"/>
     </row>
-    <row r="161" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E161" s="40"/>
+    <row r="161" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="41"/>
+      <c r="E161" s="42"/>
     </row>
-    <row r="162" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E162" s="40"/>
+    <row r="162" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="41"/>
+      <c r="E162" s="42"/>
     </row>
-    <row r="163" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E163" s="40"/>
+    <row r="163" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="41"/>
+      <c r="E163" s="42"/>
     </row>
-    <row r="164" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E164" s="40"/>
+    <row r="164" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="41"/>
+      <c r="E164" s="42"/>
     </row>
-    <row r="165" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E165" s="40"/>
+    <row r="165" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="41"/>
+      <c r="E165" s="42"/>
     </row>
-    <row r="166" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E166" s="40"/>
+    <row r="166" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="41"/>
+      <c r="E166" s="42"/>
     </row>
-    <row r="167" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E167" s="40"/>
+    <row r="167" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="41"/>
+      <c r="E167" s="42"/>
     </row>
-    <row r="168" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E168" s="40"/>
+    <row r="168" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="41"/>
+      <c r="E168" s="42"/>
     </row>
-    <row r="169" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E169" s="40"/>
+    <row r="169" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="41"/>
+      <c r="E169" s="42"/>
     </row>
-    <row r="170" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E170" s="40"/>
+    <row r="170" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="41"/>
+      <c r="E170" s="42"/>
     </row>
-    <row r="171" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E171" s="40"/>
+    <row r="171" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="41"/>
+      <c r="E171" s="42"/>
     </row>
-    <row r="172" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E172" s="40"/>
+    <row r="172" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="41"/>
+      <c r="E172" s="42"/>
     </row>
-    <row r="173" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E173" s="40"/>
+    <row r="173" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="41"/>
+      <c r="E173" s="42"/>
     </row>
-    <row r="174" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E174" s="40"/>
+    <row r="174" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="41"/>
+      <c r="E174" s="42"/>
     </row>
-    <row r="175" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E175" s="40"/>
+    <row r="175" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="41"/>
+      <c r="E175" s="42"/>
     </row>
-    <row r="176" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E176" s="40"/>
+    <row r="176" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="41"/>
+      <c r="E176" s="42"/>
     </row>
-    <row r="177" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E177" s="40"/>
+    <row r="177" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="41"/>
+      <c r="E177" s="42"/>
     </row>
-    <row r="178" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E178" s="40"/>
+    <row r="178" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="41"/>
+      <c r="E178" s="42"/>
     </row>
-    <row r="179" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E179" s="40"/>
+    <row r="179" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="41"/>
+      <c r="E179" s="42"/>
     </row>
-    <row r="180" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E180" s="40"/>
+    <row r="180" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="41"/>
+      <c r="E180" s="42"/>
     </row>
-    <row r="181" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E181" s="40"/>
+    <row r="181" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="41"/>
+      <c r="E181" s="42"/>
     </row>
-    <row r="182" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E182" s="40"/>
+    <row r="182" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="41"/>
+      <c r="E182" s="42"/>
     </row>
-    <row r="183" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E183" s="40"/>
+    <row r="183" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="41"/>
+      <c r="E183" s="42"/>
     </row>
-    <row r="184" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E184" s="40"/>
+    <row r="184" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="41"/>
+      <c r="E184" s="42"/>
     </row>
-    <row r="185" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E185" s="40"/>
+    <row r="185" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="41"/>
+      <c r="E185" s="42"/>
     </row>
-    <row r="186" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E186" s="40"/>
+    <row r="186" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="41"/>
+      <c r="E186" s="42"/>
     </row>
-    <row r="187" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E187" s="40"/>
+    <row r="187" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="41"/>
+      <c r="E187" s="42"/>
     </row>
-    <row r="188" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E188" s="40"/>
+    <row r="188" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="41"/>
+      <c r="E188" s="42"/>
     </row>
-    <row r="189" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E189" s="40"/>
+    <row r="189" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="41"/>
+      <c r="E189" s="42"/>
     </row>
-    <row r="190" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E190" s="40"/>
+    <row r="190" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="41"/>
+      <c r="E190" s="42"/>
     </row>
-    <row r="191" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E191" s="40"/>
+    <row r="191" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="41"/>
+      <c r="E191" s="42"/>
     </row>
-    <row r="192" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E192" s="40"/>
+    <row r="192" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="41"/>
+      <c r="E192" s="42"/>
     </row>
-    <row r="193" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E193" s="40"/>
+    <row r="193" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="41"/>
+      <c r="E193" s="42"/>
     </row>
-    <row r="194" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E194" s="40"/>
+    <row r="194" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="41"/>
+      <c r="E194" s="42"/>
     </row>
-    <row r="195" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E195" s="40"/>
+    <row r="195" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="41"/>
+      <c r="E195" s="42"/>
     </row>
-    <row r="196" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E196" s="40"/>
+    <row r="196" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="41"/>
+      <c r="E196" s="42"/>
     </row>
-    <row r="197" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E197" s="40"/>
+    <row r="197" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="41"/>
+      <c r="E197" s="42"/>
     </row>
-    <row r="198" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E198" s="40"/>
+    <row r="198" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="41"/>
+      <c r="E198" s="42"/>
     </row>
-    <row r="199" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E199" s="40"/>
+    <row r="199" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="41"/>
+      <c r="E199" s="42"/>
     </row>
-    <row r="200" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E200" s="40"/>
+    <row r="200" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="41"/>
+      <c r="E200" s="42"/>
     </row>
-    <row r="201" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E201" s="40"/>
+    <row r="201" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="41"/>
+      <c r="E201" s="42"/>
     </row>
-    <row r="202" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E202" s="40"/>
+    <row r="202" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="41"/>
+      <c r="E202" s="42"/>
     </row>
-    <row r="203" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E203" s="40"/>
+    <row r="203" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="41"/>
+      <c r="E203" s="42"/>
     </row>
-    <row r="204" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E204" s="40"/>
+    <row r="204" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="41"/>
+      <c r="E204" s="42"/>
     </row>
-    <row r="205" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E205" s="40"/>
+    <row r="205" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="41"/>
+      <c r="E205" s="42"/>
     </row>
-    <row r="206" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E206" s="40"/>
+    <row r="206" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="41"/>
+      <c r="E206" s="42"/>
     </row>
-    <row r="207" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E207" s="40"/>
+    <row r="207" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="41"/>
+      <c r="E207" s="42"/>
     </row>
-    <row r="208" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E208" s="40"/>
+    <row r="208" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="41"/>
+      <c r="E208" s="42"/>
     </row>
-    <row r="209" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E209" s="40"/>
+    <row r="209" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="41"/>
+      <c r="E209" s="42"/>
     </row>
-    <row r="210" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E210" s="40"/>
+    <row r="210" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="41"/>
+      <c r="E210" s="42"/>
     </row>
-    <row r="211" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E211" s="40"/>
+    <row r="211" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="41"/>
+      <c r="E211" s="42"/>
     </row>
-    <row r="212" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E212" s="40"/>
+    <row r="212" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="41"/>
+      <c r="E212" s="42"/>
     </row>
-    <row r="213" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E213" s="40"/>
+    <row r="213" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="41"/>
+      <c r="E213" s="42"/>
     </row>
-    <row r="214" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E214" s="40"/>
+    <row r="214" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="41"/>
+      <c r="E214" s="42"/>
     </row>
-    <row r="215" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E215" s="40"/>
+    <row r="215" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="41"/>
+      <c r="E215" s="42"/>
     </row>
-    <row r="216" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E216" s="40"/>
+    <row r="216" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="41"/>
+      <c r="E216" s="42"/>
     </row>
-    <row r="217" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E217" s="40"/>
+    <row r="217" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="41"/>
+      <c r="E217" s="42"/>
     </row>
-    <row r="218" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E218" s="40"/>
+    <row r="218" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="41"/>
+      <c r="E218" s="42"/>
     </row>
-    <row r="219" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E219" s="40"/>
+    <row r="219" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="41"/>
+      <c r="E219" s="42"/>
     </row>
-    <row r="220" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E220" s="40"/>
+    <row r="220" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="41"/>
+      <c r="E220" s="42"/>
     </row>
-    <row r="221" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E221" s="40"/>
+    <row r="221" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="41"/>
+      <c r="E221" s="42"/>
     </row>
-    <row r="222" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E222" s="40"/>
+    <row r="222" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="41"/>
+      <c r="E222" s="42"/>
     </row>
-    <row r="223" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E223" s="40"/>
+    <row r="223" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="41"/>
+      <c r="E223" s="42"/>
     </row>
-    <row r="224" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E224" s="40"/>
+    <row r="224" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="41"/>
+      <c r="E224" s="42"/>
     </row>
-    <row r="225" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E225" s="40"/>
+    <row r="225" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="41"/>
+      <c r="E225" s="42"/>
     </row>
-    <row r="226" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E226" s="40"/>
+    <row r="226" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="41"/>
+      <c r="E226" s="42"/>
     </row>
-    <row r="227" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E227" s="40"/>
+    <row r="227" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="41"/>
+      <c r="E227" s="42"/>
     </row>
-    <row r="228" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E228" s="40"/>
+    <row r="228" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="41"/>
+      <c r="E228" s="42"/>
     </row>
-    <row r="229" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E229" s="40"/>
+    <row r="229" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="41"/>
+      <c r="E229" s="42"/>
     </row>
-    <row r="230" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E230" s="40"/>
+    <row r="230" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="41"/>
+      <c r="E230" s="42"/>
     </row>
-    <row r="231" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E231" s="40"/>
+    <row r="231" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="41"/>
+      <c r="E231" s="42"/>
     </row>
-    <row r="232" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E232" s="40"/>
+    <row r="232" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="41"/>
+      <c r="E232" s="42"/>
     </row>
-    <row r="233" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E233" s="40"/>
+    <row r="233" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="41"/>
+      <c r="E233" s="42"/>
     </row>
-    <row r="234" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="E234" s="40"/>
+    <row r="234" spans="1:5" s="35" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="41"/>
+      <c r="E234" s="42"/>
     </row>
-    <row r="235" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2"/>
-[...4 lines deleted...]
-    <row r="240" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="33">
-[...2 lines deleted...]
-    <mergeCell ref="Z1:AA1"/>
+  <mergeCells count="35">
     <mergeCell ref="AB1:AC1"/>
     <mergeCell ref="AP1:AP2"/>
     <mergeCell ref="AL1:AL2"/>
     <mergeCell ref="AM1:AM2"/>
     <mergeCell ref="AN1:AN2"/>
     <mergeCell ref="AO1:AO2"/>
     <mergeCell ref="AF1:AF2"/>
     <mergeCell ref="AG1:AG2"/>
     <mergeCell ref="AJ1:AK1"/>
-    <mergeCell ref="K1:K2"/>
-[...1 lines deleted...]
-    <mergeCell ref="P1:Q1"/>
     <mergeCell ref="R1:S1"/>
     <mergeCell ref="T1:U1"/>
-    <mergeCell ref="AQ1:AQ2"/>
-[...1 lines deleted...]
-    <mergeCell ref="AH1:AI1"/>
+    <mergeCell ref="V1:W1"/>
+    <mergeCell ref="X1:Y1"/>
+    <mergeCell ref="Z1:AA1"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="M1:M2"/>
     <mergeCell ref="AD1:AE1"/>
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
+    <mergeCell ref="K1:K2"/>
+    <mergeCell ref="N1:O1"/>
+    <mergeCell ref="P1:Q1"/>
+    <mergeCell ref="AS1:AT1"/>
+    <mergeCell ref="AU1:AU2"/>
+    <mergeCell ref="AQ1:AQ2"/>
+    <mergeCell ref="AR1:AR2"/>
+    <mergeCell ref="AH1:AI1"/>
   </mergeCells>
-  <phoneticPr fontId="3"/>
+  <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
@@ -46662,41 +47454,41 @@
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2022-07-12T22:47:44Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SiteId">
     <vt:lpwstr>fe7a9aa7-6097-47a2-9163-81d624f8cbfd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SetDate">
-    <vt:lpwstr>2025-10-15T15:48:02Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-16T13:34:03Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Name">
     <vt:lpwstr>【2GVDI】社外秘</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>