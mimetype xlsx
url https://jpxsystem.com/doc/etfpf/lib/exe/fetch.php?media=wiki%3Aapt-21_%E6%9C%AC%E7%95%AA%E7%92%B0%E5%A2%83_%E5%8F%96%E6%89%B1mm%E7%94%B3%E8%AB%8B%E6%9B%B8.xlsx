--- v0 (2025-11-23)
+++ v1 (2026-03-03)
@@ -1,59 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91C93607-5081-4800-88CE-78B220FB878F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="APT-21" sheetId="2" r:id="rId1"/>
     <sheet name="List of MMs" sheetId="12" state="hidden" r:id="rId2"/>
     <sheet name="メンテ台帳" sheetId="11" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'APT-21'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'APT-21'!$A$1:$AL$61</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -206,51 +208,51 @@
   <c r="A13" i="11"/>
   <c r="D12" i="11"/>
   <c r="A12" i="11"/>
   <c r="D11" i="11"/>
   <c r="A11" i="11"/>
   <c r="D10" i="11"/>
   <c r="A10" i="11"/>
   <c r="D9" i="11"/>
   <c r="A9" i="11"/>
   <c r="D8" i="11"/>
   <c r="A8" i="11"/>
   <c r="D7" i="11"/>
   <c r="A7" i="11"/>
   <c r="D6" i="11"/>
   <c r="A6" i="11"/>
   <c r="D5" i="11"/>
   <c r="A5" i="11"/>
   <c r="D4" i="11"/>
   <c r="A4" i="11"/>
   <c r="D3" i="11"/>
   <c r="A3" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="112">
   <si>
     <t>メールアドレス</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>https://www.jpx.co.jp/corporate/governance/security/personal-information/</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>* 日本取引所グループの個人情報の取扱いについては、下記のウェブサイトをご参照ください。</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>2. 同意事項</t>
     <rPh sb="3" eb="5">
       <t>ドウイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ジコウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>申込日</t>
     <phoneticPr fontId="3"/>
@@ -646,53 +648,50 @@
     <rPh sb="8" eb="10">
       <t>ホンバン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>カンキョウ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ト</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>アツカ</t>
     </rPh>
     <rPh sb="24" eb="27">
       <t>シンセイショ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>本番</t>
     <rPh sb="0" eb="2">
       <t>ホンバン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>Citadel Securities (Hong Kong) Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>Susquehanna Pacific Pty Ltd</t>
   </si>
   <si>
     <t>Virtu Financial Singapore Pte. Ltd.</t>
   </si>
   <si>
     <t>Optiver Australia Pty Limited</t>
   </si>
   <si>
     <t>Vivienne Court Trading Pty Ltd</t>
   </si>
   <si>
     <t>ダルマ・キャピタル株式会社</t>
   </si>
   <si>
     <t>Jane Street Asia Trading Limited</t>
   </si>
   <si>
     <t>DRW Singapore Pte. Ltd.</t>
   </si>
   <si>
     <t>Fenix One Asia Pte. Ltd.</t>
   </si>
   <si>
     <t>Flow Traders B.V.</t>
@@ -712,145 +711,145 @@
   <si>
     <t>Geneva Ireland Financial Trading Limited</t>
   </si>
   <si>
     <t>Headlands Technologies LLC</t>
   </si>
   <si>
     <t>HRT SG PTE. LTD.</t>
   </si>
   <si>
     <t>Tower Research Capital (Singapore) Pte. Ltd.</t>
   </si>
   <si>
     <t>SSW-Trading GmbH</t>
   </si>
   <si>
     <t>BNP Paribas Arbitrage (Hong Kong) Limited</t>
   </si>
   <si>
     <t>Ark International Group Pty Ltd.</t>
   </si>
   <si>
     <t>NDH Trading Ltd</t>
   </si>
   <si>
-    <t>ESCI, Ltd.</t>
-[...1 lines deleted...]
-  <si>
     <t>IMC Pacific Pty Ltd</t>
   </si>
   <si>
     <t>QCM Cayman, Ltd.</t>
   </si>
   <si>
     <t>Mako Trading Australia Pty Ltd</t>
   </si>
   <si>
     <t>PDT Partners, LLC</t>
   </si>
   <si>
     <t>Quadeye Trading LLC</t>
   </si>
   <si>
     <t>Barak Capital G.T. Ltd.</t>
   </si>
   <si>
     <t>Qube Research ＆ Technologies Hong Kong Limited</t>
   </si>
   <si>
     <t>Issar Limited</t>
   </si>
   <si>
     <t>SQUAREPOINT OPERATIONS PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Flow Traders Hong Kong Limited</t>
   </si>
   <si>
-    <t>AlphaGrep Pte.Ltd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Prime Trading, LLC</t>
   </si>
   <si>
     <t>Coral Reef Technologies Limited</t>
   </si>
   <si>
     <t>Goldman Sachs (Asia) L.L.C.</t>
   </si>
   <si>
     <t>Radix Trading Europe B.V.</t>
   </si>
   <si>
     <t>Two Sigma Securities, LLC</t>
   </si>
   <si>
-    <t>Taki Three LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Sunrise Futures, LLC</t>
   </si>
   <si>
     <t>Susquehanna International Securities Limited</t>
   </si>
   <si>
     <t>Grasshopper Asset Management Pte. Ltd.</t>
   </si>
   <si>
     <t>Scientech Research LLC</t>
   </si>
   <si>
     <t>Hillside Technologies Management LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Nine Mile Financial Pty. Ltd. </t>
   </si>
   <si>
     <t>CITADEL SECURITIES (ASIA) II PTE. LIMITED</t>
   </si>
   <si>
     <t>RSJ Securities a.s.</t>
   </si>
   <si>
     <t>XTX Markets Pte. Limited</t>
   </si>
   <si>
     <t>Ubiquant Asset Management Co., Limited</t>
-  </si>
-[...1 lines deleted...]
-    <t>Millennium Capital Management (Singapore) Pte. Ltd.</t>
   </si>
   <si>
     <t>Holaspa Global Trading Pty. Ltd.</t>
   </si>
   <si>
     <t>Qube Research &amp; Technologies Singapore Pte. Ltd.</t>
   </si>
   <si>
     <t>v20250717</t>
     <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>Eagle Seven LLC</t>
+  </si>
+  <si>
+    <t>Graviton Research Capital (Singapore) Pte. Ltd.</t>
+  </si>
+  <si>
+    <t>QLP Capital Management Limited</t>
+  </si>
+  <si>
+    <t>TSY Capital Limited</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1205,51 +1204,51 @@
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
@@ -1307,144 +1306,141 @@
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="17" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="19" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="19" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{CB6D536F-7D7E-4DC0-BB4F-C27B525594E9}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{62DB4807-4CAC-4DBB-8871-E988CA55038A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -2039,254 +2035,254 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AY62"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="177" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="AY40" sqref="AY40"/>
+      <selection activeCell="AX36" sqref="AX36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.33203125" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="6" width="2.33203125" style="1"/>
     <col min="7" max="10" width="2.33203125" style="1" customWidth="1"/>
     <col min="11" max="12" width="2.33203125" style="1"/>
     <col min="13" max="13" width="2.33203125" style="1" customWidth="1"/>
     <col min="14" max="14" width="2.33203125" style="1"/>
     <col min="15" max="17" width="2.33203125" style="1" customWidth="1"/>
     <col min="18" max="19" width="2.33203125" style="1"/>
     <col min="20" max="24" width="2.33203125" style="1" customWidth="1"/>
     <col min="25" max="31" width="2.33203125" style="1"/>
     <col min="32" max="32" width="2.33203125" style="1" customWidth="1"/>
     <col min="33" max="41" width="2.33203125" style="1"/>
     <col min="42" max="42" width="2.33203125" style="23" customWidth="1"/>
     <col min="43" max="48" width="2.33203125" style="1"/>
     <col min="49" max="51" width="2.33203125" style="5" customWidth="1"/>
     <col min="52" max="16384" width="2.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="62" t="s">
+      <c r="A1" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="62"/>
-[...35 lines deleted...]
-      <c r="AL1" s="62"/>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="38"/>
+      <c r="F1" s="38"/>
+      <c r="G1" s="38"/>
+      <c r="H1" s="38"/>
+      <c r="I1" s="38"/>
+      <c r="J1" s="38"/>
+      <c r="K1" s="38"/>
+      <c r="L1" s="38"/>
+      <c r="M1" s="38"/>
+      <c r="N1" s="38"/>
+      <c r="O1" s="38"/>
+      <c r="P1" s="38"/>
+      <c r="Q1" s="38"/>
+      <c r="R1" s="38"/>
+      <c r="S1" s="38"/>
+      <c r="T1" s="38"/>
+      <c r="U1" s="38"/>
+      <c r="V1" s="38"/>
+      <c r="W1" s="38"/>
+      <c r="X1" s="38"/>
+      <c r="Y1" s="38"/>
+      <c r="Z1" s="38"/>
+      <c r="AA1" s="38"/>
+      <c r="AB1" s="38"/>
+      <c r="AC1" s="38"/>
+      <c r="AD1" s="38"/>
+      <c r="AE1" s="38"/>
+      <c r="AF1" s="38"/>
+      <c r="AG1" s="38"/>
+      <c r="AH1" s="38"/>
+      <c r="AI1" s="38"/>
+      <c r="AJ1" s="38"/>
+      <c r="AK1" s="38"/>
+      <c r="AL1" s="38"/>
       <c r="AM1" s="19"/>
       <c r="AN1" s="19"/>
       <c r="AO1" s="19"/>
       <c r="AP1" s="21"/>
       <c r="AQ1" s="19"/>
       <c r="AR1" s="19"/>
       <c r="AS1" s="19"/>
     </row>
     <row r="2" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="62"/>
-[...36 lines deleted...]
-      <c r="AL2" s="62"/>
+      <c r="A2" s="38"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+      <c r="L2" s="38"/>
+      <c r="M2" s="38"/>
+      <c r="N2" s="38"/>
+      <c r="O2" s="38"/>
+      <c r="P2" s="38"/>
+      <c r="Q2" s="38"/>
+      <c r="R2" s="38"/>
+      <c r="S2" s="38"/>
+      <c r="T2" s="38"/>
+      <c r="U2" s="38"/>
+      <c r="V2" s="38"/>
+      <c r="W2" s="38"/>
+      <c r="X2" s="38"/>
+      <c r="Y2" s="38"/>
+      <c r="Z2" s="38"/>
+      <c r="AA2" s="38"/>
+      <c r="AB2" s="38"/>
+      <c r="AC2" s="38"/>
+      <c r="AD2" s="38"/>
+      <c r="AE2" s="38"/>
+      <c r="AF2" s="38"/>
+      <c r="AG2" s="38"/>
+      <c r="AH2" s="38"/>
+      <c r="AI2" s="38"/>
+      <c r="AJ2" s="38"/>
+      <c r="AK2" s="38"/>
+      <c r="AL2" s="38"/>
       <c r="AM2" s="19"/>
       <c r="AN2" s="19"/>
       <c r="AO2" s="19"/>
       <c r="AP2" s="21"/>
       <c r="AQ2" s="19"/>
       <c r="AR2" s="19"/>
       <c r="AS2" s="19"/>
     </row>
     <row r="3" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="62"/>
-[...36 lines deleted...]
-      <c r="AL3" s="62"/>
+      <c r="A3" s="38"/>
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="38"/>
+      <c r="F3" s="38"/>
+      <c r="G3" s="38"/>
+      <c r="H3" s="38"/>
+      <c r="I3" s="38"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="38"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
+      <c r="Q3" s="38"/>
+      <c r="R3" s="38"/>
+      <c r="S3" s="38"/>
+      <c r="T3" s="38"/>
+      <c r="U3" s="38"/>
+      <c r="V3" s="38"/>
+      <c r="W3" s="38"/>
+      <c r="X3" s="38"/>
+      <c r="Y3" s="38"/>
+      <c r="Z3" s="38"/>
+      <c r="AA3" s="38"/>
+      <c r="AB3" s="38"/>
+      <c r="AC3" s="38"/>
+      <c r="AD3" s="38"/>
+      <c r="AE3" s="38"/>
+      <c r="AF3" s="38"/>
+      <c r="AG3" s="38"/>
+      <c r="AH3" s="38"/>
+      <c r="AI3" s="38"/>
+      <c r="AJ3" s="38"/>
+      <c r="AK3" s="38"/>
+      <c r="AL3" s="38"/>
       <c r="AM3" s="19"/>
       <c r="AN3" s="19"/>
       <c r="AO3" s="19"/>
       <c r="AP3" s="21"/>
       <c r="AQ3" s="19"/>
       <c r="AR3" s="19"/>
       <c r="AS3" s="19"/>
     </row>
     <row r="4" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="62"/>
-[...36 lines deleted...]
-      <c r="AL4" s="62"/>
+      <c r="A4" s="38"/>
+      <c r="B4" s="38"/>
+      <c r="C4" s="38"/>
+      <c r="D4" s="38"/>
+      <c r="E4" s="38"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="38"/>
+      <c r="H4" s="38"/>
+      <c r="I4" s="38"/>
+      <c r="J4" s="38"/>
+      <c r="K4" s="38"/>
+      <c r="L4" s="38"/>
+      <c r="M4" s="38"/>
+      <c r="N4" s="38"/>
+      <c r="O4" s="38"/>
+      <c r="P4" s="38"/>
+      <c r="Q4" s="38"/>
+      <c r="R4" s="38"/>
+      <c r="S4" s="38"/>
+      <c r="T4" s="38"/>
+      <c r="U4" s="38"/>
+      <c r="V4" s="38"/>
+      <c r="W4" s="38"/>
+      <c r="X4" s="38"/>
+      <c r="Y4" s="38"/>
+      <c r="Z4" s="38"/>
+      <c r="AA4" s="38"/>
+      <c r="AB4" s="38"/>
+      <c r="AC4" s="38"/>
+      <c r="AD4" s="38"/>
+      <c r="AE4" s="38"/>
+      <c r="AF4" s="38"/>
+      <c r="AG4" s="38"/>
+      <c r="AH4" s="38"/>
+      <c r="AI4" s="38"/>
+      <c r="AJ4" s="38"/>
+      <c r="AK4" s="38"/>
+      <c r="AL4" s="38"/>
       <c r="AM4" s="19"/>
       <c r="AN4" s="19"/>
       <c r="AO4" s="19"/>
       <c r="AP4" s="21"/>
       <c r="AQ4" s="19"/>
       <c r="AR4" s="19"/>
       <c r="AS4" s="19"/>
     </row>
     <row r="5" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
@@ -2297,164 +2293,164 @@
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
       <c r="AC5" s="2"/>
       <c r="AD5" s="2"/>
       <c r="AG5" s="2"/>
       <c r="AH5" s="2"/>
       <c r="AI5" s="2"/>
       <c r="AJ5" s="2"/>
       <c r="AK5" s="2"/>
       <c r="AL5" s="2"/>
       <c r="AM5" s="2"/>
       <c r="AN5" s="2"/>
       <c r="AO5" s="2"/>
       <c r="AP5" s="22"/>
       <c r="AQ5" s="2"/>
       <c r="AR5" s="2"/>
       <c r="AS5" s="2"/>
     </row>
     <row r="6" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="W6" s="63" t="s">
+      <c r="W6" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="X6" s="63"/>
-      <c r="Y6" s="63"/>
+      <c r="X6" s="39"/>
+      <c r="Y6" s="39"/>
       <c r="Z6" s="15"/>
-      <c r="AA6" s="64"/>
-[...10 lines deleted...]
-      <c r="AL6" s="65"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="41"/>
+      <c r="AC6" s="41"/>
+      <c r="AD6" s="41"/>
+      <c r="AE6" s="41"/>
+      <c r="AF6" s="41"/>
+      <c r="AG6" s="41"/>
+      <c r="AH6" s="41"/>
+      <c r="AI6" s="41"/>
+      <c r="AJ6" s="41"/>
+      <c r="AK6" s="41"/>
+      <c r="AL6" s="41"/>
       <c r="AQ6" s="5"/>
       <c r="AR6" s="5"/>
       <c r="AW6" s="1"/>
       <c r="AX6" s="1"/>
       <c r="AY6" s="1"/>
     </row>
     <row r="7" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="49" t="s">
+      <c r="A8" s="42" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="49"/>
-[...34 lines deleted...]
-      <c r="AK8" s="49"/>
+      <c r="B8" s="42"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="42"/>
+      <c r="K8" s="42"/>
+      <c r="L8" s="42"/>
+      <c r="M8" s="42"/>
+      <c r="N8" s="42"/>
+      <c r="O8" s="42"/>
+      <c r="P8" s="42"/>
+      <c r="Q8" s="42"/>
+      <c r="R8" s="42"/>
+      <c r="S8" s="42"/>
+      <c r="T8" s="42"/>
+      <c r="U8" s="42"/>
+      <c r="V8" s="42"/>
+      <c r="W8" s="42"/>
+      <c r="X8" s="42"/>
+      <c r="Y8" s="42"/>
+      <c r="Z8" s="42"/>
+      <c r="AA8" s="42"/>
+      <c r="AB8" s="42"/>
+      <c r="AC8" s="42"/>
+      <c r="AD8" s="42"/>
+      <c r="AE8" s="42"/>
+      <c r="AF8" s="42"/>
+      <c r="AG8" s="42"/>
+      <c r="AH8" s="42"/>
+      <c r="AI8" s="42"/>
+      <c r="AJ8" s="42"/>
+      <c r="AK8" s="42"/>
       <c r="AL8" s="20"/>
       <c r="AM8" s="20"/>
       <c r="AN8" s="20"/>
       <c r="AO8" s="20"/>
       <c r="AP8" s="24"/>
       <c r="AQ8" s="20"/>
       <c r="AR8" s="20"/>
       <c r="AS8" s="20"/>
     </row>
     <row r="9" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="10"/>
-      <c r="B9" s="67" t="s">
+      <c r="B9" s="44" t="s">
         <v>56</v>
       </c>
-      <c r="C9" s="67"/>
-[...33 lines deleted...]
-      <c r="AK9" s="67"/>
+      <c r="C9" s="44"/>
+      <c r="D9" s="44"/>
+      <c r="E9" s="44"/>
+      <c r="F9" s="44"/>
+      <c r="G9" s="44"/>
+      <c r="H9" s="44"/>
+      <c r="I9" s="44"/>
+      <c r="J9" s="44"/>
+      <c r="K9" s="44"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="44"/>
+      <c r="N9" s="44"/>
+      <c r="O9" s="44"/>
+      <c r="P9" s="44"/>
+      <c r="Q9" s="44"/>
+      <c r="R9" s="44"/>
+      <c r="S9" s="44"/>
+      <c r="T9" s="44"/>
+      <c r="U9" s="44"/>
+      <c r="V9" s="44"/>
+      <c r="W9" s="44"/>
+      <c r="X9" s="44"/>
+      <c r="Y9" s="44"/>
+      <c r="Z9" s="44"/>
+      <c r="AA9" s="44"/>
+      <c r="AB9" s="44"/>
+      <c r="AC9" s="44"/>
+      <c r="AD9" s="44"/>
+      <c r="AE9" s="44"/>
+      <c r="AF9" s="44"/>
+      <c r="AG9" s="44"/>
+      <c r="AH9" s="44"/>
+      <c r="AI9" s="44"/>
+      <c r="AJ9" s="44"/>
+      <c r="AK9" s="44"/>
       <c r="AL9" s="11"/>
       <c r="AM9" s="11"/>
       <c r="AN9" s="11"/>
       <c r="AO9" s="11"/>
       <c r="AP9" s="25"/>
       <c r="AQ9" s="11"/>
       <c r="AR9" s="10"/>
       <c r="AS9" s="10"/>
     </row>
     <row r="10" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
@@ -2468,662 +2464,662 @@
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="3"/>
       <c r="AK10" s="3"/>
       <c r="AL10" s="3"/>
       <c r="AM10" s="3"/>
       <c r="AN10" s="3"/>
       <c r="AO10" s="3"/>
       <c r="AP10" s="26"/>
       <c r="AQ10" s="3"/>
       <c r="AR10" s="3"/>
       <c r="AS10" s="3"/>
     </row>
     <row r="11" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C11" s="41" t="s">
+      <c r="C11" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="41"/>
-[...3 lines deleted...]
-      <c r="H11" s="41"/>
+      <c r="D11" s="45"/>
+      <c r="E11" s="45"/>
+      <c r="F11" s="45"/>
+      <c r="G11" s="45"/>
+      <c r="H11" s="45"/>
       <c r="I11" s="2"/>
-      <c r="J11" s="47"/>
-[...19 lines deleted...]
-      <c r="AD11" s="47"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+      <c r="L11" s="46"/>
+      <c r="M11" s="46"/>
+      <c r="N11" s="46"/>
+      <c r="O11" s="46"/>
+      <c r="P11" s="46"/>
+      <c r="Q11" s="46"/>
+      <c r="R11" s="46"/>
+      <c r="S11" s="46"/>
+      <c r="T11" s="46"/>
+      <c r="U11" s="46"/>
+      <c r="V11" s="46"/>
+      <c r="W11" s="46"/>
+      <c r="X11" s="46"/>
+      <c r="Y11" s="46"/>
+      <c r="Z11" s="46"/>
+      <c r="AA11" s="46"/>
+      <c r="AB11" s="46"/>
+      <c r="AC11" s="46"/>
+      <c r="AD11" s="46"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AQ11" s="5"/>
       <c r="AR11" s="5"/>
       <c r="AW11" s="1"/>
       <c r="AX11" s="1"/>
       <c r="AY11" s="1"/>
     </row>
     <row r="12" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
       <c r="L12" s="16"/>
       <c r="M12" s="16"/>
       <c r="N12" s="16"/>
       <c r="O12" s="16"/>
       <c r="P12" s="16"/>
       <c r="Q12" s="16"/>
       <c r="R12" s="16"/>
       <c r="S12" s="16"/>
       <c r="T12" s="16"/>
       <c r="U12" s="16"/>
       <c r="V12" s="16"/>
       <c r="W12" s="16"/>
       <c r="X12" s="16"/>
       <c r="Y12" s="16"/>
       <c r="Z12" s="16"/>
       <c r="AA12" s="16"/>
       <c r="AB12" s="16"/>
       <c r="AC12" s="16"/>
       <c r="AD12" s="16"/>
       <c r="AE12" s="16"/>
       <c r="AF12" s="16"/>
       <c r="AG12" s="16"/>
       <c r="AH12" s="16"/>
       <c r="AI12" s="16"/>
       <c r="AJ12" s="16"/>
       <c r="AK12" s="16"/>
       <c r="AQ12" s="5"/>
       <c r="AR12" s="5"/>
       <c r="AW12" s="1"/>
       <c r="AX12" s="1"/>
       <c r="AY12" s="1"/>
     </row>
     <row r="13" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C13" s="41" t="s">
+      <c r="C13" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="D13" s="41"/>
-[...3 lines deleted...]
-      <c r="H13" s="41"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="45"/>
+      <c r="G13" s="45"/>
+      <c r="H13" s="45"/>
       <c r="I13" s="2"/>
-      <c r="J13" s="47"/>
-[...19 lines deleted...]
-      <c r="AD13" s="47"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+      <c r="L13" s="46"/>
+      <c r="M13" s="46"/>
+      <c r="N13" s="46"/>
+      <c r="O13" s="46"/>
+      <c r="P13" s="46"/>
+      <c r="Q13" s="46"/>
+      <c r="R13" s="46"/>
+      <c r="S13" s="46"/>
+      <c r="T13" s="46"/>
+      <c r="U13" s="46"/>
+      <c r="V13" s="46"/>
+      <c r="W13" s="46"/>
+      <c r="X13" s="46"/>
+      <c r="Y13" s="46"/>
+      <c r="Z13" s="46"/>
+      <c r="AA13" s="46"/>
+      <c r="AB13" s="46"/>
+      <c r="AC13" s="46"/>
+      <c r="AD13" s="46"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="3"/>
       <c r="AK13" s="3"/>
       <c r="AQ13" s="5"/>
       <c r="AR13" s="5"/>
       <c r="AW13" s="1"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1"/>
     </row>
     <row r="14" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J14" s="16"/>
       <c r="K14" s="16"/>
       <c r="L14" s="16"/>
       <c r="M14" s="16"/>
       <c r="N14" s="16"/>
       <c r="O14" s="16"/>
       <c r="P14" s="16"/>
       <c r="Q14" s="16"/>
       <c r="R14" s="16"/>
       <c r="S14" s="16"/>
       <c r="T14" s="16"/>
       <c r="U14" s="16"/>
       <c r="V14" s="16"/>
       <c r="W14" s="16"/>
       <c r="X14" s="16"/>
       <c r="Y14" s="16"/>
       <c r="Z14" s="16"/>
       <c r="AA14" s="16"/>
       <c r="AB14" s="16"/>
       <c r="AC14" s="16"/>
       <c r="AD14" s="16"/>
       <c r="AE14" s="16"/>
       <c r="AF14" s="16"/>
       <c r="AG14" s="16"/>
       <c r="AH14" s="16"/>
       <c r="AI14" s="16"/>
       <c r="AJ14" s="16"/>
       <c r="AK14" s="16"/>
       <c r="AQ14" s="5"/>
       <c r="AR14" s="5"/>
       <c r="AW14" s="1"/>
       <c r="AX14" s="1"/>
       <c r="AY14" s="1"/>
     </row>
     <row r="15" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C15" s="41" t="s">
+      <c r="C15" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="D15" s="41"/>
-[...3 lines deleted...]
-      <c r="H15" s="41"/>
+      <c r="D15" s="45"/>
+      <c r="E15" s="45"/>
+      <c r="F15" s="45"/>
+      <c r="G15" s="45"/>
+      <c r="H15" s="45"/>
       <c r="I15" s="2"/>
-      <c r="J15" s="42" t="s">
+      <c r="J15" s="61" t="s">
         <v>41</v>
       </c>
-      <c r="K15" s="42"/>
-[...18 lines deleted...]
-      <c r="AD15" s="42"/>
+      <c r="K15" s="61"/>
+      <c r="L15" s="61"/>
+      <c r="M15" s="61"/>
+      <c r="N15" s="61"/>
+      <c r="O15" s="61"/>
+      <c r="P15" s="61"/>
+      <c r="Q15" s="61"/>
+      <c r="R15" s="61"/>
+      <c r="S15" s="61"/>
+      <c r="T15" s="61"/>
+      <c r="U15" s="61"/>
+      <c r="V15" s="61"/>
+      <c r="W15" s="61"/>
+      <c r="X15" s="61"/>
+      <c r="Y15" s="61"/>
+      <c r="Z15" s="61"/>
+      <c r="AA15" s="61"/>
+      <c r="AB15" s="61"/>
+      <c r="AC15" s="61"/>
+      <c r="AD15" s="61"/>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
       <c r="AI15" s="3"/>
       <c r="AJ15" s="3"/>
       <c r="AK15" s="3"/>
       <c r="AQ15" s="5"/>
       <c r="AR15" s="5"/>
       <c r="AW15" s="1"/>
       <c r="AX15" s="1"/>
       <c r="AY15" s="1"/>
     </row>
     <row r="16" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
       <c r="L16" s="16"/>
       <c r="M16" s="16"/>
       <c r="N16" s="16"/>
       <c r="O16" s="16"/>
       <c r="P16" s="16"/>
       <c r="Q16" s="16"/>
       <c r="R16" s="16"/>
       <c r="S16" s="16"/>
       <c r="T16" s="16"/>
       <c r="U16" s="16"/>
       <c r="V16" s="16"/>
       <c r="W16" s="16"/>
       <c r="X16" s="16"/>
       <c r="Y16" s="16"/>
       <c r="Z16" s="16"/>
       <c r="AA16" s="16"/>
       <c r="AB16" s="16"/>
       <c r="AC16" s="16"/>
       <c r="AD16" s="16"/>
       <c r="AE16" s="16"/>
       <c r="AF16" s="16"/>
       <c r="AG16" s="16"/>
       <c r="AH16" s="16"/>
       <c r="AI16" s="16"/>
       <c r="AJ16" s="16"/>
       <c r="AK16" s="16"/>
       <c r="AQ16" s="5"/>
       <c r="AR16" s="5"/>
       <c r="AW16" s="1"/>
       <c r="AX16" s="1"/>
       <c r="AY16" s="1"/>
     </row>
     <row r="17" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C17" s="41" t="s">
+      <c r="C17" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="D17" s="41"/>
-[...3 lines deleted...]
-      <c r="H17" s="41"/>
+      <c r="D17" s="45"/>
+      <c r="E17" s="45"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="45"/>
+      <c r="H17" s="45"/>
       <c r="I17" s="2"/>
-      <c r="J17" s="47"/>
-[...19 lines deleted...]
-      <c r="AD17" s="47"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+      <c r="L17" s="46"/>
+      <c r="M17" s="46"/>
+      <c r="N17" s="46"/>
+      <c r="O17" s="46"/>
+      <c r="P17" s="46"/>
+      <c r="Q17" s="46"/>
+      <c r="R17" s="46"/>
+      <c r="S17" s="46"/>
+      <c r="T17" s="46"/>
+      <c r="U17" s="46"/>
+      <c r="V17" s="46"/>
+      <c r="W17" s="46"/>
+      <c r="X17" s="46"/>
+      <c r="Y17" s="46"/>
+      <c r="Z17" s="46"/>
+      <c r="AA17" s="46"/>
+      <c r="AB17" s="46"/>
+      <c r="AC17" s="46"/>
+      <c r="AD17" s="46"/>
       <c r="AE17" s="3"/>
       <c r="AF17" s="3"/>
       <c r="AG17" s="3"/>
       <c r="AH17" s="3"/>
       <c r="AI17" s="3"/>
       <c r="AJ17" s="3"/>
       <c r="AK17" s="3"/>
       <c r="AQ17" s="5"/>
       <c r="AR17" s="5"/>
       <c r="AW17" s="1"/>
       <c r="AX17" s="1"/>
       <c r="AY17" s="1"/>
     </row>
     <row r="18" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
       <c r="L18" s="16"/>
       <c r="M18" s="16"/>
       <c r="N18" s="16"/>
       <c r="O18" s="16"/>
       <c r="P18" s="16"/>
       <c r="Q18" s="16"/>
       <c r="R18" s="16"/>
       <c r="S18" s="16"/>
       <c r="T18" s="16"/>
       <c r="U18" s="16"/>
       <c r="V18" s="16"/>
       <c r="W18" s="16"/>
       <c r="X18" s="16"/>
       <c r="Y18" s="16"/>
       <c r="Z18" s="16"/>
       <c r="AA18" s="16"/>
       <c r="AB18" s="16"/>
       <c r="AC18" s="16"/>
       <c r="AD18" s="16"/>
       <c r="AE18" s="16"/>
       <c r="AF18" s="16"/>
       <c r="AG18" s="16"/>
       <c r="AH18" s="16"/>
       <c r="AI18" s="16"/>
       <c r="AJ18" s="16"/>
       <c r="AK18" s="16"/>
       <c r="AQ18" s="5"/>
       <c r="AR18" s="5"/>
       <c r="AW18" s="1"/>
       <c r="AX18" s="1"/>
       <c r="AY18" s="1"/>
     </row>
     <row r="19" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C19" s="41" t="s">
+      <c r="C19" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="D19" s="41"/>
-[...3 lines deleted...]
-      <c r="H19" s="41"/>
+      <c r="D19" s="45"/>
+      <c r="E19" s="45"/>
+      <c r="F19" s="45"/>
+      <c r="G19" s="45"/>
+      <c r="H19" s="45"/>
       <c r="I19" s="2"/>
-      <c r="J19" s="47"/>
-[...19 lines deleted...]
-      <c r="AD19" s="47"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
+      <c r="T19" s="46"/>
+      <c r="U19" s="46"/>
+      <c r="V19" s="46"/>
+      <c r="W19" s="46"/>
+      <c r="X19" s="46"/>
+      <c r="Y19" s="46"/>
+      <c r="Z19" s="46"/>
+      <c r="AA19" s="46"/>
+      <c r="AB19" s="46"/>
+      <c r="AC19" s="46"/>
+      <c r="AD19" s="46"/>
       <c r="AE19" s="3"/>
       <c r="AF19" s="3"/>
       <c r="AG19" s="3"/>
       <c r="AH19" s="3"/>
       <c r="AI19" s="3"/>
       <c r="AJ19" s="3"/>
       <c r="AK19" s="3"/>
       <c r="AQ19" s="5"/>
       <c r="AR19" s="5"/>
       <c r="AW19" s="1"/>
       <c r="AX19" s="1"/>
       <c r="AY19" s="1"/>
     </row>
     <row r="20" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
       <c r="L20" s="16"/>
       <c r="M20" s="16"/>
       <c r="N20" s="16"/>
       <c r="O20" s="16"/>
       <c r="P20" s="16"/>
       <c r="Q20" s="16"/>
       <c r="R20" s="16"/>
       <c r="S20" s="16"/>
       <c r="T20" s="16"/>
       <c r="U20" s="16"/>
       <c r="V20" s="16"/>
       <c r="W20" s="16"/>
       <c r="X20" s="16"/>
       <c r="Y20" s="16"/>
       <c r="Z20" s="16"/>
       <c r="AA20" s="16"/>
       <c r="AB20" s="16"/>
       <c r="AC20" s="16"/>
       <c r="AD20" s="16"/>
       <c r="AE20" s="16"/>
       <c r="AF20" s="16"/>
       <c r="AG20" s="16"/>
       <c r="AH20" s="16"/>
       <c r="AI20" s="16"/>
       <c r="AJ20" s="16"/>
       <c r="AK20" s="16"/>
       <c r="AQ20" s="5"/>
       <c r="AR20" s="5"/>
       <c r="AW20" s="1"/>
       <c r="AX20" s="1"/>
       <c r="AY20" s="1"/>
     </row>
     <row r="21" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C21" s="41" t="s">
+      <c r="C21" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="D21" s="41"/>
-[...3 lines deleted...]
-      <c r="H21" s="41"/>
+      <c r="D21" s="45"/>
+      <c r="E21" s="45"/>
+      <c r="F21" s="45"/>
+      <c r="G21" s="45"/>
+      <c r="H21" s="45"/>
       <c r="I21" s="2"/>
-      <c r="J21" s="47"/>
-[...19 lines deleted...]
-      <c r="AD21" s="47"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+      <c r="L21" s="46"/>
+      <c r="M21" s="46"/>
+      <c r="N21" s="46"/>
+      <c r="O21" s="46"/>
+      <c r="P21" s="46"/>
+      <c r="Q21" s="46"/>
+      <c r="R21" s="46"/>
+      <c r="S21" s="46"/>
+      <c r="T21" s="46"/>
+      <c r="U21" s="46"/>
+      <c r="V21" s="46"/>
+      <c r="W21" s="46"/>
+      <c r="X21" s="46"/>
+      <c r="Y21" s="46"/>
+      <c r="Z21" s="46"/>
+      <c r="AA21" s="46"/>
+      <c r="AB21" s="46"/>
+      <c r="AC21" s="46"/>
+      <c r="AD21" s="46"/>
       <c r="AE21" s="3"/>
       <c r="AF21" s="3"/>
       <c r="AG21" s="3"/>
       <c r="AH21" s="3"/>
       <c r="AI21" s="3"/>
       <c r="AJ21" s="3"/>
       <c r="AK21" s="3"/>
       <c r="AQ21" s="5"/>
       <c r="AR21" s="5"/>
       <c r="AW21" s="1"/>
       <c r="AX21" s="1"/>
       <c r="AY21" s="1"/>
     </row>
     <row r="22" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
       <c r="L22" s="16"/>
       <c r="M22" s="16"/>
       <c r="N22" s="16"/>
       <c r="O22" s="16"/>
       <c r="P22" s="16"/>
       <c r="Q22" s="16"/>
       <c r="R22" s="16"/>
       <c r="S22" s="16"/>
       <c r="T22" s="16"/>
       <c r="U22" s="16"/>
       <c r="V22" s="16"/>
       <c r="W22" s="16"/>
       <c r="X22" s="16"/>
       <c r="Y22" s="16"/>
       <c r="Z22" s="16"/>
       <c r="AA22" s="16"/>
       <c r="AB22" s="16"/>
       <c r="AC22" s="16"/>
       <c r="AD22" s="16"/>
       <c r="AE22" s="16"/>
       <c r="AF22" s="16"/>
       <c r="AG22" s="16"/>
       <c r="AH22" s="16"/>
       <c r="AI22" s="16"/>
       <c r="AJ22" s="16"/>
       <c r="AK22" s="16"/>
       <c r="AQ22" s="5"/>
       <c r="AR22" s="5"/>
       <c r="AW22" s="1"/>
       <c r="AX22" s="1"/>
       <c r="AY22" s="1"/>
     </row>
     <row r="23" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C23" s="48" t="s">
+      <c r="C23" s="64" t="s">
         <v>14</v>
       </c>
-      <c r="D23" s="48"/>
-[...32 lines deleted...]
-      <c r="AK23" s="48"/>
+      <c r="D23" s="64"/>
+      <c r="E23" s="64"/>
+      <c r="F23" s="64"/>
+      <c r="G23" s="64"/>
+      <c r="H23" s="64"/>
+      <c r="I23" s="64"/>
+      <c r="J23" s="64"/>
+      <c r="K23" s="64"/>
+      <c r="L23" s="64"/>
+      <c r="M23" s="64"/>
+      <c r="N23" s="64"/>
+      <c r="O23" s="64"/>
+      <c r="P23" s="64"/>
+      <c r="Q23" s="64"/>
+      <c r="R23" s="64"/>
+      <c r="S23" s="64"/>
+      <c r="T23" s="64"/>
+      <c r="U23" s="64"/>
+      <c r="V23" s="64"/>
+      <c r="W23" s="64"/>
+      <c r="X23" s="64"/>
+      <c r="Y23" s="64"/>
+      <c r="Z23" s="64"/>
+      <c r="AA23" s="64"/>
+      <c r="AB23" s="64"/>
+      <c r="AC23" s="64"/>
+      <c r="AD23" s="64"/>
+      <c r="AE23" s="64"/>
+      <c r="AF23" s="64"/>
+      <c r="AG23" s="64"/>
+      <c r="AH23" s="64"/>
+      <c r="AI23" s="64"/>
+      <c r="AJ23" s="64"/>
+      <c r="AK23" s="64"/>
       <c r="AL23" s="17"/>
       <c r="AM23" s="17"/>
       <c r="AN23" s="17"/>
       <c r="AO23" s="17"/>
       <c r="AP23" s="27"/>
       <c r="AQ23" s="17"/>
     </row>
     <row r="24" spans="1:51" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C24" s="17"/>
     </row>
     <row r="25" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="49" t="s">
+      <c r="A25" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="B25" s="49"/>
-[...34 lines deleted...]
-      <c r="AK25" s="49"/>
+      <c r="B25" s="42"/>
+      <c r="C25" s="42"/>
+      <c r="D25" s="42"/>
+      <c r="E25" s="42"/>
+      <c r="F25" s="42"/>
+      <c r="G25" s="42"/>
+      <c r="H25" s="42"/>
+      <c r="I25" s="42"/>
+      <c r="J25" s="42"/>
+      <c r="K25" s="42"/>
+      <c r="L25" s="42"/>
+      <c r="M25" s="42"/>
+      <c r="N25" s="42"/>
+      <c r="O25" s="42"/>
+      <c r="P25" s="42"/>
+      <c r="Q25" s="42"/>
+      <c r="R25" s="42"/>
+      <c r="S25" s="42"/>
+      <c r="T25" s="42"/>
+      <c r="U25" s="42"/>
+      <c r="V25" s="42"/>
+      <c r="W25" s="42"/>
+      <c r="X25" s="42"/>
+      <c r="Y25" s="42"/>
+      <c r="Z25" s="42"/>
+      <c r="AA25" s="42"/>
+      <c r="AB25" s="42"/>
+      <c r="AC25" s="42"/>
+      <c r="AD25" s="42"/>
+      <c r="AE25" s="42"/>
+      <c r="AF25" s="42"/>
+      <c r="AG25" s="42"/>
+      <c r="AH25" s="42"/>
+      <c r="AI25" s="42"/>
+      <c r="AJ25" s="42"/>
+      <c r="AK25" s="42"/>
       <c r="AL25" s="20"/>
       <c r="AM25" s="20"/>
       <c r="AN25" s="20"/>
       <c r="AO25" s="20"/>
       <c r="AP25" s="24"/>
       <c r="AQ25" s="20"/>
       <c r="AR25" s="20"/>
       <c r="AS25" s="20"/>
     </row>
     <row r="26" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="11"/>
-      <c r="B26" s="66" t="s">
+      <c r="B26" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="C26" s="66"/>
-[...33 lines deleted...]
-      <c r="AK26" s="66"/>
+      <c r="C26" s="43"/>
+      <c r="D26" s="43"/>
+      <c r="E26" s="43"/>
+      <c r="F26" s="43"/>
+      <c r="G26" s="43"/>
+      <c r="H26" s="43"/>
+      <c r="I26" s="43"/>
+      <c r="J26" s="43"/>
+      <c r="K26" s="43"/>
+      <c r="L26" s="43"/>
+      <c r="M26" s="43"/>
+      <c r="N26" s="43"/>
+      <c r="O26" s="43"/>
+      <c r="P26" s="43"/>
+      <c r="Q26" s="43"/>
+      <c r="R26" s="43"/>
+      <c r="S26" s="43"/>
+      <c r="T26" s="43"/>
+      <c r="U26" s="43"/>
+      <c r="V26" s="43"/>
+      <c r="W26" s="43"/>
+      <c r="X26" s="43"/>
+      <c r="Y26" s="43"/>
+      <c r="Z26" s="43"/>
+      <c r="AA26" s="43"/>
+      <c r="AB26" s="43"/>
+      <c r="AC26" s="43"/>
+      <c r="AD26" s="43"/>
+      <c r="AE26" s="43"/>
+      <c r="AF26" s="43"/>
+      <c r="AG26" s="43"/>
+      <c r="AH26" s="43"/>
+      <c r="AI26" s="43"/>
+      <c r="AJ26" s="43"/>
+      <c r="AK26" s="43"/>
       <c r="AL26" s="11"/>
       <c r="AM26" s="11"/>
       <c r="AN26" s="11"/>
       <c r="AO26" s="11"/>
       <c r="AP26" s="25"/>
       <c r="AQ26" s="11"/>
       <c r="AR26" s="12"/>
       <c r="AS26" s="12"/>
     </row>
     <row r="27" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="F27" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="18"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
@@ -3134,1409 +3130,1409 @@
       <c r="V27" s="2"/>
       <c r="W27" s="2"/>
       <c r="X27" s="2"/>
       <c r="Y27" s="2"/>
       <c r="Z27" s="2"/>
       <c r="AC27" s="2"/>
       <c r="AD27" s="2"/>
       <c r="AE27" s="2"/>
       <c r="AF27" s="2"/>
       <c r="AG27" s="2"/>
       <c r="AH27" s="2"/>
       <c r="AI27" s="2"/>
       <c r="AJ27" s="2"/>
       <c r="AK27" s="2"/>
       <c r="AL27" s="2"/>
       <c r="AM27" s="2"/>
       <c r="AN27" s="2"/>
       <c r="AO27" s="2"/>
       <c r="AP27" s="28"/>
       <c r="AQ27" s="2"/>
       <c r="AR27" s="2"/>
       <c r="AW27" s="7"/>
     </row>
     <row r="28" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="29" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E29" s="50" t="s">
+      <c r="E29" s="65" t="s">
         <v>8</v>
       </c>
-      <c r="F29" s="50"/>
-[...31 lines deleted...]
-      <c r="AL29" s="50"/>
+      <c r="F29" s="65"/>
+      <c r="G29" s="65"/>
+      <c r="H29" s="65"/>
+      <c r="I29" s="65"/>
+      <c r="J29" s="65"/>
+      <c r="K29" s="65"/>
+      <c r="L29" s="65"/>
+      <c r="M29" s="65"/>
+      <c r="N29" s="65"/>
+      <c r="O29" s="65"/>
+      <c r="P29" s="65"/>
+      <c r="Q29" s="65"/>
+      <c r="R29" s="65"/>
+      <c r="S29" s="65"/>
+      <c r="T29" s="65"/>
+      <c r="U29" s="65"/>
+      <c r="V29" s="65"/>
+      <c r="W29" s="65"/>
+      <c r="X29" s="65"/>
+      <c r="Y29" s="65"/>
+      <c r="Z29" s="65"/>
+      <c r="AA29" s="65"/>
+      <c r="AB29" s="65"/>
+      <c r="AC29" s="65"/>
+      <c r="AD29" s="65"/>
+      <c r="AE29" s="65"/>
+      <c r="AF29" s="65"/>
+      <c r="AG29" s="65"/>
+      <c r="AH29" s="65"/>
+      <c r="AI29" s="65"/>
+      <c r="AJ29" s="65"/>
+      <c r="AK29" s="65"/>
+      <c r="AL29" s="65"/>
       <c r="AP29" s="29"/>
       <c r="AQ29" s="6"/>
       <c r="AR29" s="6"/>
     </row>
     <row r="30" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E30" s="51" t="s">
+      <c r="E30" s="47" t="s">
         <v>2</v>
       </c>
-      <c r="F30" s="51"/>
-[...29 lines deleted...]
-      <c r="AJ30" s="51"/>
+      <c r="F30" s="47"/>
+      <c r="G30" s="47"/>
+      <c r="H30" s="47"/>
+      <c r="I30" s="47"/>
+      <c r="J30" s="47"/>
+      <c r="K30" s="47"/>
+      <c r="L30" s="47"/>
+      <c r="M30" s="47"/>
+      <c r="N30" s="47"/>
+      <c r="O30" s="47"/>
+      <c r="P30" s="47"/>
+      <c r="Q30" s="47"/>
+      <c r="R30" s="47"/>
+      <c r="S30" s="47"/>
+      <c r="T30" s="47"/>
+      <c r="U30" s="47"/>
+      <c r="V30" s="47"/>
+      <c r="W30" s="47"/>
+      <c r="X30" s="47"/>
+      <c r="Y30" s="47"/>
+      <c r="Z30" s="47"/>
+      <c r="AA30" s="47"/>
+      <c r="AB30" s="47"/>
+      <c r="AC30" s="47"/>
+      <c r="AD30" s="47"/>
+      <c r="AE30" s="47"/>
+      <c r="AF30" s="47"/>
+      <c r="AG30" s="47"/>
+      <c r="AH30" s="47"/>
+      <c r="AI30" s="47"/>
+      <c r="AJ30" s="47"/>
       <c r="AK30" s="13"/>
       <c r="AL30" s="13"/>
       <c r="AP30" s="29"/>
       <c r="AQ30" s="6"/>
       <c r="AR30" s="6"/>
     </row>
     <row r="31" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F31" s="46" t="s">
+      <c r="F31" s="48" t="s">
         <v>1</v>
       </c>
-      <c r="G31" s="46"/>
-[...28 lines deleted...]
-      <c r="AJ31" s="46"/>
+      <c r="G31" s="48"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="48"/>
+      <c r="K31" s="48"/>
+      <c r="L31" s="48"/>
+      <c r="M31" s="48"/>
+      <c r="N31" s="48"/>
+      <c r="O31" s="48"/>
+      <c r="P31" s="48"/>
+      <c r="Q31" s="48"/>
+      <c r="R31" s="48"/>
+      <c r="S31" s="48"/>
+      <c r="T31" s="48"/>
+      <c r="U31" s="48"/>
+      <c r="V31" s="48"/>
+      <c r="W31" s="48"/>
+      <c r="X31" s="48"/>
+      <c r="Y31" s="48"/>
+      <c r="Z31" s="48"/>
+      <c r="AA31" s="48"/>
+      <c r="AB31" s="48"/>
+      <c r="AC31" s="48"/>
+      <c r="AD31" s="48"/>
+      <c r="AE31" s="48"/>
+      <c r="AF31" s="48"/>
+      <c r="AG31" s="48"/>
+      <c r="AH31" s="48"/>
+      <c r="AI31" s="48"/>
+      <c r="AJ31" s="48"/>
       <c r="AK31" s="8"/>
       <c r="AL31" s="8"/>
       <c r="AP31" s="29"/>
       <c r="AQ31" s="6"/>
       <c r="AR31" s="6"/>
     </row>
     <row r="32" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E32" s="51"/>
-[...30 lines deleted...]
-      <c r="AJ32" s="51"/>
+      <c r="E32" s="47"/>
+      <c r="F32" s="47"/>
+      <c r="G32" s="47"/>
+      <c r="H32" s="47"/>
+      <c r="I32" s="47"/>
+      <c r="J32" s="47"/>
+      <c r="K32" s="47"/>
+      <c r="L32" s="47"/>
+      <c r="M32" s="47"/>
+      <c r="N32" s="47"/>
+      <c r="O32" s="47"/>
+      <c r="P32" s="47"/>
+      <c r="Q32" s="47"/>
+      <c r="R32" s="47"/>
+      <c r="S32" s="47"/>
+      <c r="T32" s="47"/>
+      <c r="U32" s="47"/>
+      <c r="V32" s="47"/>
+      <c r="W32" s="47"/>
+      <c r="X32" s="47"/>
+      <c r="Y32" s="47"/>
+      <c r="Z32" s="47"/>
+      <c r="AA32" s="47"/>
+      <c r="AB32" s="47"/>
+      <c r="AC32" s="47"/>
+      <c r="AD32" s="47"/>
+      <c r="AE32" s="47"/>
+      <c r="AF32" s="47"/>
+      <c r="AG32" s="47"/>
+      <c r="AH32" s="47"/>
+      <c r="AI32" s="47"/>
+      <c r="AJ32" s="47"/>
       <c r="AK32" s="13"/>
       <c r="AL32" s="13"/>
       <c r="AP32" s="29"/>
       <c r="AQ32" s="6"/>
       <c r="AR32" s="6"/>
     </row>
     <row r="33" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F33" s="46"/>
-[...29 lines deleted...]
-      <c r="AJ33" s="46"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="48"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="48"/>
+      <c r="K33" s="48"/>
+      <c r="L33" s="48"/>
+      <c r="M33" s="48"/>
+      <c r="N33" s="48"/>
+      <c r="O33" s="48"/>
+      <c r="P33" s="48"/>
+      <c r="Q33" s="48"/>
+      <c r="R33" s="48"/>
+      <c r="S33" s="48"/>
+      <c r="T33" s="48"/>
+      <c r="U33" s="48"/>
+      <c r="V33" s="48"/>
+      <c r="W33" s="48"/>
+      <c r="X33" s="48"/>
+      <c r="Y33" s="48"/>
+      <c r="Z33" s="48"/>
+      <c r="AA33" s="48"/>
+      <c r="AB33" s="48"/>
+      <c r="AC33" s="48"/>
+      <c r="AD33" s="48"/>
+      <c r="AE33" s="48"/>
+      <c r="AF33" s="48"/>
+      <c r="AG33" s="48"/>
+      <c r="AH33" s="48"/>
+      <c r="AI33" s="48"/>
+      <c r="AJ33" s="48"/>
       <c r="AK33" s="8"/>
       <c r="AL33" s="8"/>
       <c r="AP33" s="29"/>
       <c r="AQ33" s="6"/>
       <c r="AR33" s="6"/>
     </row>
     <row r="34" spans="1:51" s="4" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AP34" s="29"/>
       <c r="AW34" s="6"/>
       <c r="AX34" s="6"/>
       <c r="AY34" s="6"/>
     </row>
     <row r="35" spans="1:51" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="49" t="s">
+      <c r="A35" s="42" t="s">
         <v>15</v>
       </c>
-      <c r="B35" s="49"/>
-[...34 lines deleted...]
-      <c r="AK35" s="49"/>
+      <c r="B35" s="42"/>
+      <c r="C35" s="42"/>
+      <c r="D35" s="42"/>
+      <c r="E35" s="42"/>
+      <c r="F35" s="42"/>
+      <c r="G35" s="42"/>
+      <c r="H35" s="42"/>
+      <c r="I35" s="42"/>
+      <c r="J35" s="42"/>
+      <c r="K35" s="42"/>
+      <c r="L35" s="42"/>
+      <c r="M35" s="42"/>
+      <c r="N35" s="42"/>
+      <c r="O35" s="42"/>
+      <c r="P35" s="42"/>
+      <c r="Q35" s="42"/>
+      <c r="R35" s="42"/>
+      <c r="S35" s="42"/>
+      <c r="T35" s="42"/>
+      <c r="U35" s="42"/>
+      <c r="V35" s="42"/>
+      <c r="W35" s="42"/>
+      <c r="X35" s="42"/>
+      <c r="Y35" s="42"/>
+      <c r="Z35" s="42"/>
+      <c r="AA35" s="42"/>
+      <c r="AB35" s="42"/>
+      <c r="AC35" s="42"/>
+      <c r="AD35" s="42"/>
+      <c r="AE35" s="42"/>
+      <c r="AF35" s="42"/>
+      <c r="AG35" s="42"/>
+      <c r="AH35" s="42"/>
+      <c r="AI35" s="42"/>
+      <c r="AJ35" s="42"/>
+      <c r="AK35" s="42"/>
       <c r="AL35" s="20"/>
       <c r="AM35" s="20"/>
       <c r="AN35" s="20"/>
       <c r="AO35" s="20"/>
       <c r="AP35" s="24"/>
       <c r="AQ35" s="20"/>
       <c r="AR35" s="20"/>
       <c r="AS35" s="20"/>
       <c r="AW35" s="14"/>
       <c r="AX35" s="14"/>
       <c r="AY35" s="14"/>
     </row>
     <row r="36" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="C36" s="40" t="s">
+      <c r="C36" s="66" t="s">
         <v>16</v>
       </c>
-      <c r="D36" s="40"/>
-[...1 lines deleted...]
-      <c r="F36" s="43" t="s">
+      <c r="D36" s="66"/>
+      <c r="E36" s="66"/>
+      <c r="F36" s="62" t="s">
         <v>18</v>
       </c>
-      <c r="G36" s="45"/>
-[...4 lines deleted...]
-      <c r="L36" s="43" t="s">
+      <c r="G36" s="63"/>
+      <c r="H36" s="63"/>
+      <c r="I36" s="63"/>
+      <c r="J36" s="63"/>
+      <c r="K36" s="63"/>
+      <c r="L36" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="M36" s="44"/>
-[...23 lines deleted...]
-      <c r="AK36" s="44"/>
+      <c r="M36" s="63"/>
+      <c r="N36" s="63"/>
+      <c r="O36" s="63"/>
+      <c r="P36" s="63"/>
+      <c r="Q36" s="63"/>
+      <c r="R36" s="63"/>
+      <c r="S36" s="63"/>
+      <c r="T36" s="63"/>
+      <c r="U36" s="63"/>
+      <c r="V36" s="63"/>
+      <c r="W36" s="63"/>
+      <c r="X36" s="63"/>
+      <c r="Y36" s="63"/>
+      <c r="Z36" s="63"/>
+      <c r="AA36" s="63"/>
+      <c r="AB36" s="63"/>
+      <c r="AC36" s="63"/>
+      <c r="AD36" s="63"/>
+      <c r="AE36" s="63"/>
+      <c r="AF36" s="63"/>
+      <c r="AG36" s="63"/>
+      <c r="AH36" s="63"/>
+      <c r="AI36" s="63"/>
+      <c r="AJ36" s="63"/>
+      <c r="AK36" s="63"/>
       <c r="AM36" s="7"/>
       <c r="AP36" s="1"/>
     </row>
     <row r="37" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="30" t="s">
         <v>20</v>
       </c>
-      <c r="C37" s="38"/>
-[...33 lines deleted...]
-      <c r="AK37" s="38"/>
+      <c r="C37" s="60"/>
+      <c r="D37" s="60"/>
+      <c r="E37" s="60"/>
+      <c r="F37" s="59"/>
+      <c r="G37" s="59"/>
+      <c r="H37" s="59"/>
+      <c r="I37" s="59"/>
+      <c r="J37" s="59"/>
+      <c r="K37" s="59"/>
+      <c r="L37" s="60"/>
+      <c r="M37" s="60"/>
+      <c r="N37" s="60"/>
+      <c r="O37" s="60"/>
+      <c r="P37" s="60"/>
+      <c r="Q37" s="60"/>
+      <c r="R37" s="60"/>
+      <c r="S37" s="60"/>
+      <c r="T37" s="60"/>
+      <c r="U37" s="60"/>
+      <c r="V37" s="60"/>
+      <c r="W37" s="60"/>
+      <c r="X37" s="60"/>
+      <c r="Y37" s="60"/>
+      <c r="Z37" s="60"/>
+      <c r="AA37" s="60"/>
+      <c r="AB37" s="60"/>
+      <c r="AC37" s="60"/>
+      <c r="AD37" s="60"/>
+      <c r="AE37" s="60"/>
+      <c r="AF37" s="60"/>
+      <c r="AG37" s="60"/>
+      <c r="AH37" s="60"/>
+      <c r="AI37" s="60"/>
+      <c r="AJ37" s="60"/>
+      <c r="AK37" s="60"/>
       <c r="AM37" s="7"/>
       <c r="AP37" s="1"/>
     </row>
     <row r="38" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="C38" s="38"/>
-[...33 lines deleted...]
-      <c r="AK38" s="38"/>
+      <c r="C38" s="60"/>
+      <c r="D38" s="60"/>
+      <c r="E38" s="60"/>
+      <c r="F38" s="59"/>
+      <c r="G38" s="59"/>
+      <c r="H38" s="59"/>
+      <c r="I38" s="59"/>
+      <c r="J38" s="59"/>
+      <c r="K38" s="59"/>
+      <c r="L38" s="60"/>
+      <c r="M38" s="60"/>
+      <c r="N38" s="60"/>
+      <c r="O38" s="60"/>
+      <c r="P38" s="60"/>
+      <c r="Q38" s="60"/>
+      <c r="R38" s="60"/>
+      <c r="S38" s="60"/>
+      <c r="T38" s="60"/>
+      <c r="U38" s="60"/>
+      <c r="V38" s="60"/>
+      <c r="W38" s="60"/>
+      <c r="X38" s="60"/>
+      <c r="Y38" s="60"/>
+      <c r="Z38" s="60"/>
+      <c r="AA38" s="60"/>
+      <c r="AB38" s="60"/>
+      <c r="AC38" s="60"/>
+      <c r="AD38" s="60"/>
+      <c r="AE38" s="60"/>
+      <c r="AF38" s="60"/>
+      <c r="AG38" s="60"/>
+      <c r="AH38" s="60"/>
+      <c r="AI38" s="60"/>
+      <c r="AJ38" s="60"/>
+      <c r="AK38" s="60"/>
       <c r="AM38" s="7"/>
       <c r="AP38" s="1"/>
     </row>
     <row r="39" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="C39" s="38"/>
-[...33 lines deleted...]
-      <c r="AK39" s="38"/>
+      <c r="C39" s="60"/>
+      <c r="D39" s="60"/>
+      <c r="E39" s="60"/>
+      <c r="F39" s="59"/>
+      <c r="G39" s="59"/>
+      <c r="H39" s="59"/>
+      <c r="I39" s="59"/>
+      <c r="J39" s="59"/>
+      <c r="K39" s="59"/>
+      <c r="L39" s="60"/>
+      <c r="M39" s="60"/>
+      <c r="N39" s="60"/>
+      <c r="O39" s="60"/>
+      <c r="P39" s="60"/>
+      <c r="Q39" s="60"/>
+      <c r="R39" s="60"/>
+      <c r="S39" s="60"/>
+      <c r="T39" s="60"/>
+      <c r="U39" s="60"/>
+      <c r="V39" s="60"/>
+      <c r="W39" s="60"/>
+      <c r="X39" s="60"/>
+      <c r="Y39" s="60"/>
+      <c r="Z39" s="60"/>
+      <c r="AA39" s="60"/>
+      <c r="AB39" s="60"/>
+      <c r="AC39" s="60"/>
+      <c r="AD39" s="60"/>
+      <c r="AE39" s="60"/>
+      <c r="AF39" s="60"/>
+      <c r="AG39" s="60"/>
+      <c r="AH39" s="60"/>
+      <c r="AI39" s="60"/>
+      <c r="AJ39" s="60"/>
+      <c r="AK39" s="60"/>
       <c r="AM39" s="7"/>
       <c r="AP39" s="1"/>
     </row>
     <row r="40" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="C40" s="38"/>
-[...33 lines deleted...]
-      <c r="AK40" s="38"/>
+      <c r="C40" s="60"/>
+      <c r="D40" s="60"/>
+      <c r="E40" s="60"/>
+      <c r="F40" s="59"/>
+      <c r="G40" s="59"/>
+      <c r="H40" s="59"/>
+      <c r="I40" s="59"/>
+      <c r="J40" s="59"/>
+      <c r="K40" s="59"/>
+      <c r="L40" s="60"/>
+      <c r="M40" s="60"/>
+      <c r="N40" s="60"/>
+      <c r="O40" s="60"/>
+      <c r="P40" s="60"/>
+      <c r="Q40" s="60"/>
+      <c r="R40" s="60"/>
+      <c r="S40" s="60"/>
+      <c r="T40" s="60"/>
+      <c r="U40" s="60"/>
+      <c r="V40" s="60"/>
+      <c r="W40" s="60"/>
+      <c r="X40" s="60"/>
+      <c r="Y40" s="60"/>
+      <c r="Z40" s="60"/>
+      <c r="AA40" s="60"/>
+      <c r="AB40" s="60"/>
+      <c r="AC40" s="60"/>
+      <c r="AD40" s="60"/>
+      <c r="AE40" s="60"/>
+      <c r="AF40" s="60"/>
+      <c r="AG40" s="60"/>
+      <c r="AH40" s="60"/>
+      <c r="AI40" s="60"/>
+      <c r="AJ40" s="60"/>
+      <c r="AK40" s="60"/>
       <c r="AM40" s="7"/>
       <c r="AP40" s="1"/>
     </row>
     <row r="41" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="30" t="s">
         <v>24</v>
       </c>
-      <c r="C41" s="38"/>
-[...33 lines deleted...]
-      <c r="AK41" s="38"/>
+      <c r="C41" s="60"/>
+      <c r="D41" s="60"/>
+      <c r="E41" s="60"/>
+      <c r="F41" s="59"/>
+      <c r="G41" s="59"/>
+      <c r="H41" s="59"/>
+      <c r="I41" s="59"/>
+      <c r="J41" s="59"/>
+      <c r="K41" s="59"/>
+      <c r="L41" s="60"/>
+      <c r="M41" s="60"/>
+      <c r="N41" s="60"/>
+      <c r="O41" s="60"/>
+      <c r="P41" s="60"/>
+      <c r="Q41" s="60"/>
+      <c r="R41" s="60"/>
+      <c r="S41" s="60"/>
+      <c r="T41" s="60"/>
+      <c r="U41" s="60"/>
+      <c r="V41" s="60"/>
+      <c r="W41" s="60"/>
+      <c r="X41" s="60"/>
+      <c r="Y41" s="60"/>
+      <c r="Z41" s="60"/>
+      <c r="AA41" s="60"/>
+      <c r="AB41" s="60"/>
+      <c r="AC41" s="60"/>
+      <c r="AD41" s="60"/>
+      <c r="AE41" s="60"/>
+      <c r="AF41" s="60"/>
+      <c r="AG41" s="60"/>
+      <c r="AH41" s="60"/>
+      <c r="AI41" s="60"/>
+      <c r="AJ41" s="60"/>
+      <c r="AK41" s="60"/>
       <c r="AM41" s="7"/>
       <c r="AP41" s="1"/>
     </row>
     <row r="42" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="30" t="s">
         <v>25</v>
       </c>
-      <c r="C42" s="38"/>
-[...33 lines deleted...]
-      <c r="AK42" s="38"/>
+      <c r="C42" s="60"/>
+      <c r="D42" s="60"/>
+      <c r="E42" s="60"/>
+      <c r="F42" s="59"/>
+      <c r="G42" s="59"/>
+      <c r="H42" s="59"/>
+      <c r="I42" s="59"/>
+      <c r="J42" s="59"/>
+      <c r="K42" s="59"/>
+      <c r="L42" s="60"/>
+      <c r="M42" s="60"/>
+      <c r="N42" s="60"/>
+      <c r="O42" s="60"/>
+      <c r="P42" s="60"/>
+      <c r="Q42" s="60"/>
+      <c r="R42" s="60"/>
+      <c r="S42" s="60"/>
+      <c r="T42" s="60"/>
+      <c r="U42" s="60"/>
+      <c r="V42" s="60"/>
+      <c r="W42" s="60"/>
+      <c r="X42" s="60"/>
+      <c r="Y42" s="60"/>
+      <c r="Z42" s="60"/>
+      <c r="AA42" s="60"/>
+      <c r="AB42" s="60"/>
+      <c r="AC42" s="60"/>
+      <c r="AD42" s="60"/>
+      <c r="AE42" s="60"/>
+      <c r="AF42" s="60"/>
+      <c r="AG42" s="60"/>
+      <c r="AH42" s="60"/>
+      <c r="AI42" s="60"/>
+      <c r="AJ42" s="60"/>
+      <c r="AK42" s="60"/>
       <c r="AM42" s="7"/>
       <c r="AP42" s="1"/>
     </row>
     <row r="43" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="30" t="s">
         <v>26</v>
       </c>
-      <c r="C43" s="38"/>
-[...33 lines deleted...]
-      <c r="AK43" s="38"/>
+      <c r="C43" s="60"/>
+      <c r="D43" s="60"/>
+      <c r="E43" s="60"/>
+      <c r="F43" s="59"/>
+      <c r="G43" s="59"/>
+      <c r="H43" s="59"/>
+      <c r="I43" s="59"/>
+      <c r="J43" s="59"/>
+      <c r="K43" s="59"/>
+      <c r="L43" s="60"/>
+      <c r="M43" s="60"/>
+      <c r="N43" s="60"/>
+      <c r="O43" s="60"/>
+      <c r="P43" s="60"/>
+      <c r="Q43" s="60"/>
+      <c r="R43" s="60"/>
+      <c r="S43" s="60"/>
+      <c r="T43" s="60"/>
+      <c r="U43" s="60"/>
+      <c r="V43" s="60"/>
+      <c r="W43" s="60"/>
+      <c r="X43" s="60"/>
+      <c r="Y43" s="60"/>
+      <c r="Z43" s="60"/>
+      <c r="AA43" s="60"/>
+      <c r="AB43" s="60"/>
+      <c r="AC43" s="60"/>
+      <c r="AD43" s="60"/>
+      <c r="AE43" s="60"/>
+      <c r="AF43" s="60"/>
+      <c r="AG43" s="60"/>
+      <c r="AH43" s="60"/>
+      <c r="AI43" s="60"/>
+      <c r="AJ43" s="60"/>
+      <c r="AK43" s="60"/>
       <c r="AM43" s="7"/>
       <c r="AP43" s="1"/>
     </row>
     <row r="44" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="C44" s="38"/>
-[...33 lines deleted...]
-      <c r="AK44" s="38"/>
+      <c r="C44" s="60"/>
+      <c r="D44" s="60"/>
+      <c r="E44" s="60"/>
+      <c r="F44" s="59"/>
+      <c r="G44" s="59"/>
+      <c r="H44" s="59"/>
+      <c r="I44" s="59"/>
+      <c r="J44" s="59"/>
+      <c r="K44" s="59"/>
+      <c r="L44" s="60"/>
+      <c r="M44" s="60"/>
+      <c r="N44" s="60"/>
+      <c r="O44" s="60"/>
+      <c r="P44" s="60"/>
+      <c r="Q44" s="60"/>
+      <c r="R44" s="60"/>
+      <c r="S44" s="60"/>
+      <c r="T44" s="60"/>
+      <c r="U44" s="60"/>
+      <c r="V44" s="60"/>
+      <c r="W44" s="60"/>
+      <c r="X44" s="60"/>
+      <c r="Y44" s="60"/>
+      <c r="Z44" s="60"/>
+      <c r="AA44" s="60"/>
+      <c r="AB44" s="60"/>
+      <c r="AC44" s="60"/>
+      <c r="AD44" s="60"/>
+      <c r="AE44" s="60"/>
+      <c r="AF44" s="60"/>
+      <c r="AG44" s="60"/>
+      <c r="AH44" s="60"/>
+      <c r="AI44" s="60"/>
+      <c r="AJ44" s="60"/>
+      <c r="AK44" s="60"/>
       <c r="AM44" s="7"/>
       <c r="AP44" s="1"/>
     </row>
     <row r="45" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="C45" s="38"/>
-[...33 lines deleted...]
-      <c r="AK45" s="38"/>
+      <c r="C45" s="60"/>
+      <c r="D45" s="60"/>
+      <c r="E45" s="60"/>
+      <c r="F45" s="59"/>
+      <c r="G45" s="59"/>
+      <c r="H45" s="59"/>
+      <c r="I45" s="59"/>
+      <c r="J45" s="59"/>
+      <c r="K45" s="59"/>
+      <c r="L45" s="60"/>
+      <c r="M45" s="60"/>
+      <c r="N45" s="60"/>
+      <c r="O45" s="60"/>
+      <c r="P45" s="60"/>
+      <c r="Q45" s="60"/>
+      <c r="R45" s="60"/>
+      <c r="S45" s="60"/>
+      <c r="T45" s="60"/>
+      <c r="U45" s="60"/>
+      <c r="V45" s="60"/>
+      <c r="W45" s="60"/>
+      <c r="X45" s="60"/>
+      <c r="Y45" s="60"/>
+      <c r="Z45" s="60"/>
+      <c r="AA45" s="60"/>
+      <c r="AB45" s="60"/>
+      <c r="AC45" s="60"/>
+      <c r="AD45" s="60"/>
+      <c r="AE45" s="60"/>
+      <c r="AF45" s="60"/>
+      <c r="AG45" s="60"/>
+      <c r="AH45" s="60"/>
+      <c r="AI45" s="60"/>
+      <c r="AJ45" s="60"/>
+      <c r="AK45" s="60"/>
       <c r="AM45" s="7"/>
       <c r="AP45" s="1"/>
     </row>
     <row r="46" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="C46" s="38"/>
-[...33 lines deleted...]
-      <c r="AK46" s="38"/>
+      <c r="C46" s="60"/>
+      <c r="D46" s="60"/>
+      <c r="E46" s="60"/>
+      <c r="F46" s="59"/>
+      <c r="G46" s="59"/>
+      <c r="H46" s="59"/>
+      <c r="I46" s="59"/>
+      <c r="J46" s="59"/>
+      <c r="K46" s="59"/>
+      <c r="L46" s="60"/>
+      <c r="M46" s="60"/>
+      <c r="N46" s="60"/>
+      <c r="O46" s="60"/>
+      <c r="P46" s="60"/>
+      <c r="Q46" s="60"/>
+      <c r="R46" s="60"/>
+      <c r="S46" s="60"/>
+      <c r="T46" s="60"/>
+      <c r="U46" s="60"/>
+      <c r="V46" s="60"/>
+      <c r="W46" s="60"/>
+      <c r="X46" s="60"/>
+      <c r="Y46" s="60"/>
+      <c r="Z46" s="60"/>
+      <c r="AA46" s="60"/>
+      <c r="AB46" s="60"/>
+      <c r="AC46" s="60"/>
+      <c r="AD46" s="60"/>
+      <c r="AE46" s="60"/>
+      <c r="AF46" s="60"/>
+      <c r="AG46" s="60"/>
+      <c r="AH46" s="60"/>
+      <c r="AI46" s="60"/>
+      <c r="AJ46" s="60"/>
+      <c r="AK46" s="60"/>
       <c r="AP46" s="1"/>
     </row>
     <row r="47" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="C47" s="38"/>
-[...33 lines deleted...]
-      <c r="AK47" s="38"/>
+      <c r="C47" s="60"/>
+      <c r="D47" s="60"/>
+      <c r="E47" s="60"/>
+      <c r="F47" s="59"/>
+      <c r="G47" s="59"/>
+      <c r="H47" s="59"/>
+      <c r="I47" s="59"/>
+      <c r="J47" s="59"/>
+      <c r="K47" s="59"/>
+      <c r="L47" s="60"/>
+      <c r="M47" s="60"/>
+      <c r="N47" s="60"/>
+      <c r="O47" s="60"/>
+      <c r="P47" s="60"/>
+      <c r="Q47" s="60"/>
+      <c r="R47" s="60"/>
+      <c r="S47" s="60"/>
+      <c r="T47" s="60"/>
+      <c r="U47" s="60"/>
+      <c r="V47" s="60"/>
+      <c r="W47" s="60"/>
+      <c r="X47" s="60"/>
+      <c r="Y47" s="60"/>
+      <c r="Z47" s="60"/>
+      <c r="AA47" s="60"/>
+      <c r="AB47" s="60"/>
+      <c r="AC47" s="60"/>
+      <c r="AD47" s="60"/>
+      <c r="AE47" s="60"/>
+      <c r="AF47" s="60"/>
+      <c r="AG47" s="60"/>
+      <c r="AH47" s="60"/>
+      <c r="AI47" s="60"/>
+      <c r="AJ47" s="60"/>
+      <c r="AK47" s="60"/>
       <c r="AP47" s="1"/>
     </row>
     <row r="48" spans="1:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="C48" s="38"/>
-[...33 lines deleted...]
-      <c r="AK48" s="38"/>
+      <c r="C48" s="60"/>
+      <c r="D48" s="60"/>
+      <c r="E48" s="60"/>
+      <c r="F48" s="59"/>
+      <c r="G48" s="59"/>
+      <c r="H48" s="59"/>
+      <c r="I48" s="59"/>
+      <c r="J48" s="59"/>
+      <c r="K48" s="59"/>
+      <c r="L48" s="60"/>
+      <c r="M48" s="60"/>
+      <c r="N48" s="60"/>
+      <c r="O48" s="60"/>
+      <c r="P48" s="60"/>
+      <c r="Q48" s="60"/>
+      <c r="R48" s="60"/>
+      <c r="S48" s="60"/>
+      <c r="T48" s="60"/>
+      <c r="U48" s="60"/>
+      <c r="V48" s="60"/>
+      <c r="W48" s="60"/>
+      <c r="X48" s="60"/>
+      <c r="Y48" s="60"/>
+      <c r="Z48" s="60"/>
+      <c r="AA48" s="60"/>
+      <c r="AB48" s="60"/>
+      <c r="AC48" s="60"/>
+      <c r="AD48" s="60"/>
+      <c r="AE48" s="60"/>
+      <c r="AF48" s="60"/>
+      <c r="AG48" s="60"/>
+      <c r="AH48" s="60"/>
+      <c r="AI48" s="60"/>
+      <c r="AJ48" s="60"/>
+      <c r="AK48" s="60"/>
       <c r="AP48" s="1"/>
     </row>
     <row r="49" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="C49" s="38"/>
-[...33 lines deleted...]
-      <c r="AK49" s="38"/>
+      <c r="C49" s="60"/>
+      <c r="D49" s="60"/>
+      <c r="E49" s="60"/>
+      <c r="F49" s="59"/>
+      <c r="G49" s="59"/>
+      <c r="H49" s="59"/>
+      <c r="I49" s="59"/>
+      <c r="J49" s="59"/>
+      <c r="K49" s="59"/>
+      <c r="L49" s="60"/>
+      <c r="M49" s="60"/>
+      <c r="N49" s="60"/>
+      <c r="O49" s="60"/>
+      <c r="P49" s="60"/>
+      <c r="Q49" s="60"/>
+      <c r="R49" s="60"/>
+      <c r="S49" s="60"/>
+      <c r="T49" s="60"/>
+      <c r="U49" s="60"/>
+      <c r="V49" s="60"/>
+      <c r="W49" s="60"/>
+      <c r="X49" s="60"/>
+      <c r="Y49" s="60"/>
+      <c r="Z49" s="60"/>
+      <c r="AA49" s="60"/>
+      <c r="AB49" s="60"/>
+      <c r="AC49" s="60"/>
+      <c r="AD49" s="60"/>
+      <c r="AE49" s="60"/>
+      <c r="AF49" s="60"/>
+      <c r="AG49" s="60"/>
+      <c r="AH49" s="60"/>
+      <c r="AI49" s="60"/>
+      <c r="AJ49" s="60"/>
+      <c r="AK49" s="60"/>
       <c r="AP49" s="1"/>
     </row>
     <row r="50" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="C50" s="38"/>
-[...33 lines deleted...]
-      <c r="AK50" s="38"/>
+      <c r="C50" s="60"/>
+      <c r="D50" s="60"/>
+      <c r="E50" s="60"/>
+      <c r="F50" s="59"/>
+      <c r="G50" s="59"/>
+      <c r="H50" s="59"/>
+      <c r="I50" s="59"/>
+      <c r="J50" s="59"/>
+      <c r="K50" s="59"/>
+      <c r="L50" s="60"/>
+      <c r="M50" s="60"/>
+      <c r="N50" s="60"/>
+      <c r="O50" s="60"/>
+      <c r="P50" s="60"/>
+      <c r="Q50" s="60"/>
+      <c r="R50" s="60"/>
+      <c r="S50" s="60"/>
+      <c r="T50" s="60"/>
+      <c r="U50" s="60"/>
+      <c r="V50" s="60"/>
+      <c r="W50" s="60"/>
+      <c r="X50" s="60"/>
+      <c r="Y50" s="60"/>
+      <c r="Z50" s="60"/>
+      <c r="AA50" s="60"/>
+      <c r="AB50" s="60"/>
+      <c r="AC50" s="60"/>
+      <c r="AD50" s="60"/>
+      <c r="AE50" s="60"/>
+      <c r="AF50" s="60"/>
+      <c r="AG50" s="60"/>
+      <c r="AH50" s="60"/>
+      <c r="AI50" s="60"/>
+      <c r="AJ50" s="60"/>
+      <c r="AK50" s="60"/>
       <c r="AP50" s="1"/>
     </row>
     <row r="51" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B51" s="30" t="s">
         <v>35</v>
       </c>
-      <c r="C51" s="38"/>
-[...33 lines deleted...]
-      <c r="AK51" s="38"/>
+      <c r="C51" s="60"/>
+      <c r="D51" s="60"/>
+      <c r="E51" s="60"/>
+      <c r="F51" s="59"/>
+      <c r="G51" s="59"/>
+      <c r="H51" s="59"/>
+      <c r="I51" s="59"/>
+      <c r="J51" s="59"/>
+      <c r="K51" s="59"/>
+      <c r="L51" s="60"/>
+      <c r="M51" s="60"/>
+      <c r="N51" s="60"/>
+      <c r="O51" s="60"/>
+      <c r="P51" s="60"/>
+      <c r="Q51" s="60"/>
+      <c r="R51" s="60"/>
+      <c r="S51" s="60"/>
+      <c r="T51" s="60"/>
+      <c r="U51" s="60"/>
+      <c r="V51" s="60"/>
+      <c r="W51" s="60"/>
+      <c r="X51" s="60"/>
+      <c r="Y51" s="60"/>
+      <c r="Z51" s="60"/>
+      <c r="AA51" s="60"/>
+      <c r="AB51" s="60"/>
+      <c r="AC51" s="60"/>
+      <c r="AD51" s="60"/>
+      <c r="AE51" s="60"/>
+      <c r="AF51" s="60"/>
+      <c r="AG51" s="60"/>
+      <c r="AH51" s="60"/>
+      <c r="AI51" s="60"/>
+      <c r="AJ51" s="60"/>
+      <c r="AK51" s="60"/>
       <c r="AP51" s="1"/>
     </row>
     <row r="52" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="30" t="s">
         <v>36</v>
       </c>
-      <c r="C52" s="38"/>
-[...33 lines deleted...]
-      <c r="AK52" s="38"/>
+      <c r="C52" s="60"/>
+      <c r="D52" s="60"/>
+      <c r="E52" s="60"/>
+      <c r="F52" s="59"/>
+      <c r="G52" s="59"/>
+      <c r="H52" s="59"/>
+      <c r="I52" s="59"/>
+      <c r="J52" s="59"/>
+      <c r="K52" s="59"/>
+      <c r="L52" s="60"/>
+      <c r="M52" s="60"/>
+      <c r="N52" s="60"/>
+      <c r="O52" s="60"/>
+      <c r="P52" s="60"/>
+      <c r="Q52" s="60"/>
+      <c r="R52" s="60"/>
+      <c r="S52" s="60"/>
+      <c r="T52" s="60"/>
+      <c r="U52" s="60"/>
+      <c r="V52" s="60"/>
+      <c r="W52" s="60"/>
+      <c r="X52" s="60"/>
+      <c r="Y52" s="60"/>
+      <c r="Z52" s="60"/>
+      <c r="AA52" s="60"/>
+      <c r="AB52" s="60"/>
+      <c r="AC52" s="60"/>
+      <c r="AD52" s="60"/>
+      <c r="AE52" s="60"/>
+      <c r="AF52" s="60"/>
+      <c r="AG52" s="60"/>
+      <c r="AH52" s="60"/>
+      <c r="AI52" s="60"/>
+      <c r="AJ52" s="60"/>
+      <c r="AK52" s="60"/>
       <c r="AP52" s="1"/>
     </row>
     <row r="53" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="C53" s="38"/>
-[...33 lines deleted...]
-      <c r="AK53" s="38"/>
+      <c r="C53" s="60"/>
+      <c r="D53" s="60"/>
+      <c r="E53" s="60"/>
+      <c r="F53" s="59"/>
+      <c r="G53" s="59"/>
+      <c r="H53" s="59"/>
+      <c r="I53" s="59"/>
+      <c r="J53" s="59"/>
+      <c r="K53" s="59"/>
+      <c r="L53" s="60"/>
+      <c r="M53" s="60"/>
+      <c r="N53" s="60"/>
+      <c r="O53" s="60"/>
+      <c r="P53" s="60"/>
+      <c r="Q53" s="60"/>
+      <c r="R53" s="60"/>
+      <c r="S53" s="60"/>
+      <c r="T53" s="60"/>
+      <c r="U53" s="60"/>
+      <c r="V53" s="60"/>
+      <c r="W53" s="60"/>
+      <c r="X53" s="60"/>
+      <c r="Y53" s="60"/>
+      <c r="Z53" s="60"/>
+      <c r="AA53" s="60"/>
+      <c r="AB53" s="60"/>
+      <c r="AC53" s="60"/>
+      <c r="AD53" s="60"/>
+      <c r="AE53" s="60"/>
+      <c r="AF53" s="60"/>
+      <c r="AG53" s="60"/>
+      <c r="AH53" s="60"/>
+      <c r="AI53" s="60"/>
+      <c r="AJ53" s="60"/>
+      <c r="AK53" s="60"/>
       <c r="AP53" s="1"/>
     </row>
     <row r="54" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B54" s="30" t="s">
         <v>38</v>
       </c>
-      <c r="C54" s="38"/>
-[...33 lines deleted...]
-      <c r="AK54" s="38"/>
+      <c r="C54" s="60"/>
+      <c r="D54" s="60"/>
+      <c r="E54" s="60"/>
+      <c r="F54" s="59"/>
+      <c r="G54" s="59"/>
+      <c r="H54" s="59"/>
+      <c r="I54" s="59"/>
+      <c r="J54" s="59"/>
+      <c r="K54" s="59"/>
+      <c r="L54" s="60"/>
+      <c r="M54" s="60"/>
+      <c r="N54" s="60"/>
+      <c r="O54" s="60"/>
+      <c r="P54" s="60"/>
+      <c r="Q54" s="60"/>
+      <c r="R54" s="60"/>
+      <c r="S54" s="60"/>
+      <c r="T54" s="60"/>
+      <c r="U54" s="60"/>
+      <c r="V54" s="60"/>
+      <c r="W54" s="60"/>
+      <c r="X54" s="60"/>
+      <c r="Y54" s="60"/>
+      <c r="Z54" s="60"/>
+      <c r="AA54" s="60"/>
+      <c r="AB54" s="60"/>
+      <c r="AC54" s="60"/>
+      <c r="AD54" s="60"/>
+      <c r="AE54" s="60"/>
+      <c r="AF54" s="60"/>
+      <c r="AG54" s="60"/>
+      <c r="AH54" s="60"/>
+      <c r="AI54" s="60"/>
+      <c r="AJ54" s="60"/>
+      <c r="AK54" s="60"/>
       <c r="AP54" s="1"/>
     </row>
     <row r="55" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="30" t="s">
         <v>39</v>
       </c>
-      <c r="C55" s="38"/>
-[...33 lines deleted...]
-      <c r="AK55" s="38"/>
+      <c r="C55" s="60"/>
+      <c r="D55" s="60"/>
+      <c r="E55" s="60"/>
+      <c r="F55" s="59"/>
+      <c r="G55" s="59"/>
+      <c r="H55" s="59"/>
+      <c r="I55" s="59"/>
+      <c r="J55" s="59"/>
+      <c r="K55" s="59"/>
+      <c r="L55" s="60"/>
+      <c r="M55" s="60"/>
+      <c r="N55" s="60"/>
+      <c r="O55" s="60"/>
+      <c r="P55" s="60"/>
+      <c r="Q55" s="60"/>
+      <c r="R55" s="60"/>
+      <c r="S55" s="60"/>
+      <c r="T55" s="60"/>
+      <c r="U55" s="60"/>
+      <c r="V55" s="60"/>
+      <c r="W55" s="60"/>
+      <c r="X55" s="60"/>
+      <c r="Y55" s="60"/>
+      <c r="Z55" s="60"/>
+      <c r="AA55" s="60"/>
+      <c r="AB55" s="60"/>
+      <c r="AC55" s="60"/>
+      <c r="AD55" s="60"/>
+      <c r="AE55" s="60"/>
+      <c r="AF55" s="60"/>
+      <c r="AG55" s="60"/>
+      <c r="AH55" s="60"/>
+      <c r="AI55" s="60"/>
+      <c r="AJ55" s="60"/>
+      <c r="AK55" s="60"/>
       <c r="AP55" s="1"/>
     </row>
     <row r="56" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="C56" s="38"/>
-[...33 lines deleted...]
-      <c r="AK56" s="38"/>
+      <c r="C56" s="60"/>
+      <c r="D56" s="60"/>
+      <c r="E56" s="60"/>
+      <c r="F56" s="59"/>
+      <c r="G56" s="59"/>
+      <c r="H56" s="59"/>
+      <c r="I56" s="59"/>
+      <c r="J56" s="59"/>
+      <c r="K56" s="59"/>
+      <c r="L56" s="60"/>
+      <c r="M56" s="60"/>
+      <c r="N56" s="60"/>
+      <c r="O56" s="60"/>
+      <c r="P56" s="60"/>
+      <c r="Q56" s="60"/>
+      <c r="R56" s="60"/>
+      <c r="S56" s="60"/>
+      <c r="T56" s="60"/>
+      <c r="U56" s="60"/>
+      <c r="V56" s="60"/>
+      <c r="W56" s="60"/>
+      <c r="X56" s="60"/>
+      <c r="Y56" s="60"/>
+      <c r="Z56" s="60"/>
+      <c r="AA56" s="60"/>
+      <c r="AB56" s="60"/>
+      <c r="AC56" s="60"/>
+      <c r="AD56" s="60"/>
+      <c r="AE56" s="60"/>
+      <c r="AF56" s="60"/>
+      <c r="AG56" s="60"/>
+      <c r="AH56" s="60"/>
+      <c r="AI56" s="60"/>
+      <c r="AJ56" s="60"/>
+      <c r="AK56" s="60"/>
       <c r="AP56" s="1"/>
     </row>
     <row r="57" spans="2:51" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="AQ57" s="5"/>
       <c r="AR57" s="5"/>
       <c r="AW57" s="1"/>
       <c r="AX57" s="1"/>
       <c r="AY57" s="1"/>
     </row>
     <row r="58" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J58" s="53" t="s">
+      <c r="J58" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="K58" s="54"/>
-[...16 lines deleted...]
-      <c r="AB58" s="55"/>
+      <c r="K58" s="51"/>
+      <c r="L58" s="51"/>
+      <c r="M58" s="51"/>
+      <c r="N58" s="51"/>
+      <c r="O58" s="51"/>
+      <c r="P58" s="51"/>
+      <c r="Q58" s="51"/>
+      <c r="R58" s="51"/>
+      <c r="S58" s="51"/>
+      <c r="T58" s="51"/>
+      <c r="U58" s="51"/>
+      <c r="V58" s="51"/>
+      <c r="W58" s="51"/>
+      <c r="X58" s="51"/>
+      <c r="Y58" s="51"/>
+      <c r="Z58" s="51"/>
+      <c r="AA58" s="51"/>
+      <c r="AB58" s="52"/>
       <c r="AQ58" s="5"/>
       <c r="AR58" s="5"/>
       <c r="AW58" s="1"/>
       <c r="AX58" s="1"/>
       <c r="AY58" s="1"/>
     </row>
     <row r="59" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J59" s="56" t="s">
+      <c r="J59" s="53" t="s">
         <v>10</v>
       </c>
-      <c r="K59" s="57"/>
-[...16 lines deleted...]
-      <c r="AB59" s="58"/>
+      <c r="K59" s="54"/>
+      <c r="L59" s="54"/>
+      <c r="M59" s="54"/>
+      <c r="N59" s="54"/>
+      <c r="O59" s="54"/>
+      <c r="P59" s="54"/>
+      <c r="Q59" s="54"/>
+      <c r="R59" s="54"/>
+      <c r="S59" s="54"/>
+      <c r="T59" s="54"/>
+      <c r="U59" s="54"/>
+      <c r="V59" s="54"/>
+      <c r="W59" s="54"/>
+      <c r="X59" s="54"/>
+      <c r="Y59" s="54"/>
+      <c r="Z59" s="54"/>
+      <c r="AA59" s="54"/>
+      <c r="AB59" s="55"/>
       <c r="AQ59" s="5"/>
       <c r="AR59" s="5"/>
       <c r="AW59" s="1"/>
       <c r="AX59" s="1"/>
       <c r="AY59" s="1"/>
     </row>
     <row r="60" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J60" s="56" t="s">
+      <c r="J60" s="53" t="s">
         <v>11</v>
       </c>
-      <c r="K60" s="57"/>
-[...16 lines deleted...]
-      <c r="AB60" s="58"/>
+      <c r="K60" s="54"/>
+      <c r="L60" s="54"/>
+      <c r="M60" s="54"/>
+      <c r="N60" s="54"/>
+      <c r="O60" s="54"/>
+      <c r="P60" s="54"/>
+      <c r="Q60" s="54"/>
+      <c r="R60" s="54"/>
+      <c r="S60" s="54"/>
+      <c r="T60" s="54"/>
+      <c r="U60" s="54"/>
+      <c r="V60" s="54"/>
+      <c r="W60" s="54"/>
+      <c r="X60" s="54"/>
+      <c r="Y60" s="54"/>
+      <c r="Z60" s="54"/>
+      <c r="AA60" s="54"/>
+      <c r="AB60" s="55"/>
       <c r="AQ60" s="5"/>
       <c r="AR60" s="5"/>
       <c r="AW60" s="1"/>
       <c r="AX60" s="1"/>
       <c r="AY60" s="1"/>
     </row>
     <row r="61" spans="2:51" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="J61" s="59" t="s">
+      <c r="J61" s="56" t="s">
         <v>7</v>
       </c>
-      <c r="K61" s="60"/>
-[...16 lines deleted...]
-      <c r="AB61" s="61"/>
+      <c r="K61" s="57"/>
+      <c r="L61" s="57"/>
+      <c r="M61" s="57"/>
+      <c r="N61" s="57"/>
+      <c r="O61" s="57"/>
+      <c r="P61" s="57"/>
+      <c r="Q61" s="57"/>
+      <c r="R61" s="57"/>
+      <c r="S61" s="57"/>
+      <c r="T61" s="57"/>
+      <c r="U61" s="57"/>
+      <c r="V61" s="57"/>
+      <c r="W61" s="57"/>
+      <c r="X61" s="57"/>
+      <c r="Y61" s="57"/>
+      <c r="Z61" s="57"/>
+      <c r="AA61" s="57"/>
+      <c r="AB61" s="58"/>
       <c r="AQ61" s="5"/>
       <c r="AR61" s="5"/>
       <c r="AW61" s="1"/>
       <c r="AX61" s="1"/>
       <c r="AY61" s="1"/>
     </row>
     <row r="62" spans="2:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="AG62" s="52" t="s">
-[...6 lines deleted...]
-      <c r="AL62" s="52"/>
+      <c r="AG62" s="49" t="s">
+        <v>107</v>
+      </c>
+      <c r="AH62" s="49"/>
+      <c r="AI62" s="49"/>
+      <c r="AJ62" s="49"/>
+      <c r="AK62" s="49"/>
+      <c r="AL62" s="49"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" insertRows="0" deleteRows="0"/>
   <mergeCells count="94">
+    <mergeCell ref="C50:E50"/>
+    <mergeCell ref="F50:K50"/>
+    <mergeCell ref="L50:AK50"/>
+    <mergeCell ref="C56:E56"/>
+    <mergeCell ref="F56:K56"/>
+    <mergeCell ref="L56:AK56"/>
+    <mergeCell ref="C51:E51"/>
+    <mergeCell ref="F51:K51"/>
+    <mergeCell ref="L51:AK51"/>
+    <mergeCell ref="C52:E52"/>
+    <mergeCell ref="F52:K52"/>
+    <mergeCell ref="L52:AK52"/>
+    <mergeCell ref="C53:E53"/>
+    <mergeCell ref="F53:K53"/>
+    <mergeCell ref="L53:AK53"/>
+    <mergeCell ref="C54:E54"/>
+    <mergeCell ref="C48:E48"/>
+    <mergeCell ref="F48:K48"/>
+    <mergeCell ref="L48:AK48"/>
+    <mergeCell ref="C49:E49"/>
+    <mergeCell ref="F49:K49"/>
+    <mergeCell ref="L49:AK49"/>
+    <mergeCell ref="L44:AK44"/>
+    <mergeCell ref="L45:AK45"/>
+    <mergeCell ref="L46:AK46"/>
+    <mergeCell ref="C47:E47"/>
+    <mergeCell ref="F47:K47"/>
+    <mergeCell ref="L47:AK47"/>
+    <mergeCell ref="C46:E46"/>
+    <mergeCell ref="F44:K44"/>
+    <mergeCell ref="F45:K45"/>
+    <mergeCell ref="F46:K46"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="C44:E44"/>
+    <mergeCell ref="L41:AK41"/>
+    <mergeCell ref="L42:AK42"/>
+    <mergeCell ref="L43:AK43"/>
+    <mergeCell ref="C41:E41"/>
+    <mergeCell ref="C36:E36"/>
+    <mergeCell ref="C42:E42"/>
+    <mergeCell ref="C43:E43"/>
+    <mergeCell ref="F42:K42"/>
+    <mergeCell ref="F43:K43"/>
+    <mergeCell ref="C39:E39"/>
+    <mergeCell ref="C40:E40"/>
+    <mergeCell ref="L40:AK40"/>
+    <mergeCell ref="C15:H15"/>
+    <mergeCell ref="J15:AD15"/>
+    <mergeCell ref="L36:AK36"/>
+    <mergeCell ref="L37:AK37"/>
+    <mergeCell ref="L38:AK38"/>
+    <mergeCell ref="F36:K36"/>
+    <mergeCell ref="F37:K37"/>
+    <mergeCell ref="F38:K38"/>
+    <mergeCell ref="C37:E37"/>
+    <mergeCell ref="C38:E38"/>
+    <mergeCell ref="F31:AJ31"/>
+    <mergeCell ref="J21:AD21"/>
+    <mergeCell ref="C23:AK23"/>
+    <mergeCell ref="A35:AK35"/>
+    <mergeCell ref="E29:AL29"/>
+    <mergeCell ref="E30:AJ30"/>
+    <mergeCell ref="E32:AJ32"/>
+    <mergeCell ref="F33:AJ33"/>
+    <mergeCell ref="AG62:AL62"/>
+    <mergeCell ref="J58:AB58"/>
+    <mergeCell ref="J59:AB59"/>
+    <mergeCell ref="J60:AB60"/>
+    <mergeCell ref="J61:AB61"/>
+    <mergeCell ref="F54:K54"/>
+    <mergeCell ref="L54:AK54"/>
+    <mergeCell ref="C55:E55"/>
+    <mergeCell ref="F55:K55"/>
+    <mergeCell ref="L55:AK55"/>
+    <mergeCell ref="F39:K39"/>
+    <mergeCell ref="F40:K40"/>
+    <mergeCell ref="F41:K41"/>
+    <mergeCell ref="L39:AK39"/>
     <mergeCell ref="A1:AL4"/>
     <mergeCell ref="W6:Y6"/>
     <mergeCell ref="AA6:AL6"/>
     <mergeCell ref="A25:AK25"/>
     <mergeCell ref="B26:AK26"/>
     <mergeCell ref="A8:AK8"/>
     <mergeCell ref="B9:AK9"/>
     <mergeCell ref="C11:H11"/>
     <mergeCell ref="J11:AD11"/>
     <mergeCell ref="C13:H13"/>
     <mergeCell ref="J13:AD13"/>
     <mergeCell ref="C17:H17"/>
     <mergeCell ref="J17:AD17"/>
     <mergeCell ref="C19:H19"/>
     <mergeCell ref="J19:AD19"/>
     <mergeCell ref="C21:H21"/>
-    <mergeCell ref="E32:AJ32"/>
-[...76 lines deleted...]
-    <mergeCell ref="C54:E54"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="3">
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J11:AD11" xr:uid="{9B271A48-783B-4775-AB93-E3A4F25F9442}">
       <formula1>5</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C37:C56" xr:uid="{9338FA17-8A87-465D-B826-85035D1F52BF}">
       <formula1>"追加,削除"</formula1>
     </dataValidation>
     <dataValidation type="custom" imeMode="halfAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F37:F56" xr:uid="{2229EAC8-023C-4708-94E4-E825CAB7C708}">
       <formula1>LENB(F37)=LEN(F37)</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F31" r:id="rId1" xr:uid="{886ADC93-CB85-4EEB-9B15-7BF391D801D2}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.86614173228346458" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId3"/>
   </customProperties>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
@@ -4586,301 +4582,301 @@
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DAD8DF2B-615F-4DF8-A245-7140DC0BB034}">
           <x14:formula1>
             <xm:f>'List of MMs'!$A:$A</xm:f>
           </x14:formula1>
           <xm:sqref>L37:AK56</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5277B1A8-7103-4D5A-A95B-742D38E5569A}">
   <dimension ref="A1:A53"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="46.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>111</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -5725,62 +5721,91 @@
         <v/>
       </c>
       <c r="I21" s="37" t="str">
         <f>IF(J21="","",'APT-21'!$F56)</f>
         <v/>
       </c>
       <c r="J21" t="str">
         <f>IF('APT-21'!L56="","",'APT-21'!L56)</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
-  <Application>Microsoft Excel</Application>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>ワークシート</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>名前付き一覧</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>APT-21</vt:lpstr>
+      <vt:lpstr>List of MMs</vt:lpstr>
+      <vt:lpstr>メンテ台帳</vt:lpstr>
+      <vt:lpstr>'APT-21'!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:keywords>;EC-DomainSignature:0:JPX.CO.JP;:</cp:keywords>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2023-02-01T06:36:32Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EC-DomainSignature">
     <vt:lpwstr>JPX.CO.JP</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EC-InformationWall">
     <vt:lpwstr>PUBLIC SIDE</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EC-EDS-Date1">
     <vt:lpwstr>2025-04-30 12:22:32</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EC-EDS-User1">
     <vt:lpwstr>Narazaki, Yuko - T&amp;O JPN-BofASJ</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EC-EDS-Value1">
     <vt:lpwstr>JPX.CO.JP</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="EC-EDS-InformationWall1">
     <vt:lpwstr>PUBLIC SIDE</vt:lpwstr>