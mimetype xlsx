--- v0 (2025-11-23)
+++ v1 (2026-03-03)
@@ -10,139 +10,193 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9202435-01A3-4146-8D55-AD6AFF5ABED1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{32982B68-BFA0-4579-A86E-BB848A033D21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="UT-11" sheetId="2" r:id="rId1"/>
     <sheet name="事務登録担当者_メンテ台帳" sheetId="7" state="hidden" r:id="rId2"/>
     <sheet name="組織マスタ_メンテ台帳" sheetId="8" state="hidden" r:id="rId3"/>
     <sheet name="ユーザー登録_メンテ台帳" sheetId="6" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'UT-11'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'UT-11'!$A$1:$AL$125</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K3" i="6" l="1"/>
+  <c r="R2" i="8" l="1"/>
+  <c r="Q2" i="8"/>
+  <c r="P2" i="8"/>
+  <c r="O2" i="8" l="1"/>
+  <c r="L2" i="6" l="1"/>
+  <c r="L3" i="6"/>
+  <c r="L4" i="6"/>
+  <c r="L5" i="6"/>
+  <c r="L6" i="6"/>
+  <c r="L7" i="6"/>
+  <c r="L8" i="6"/>
+  <c r="L9" i="6"/>
+  <c r="L10" i="6"/>
+  <c r="L11" i="6"/>
+  <c r="L12" i="6"/>
+  <c r="L13" i="6"/>
+  <c r="L14" i="6"/>
+  <c r="L15" i="6"/>
+  <c r="L16" i="6"/>
+  <c r="L17" i="6"/>
+  <c r="L18" i="6"/>
+  <c r="L19" i="6"/>
+  <c r="L20" i="6"/>
+  <c r="L21" i="6"/>
+  <c r="L22" i="6"/>
+  <c r="L23" i="6"/>
+  <c r="L24" i="6"/>
+  <c r="L25" i="6"/>
+  <c r="L26" i="6"/>
+  <c r="L27" i="6"/>
+  <c r="L28" i="6"/>
+  <c r="L29" i="6"/>
+  <c r="L30" i="6"/>
+  <c r="L31" i="6"/>
+  <c r="L32" i="6"/>
+  <c r="L33" i="6"/>
+  <c r="L34" i="6"/>
+  <c r="L35" i="6"/>
+  <c r="L36" i="6"/>
+  <c r="L37" i="6"/>
+  <c r="L38" i="6"/>
+  <c r="L39" i="6"/>
+  <c r="L40" i="6"/>
+  <c r="L41" i="6"/>
+  <c r="L42" i="6"/>
+  <c r="L43" i="6"/>
+  <c r="L44" i="6"/>
+  <c r="L45" i="6"/>
+  <c r="L46" i="6"/>
+  <c r="L47" i="6"/>
+  <c r="L48" i="6"/>
+  <c r="L49" i="6"/>
+  <c r="L50" i="6"/>
+  <c r="L51" i="6"/>
+  <c r="L52" i="6"/>
+  <c r="K3" i="6"/>
   <c r="K4" i="6"/>
   <c r="K5" i="6"/>
   <c r="K6" i="6"/>
   <c r="K7" i="6"/>
   <c r="K8" i="6"/>
   <c r="K9" i="6"/>
   <c r="K10" i="6"/>
   <c r="K11" i="6"/>
   <c r="K12" i="6"/>
   <c r="K13" i="6"/>
   <c r="K14" i="6"/>
   <c r="K15" i="6"/>
   <c r="K16" i="6"/>
   <c r="K17" i="6"/>
   <c r="K18" i="6"/>
   <c r="K19" i="6"/>
   <c r="K20" i="6"/>
   <c r="K21" i="6"/>
   <c r="K22" i="6"/>
   <c r="K23" i="6"/>
   <c r="K24" i="6"/>
   <c r="K25" i="6"/>
   <c r="K26" i="6"/>
   <c r="K27" i="6"/>
   <c r="K28" i="6"/>
   <c r="K29" i="6"/>
   <c r="K30" i="6"/>
   <c r="K31" i="6"/>
   <c r="K32" i="6"/>
   <c r="K33" i="6"/>
   <c r="K34" i="6"/>
   <c r="K35" i="6"/>
   <c r="K36" i="6"/>
   <c r="K37" i="6"/>
   <c r="K38" i="6"/>
   <c r="K39" i="6"/>
   <c r="K40" i="6"/>
   <c r="K41" i="6"/>
   <c r="K42" i="6"/>
   <c r="K43" i="6"/>
   <c r="K44" i="6"/>
   <c r="K45" i="6"/>
   <c r="K46" i="6"/>
   <c r="K47" i="6"/>
   <c r="K48" i="6"/>
   <c r="K49" i="6"/>
   <c r="K50" i="6"/>
   <c r="K51" i="6"/>
   <c r="K52" i="6"/>
   <c r="K2" i="6"/>
-  <c r="H2" i="8"/>
   <c r="F3" i="7"/>
   <c r="F4" i="7"/>
   <c r="F5" i="7"/>
   <c r="F6" i="7"/>
   <c r="F7" i="7"/>
   <c r="F2" i="7"/>
   <c r="A3" i="6" l="1"/>
   <c r="A4" i="6"/>
   <c r="A5" i="6"/>
   <c r="A6" i="6"/>
   <c r="A7" i="6"/>
   <c r="A8" i="6"/>
   <c r="A9" i="6"/>
   <c r="A10" i="6"/>
   <c r="A11" i="6"/>
   <c r="A12" i="6"/>
   <c r="A13" i="6"/>
   <c r="A14" i="6"/>
   <c r="A15" i="6"/>
   <c r="A16" i="6"/>
   <c r="A17" i="6"/>
   <c r="A18" i="6"/>
   <c r="A19" i="6"/>
   <c r="A20" i="6"/>
   <c r="A21" i="6"/>
@@ -171,58 +225,58 @@
   <c r="A44" i="6"/>
   <c r="A45" i="6"/>
   <c r="A46" i="6"/>
   <c r="A47" i="6"/>
   <c r="A48" i="6"/>
   <c r="A49" i="6"/>
   <c r="A50" i="6"/>
   <c r="A51" i="6"/>
   <c r="A52" i="6"/>
   <c r="A2" i="6"/>
   <c r="A2" i="8"/>
   <c r="B3" i="7"/>
   <c r="B4" i="7"/>
   <c r="B5" i="7"/>
   <c r="B6" i="7"/>
   <c r="B2" i="7"/>
   <c r="U2" i="6" l="1"/>
   <c r="J2" i="6"/>
   <c r="L2" i="8"/>
   <c r="R2" i="6"/>
   <c r="K2" i="8"/>
   <c r="Q2" i="6"/>
   <c r="J2" i="8"/>
   <c r="I2" i="8"/>
   <c r="G2" i="8"/>
+  <c r="H2" i="8" s="1"/>
   <c r="C2" i="7"/>
   <c r="F2" i="8"/>
   <c r="S2" i="6"/>
   <c r="P2" i="6"/>
   <c r="O2" i="6"/>
   <c r="N2" i="6"/>
   <c r="M2" i="6"/>
-  <c r="L2" i="6"/>
   <c r="I2" i="6"/>
   <c r="H2" i="6"/>
   <c r="G2" i="6"/>
   <c r="F2" i="6"/>
   <c r="G3" i="7"/>
   <c r="H3" i="7"/>
   <c r="I3" i="7"/>
   <c r="J3" i="7"/>
   <c r="G4" i="7"/>
   <c r="H4" i="7"/>
   <c r="I4" i="7"/>
   <c r="J4" i="7"/>
   <c r="G5" i="7"/>
   <c r="H5" i="7"/>
   <c r="I5" i="7"/>
   <c r="J5" i="7"/>
   <c r="G6" i="7"/>
   <c r="H6" i="7"/>
   <c r="I6" i="7"/>
   <c r="J6" i="7"/>
   <c r="G7" i="7"/>
   <c r="H7" i="7"/>
   <c r="I7" i="7"/>
   <c r="J7" i="7"/>
   <c r="J2" i="7"/>
@@ -435,649 +489,599 @@
   <c r="V48" i="6"/>
   <c r="S49" i="6"/>
   <c r="T49" i="6"/>
   <c r="U49" i="6"/>
   <c r="V49" i="6"/>
   <c r="S50" i="6"/>
   <c r="T50" i="6"/>
   <c r="U50" i="6"/>
   <c r="V50" i="6"/>
   <c r="S51" i="6"/>
   <c r="T51" i="6"/>
   <c r="U51" i="6"/>
   <c r="V51" i="6"/>
   <c r="S52" i="6"/>
   <c r="T52" i="6"/>
   <c r="U52" i="6"/>
   <c r="V52" i="6"/>
   <c r="M46" i="2"/>
   <c r="M50" i="2"/>
   <c r="M48" i="2"/>
   <c r="F52" i="6" l="1"/>
   <c r="G52" i="6"/>
   <c r="H52" i="6"/>
   <c r="I52" i="6"/>
   <c r="J52" i="6"/>
-  <c r="L52" i="6"/>
   <c r="M52" i="6"/>
   <c r="N52" i="6"/>
   <c r="O52" i="6"/>
   <c r="P52" i="6"/>
   <c r="Q52" i="6"/>
   <c r="R52" i="6"/>
   <c r="F51" i="6"/>
   <c r="G51" i="6"/>
   <c r="H51" i="6"/>
   <c r="I51" i="6"/>
   <c r="J51" i="6"/>
-  <c r="L51" i="6"/>
   <c r="M51" i="6"/>
   <c r="N51" i="6"/>
   <c r="O51" i="6"/>
   <c r="P51" i="6"/>
   <c r="Q51" i="6"/>
   <c r="R51" i="6"/>
   <c r="F50" i="6"/>
   <c r="G50" i="6"/>
   <c r="H50" i="6"/>
   <c r="I50" i="6"/>
   <c r="J50" i="6"/>
-  <c r="L50" i="6"/>
   <c r="M50" i="6"/>
   <c r="N50" i="6"/>
   <c r="O50" i="6"/>
   <c r="P50" i="6"/>
   <c r="Q50" i="6"/>
   <c r="R50" i="6"/>
   <c r="F49" i="6"/>
   <c r="G49" i="6"/>
   <c r="H49" i="6"/>
   <c r="I49" i="6"/>
   <c r="J49" i="6"/>
-  <c r="L49" i="6"/>
   <c r="M49" i="6"/>
   <c r="N49" i="6"/>
   <c r="O49" i="6"/>
   <c r="P49" i="6"/>
   <c r="Q49" i="6"/>
   <c r="R49" i="6"/>
   <c r="F48" i="6"/>
   <c r="G48" i="6"/>
   <c r="H48" i="6"/>
   <c r="I48" i="6"/>
   <c r="J48" i="6"/>
-  <c r="L48" i="6"/>
   <c r="M48" i="6"/>
   <c r="N48" i="6"/>
   <c r="O48" i="6"/>
   <c r="P48" i="6"/>
   <c r="Q48" i="6"/>
   <c r="R48" i="6"/>
   <c r="F47" i="6"/>
   <c r="G47" i="6"/>
   <c r="H47" i="6"/>
   <c r="I47" i="6"/>
   <c r="J47" i="6"/>
-  <c r="L47" i="6"/>
   <c r="M47" i="6"/>
   <c r="N47" i="6"/>
   <c r="O47" i="6"/>
   <c r="P47" i="6"/>
   <c r="Q47" i="6"/>
   <c r="R47" i="6"/>
   <c r="F46" i="6"/>
   <c r="G46" i="6"/>
   <c r="H46" i="6"/>
   <c r="I46" i="6"/>
   <c r="J46" i="6"/>
-  <c r="L46" i="6"/>
   <c r="M46" i="6"/>
   <c r="N46" i="6"/>
   <c r="O46" i="6"/>
   <c r="P46" i="6"/>
   <c r="Q46" i="6"/>
   <c r="R46" i="6"/>
   <c r="F45" i="6"/>
   <c r="G45" i="6"/>
   <c r="H45" i="6"/>
   <c r="I45" i="6"/>
   <c r="J45" i="6"/>
-  <c r="L45" i="6"/>
   <c r="M45" i="6"/>
   <c r="N45" i="6"/>
   <c r="O45" i="6"/>
   <c r="P45" i="6"/>
   <c r="Q45" i="6"/>
   <c r="R45" i="6"/>
   <c r="F44" i="6"/>
   <c r="G44" i="6"/>
   <c r="H44" i="6"/>
   <c r="I44" i="6"/>
   <c r="J44" i="6"/>
-  <c r="L44" i="6"/>
   <c r="M44" i="6"/>
   <c r="N44" i="6"/>
   <c r="O44" i="6"/>
   <c r="P44" i="6"/>
   <c r="Q44" i="6"/>
   <c r="R44" i="6"/>
   <c r="F43" i="6"/>
   <c r="G43" i="6"/>
   <c r="H43" i="6"/>
   <c r="I43" i="6"/>
   <c r="J43" i="6"/>
-  <c r="L43" i="6"/>
   <c r="M43" i="6"/>
   <c r="N43" i="6"/>
   <c r="O43" i="6"/>
   <c r="P43" i="6"/>
   <c r="Q43" i="6"/>
   <c r="R43" i="6"/>
   <c r="F42" i="6"/>
   <c r="G42" i="6"/>
   <c r="H42" i="6"/>
   <c r="I42" i="6"/>
   <c r="J42" i="6"/>
-  <c r="L42" i="6"/>
   <c r="M42" i="6"/>
   <c r="N42" i="6"/>
   <c r="O42" i="6"/>
   <c r="P42" i="6"/>
   <c r="Q42" i="6"/>
   <c r="R42" i="6"/>
   <c r="F41" i="6"/>
   <c r="G41" i="6"/>
   <c r="H41" i="6"/>
   <c r="I41" i="6"/>
   <c r="J41" i="6"/>
-  <c r="L41" i="6"/>
   <c r="M41" i="6"/>
   <c r="N41" i="6"/>
   <c r="O41" i="6"/>
   <c r="P41" i="6"/>
   <c r="Q41" i="6"/>
   <c r="R41" i="6"/>
   <c r="F40" i="6"/>
   <c r="G40" i="6"/>
   <c r="H40" i="6"/>
   <c r="I40" i="6"/>
   <c r="J40" i="6"/>
-  <c r="L40" i="6"/>
   <c r="M40" i="6"/>
   <c r="N40" i="6"/>
   <c r="O40" i="6"/>
   <c r="P40" i="6"/>
   <c r="Q40" i="6"/>
   <c r="R40" i="6"/>
   <c r="F39" i="6"/>
   <c r="G39" i="6"/>
   <c r="H39" i="6"/>
   <c r="I39" i="6"/>
   <c r="J39" i="6"/>
-  <c r="L39" i="6"/>
   <c r="M39" i="6"/>
   <c r="N39" i="6"/>
   <c r="O39" i="6"/>
   <c r="P39" i="6"/>
   <c r="Q39" i="6"/>
   <c r="R39" i="6"/>
   <c r="F38" i="6"/>
   <c r="G38" i="6"/>
   <c r="H38" i="6"/>
   <c r="I38" i="6"/>
   <c r="J38" i="6"/>
-  <c r="L38" i="6"/>
   <c r="M38" i="6"/>
   <c r="N38" i="6"/>
   <c r="O38" i="6"/>
   <c r="P38" i="6"/>
   <c r="Q38" i="6"/>
   <c r="R38" i="6"/>
   <c r="F37" i="6"/>
   <c r="G37" i="6"/>
   <c r="H37" i="6"/>
   <c r="I37" i="6"/>
   <c r="J37" i="6"/>
-  <c r="L37" i="6"/>
   <c r="M37" i="6"/>
   <c r="N37" i="6"/>
   <c r="O37" i="6"/>
   <c r="P37" i="6"/>
   <c r="Q37" i="6"/>
   <c r="R37" i="6"/>
   <c r="F36" i="6"/>
   <c r="G36" i="6"/>
   <c r="H36" i="6"/>
   <c r="I36" i="6"/>
   <c r="J36" i="6"/>
-  <c r="L36" i="6"/>
   <c r="M36" i="6"/>
   <c r="N36" i="6"/>
   <c r="O36" i="6"/>
   <c r="P36" i="6"/>
   <c r="Q36" i="6"/>
   <c r="R36" i="6"/>
   <c r="F35" i="6"/>
   <c r="G35" i="6"/>
   <c r="H35" i="6"/>
   <c r="I35" i="6"/>
   <c r="J35" i="6"/>
-  <c r="L35" i="6"/>
   <c r="M35" i="6"/>
   <c r="N35" i="6"/>
   <c r="O35" i="6"/>
   <c r="P35" i="6"/>
   <c r="Q35" i="6"/>
   <c r="R35" i="6"/>
   <c r="F34" i="6"/>
   <c r="G34" i="6"/>
   <c r="H34" i="6"/>
   <c r="I34" i="6"/>
   <c r="J34" i="6"/>
-  <c r="L34" i="6"/>
   <c r="M34" i="6"/>
   <c r="N34" i="6"/>
   <c r="O34" i="6"/>
   <c r="P34" i="6"/>
   <c r="Q34" i="6"/>
   <c r="R34" i="6"/>
   <c r="F33" i="6"/>
   <c r="G33" i="6"/>
   <c r="H33" i="6"/>
   <c r="I33" i="6"/>
   <c r="J33" i="6"/>
-  <c r="L33" i="6"/>
   <c r="M33" i="6"/>
   <c r="N33" i="6"/>
   <c r="O33" i="6"/>
   <c r="P33" i="6"/>
   <c r="Q33" i="6"/>
   <c r="R33" i="6"/>
   <c r="F32" i="6"/>
   <c r="G32" i="6"/>
   <c r="H32" i="6"/>
   <c r="I32" i="6"/>
   <c r="J32" i="6"/>
-  <c r="L32" i="6"/>
   <c r="M32" i="6"/>
   <c r="N32" i="6"/>
   <c r="O32" i="6"/>
   <c r="P32" i="6"/>
   <c r="Q32" i="6"/>
   <c r="R32" i="6"/>
   <c r="F31" i="6"/>
   <c r="G31" i="6"/>
   <c r="H31" i="6"/>
   <c r="I31" i="6"/>
   <c r="J31" i="6"/>
-  <c r="L31" i="6"/>
   <c r="M31" i="6"/>
   <c r="N31" i="6"/>
   <c r="O31" i="6"/>
   <c r="P31" i="6"/>
   <c r="Q31" i="6"/>
   <c r="R31" i="6"/>
   <c r="F30" i="6"/>
   <c r="G30" i="6"/>
   <c r="H30" i="6"/>
   <c r="I30" i="6"/>
   <c r="J30" i="6"/>
-  <c r="L30" i="6"/>
   <c r="M30" i="6"/>
   <c r="N30" i="6"/>
   <c r="O30" i="6"/>
   <c r="P30" i="6"/>
   <c r="Q30" i="6"/>
   <c r="R30" i="6"/>
   <c r="F29" i="6"/>
   <c r="G29" i="6"/>
   <c r="H29" i="6"/>
   <c r="I29" i="6"/>
   <c r="J29" i="6"/>
-  <c r="L29" i="6"/>
   <c r="M29" i="6"/>
   <c r="N29" i="6"/>
   <c r="O29" i="6"/>
   <c r="P29" i="6"/>
   <c r="Q29" i="6"/>
   <c r="R29" i="6"/>
   <c r="F28" i="6"/>
   <c r="G28" i="6"/>
   <c r="H28" i="6"/>
   <c r="I28" i="6"/>
   <c r="J28" i="6"/>
-  <c r="L28" i="6"/>
   <c r="M28" i="6"/>
   <c r="N28" i="6"/>
   <c r="O28" i="6"/>
   <c r="P28" i="6"/>
   <c r="Q28" i="6"/>
   <c r="R28" i="6"/>
   <c r="F27" i="6"/>
   <c r="G27" i="6"/>
   <c r="H27" i="6"/>
   <c r="I27" i="6"/>
   <c r="J27" i="6"/>
-  <c r="L27" i="6"/>
   <c r="M27" i="6"/>
   <c r="N27" i="6"/>
   <c r="O27" i="6"/>
   <c r="P27" i="6"/>
   <c r="Q27" i="6"/>
   <c r="R27" i="6"/>
   <c r="F26" i="6"/>
   <c r="G26" i="6"/>
   <c r="H26" i="6"/>
   <c r="I26" i="6"/>
   <c r="J26" i="6"/>
-  <c r="L26" i="6"/>
   <c r="M26" i="6"/>
   <c r="N26" i="6"/>
   <c r="O26" i="6"/>
   <c r="P26" i="6"/>
   <c r="Q26" i="6"/>
   <c r="R26" i="6"/>
   <c r="F25" i="6"/>
   <c r="G25" i="6"/>
   <c r="H25" i="6"/>
   <c r="I25" i="6"/>
   <c r="J25" i="6"/>
-  <c r="L25" i="6"/>
   <c r="M25" i="6"/>
   <c r="N25" i="6"/>
   <c r="O25" i="6"/>
   <c r="P25" i="6"/>
   <c r="Q25" i="6"/>
   <c r="R25" i="6"/>
   <c r="F24" i="6"/>
   <c r="G24" i="6"/>
   <c r="H24" i="6"/>
   <c r="I24" i="6"/>
   <c r="J24" i="6"/>
-  <c r="L24" i="6"/>
   <c r="M24" i="6"/>
   <c r="N24" i="6"/>
   <c r="O24" i="6"/>
   <c r="P24" i="6"/>
   <c r="Q24" i="6"/>
   <c r="R24" i="6"/>
   <c r="F23" i="6"/>
   <c r="G23" i="6"/>
   <c r="H23" i="6"/>
   <c r="I23" i="6"/>
   <c r="J23" i="6"/>
-  <c r="L23" i="6"/>
   <c r="M23" i="6"/>
   <c r="N23" i="6"/>
   <c r="O23" i="6"/>
   <c r="P23" i="6"/>
   <c r="Q23" i="6"/>
   <c r="R23" i="6"/>
   <c r="F22" i="6"/>
   <c r="G22" i="6"/>
   <c r="H22" i="6"/>
   <c r="I22" i="6"/>
   <c r="J22" i="6"/>
-  <c r="L22" i="6"/>
   <c r="M22" i="6"/>
   <c r="N22" i="6"/>
   <c r="O22" i="6"/>
   <c r="P22" i="6"/>
   <c r="Q22" i="6"/>
   <c r="R22" i="6"/>
   <c r="F21" i="6"/>
   <c r="G21" i="6"/>
   <c r="H21" i="6"/>
   <c r="I21" i="6"/>
   <c r="J21" i="6"/>
-  <c r="L21" i="6"/>
   <c r="M21" i="6"/>
   <c r="N21" i="6"/>
   <c r="O21" i="6"/>
   <c r="P21" i="6"/>
   <c r="Q21" i="6"/>
   <c r="R21" i="6"/>
   <c r="F20" i="6"/>
   <c r="G20" i="6"/>
   <c r="H20" i="6"/>
   <c r="I20" i="6"/>
   <c r="J20" i="6"/>
-  <c r="L20" i="6"/>
   <c r="M20" i="6"/>
   <c r="N20" i="6"/>
   <c r="O20" i="6"/>
   <c r="P20" i="6"/>
   <c r="Q20" i="6"/>
   <c r="R20" i="6"/>
   <c r="F19" i="6"/>
   <c r="G19" i="6"/>
   <c r="H19" i="6"/>
   <c r="I19" i="6"/>
   <c r="J19" i="6"/>
-  <c r="L19" i="6"/>
   <c r="M19" i="6"/>
   <c r="N19" i="6"/>
   <c r="O19" i="6"/>
   <c r="P19" i="6"/>
   <c r="Q19" i="6"/>
   <c r="R19" i="6"/>
   <c r="F18" i="6"/>
   <c r="G18" i="6"/>
   <c r="H18" i="6"/>
   <c r="I18" i="6"/>
   <c r="J18" i="6"/>
-  <c r="L18" i="6"/>
   <c r="M18" i="6"/>
   <c r="N18" i="6"/>
   <c r="O18" i="6"/>
   <c r="P18" i="6"/>
   <c r="Q18" i="6"/>
   <c r="R18" i="6"/>
   <c r="F17" i="6"/>
   <c r="G17" i="6"/>
   <c r="H17" i="6"/>
   <c r="I17" i="6"/>
   <c r="J17" i="6"/>
-  <c r="L17" i="6"/>
   <c r="M17" i="6"/>
   <c r="N17" i="6"/>
   <c r="O17" i="6"/>
   <c r="P17" i="6"/>
   <c r="Q17" i="6"/>
   <c r="R17" i="6"/>
   <c r="F16" i="6"/>
   <c r="G16" i="6"/>
   <c r="H16" i="6"/>
   <c r="I16" i="6"/>
   <c r="J16" i="6"/>
-  <c r="L16" i="6"/>
   <c r="M16" i="6"/>
   <c r="N16" i="6"/>
   <c r="O16" i="6"/>
   <c r="P16" i="6"/>
   <c r="Q16" i="6"/>
   <c r="R16" i="6"/>
   <c r="F15" i="6"/>
   <c r="G15" i="6"/>
   <c r="H15" i="6"/>
   <c r="I15" i="6"/>
   <c r="J15" i="6"/>
-  <c r="L15" i="6"/>
   <c r="M15" i="6"/>
   <c r="N15" i="6"/>
   <c r="O15" i="6"/>
   <c r="P15" i="6"/>
   <c r="Q15" i="6"/>
   <c r="R15" i="6"/>
   <c r="F14" i="6"/>
   <c r="G14" i="6"/>
   <c r="H14" i="6"/>
   <c r="I14" i="6"/>
   <c r="J14" i="6"/>
-  <c r="L14" i="6"/>
   <c r="M14" i="6"/>
   <c r="N14" i="6"/>
   <c r="O14" i="6"/>
   <c r="P14" i="6"/>
   <c r="Q14" i="6"/>
   <c r="R14" i="6"/>
   <c r="F13" i="6"/>
   <c r="G13" i="6"/>
   <c r="H13" i="6"/>
   <c r="I13" i="6"/>
   <c r="J13" i="6"/>
-  <c r="L13" i="6"/>
   <c r="M13" i="6"/>
   <c r="N13" i="6"/>
   <c r="O13" i="6"/>
   <c r="P13" i="6"/>
   <c r="Q13" i="6"/>
   <c r="R13" i="6"/>
   <c r="F12" i="6"/>
   <c r="G12" i="6"/>
   <c r="H12" i="6"/>
   <c r="I12" i="6"/>
   <c r="J12" i="6"/>
-  <c r="L12" i="6"/>
   <c r="M12" i="6"/>
   <c r="N12" i="6"/>
   <c r="O12" i="6"/>
   <c r="P12" i="6"/>
   <c r="Q12" i="6"/>
   <c r="R12" i="6"/>
   <c r="F11" i="6"/>
   <c r="G11" i="6"/>
   <c r="H11" i="6"/>
   <c r="I11" i="6"/>
   <c r="J11" i="6"/>
-  <c r="L11" i="6"/>
   <c r="M11" i="6"/>
   <c r="N11" i="6"/>
   <c r="O11" i="6"/>
   <c r="P11" i="6"/>
   <c r="Q11" i="6"/>
   <c r="R11" i="6"/>
   <c r="F10" i="6"/>
   <c r="G10" i="6"/>
   <c r="H10" i="6"/>
   <c r="I10" i="6"/>
   <c r="J10" i="6"/>
-  <c r="L10" i="6"/>
   <c r="M10" i="6"/>
   <c r="N10" i="6"/>
   <c r="O10" i="6"/>
   <c r="P10" i="6"/>
   <c r="Q10" i="6"/>
   <c r="R10" i="6"/>
   <c r="F9" i="6"/>
   <c r="G9" i="6"/>
   <c r="H9" i="6"/>
   <c r="I9" i="6"/>
   <c r="J9" i="6"/>
-  <c r="L9" i="6"/>
   <c r="M9" i="6"/>
   <c r="N9" i="6"/>
   <c r="O9" i="6"/>
   <c r="P9" i="6"/>
   <c r="Q9" i="6"/>
   <c r="R9" i="6"/>
   <c r="F8" i="6"/>
   <c r="G8" i="6"/>
   <c r="H8" i="6"/>
   <c r="I8" i="6"/>
   <c r="J8" i="6"/>
-  <c r="L8" i="6"/>
   <c r="M8" i="6"/>
   <c r="N8" i="6"/>
   <c r="O8" i="6"/>
   <c r="P8" i="6"/>
   <c r="Q8" i="6"/>
   <c r="R8" i="6"/>
   <c r="F7" i="6"/>
   <c r="G7" i="6"/>
   <c r="H7" i="6"/>
   <c r="I7" i="6"/>
   <c r="J7" i="6"/>
-  <c r="L7" i="6"/>
   <c r="M7" i="6"/>
   <c r="N7" i="6"/>
   <c r="O7" i="6"/>
   <c r="P7" i="6"/>
   <c r="Q7" i="6"/>
   <c r="R7" i="6"/>
   <c r="F6" i="6"/>
   <c r="G6" i="6"/>
   <c r="H6" i="6"/>
   <c r="I6" i="6"/>
   <c r="J6" i="6"/>
-  <c r="L6" i="6"/>
   <c r="M6" i="6"/>
   <c r="N6" i="6"/>
   <c r="O6" i="6"/>
   <c r="P6" i="6"/>
   <c r="Q6" i="6"/>
   <c r="R6" i="6"/>
   <c r="F5" i="6"/>
   <c r="G5" i="6"/>
   <c r="H5" i="6"/>
   <c r="I5" i="6"/>
   <c r="J5" i="6"/>
-  <c r="L5" i="6"/>
   <c r="M5" i="6"/>
   <c r="N5" i="6"/>
   <c r="O5" i="6"/>
   <c r="P5" i="6"/>
   <c r="Q5" i="6"/>
   <c r="R5" i="6"/>
   <c r="F4" i="6"/>
   <c r="G4" i="6"/>
   <c r="H4" i="6"/>
   <c r="I4" i="6"/>
   <c r="J4" i="6"/>
-  <c r="L4" i="6"/>
   <c r="M4" i="6"/>
   <c r="N4" i="6"/>
   <c r="O4" i="6"/>
   <c r="P4" i="6"/>
   <c r="Q4" i="6"/>
   <c r="R4" i="6"/>
   <c r="F3" i="6"/>
   <c r="G3" i="6"/>
   <c r="H3" i="6"/>
   <c r="I3" i="6"/>
   <c r="J3" i="6"/>
-  <c r="L3" i="6"/>
   <c r="M3" i="6"/>
   <c r="N3" i="6"/>
   <c r="O3" i="6"/>
   <c r="P3" i="6"/>
   <c r="R3" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="142">
   <si>
     <t>メールアドレス</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>https://www.jpx.co.jp/corporate/governance/security/personal-information/</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>* 日本取引所グループの個人情報の取扱いについては、下記のウェブサイトをご参照ください。</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>名</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>姓</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>2. 同意事項</t>
@@ -1491,66 +1495,50 @@
     <t>47</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>自己委託区分</t>
     <rPh sb="0" eb="2">
       <t>ジコ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イタク</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>クブン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>　＊AP：取引参加者コード　AM：ETF特別清算参加者コード　TB：清算参加者コード　MM：LLTコード</t>
-[...14 lines deleted...]
-  <si>
     <t>　＊APのみ指定。自己・委託はそれぞれ異なる組織として扱うため、事務連絡担当者の登録も別途必要です。
 　　自己＝自己部門向けに設定交換(解約)を行う場合　委託＝顧客からの委託を受けて設定交換(解約)を行う場合</t>
     <rPh sb="6" eb="8">
       <t>シテイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ジコ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>イタク</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>コト</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>ソシキ</t>
     </rPh>
     <rPh sb="27" eb="28">
       <t>アツカ</t>
     </rPh>
     <rPh sb="32" eb="39">
       <t>ジムレンラクタントウシャ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>トウロク</t>
@@ -1912,92 +1900,50 @@
     </rPh>
     <rPh sb="2" eb="5">
       <t xml:space="preserve">カニュウシャ </t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>コウカン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>追加</t>
     <rPh sb="0" eb="2">
       <t>ツイカ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>未反映</t>
     <rPh sb="0" eb="3">
       <t>ミハンエイ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>テスト</t>
-    <phoneticPr fontId="5"/>
-[...40 lines deleted...]
-    </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>会社コード（５桁）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>会社名</t>
     <rPh sb="0" eb="1">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>姓
 First Name</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
     <phoneticPr fontId="28"/>
   </si>
   <si>
@@ -2095,59 +2041,193 @@
     </rPh>
     <rPh sb="20" eb="22">
       <t>カノウ</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>ショカイ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>トウロク</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>ジム</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>レンラク</t>
     </rPh>
     <rPh sb="36" eb="39">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>キサイ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>v20251119</t>
+    <r>
+      <t xml:space="preserve">4. 新規登録するユーザー情報(GUI)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>*API接続の場合は、記載不要。Crednexからの業務メールを通知希望の場合のみ記入ください。</t>
+    </r>
+    <rPh sb="3" eb="7">
+      <t>シンキトウロク</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ジョウホウ</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>セツゾク</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="32" eb="36">
+      <t>キサイフヨウ</t>
+    </rPh>
+    <rPh sb="55" eb="57">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="58" eb="60">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="62" eb="64">
+      <t>キニュウ</t>
+    </rPh>
     <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>開始予定日</t>
+    <rPh sb="0" eb="2">
+      <t>カイシ</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>ヨテイビ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>　＊AP：取引参加者コード　AM：ETF特別清算参加者コード　TB：清算参加者コード　</t>
+    <rPh sb="20" eb="22">
+      <t>トクベツ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>セイサン</t>
+    </rPh>
+    <rPh sb="24" eb="27">
+      <t>サンカシャ</t>
+    </rPh>
+    <rPh sb="34" eb="39">
+      <t>セイサンサンカシャ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>v20260130</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>保振決済口座情報（設定）</t>
+  </si>
+  <si>
+    <t>保振決済口座情報（交換）</t>
+  </si>
+  <si>
+    <t>清算制度利用</t>
+    <rPh sb="0" eb="4">
+      <t>セイサンセイド</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>リヨウ</t>
+    </rPh>
+    <phoneticPr fontId="28"/>
+  </si>
+  <si>
+    <t>金銭受付対象銘柄①</t>
+    <rPh sb="0" eb="2">
+      <t>キンセン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ウケツケ</t>
+    </rPh>
+    <rPh sb="4" eb="8">
+      <t>タイショウメイガラ</t>
+    </rPh>
+    <phoneticPr fontId="28"/>
+  </si>
+  <si>
+    <t>金銭受付対象銘柄②</t>
+    <rPh sb="0" eb="2">
+      <t>キンセン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ウケツケ</t>
+    </rPh>
+    <rPh sb="4" eb="8">
+      <t>タイショウメイガラ</t>
+    </rPh>
+    <phoneticPr fontId="28"/>
+  </si>
+  <si>
+    <t>金銭受付対象銘柄③</t>
+    <rPh sb="0" eb="2">
+      <t>キンセン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ウケツケ</t>
+    </rPh>
+    <rPh sb="4" eb="8">
+      <t>タイショウメイガラ</t>
+    </rPh>
+    <phoneticPr fontId="28"/>
+  </si>
+  <si>
+    <t>JSCC確認</t>
+    <rPh sb="4" eb="6">
+      <t>カクニン</t>
+    </rPh>
+    <phoneticPr fontId="28"/>
+  </si>
+  <si>
+    <t>コメント</t>
+    <phoneticPr fontId="28"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="31" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2333,102 +2413,121 @@
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10.5"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
   </fonts>
-  <fills count="9">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="9.9978637043366805E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="25">
+  <borders count="26">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -2664,60 +2763,75 @@
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.499984740745262"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.499984740745262"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.499984740745262"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="118">
+  <cellXfs count="121">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
@@ -2812,62 +2926,70 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="29" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="29" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="56" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="7" borderId="24" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="10" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="49" fontId="16" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2880,192 +3002,196 @@
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="15" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="56" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...5 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{CB6D536F-7D7E-4DC0-BB4F-C27B525594E9}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{62DB4807-4CAC-4DBB-8871-E988CA55038A}"/>
   </cellStyles>
-  <dxfs count="21">
+  <dxfs count="23">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
@@ -3135,93 +3261,112 @@
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
     </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
@@ -3378,59 +3523,66 @@
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent3"/>
         </a:lnRef>
         <a:fillRef idx="2">
           <a:schemeClr val="accent3"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent3"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="1">
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
-            <a:t>全ユーザー共通</a:t>
+            <a:t>AP/AM/TB</a:t>
           </a:r>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="1">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+          </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>102000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>89038</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="正方形/長方形 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
@@ -4027,255 +4179,255 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:BA126"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A111" zoomScaleNormal="177" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="AG127" sqref="AG127"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="177" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="115" workbookViewId="0">
+      <selection activeCell="M54" sqref="M54:AH54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.44140625" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="6" width="2.44140625" style="1"/>
     <col min="7" max="10" width="2.44140625" style="1" customWidth="1"/>
     <col min="11" max="12" width="2.44140625" style="1"/>
     <col min="13" max="13" width="2.44140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="2.44140625" style="1"/>
     <col min="15" max="17" width="2.44140625" style="1" customWidth="1"/>
     <col min="18" max="19" width="2.44140625" style="1"/>
     <col min="20" max="24" width="2.44140625" style="1" customWidth="1"/>
     <col min="25" max="31" width="2.44140625" style="1"/>
     <col min="32" max="32" width="2.44140625" style="1" customWidth="1"/>
     <col min="33" max="41" width="2.44140625" style="1"/>
     <col min="42" max="42" width="2.44140625" style="29" customWidth="1"/>
     <col min="43" max="48" width="2.44140625" style="1"/>
     <col min="49" max="51" width="2.44140625" style="6" customWidth="1"/>
     <col min="52" max="16384" width="2.44140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="87" t="s">
+      <c r="A1" s="92" t="s">
         <v>22</v>
       </c>
-      <c r="B1" s="87"/>
-[...35 lines deleted...]
-      <c r="AL1" s="87"/>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+      <c r="G1" s="92"/>
+      <c r="H1" s="92"/>
+      <c r="I1" s="92"/>
+      <c r="J1" s="92"/>
+      <c r="K1" s="92"/>
+      <c r="L1" s="92"/>
+      <c r="M1" s="92"/>
+      <c r="N1" s="92"/>
+      <c r="O1" s="92"/>
+      <c r="P1" s="92"/>
+      <c r="Q1" s="92"/>
+      <c r="R1" s="92"/>
+      <c r="S1" s="92"/>
+      <c r="T1" s="92"/>
+      <c r="U1" s="92"/>
+      <c r="V1" s="92"/>
+      <c r="W1" s="92"/>
+      <c r="X1" s="92"/>
+      <c r="Y1" s="92"/>
+      <c r="Z1" s="92"/>
+      <c r="AA1" s="92"/>
+      <c r="AB1" s="92"/>
+      <c r="AC1" s="92"/>
+      <c r="AD1" s="92"/>
+      <c r="AE1" s="92"/>
+      <c r="AF1" s="92"/>
+      <c r="AG1" s="92"/>
+      <c r="AH1" s="92"/>
+      <c r="AI1" s="92"/>
+      <c r="AJ1" s="92"/>
+      <c r="AK1" s="92"/>
+      <c r="AL1" s="92"/>
       <c r="AM1" s="25"/>
       <c r="AN1" s="25"/>
       <c r="AO1" s="25"/>
       <c r="AP1" s="27"/>
       <c r="AQ1" s="25"/>
       <c r="AR1" s="25"/>
       <c r="AS1" s="25"/>
     </row>
     <row r="2" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="87"/>
-[...36 lines deleted...]
-      <c r="AL2" s="87"/>
+      <c r="A2" s="92"/>
+      <c r="B2" s="92"/>
+      <c r="C2" s="92"/>
+      <c r="D2" s="92"/>
+      <c r="E2" s="92"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+      <c r="H2" s="92"/>
+      <c r="I2" s="92"/>
+      <c r="J2" s="92"/>
+      <c r="K2" s="92"/>
+      <c r="L2" s="92"/>
+      <c r="M2" s="92"/>
+      <c r="N2" s="92"/>
+      <c r="O2" s="92"/>
+      <c r="P2" s="92"/>
+      <c r="Q2" s="92"/>
+      <c r="R2" s="92"/>
+      <c r="S2" s="92"/>
+      <c r="T2" s="92"/>
+      <c r="U2" s="92"/>
+      <c r="V2" s="92"/>
+      <c r="W2" s="92"/>
+      <c r="X2" s="92"/>
+      <c r="Y2" s="92"/>
+      <c r="Z2" s="92"/>
+      <c r="AA2" s="92"/>
+      <c r="AB2" s="92"/>
+      <c r="AC2" s="92"/>
+      <c r="AD2" s="92"/>
+      <c r="AE2" s="92"/>
+      <c r="AF2" s="92"/>
+      <c r="AG2" s="92"/>
+      <c r="AH2" s="92"/>
+      <c r="AI2" s="92"/>
+      <c r="AJ2" s="92"/>
+      <c r="AK2" s="92"/>
+      <c r="AL2" s="92"/>
       <c r="AM2" s="25"/>
       <c r="AN2" s="25"/>
       <c r="AO2" s="25"/>
       <c r="AP2" s="27"/>
       <c r="AQ2" s="25"/>
       <c r="AR2" s="25"/>
       <c r="AS2" s="25"/>
     </row>
     <row r="3" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="87"/>
-[...36 lines deleted...]
-      <c r="AL3" s="87"/>
+      <c r="A3" s="92"/>
+      <c r="B3" s="92"/>
+      <c r="C3" s="92"/>
+      <c r="D3" s="92"/>
+      <c r="E3" s="92"/>
+      <c r="F3" s="92"/>
+      <c r="G3" s="92"/>
+      <c r="H3" s="92"/>
+      <c r="I3" s="92"/>
+      <c r="J3" s="92"/>
+      <c r="K3" s="92"/>
+      <c r="L3" s="92"/>
+      <c r="M3" s="92"/>
+      <c r="N3" s="92"/>
+      <c r="O3" s="92"/>
+      <c r="P3" s="92"/>
+      <c r="Q3" s="92"/>
+      <c r="R3" s="92"/>
+      <c r="S3" s="92"/>
+      <c r="T3" s="92"/>
+      <c r="U3" s="92"/>
+      <c r="V3" s="92"/>
+      <c r="W3" s="92"/>
+      <c r="X3" s="92"/>
+      <c r="Y3" s="92"/>
+      <c r="Z3" s="92"/>
+      <c r="AA3" s="92"/>
+      <c r="AB3" s="92"/>
+      <c r="AC3" s="92"/>
+      <c r="AD3" s="92"/>
+      <c r="AE3" s="92"/>
+      <c r="AF3" s="92"/>
+      <c r="AG3" s="92"/>
+      <c r="AH3" s="92"/>
+      <c r="AI3" s="92"/>
+      <c r="AJ3" s="92"/>
+      <c r="AK3" s="92"/>
+      <c r="AL3" s="92"/>
       <c r="AM3" s="25"/>
       <c r="AN3" s="25"/>
       <c r="AO3" s="25"/>
       <c r="AP3" s="27"/>
       <c r="AQ3" s="25"/>
       <c r="AR3" s="25"/>
       <c r="AS3" s="25"/>
     </row>
     <row r="4" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="87"/>
-[...36 lines deleted...]
-      <c r="AL4" s="87"/>
+      <c r="A4" s="92"/>
+      <c r="B4" s="92"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="92"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
+      <c r="P4" s="92"/>
+      <c r="Q4" s="92"/>
+      <c r="R4" s="92"/>
+      <c r="S4" s="92"/>
+      <c r="T4" s="92"/>
+      <c r="U4" s="92"/>
+      <c r="V4" s="92"/>
+      <c r="W4" s="92"/>
+      <c r="X4" s="92"/>
+      <c r="Y4" s="92"/>
+      <c r="Z4" s="92"/>
+      <c r="AA4" s="92"/>
+      <c r="AB4" s="92"/>
+      <c r="AC4" s="92"/>
+      <c r="AD4" s="92"/>
+      <c r="AE4" s="92"/>
+      <c r="AF4" s="92"/>
+      <c r="AG4" s="92"/>
+      <c r="AH4" s="92"/>
+      <c r="AI4" s="92"/>
+      <c r="AJ4" s="92"/>
+      <c r="AK4" s="92"/>
+      <c r="AL4" s="92"/>
       <c r="AM4" s="25"/>
       <c r="AN4" s="25"/>
       <c r="AO4" s="25"/>
       <c r="AP4" s="27"/>
       <c r="AQ4" s="25"/>
       <c r="AR4" s="25"/>
       <c r="AS4" s="25"/>
     </row>
     <row r="5" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
@@ -4286,164 +4438,164 @@
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
       <c r="AC5" s="2"/>
       <c r="AD5" s="2"/>
       <c r="AG5" s="2"/>
       <c r="AH5" s="2"/>
       <c r="AI5" s="2"/>
       <c r="AJ5" s="2"/>
       <c r="AK5" s="2"/>
       <c r="AL5" s="2"/>
       <c r="AM5" s="2"/>
       <c r="AN5" s="2"/>
       <c r="AO5" s="2"/>
       <c r="AP5" s="28"/>
       <c r="AQ5" s="2"/>
       <c r="AR5" s="2"/>
       <c r="AS5" s="2"/>
     </row>
     <row r="6" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="W6" s="89" t="s">
+      <c r="W6" s="94" t="s">
         <v>6</v>
       </c>
-      <c r="X6" s="89"/>
-      <c r="Y6" s="89"/>
+      <c r="X6" s="94"/>
+      <c r="Y6" s="94"/>
       <c r="Z6" s="17"/>
-      <c r="AA6" s="90"/>
-[...10 lines deleted...]
-      <c r="AL6" s="91"/>
+      <c r="AA6" s="95"/>
+      <c r="AB6" s="96"/>
+      <c r="AC6" s="96"/>
+      <c r="AD6" s="96"/>
+      <c r="AE6" s="96"/>
+      <c r="AF6" s="96"/>
+      <c r="AG6" s="96"/>
+      <c r="AH6" s="96"/>
+      <c r="AI6" s="96"/>
+      <c r="AJ6" s="96"/>
+      <c r="AK6" s="96"/>
+      <c r="AL6" s="96"/>
       <c r="AQ6" s="6"/>
       <c r="AR6" s="6"/>
       <c r="AW6" s="1"/>
       <c r="AX6" s="1"/>
       <c r="AY6" s="1"/>
     </row>
     <row r="7" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="96" t="s">
+      <c r="A8" s="98" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="96"/>
-[...34 lines deleted...]
-      <c r="AK8" s="96"/>
+      <c r="B8" s="98"/>
+      <c r="C8" s="98"/>
+      <c r="D8" s="98"/>
+      <c r="E8" s="98"/>
+      <c r="F8" s="98"/>
+      <c r="G8" s="98"/>
+      <c r="H8" s="98"/>
+      <c r="I8" s="98"/>
+      <c r="J8" s="98"/>
+      <c r="K8" s="98"/>
+      <c r="L8" s="98"/>
+      <c r="M8" s="98"/>
+      <c r="N8" s="98"/>
+      <c r="O8" s="98"/>
+      <c r="P8" s="98"/>
+      <c r="Q8" s="98"/>
+      <c r="R8" s="98"/>
+      <c r="S8" s="98"/>
+      <c r="T8" s="98"/>
+      <c r="U8" s="98"/>
+      <c r="V8" s="98"/>
+      <c r="W8" s="98"/>
+      <c r="X8" s="98"/>
+      <c r="Y8" s="98"/>
+      <c r="Z8" s="98"/>
+      <c r="AA8" s="98"/>
+      <c r="AB8" s="98"/>
+      <c r="AC8" s="98"/>
+      <c r="AD8" s="98"/>
+      <c r="AE8" s="98"/>
+      <c r="AF8" s="98"/>
+      <c r="AG8" s="98"/>
+      <c r="AH8" s="98"/>
+      <c r="AI8" s="98"/>
+      <c r="AJ8" s="98"/>
+      <c r="AK8" s="98"/>
       <c r="AL8" s="26"/>
       <c r="AM8" s="26"/>
       <c r="AN8" s="26"/>
       <c r="AO8" s="26"/>
       <c r="AP8" s="30"/>
       <c r="AQ8" s="26"/>
       <c r="AR8" s="26"/>
       <c r="AS8" s="26"/>
     </row>
     <row r="9" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="11"/>
-      <c r="B9" s="99" t="s">
-[...36 lines deleted...]
-      <c r="AK9" s="99"/>
+      <c r="B9" s="101" t="s">
+        <v>129</v>
+      </c>
+      <c r="C9" s="101"/>
+      <c r="D9" s="101"/>
+      <c r="E9" s="101"/>
+      <c r="F9" s="101"/>
+      <c r="G9" s="101"/>
+      <c r="H9" s="101"/>
+      <c r="I9" s="101"/>
+      <c r="J9" s="101"/>
+      <c r="K9" s="101"/>
+      <c r="L9" s="101"/>
+      <c r="M9" s="101"/>
+      <c r="N9" s="101"/>
+      <c r="O9" s="101"/>
+      <c r="P9" s="101"/>
+      <c r="Q9" s="101"/>
+      <c r="R9" s="101"/>
+      <c r="S9" s="101"/>
+      <c r="T9" s="101"/>
+      <c r="U9" s="101"/>
+      <c r="V9" s="101"/>
+      <c r="W9" s="101"/>
+      <c r="X9" s="101"/>
+      <c r="Y9" s="101"/>
+      <c r="Z9" s="101"/>
+      <c r="AA9" s="101"/>
+      <c r="AB9" s="101"/>
+      <c r="AC9" s="101"/>
+      <c r="AD9" s="101"/>
+      <c r="AE9" s="101"/>
+      <c r="AF9" s="101"/>
+      <c r="AG9" s="101"/>
+      <c r="AH9" s="101"/>
+      <c r="AI9" s="101"/>
+      <c r="AJ9" s="101"/>
+      <c r="AK9" s="101"/>
       <c r="AL9" s="12"/>
       <c r="AM9" s="12"/>
       <c r="AN9" s="12"/>
       <c r="AO9" s="12"/>
       <c r="AP9" s="31"/>
       <c r="AQ9" s="12"/>
       <c r="AR9" s="11"/>
       <c r="AS9" s="11"/>
     </row>
     <row r="10" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
@@ -4457,882 +4609,882 @@
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="3"/>
       <c r="AK10" s="3"/>
       <c r="AL10" s="3"/>
       <c r="AM10" s="3"/>
       <c r="AN10" s="3"/>
       <c r="AO10" s="3"/>
       <c r="AP10" s="32"/>
       <c r="AQ10" s="3"/>
       <c r="AR10" s="3"/>
       <c r="AS10" s="3"/>
     </row>
     <row r="11" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C11" s="88" t="s">
+      <c r="C11" s="93" t="s">
         <v>15</v>
       </c>
-      <c r="D11" s="88"/>
-[...3 lines deleted...]
-      <c r="H11" s="88"/>
+      <c r="D11" s="93"/>
+      <c r="E11" s="93"/>
+      <c r="F11" s="93"/>
+      <c r="G11" s="93"/>
+      <c r="H11" s="93"/>
       <c r="I11" s="2"/>
-      <c r="J11" s="92"/>
-[...19 lines deleted...]
-      <c r="AD11" s="92"/>
+      <c r="J11" s="79"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="79"/>
+      <c r="M11" s="79"/>
+      <c r="N11" s="79"/>
+      <c r="O11" s="79"/>
+      <c r="P11" s="79"/>
+      <c r="Q11" s="79"/>
+      <c r="R11" s="79"/>
+      <c r="S11" s="79"/>
+      <c r="T11" s="79"/>
+      <c r="U11" s="79"/>
+      <c r="V11" s="79"/>
+      <c r="W11" s="79"/>
+      <c r="X11" s="79"/>
+      <c r="Y11" s="79"/>
+      <c r="Z11" s="79"/>
+      <c r="AA11" s="79"/>
+      <c r="AB11" s="79"/>
+      <c r="AC11" s="79"/>
+      <c r="AD11" s="79"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AQ11" s="6"/>
       <c r="AR11" s="6"/>
       <c r="AW11" s="1"/>
-      <c r="AX11" s="59"/>
+      <c r="AX11" s="58"/>
       <c r="AY11" s="1"/>
     </row>
     <row r="12" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
       <c r="Z12" s="3"/>
       <c r="AA12" s="3"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="3"/>
       <c r="AK12" s="3"/>
       <c r="AL12" s="3"/>
       <c r="AM12" s="3"/>
       <c r="AN12" s="3"/>
       <c r="AO12" s="3"/>
       <c r="AP12" s="32"/>
       <c r="AQ12" s="3"/>
       <c r="AR12" s="3"/>
       <c r="AS12" s="3"/>
     </row>
     <row r="13" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C13" s="88" t="s">
+      <c r="C13" s="93" t="s">
         <v>24</v>
       </c>
-      <c r="D13" s="88"/>
-[...3 lines deleted...]
-      <c r="H13" s="88"/>
+      <c r="D13" s="93"/>
+      <c r="E13" s="93"/>
+      <c r="F13" s="93"/>
+      <c r="G13" s="93"/>
+      <c r="H13" s="93"/>
       <c r="I13" s="2"/>
-      <c r="J13" s="92"/>
-[...19 lines deleted...]
-      <c r="AD13" s="92"/>
+      <c r="J13" s="79"/>
+      <c r="K13" s="79"/>
+      <c r="L13" s="79"/>
+      <c r="M13" s="79"/>
+      <c r="N13" s="79"/>
+      <c r="O13" s="79"/>
+      <c r="P13" s="79"/>
+      <c r="Q13" s="79"/>
+      <c r="R13" s="79"/>
+      <c r="S13" s="79"/>
+      <c r="T13" s="79"/>
+      <c r="U13" s="79"/>
+      <c r="V13" s="79"/>
+      <c r="W13" s="79"/>
+      <c r="X13" s="79"/>
+      <c r="Y13" s="79"/>
+      <c r="Z13" s="79"/>
+      <c r="AA13" s="79"/>
+      <c r="AB13" s="79"/>
+      <c r="AC13" s="79"/>
+      <c r="AD13" s="79"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="3"/>
       <c r="AK13" s="3"/>
       <c r="AQ13" s="6"/>
       <c r="AR13" s="6"/>
       <c r="AW13" s="1"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1"/>
     </row>
     <row r="14" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="15" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C15" s="93" t="s">
-[...35 lines deleted...]
-      <c r="AK15" s="93"/>
+      <c r="C15" s="97" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" s="97"/>
+      <c r="E15" s="97"/>
+      <c r="F15" s="97"/>
+      <c r="G15" s="97"/>
+      <c r="H15" s="97"/>
+      <c r="I15" s="97"/>
+      <c r="J15" s="97"/>
+      <c r="K15" s="97"/>
+      <c r="L15" s="97"/>
+      <c r="M15" s="97"/>
+      <c r="N15" s="97"/>
+      <c r="O15" s="97"/>
+      <c r="P15" s="97"/>
+      <c r="Q15" s="97"/>
+      <c r="R15" s="97"/>
+      <c r="S15" s="97"/>
+      <c r="T15" s="97"/>
+      <c r="U15" s="97"/>
+      <c r="V15" s="97"/>
+      <c r="W15" s="97"/>
+      <c r="X15" s="97"/>
+      <c r="Y15" s="97"/>
+      <c r="Z15" s="97"/>
+      <c r="AA15" s="97"/>
+      <c r="AB15" s="97"/>
+      <c r="AC15" s="97"/>
+      <c r="AD15" s="97"/>
+      <c r="AE15" s="97"/>
+      <c r="AF15" s="97"/>
+      <c r="AG15" s="97"/>
+      <c r="AH15" s="97"/>
+      <c r="AI15" s="97"/>
+      <c r="AJ15" s="97"/>
+      <c r="AK15" s="97"/>
       <c r="AL15" s="19"/>
       <c r="AM15" s="19"/>
       <c r="AN15" s="19"/>
       <c r="AO15" s="19"/>
       <c r="AP15" s="33"/>
       <c r="AQ15" s="19"/>
     </row>
     <row r="16" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J16" s="18"/>
       <c r="K16" s="18"/>
       <c r="L16" s="18"/>
       <c r="M16" s="18"/>
       <c r="N16" s="18"/>
       <c r="O16" s="18"/>
       <c r="P16" s="18"/>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
       <c r="S16" s="18"/>
       <c r="T16" s="18"/>
       <c r="U16" s="18"/>
       <c r="V16" s="18"/>
       <c r="W16" s="18"/>
       <c r="X16" s="18"/>
       <c r="Y16" s="18"/>
       <c r="Z16" s="18"/>
       <c r="AA16" s="18"/>
       <c r="AB16" s="18"/>
       <c r="AC16" s="18"/>
       <c r="AD16" s="18"/>
       <c r="AE16" s="18"/>
       <c r="AF16" s="18"/>
       <c r="AG16" s="18"/>
       <c r="AH16" s="18"/>
       <c r="AI16" s="18"/>
       <c r="AJ16" s="18"/>
       <c r="AK16" s="18"/>
       <c r="AQ16" s="6"/>
       <c r="AR16" s="6"/>
       <c r="AW16" s="1"/>
       <c r="AX16" s="1"/>
       <c r="AY16" s="1"/>
     </row>
     <row r="17" spans="2:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C17" s="88" t="s">
+      <c r="C17" s="93" t="s">
         <v>10</v>
       </c>
-      <c r="D17" s="88"/>
-[...3 lines deleted...]
-      <c r="H17" s="88"/>
+      <c r="D17" s="93"/>
+      <c r="E17" s="93"/>
+      <c r="F17" s="93"/>
+      <c r="G17" s="93"/>
+      <c r="H17" s="93"/>
       <c r="I17" s="2"/>
-      <c r="J17" s="92"/>
-[...19 lines deleted...]
-      <c r="AD17" s="92"/>
+      <c r="J17" s="79"/>
+      <c r="K17" s="79"/>
+      <c r="L17" s="79"/>
+      <c r="M17" s="79"/>
+      <c r="N17" s="79"/>
+      <c r="O17" s="79"/>
+      <c r="P17" s="79"/>
+      <c r="Q17" s="79"/>
+      <c r="R17" s="79"/>
+      <c r="S17" s="79"/>
+      <c r="T17" s="79"/>
+      <c r="U17" s="79"/>
+      <c r="V17" s="79"/>
+      <c r="W17" s="79"/>
+      <c r="X17" s="79"/>
+      <c r="Y17" s="79"/>
+      <c r="Z17" s="79"/>
+      <c r="AA17" s="79"/>
+      <c r="AB17" s="79"/>
+      <c r="AC17" s="79"/>
+      <c r="AD17" s="79"/>
       <c r="AE17" s="3"/>
       <c r="AF17" s="3"/>
       <c r="AG17" s="3"/>
       <c r="AH17" s="3"/>
       <c r="AI17" s="3"/>
       <c r="AJ17" s="3"/>
       <c r="AK17" s="3"/>
       <c r="AQ17" s="6"/>
       <c r="AR17" s="6"/>
       <c r="AW17" s="1"/>
       <c r="AX17" s="1"/>
       <c r="AY17" s="1"/>
     </row>
     <row r="18" spans="2:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J18" s="18"/>
       <c r="K18" s="18"/>
       <c r="L18" s="18"/>
       <c r="M18" s="18"/>
       <c r="N18" s="18"/>
       <c r="O18" s="18"/>
       <c r="P18" s="18"/>
       <c r="Q18" s="18"/>
       <c r="R18" s="18"/>
       <c r="S18" s="18"/>
       <c r="T18" s="18"/>
       <c r="U18" s="18"/>
       <c r="V18" s="18"/>
       <c r="W18" s="18"/>
       <c r="X18" s="18"/>
       <c r="Y18" s="18"/>
       <c r="Z18" s="18"/>
       <c r="AA18" s="18"/>
       <c r="AB18" s="18"/>
       <c r="AC18" s="18"/>
       <c r="AD18" s="18"/>
       <c r="AE18" s="18"/>
       <c r="AF18" s="18"/>
       <c r="AG18" s="18"/>
       <c r="AH18" s="18"/>
       <c r="AI18" s="18"/>
       <c r="AJ18" s="18"/>
       <c r="AK18" s="18"/>
       <c r="AQ18" s="6"/>
       <c r="AR18" s="6"/>
       <c r="AW18" s="1"/>
       <c r="AX18" s="1"/>
       <c r="AY18" s="1"/>
     </row>
     <row r="19" spans="2:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C19" s="70" t="s">
+      <c r="C19" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="D19" s="70"/>
-[...25 lines deleted...]
-      <c r="AD19" s="94"/>
+      <c r="D19" s="72"/>
+      <c r="E19" s="72"/>
+      <c r="F19" s="72"/>
+      <c r="G19" s="72"/>
+      <c r="H19" s="72"/>
+      <c r="I19" s="72"/>
+      <c r="J19" s="80"/>
+      <c r="K19" s="80"/>
+      <c r="L19" s="80"/>
+      <c r="M19" s="80"/>
+      <c r="N19" s="80"/>
+      <c r="O19" s="80"/>
+      <c r="P19" s="80"/>
+      <c r="Q19" s="80"/>
+      <c r="R19" s="80"/>
+      <c r="S19" s="80"/>
+      <c r="T19" s="80"/>
+      <c r="U19" s="80"/>
+      <c r="V19" s="80"/>
+      <c r="W19" s="80"/>
+      <c r="X19" s="80"/>
+      <c r="Y19" s="80"/>
+      <c r="Z19" s="80"/>
+      <c r="AA19" s="80"/>
+      <c r="AB19" s="80"/>
+      <c r="AC19" s="80"/>
+      <c r="AD19" s="80"/>
       <c r="AE19" s="3"/>
       <c r="AF19" s="3"/>
       <c r="AG19" s="3"/>
       <c r="AH19" s="3"/>
       <c r="AI19" s="3"/>
       <c r="AJ19" s="3"/>
       <c r="AK19" s="3"/>
       <c r="AQ19" s="6"/>
       <c r="AR19" s="6"/>
       <c r="AW19" s="1"/>
       <c r="AX19" s="1"/>
       <c r="AY19" s="1"/>
     </row>
     <row r="20" spans="2:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="21" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C21" s="95" t="s">
-[...35 lines deleted...]
-      <c r="AK21" s="95"/>
+      <c r="C21" s="81" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" s="81"/>
+      <c r="E21" s="81"/>
+      <c r="F21" s="81"/>
+      <c r="G21" s="81"/>
+      <c r="H21" s="81"/>
+      <c r="I21" s="81"/>
+      <c r="J21" s="81"/>
+      <c r="K21" s="81"/>
+      <c r="L21" s="81"/>
+      <c r="M21" s="81"/>
+      <c r="N21" s="81"/>
+      <c r="O21" s="81"/>
+      <c r="P21" s="81"/>
+      <c r="Q21" s="81"/>
+      <c r="R21" s="81"/>
+      <c r="S21" s="81"/>
+      <c r="T21" s="81"/>
+      <c r="U21" s="81"/>
+      <c r="V21" s="81"/>
+      <c r="W21" s="81"/>
+      <c r="X21" s="81"/>
+      <c r="Y21" s="81"/>
+      <c r="Z21" s="81"/>
+      <c r="AA21" s="81"/>
+      <c r="AB21" s="81"/>
+      <c r="AC21" s="81"/>
+      <c r="AD21" s="81"/>
+      <c r="AE21" s="81"/>
+      <c r="AF21" s="81"/>
+      <c r="AG21" s="81"/>
+      <c r="AH21" s="81"/>
+      <c r="AI21" s="81"/>
+      <c r="AJ21" s="81"/>
+      <c r="AK21" s="81"/>
       <c r="AL21" s="19"/>
       <c r="AM21" s="19"/>
       <c r="AN21" s="19"/>
       <c r="AO21" s="19"/>
       <c r="AP21" s="33"/>
       <c r="AQ21" s="19"/>
     </row>
     <row r="22" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C22" s="95"/>
-[...33 lines deleted...]
-      <c r="AK22" s="95"/>
+      <c r="C22" s="81"/>
+      <c r="D22" s="81"/>
+      <c r="E22" s="81"/>
+      <c r="F22" s="81"/>
+      <c r="G22" s="81"/>
+      <c r="H22" s="81"/>
+      <c r="I22" s="81"/>
+      <c r="J22" s="81"/>
+      <c r="K22" s="81"/>
+      <c r="L22" s="81"/>
+      <c r="M22" s="81"/>
+      <c r="N22" s="81"/>
+      <c r="O22" s="81"/>
+      <c r="P22" s="81"/>
+      <c r="Q22" s="81"/>
+      <c r="R22" s="81"/>
+      <c r="S22" s="81"/>
+      <c r="T22" s="81"/>
+      <c r="U22" s="81"/>
+      <c r="V22" s="81"/>
+      <c r="W22" s="81"/>
+      <c r="X22" s="81"/>
+      <c r="Y22" s="81"/>
+      <c r="Z22" s="81"/>
+      <c r="AA22" s="81"/>
+      <c r="AB22" s="81"/>
+      <c r="AC22" s="81"/>
+      <c r="AD22" s="81"/>
+      <c r="AE22" s="81"/>
+      <c r="AF22" s="81"/>
+      <c r="AG22" s="81"/>
+      <c r="AH22" s="81"/>
+      <c r="AI22" s="81"/>
+      <c r="AJ22" s="81"/>
+      <c r="AK22" s="81"/>
       <c r="AL22" s="19"/>
       <c r="AM22" s="19"/>
       <c r="AN22" s="19"/>
       <c r="AO22" s="19"/>
       <c r="AP22" s="33"/>
       <c r="AQ22" s="19"/>
     </row>
     <row r="23" spans="2:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="24" spans="2:51" ht="15" x14ac:dyDescent="0.3">
       <c r="B24" s="39" t="s">
         <v>26</v>
       </c>
-      <c r="C24" s="100" t="s">
+      <c r="C24" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D24" s="101"/>
-[...5 lines deleted...]
-      <c r="J24" s="103" t="s">
+      <c r="D24" s="103"/>
+      <c r="E24" s="103"/>
+      <c r="F24" s="103"/>
+      <c r="G24" s="103"/>
+      <c r="H24" s="103"/>
+      <c r="I24" s="104"/>
+      <c r="J24" s="105" t="s">
         <v>3</v>
       </c>
-      <c r="K24" s="101"/>
-[...5 lines deleted...]
-      <c r="Q24" s="72" t="s">
+      <c r="K24" s="103"/>
+      <c r="L24" s="103"/>
+      <c r="M24" s="103"/>
+      <c r="N24" s="103"/>
+      <c r="O24" s="103"/>
+      <c r="P24" s="106"/>
+      <c r="Q24" s="74" t="s">
         <v>0</v>
       </c>
-      <c r="R24" s="72"/>
-[...8 lines deleted...]
-      <c r="AA24" s="72" t="s">
+      <c r="R24" s="74"/>
+      <c r="S24" s="74"/>
+      <c r="T24" s="74"/>
+      <c r="U24" s="74"/>
+      <c r="V24" s="74"/>
+      <c r="W24" s="74"/>
+      <c r="X24" s="74"/>
+      <c r="Y24" s="74"/>
+      <c r="Z24" s="74"/>
+      <c r="AA24" s="74" t="s">
         <v>14</v>
       </c>
-      <c r="AB24" s="72"/>
-[...7 lines deleted...]
-      <c r="AJ24" s="72"/>
+      <c r="AB24" s="74"/>
+      <c r="AC24" s="74"/>
+      <c r="AD24" s="74"/>
+      <c r="AE24" s="74"/>
+      <c r="AF24" s="74"/>
+      <c r="AG24" s="74"/>
+      <c r="AH24" s="74"/>
+      <c r="AI24" s="74"/>
+      <c r="AJ24" s="74"/>
       <c r="AM24" s="8"/>
       <c r="AW24" s="1"/>
       <c r="AX24" s="1"/>
       <c r="AY24" s="1"/>
     </row>
     <row r="25" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="40" t="s">
         <v>23</v>
       </c>
-      <c r="C25" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ25" s="86"/>
+      <c r="C25" s="66"/>
+      <c r="D25" s="67"/>
+      <c r="E25" s="67"/>
+      <c r="F25" s="67"/>
+      <c r="G25" s="67"/>
+      <c r="H25" s="67"/>
+      <c r="I25" s="68"/>
+      <c r="J25" s="69"/>
+      <c r="K25" s="67"/>
+      <c r="L25" s="67"/>
+      <c r="M25" s="67"/>
+      <c r="N25" s="67"/>
+      <c r="O25" s="67"/>
+      <c r="P25" s="70"/>
+      <c r="Q25" s="63"/>
+      <c r="R25" s="63"/>
+      <c r="S25" s="63"/>
+      <c r="T25" s="63"/>
+      <c r="U25" s="63"/>
+      <c r="V25" s="63"/>
+      <c r="W25" s="63"/>
+      <c r="X25" s="63"/>
+      <c r="Y25" s="63"/>
+      <c r="Z25" s="63"/>
+      <c r="AA25" s="78"/>
+      <c r="AB25" s="78"/>
+      <c r="AC25" s="78"/>
+      <c r="AD25" s="78"/>
+      <c r="AE25" s="78"/>
+      <c r="AF25" s="78"/>
+      <c r="AG25" s="78"/>
+      <c r="AH25" s="78"/>
+      <c r="AI25" s="78"/>
+      <c r="AJ25" s="78"/>
       <c r="AM25" s="8"/>
       <c r="AW25" s="1"/>
       <c r="AX25" s="1"/>
       <c r="AY25" s="1"/>
     </row>
     <row r="26" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="40" t="s">
         <v>27</v>
       </c>
-      <c r="C26" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ26" s="86"/>
+      <c r="C26" s="66"/>
+      <c r="D26" s="67"/>
+      <c r="E26" s="67"/>
+      <c r="F26" s="67"/>
+      <c r="G26" s="67"/>
+      <c r="H26" s="67"/>
+      <c r="I26" s="68"/>
+      <c r="J26" s="69"/>
+      <c r="K26" s="67"/>
+      <c r="L26" s="67"/>
+      <c r="M26" s="67"/>
+      <c r="N26" s="67"/>
+      <c r="O26" s="67"/>
+      <c r="P26" s="70"/>
+      <c r="Q26" s="63"/>
+      <c r="R26" s="63"/>
+      <c r="S26" s="63"/>
+      <c r="T26" s="63"/>
+      <c r="U26" s="63"/>
+      <c r="V26" s="63"/>
+      <c r="W26" s="63"/>
+      <c r="X26" s="63"/>
+      <c r="Y26" s="63"/>
+      <c r="Z26" s="63"/>
+      <c r="AA26" s="78"/>
+      <c r="AB26" s="78"/>
+      <c r="AC26" s="78"/>
+      <c r="AD26" s="78"/>
+      <c r="AE26" s="78"/>
+      <c r="AF26" s="78"/>
+      <c r="AG26" s="78"/>
+      <c r="AH26" s="78"/>
+      <c r="AI26" s="78"/>
+      <c r="AJ26" s="78"/>
       <c r="AM26" s="8"/>
       <c r="AW26" s="1"/>
       <c r="AX26" s="1"/>
       <c r="AY26" s="1"/>
     </row>
     <row r="27" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="40" t="s">
         <v>28</v>
       </c>
-      <c r="C27" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ27" s="86"/>
+      <c r="C27" s="66"/>
+      <c r="D27" s="67"/>
+      <c r="E27" s="67"/>
+      <c r="F27" s="67"/>
+      <c r="G27" s="67"/>
+      <c r="H27" s="67"/>
+      <c r="I27" s="68"/>
+      <c r="J27" s="69"/>
+      <c r="K27" s="67"/>
+      <c r="L27" s="67"/>
+      <c r="M27" s="67"/>
+      <c r="N27" s="67"/>
+      <c r="O27" s="67"/>
+      <c r="P27" s="70"/>
+      <c r="Q27" s="63"/>
+      <c r="R27" s="63"/>
+      <c r="S27" s="63"/>
+      <c r="T27" s="63"/>
+      <c r="U27" s="63"/>
+      <c r="V27" s="63"/>
+      <c r="W27" s="63"/>
+      <c r="X27" s="63"/>
+      <c r="Y27" s="63"/>
+      <c r="Z27" s="63"/>
+      <c r="AA27" s="78"/>
+      <c r="AB27" s="78"/>
+      <c r="AC27" s="78"/>
+      <c r="AD27" s="78"/>
+      <c r="AE27" s="78"/>
+      <c r="AF27" s="78"/>
+      <c r="AG27" s="78"/>
+      <c r="AH27" s="78"/>
+      <c r="AI27" s="78"/>
+      <c r="AJ27" s="78"/>
       <c r="AM27" s="8"/>
       <c r="AW27" s="1"/>
       <c r="AX27" s="1"/>
       <c r="AY27" s="1"/>
     </row>
     <row r="28" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="40" t="s">
         <v>29</v>
       </c>
-      <c r="C28" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ28" s="86"/>
+      <c r="C28" s="66"/>
+      <c r="D28" s="67"/>
+      <c r="E28" s="67"/>
+      <c r="F28" s="67"/>
+      <c r="G28" s="67"/>
+      <c r="H28" s="67"/>
+      <c r="I28" s="68"/>
+      <c r="J28" s="69"/>
+      <c r="K28" s="67"/>
+      <c r="L28" s="67"/>
+      <c r="M28" s="67"/>
+      <c r="N28" s="67"/>
+      <c r="O28" s="67"/>
+      <c r="P28" s="70"/>
+      <c r="Q28" s="63"/>
+      <c r="R28" s="63"/>
+      <c r="S28" s="63"/>
+      <c r="T28" s="63"/>
+      <c r="U28" s="63"/>
+      <c r="V28" s="63"/>
+      <c r="W28" s="63"/>
+      <c r="X28" s="63"/>
+      <c r="Y28" s="63"/>
+      <c r="Z28" s="63"/>
+      <c r="AA28" s="78"/>
+      <c r="AB28" s="78"/>
+      <c r="AC28" s="78"/>
+      <c r="AD28" s="78"/>
+      <c r="AE28" s="78"/>
+      <c r="AF28" s="78"/>
+      <c r="AG28" s="78"/>
+      <c r="AH28" s="78"/>
+      <c r="AI28" s="78"/>
+      <c r="AJ28" s="78"/>
       <c r="AM28" s="8"/>
       <c r="AW28" s="1"/>
       <c r="AX28" s="1"/>
       <c r="AY28" s="1"/>
     </row>
     <row r="29" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="C29" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ29" s="86"/>
+      <c r="C29" s="66"/>
+      <c r="D29" s="67"/>
+      <c r="E29" s="67"/>
+      <c r="F29" s="67"/>
+      <c r="G29" s="67"/>
+      <c r="H29" s="67"/>
+      <c r="I29" s="68"/>
+      <c r="J29" s="69"/>
+      <c r="K29" s="67"/>
+      <c r="L29" s="67"/>
+      <c r="M29" s="67"/>
+      <c r="N29" s="67"/>
+      <c r="O29" s="67"/>
+      <c r="P29" s="70"/>
+      <c r="Q29" s="63"/>
+      <c r="R29" s="63"/>
+      <c r="S29" s="63"/>
+      <c r="T29" s="63"/>
+      <c r="U29" s="63"/>
+      <c r="V29" s="63"/>
+      <c r="W29" s="63"/>
+      <c r="X29" s="63"/>
+      <c r="Y29" s="63"/>
+      <c r="Z29" s="63"/>
+      <c r="AA29" s="78"/>
+      <c r="AB29" s="78"/>
+      <c r="AC29" s="78"/>
+      <c r="AD29" s="78"/>
+      <c r="AE29" s="78"/>
+      <c r="AF29" s="78"/>
+      <c r="AG29" s="78"/>
+      <c r="AH29" s="78"/>
+      <c r="AI29" s="78"/>
+      <c r="AJ29" s="78"/>
       <c r="AM29" s="8"/>
       <c r="AW29" s="1"/>
       <c r="AX29" s="1"/>
       <c r="AY29" s="1"/>
     </row>
     <row r="30" spans="2:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="31" spans="2:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C31" s="97" t="s">
+      <c r="C31" s="99" t="s">
         <v>56</v>
       </c>
-      <c r="D31" s="97"/>
-[...32 lines deleted...]
-      <c r="AK31" s="97"/>
+      <c r="D31" s="99"/>
+      <c r="E31" s="99"/>
+      <c r="F31" s="99"/>
+      <c r="G31" s="99"/>
+      <c r="H31" s="99"/>
+      <c r="I31" s="99"/>
+      <c r="J31" s="99"/>
+      <c r="K31" s="99"/>
+      <c r="L31" s="99"/>
+      <c r="M31" s="99"/>
+      <c r="N31" s="99"/>
+      <c r="O31" s="99"/>
+      <c r="P31" s="99"/>
+      <c r="Q31" s="99"/>
+      <c r="R31" s="99"/>
+      <c r="S31" s="99"/>
+      <c r="T31" s="99"/>
+      <c r="U31" s="99"/>
+      <c r="V31" s="99"/>
+      <c r="W31" s="99"/>
+      <c r="X31" s="99"/>
+      <c r="Y31" s="99"/>
+      <c r="Z31" s="99"/>
+      <c r="AA31" s="99"/>
+      <c r="AB31" s="99"/>
+      <c r="AC31" s="99"/>
+      <c r="AD31" s="99"/>
+      <c r="AE31" s="99"/>
+      <c r="AF31" s="99"/>
+      <c r="AG31" s="99"/>
+      <c r="AH31" s="99"/>
+      <c r="AI31" s="99"/>
+      <c r="AJ31" s="99"/>
+      <c r="AK31" s="99"/>
       <c r="AL31" s="19"/>
       <c r="AM31" s="19"/>
       <c r="AN31" s="19"/>
       <c r="AO31" s="19"/>
       <c r="AP31" s="33"/>
       <c r="AQ31" s="19"/>
     </row>
     <row r="32" spans="2:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C32" s="19"/>
     </row>
     <row r="33" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="96" t="s">
+      <c r="A33" s="98" t="s">
         <v>5</v>
       </c>
-      <c r="B33" s="96"/>
-[...34 lines deleted...]
-      <c r="AK33" s="96"/>
+      <c r="B33" s="98"/>
+      <c r="C33" s="98"/>
+      <c r="D33" s="98"/>
+      <c r="E33" s="98"/>
+      <c r="F33" s="98"/>
+      <c r="G33" s="98"/>
+      <c r="H33" s="98"/>
+      <c r="I33" s="98"/>
+      <c r="J33" s="98"/>
+      <c r="K33" s="98"/>
+      <c r="L33" s="98"/>
+      <c r="M33" s="98"/>
+      <c r="N33" s="98"/>
+      <c r="O33" s="98"/>
+      <c r="P33" s="98"/>
+      <c r="Q33" s="98"/>
+      <c r="R33" s="98"/>
+      <c r="S33" s="98"/>
+      <c r="T33" s="98"/>
+      <c r="U33" s="98"/>
+      <c r="V33" s="98"/>
+      <c r="W33" s="98"/>
+      <c r="X33" s="98"/>
+      <c r="Y33" s="98"/>
+      <c r="Z33" s="98"/>
+      <c r="AA33" s="98"/>
+      <c r="AB33" s="98"/>
+      <c r="AC33" s="98"/>
+      <c r="AD33" s="98"/>
+      <c r="AE33" s="98"/>
+      <c r="AF33" s="98"/>
+      <c r="AG33" s="98"/>
+      <c r="AH33" s="98"/>
+      <c r="AI33" s="98"/>
+      <c r="AJ33" s="98"/>
+      <c r="AK33" s="98"/>
       <c r="AL33" s="26"/>
       <c r="AM33" s="26"/>
       <c r="AN33" s="26"/>
       <c r="AO33" s="26"/>
       <c r="AP33" s="30"/>
       <c r="AQ33" s="26"/>
       <c r="AR33" s="26"/>
       <c r="AS33" s="26"/>
     </row>
     <row r="34" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="12"/>
-      <c r="B34" s="98" t="s">
+      <c r="B34" s="100" t="s">
         <v>7</v>
       </c>
-      <c r="C34" s="98"/>
-[...33 lines deleted...]
-      <c r="AK34" s="98"/>
+      <c r="C34" s="100"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="100"/>
+      <c r="I34" s="100"/>
+      <c r="J34" s="100"/>
+      <c r="K34" s="100"/>
+      <c r="L34" s="100"/>
+      <c r="M34" s="100"/>
+      <c r="N34" s="100"/>
+      <c r="O34" s="100"/>
+      <c r="P34" s="100"/>
+      <c r="Q34" s="100"/>
+      <c r="R34" s="100"/>
+      <c r="S34" s="100"/>
+      <c r="T34" s="100"/>
+      <c r="U34" s="100"/>
+      <c r="V34" s="100"/>
+      <c r="W34" s="100"/>
+      <c r="X34" s="100"/>
+      <c r="Y34" s="100"/>
+      <c r="Z34" s="100"/>
+      <c r="AA34" s="100"/>
+      <c r="AB34" s="100"/>
+      <c r="AC34" s="100"/>
+      <c r="AD34" s="100"/>
+      <c r="AE34" s="100"/>
+      <c r="AF34" s="100"/>
+      <c r="AG34" s="100"/>
+      <c r="AH34" s="100"/>
+      <c r="AI34" s="100"/>
+      <c r="AJ34" s="100"/>
+      <c r="AK34" s="100"/>
       <c r="AL34" s="12"/>
       <c r="AM34" s="12"/>
       <c r="AN34" s="12"/>
       <c r="AO34" s="12"/>
       <c r="AP34" s="31"/>
       <c r="AQ34" s="12"/>
       <c r="AR34" s="14"/>
       <c r="AS34" s="14"/>
     </row>
     <row r="35" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="12"/>
       <c r="B35" s="13"/>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="13"/>
       <c r="H35" s="13"/>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="13"/>
       <c r="L35" s="13"/>
       <c r="M35" s="13"/>
       <c r="N35" s="13"/>
       <c r="O35" s="13"/>
@@ -5349,335 +5501,335 @@
       <c r="Z35" s="13"/>
       <c r="AA35" s="13"/>
       <c r="AB35" s="13"/>
       <c r="AC35" s="13"/>
       <c r="AD35" s="13"/>
       <c r="AE35" s="13"/>
       <c r="AF35" s="13"/>
       <c r="AG35" s="13"/>
       <c r="AH35" s="13"/>
       <c r="AI35" s="13"/>
       <c r="AJ35" s="13"/>
       <c r="AK35" s="13"/>
       <c r="AL35" s="13"/>
       <c r="AM35" s="13"/>
       <c r="AN35" s="13"/>
       <c r="AO35" s="13"/>
       <c r="AP35" s="34"/>
       <c r="AQ35" s="13"/>
       <c r="AR35" s="14"/>
       <c r="AS35" s="14"/>
     </row>
     <row r="36" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="F36" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="23"/>
       <c r="M36" s="2"/>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
       <c r="U36" s="2"/>
       <c r="V36" s="2"/>
       <c r="W36" s="2"/>
       <c r="X36" s="2"/>
       <c r="Y36" s="2"/>
       <c r="Z36" s="2"/>
       <c r="AC36" s="2"/>
       <c r="AD36" s="2"/>
       <c r="AE36" s="2"/>
       <c r="AF36" s="2"/>
       <c r="AG36" s="2"/>
       <c r="AH36" s="2"/>
       <c r="AI36" s="2"/>
       <c r="AJ36" s="2"/>
       <c r="AK36" s="2"/>
       <c r="AL36" s="2"/>
       <c r="AM36" s="2"/>
       <c r="AN36" s="2"/>
       <c r="AO36" s="2"/>
       <c r="AP36" s="35"/>
       <c r="AQ36" s="2"/>
       <c r="AR36" s="2"/>
       <c r="AW36" s="8"/>
     </row>
     <row r="37" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="38" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E38" s="107" t="s">
+      <c r="E38" s="109" t="s">
         <v>11</v>
       </c>
-      <c r="F38" s="107"/>
-[...31 lines deleted...]
-      <c r="AL38" s="107"/>
+      <c r="F38" s="109"/>
+      <c r="G38" s="109"/>
+      <c r="H38" s="109"/>
+      <c r="I38" s="109"/>
+      <c r="J38" s="109"/>
+      <c r="K38" s="109"/>
+      <c r="L38" s="109"/>
+      <c r="M38" s="109"/>
+      <c r="N38" s="109"/>
+      <c r="O38" s="109"/>
+      <c r="P38" s="109"/>
+      <c r="Q38" s="109"/>
+      <c r="R38" s="109"/>
+      <c r="S38" s="109"/>
+      <c r="T38" s="109"/>
+      <c r="U38" s="109"/>
+      <c r="V38" s="109"/>
+      <c r="W38" s="109"/>
+      <c r="X38" s="109"/>
+      <c r="Y38" s="109"/>
+      <c r="Z38" s="109"/>
+      <c r="AA38" s="109"/>
+      <c r="AB38" s="109"/>
+      <c r="AC38" s="109"/>
+      <c r="AD38" s="109"/>
+      <c r="AE38" s="109"/>
+      <c r="AF38" s="109"/>
+      <c r="AG38" s="109"/>
+      <c r="AH38" s="109"/>
+      <c r="AI38" s="109"/>
+      <c r="AJ38" s="109"/>
+      <c r="AK38" s="109"/>
+      <c r="AL38" s="109"/>
       <c r="AP38" s="36"/>
       <c r="AQ38" s="7"/>
       <c r="AR38" s="7"/>
     </row>
     <row r="39" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E39" s="108" t="s">
+      <c r="E39" s="110" t="s">
         <v>2</v>
       </c>
-      <c r="F39" s="108"/>
-[...29 lines deleted...]
-      <c r="AJ39" s="108"/>
+      <c r="F39" s="110"/>
+      <c r="G39" s="110"/>
+      <c r="H39" s="110"/>
+      <c r="I39" s="110"/>
+      <c r="J39" s="110"/>
+      <c r="K39" s="110"/>
+      <c r="L39" s="110"/>
+      <c r="M39" s="110"/>
+      <c r="N39" s="110"/>
+      <c r="O39" s="110"/>
+      <c r="P39" s="110"/>
+      <c r="Q39" s="110"/>
+      <c r="R39" s="110"/>
+      <c r="S39" s="110"/>
+      <c r="T39" s="110"/>
+      <c r="U39" s="110"/>
+      <c r="V39" s="110"/>
+      <c r="W39" s="110"/>
+      <c r="X39" s="110"/>
+      <c r="Y39" s="110"/>
+      <c r="Z39" s="110"/>
+      <c r="AA39" s="110"/>
+      <c r="AB39" s="110"/>
+      <c r="AC39" s="110"/>
+      <c r="AD39" s="110"/>
+      <c r="AE39" s="110"/>
+      <c r="AF39" s="110"/>
+      <c r="AG39" s="110"/>
+      <c r="AH39" s="110"/>
+      <c r="AI39" s="110"/>
+      <c r="AJ39" s="110"/>
       <c r="AK39" s="15"/>
       <c r="AL39" s="15"/>
       <c r="AP39" s="36"/>
       <c r="AQ39" s="7"/>
       <c r="AR39" s="7"/>
     </row>
     <row r="40" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F40" s="109" t="s">
+      <c r="F40" s="111" t="s">
         <v>1</v>
       </c>
-      <c r="G40" s="109"/>
-[...28 lines deleted...]
-      <c r="AJ40" s="109"/>
+      <c r="G40" s="111"/>
+      <c r="H40" s="111"/>
+      <c r="I40" s="111"/>
+      <c r="J40" s="111"/>
+      <c r="K40" s="111"/>
+      <c r="L40" s="111"/>
+      <c r="M40" s="111"/>
+      <c r="N40" s="111"/>
+      <c r="O40" s="111"/>
+      <c r="P40" s="111"/>
+      <c r="Q40" s="111"/>
+      <c r="R40" s="111"/>
+      <c r="S40" s="111"/>
+      <c r="T40" s="111"/>
+      <c r="U40" s="111"/>
+      <c r="V40" s="111"/>
+      <c r="W40" s="111"/>
+      <c r="X40" s="111"/>
+      <c r="Y40" s="111"/>
+      <c r="Z40" s="111"/>
+      <c r="AA40" s="111"/>
+      <c r="AB40" s="111"/>
+      <c r="AC40" s="111"/>
+      <c r="AD40" s="111"/>
+      <c r="AE40" s="111"/>
+      <c r="AF40" s="111"/>
+      <c r="AG40" s="111"/>
+      <c r="AH40" s="111"/>
+      <c r="AI40" s="111"/>
+      <c r="AJ40" s="111"/>
       <c r="AK40" s="9"/>
       <c r="AL40" s="9"/>
       <c r="AP40" s="36"/>
       <c r="AQ40" s="7"/>
       <c r="AR40" s="7"/>
     </row>
     <row r="41" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E41" s="108"/>
-[...30 lines deleted...]
-      <c r="AJ41" s="108"/>
+      <c r="E41" s="110"/>
+      <c r="F41" s="110"/>
+      <c r="G41" s="110"/>
+      <c r="H41" s="110"/>
+      <c r="I41" s="110"/>
+      <c r="J41" s="110"/>
+      <c r="K41" s="110"/>
+      <c r="L41" s="110"/>
+      <c r="M41" s="110"/>
+      <c r="N41" s="110"/>
+      <c r="O41" s="110"/>
+      <c r="P41" s="110"/>
+      <c r="Q41" s="110"/>
+      <c r="R41" s="110"/>
+      <c r="S41" s="110"/>
+      <c r="T41" s="110"/>
+      <c r="U41" s="110"/>
+      <c r="V41" s="110"/>
+      <c r="W41" s="110"/>
+      <c r="X41" s="110"/>
+      <c r="Y41" s="110"/>
+      <c r="Z41" s="110"/>
+      <c r="AA41" s="110"/>
+      <c r="AB41" s="110"/>
+      <c r="AC41" s="110"/>
+      <c r="AD41" s="110"/>
+      <c r="AE41" s="110"/>
+      <c r="AF41" s="110"/>
+      <c r="AG41" s="110"/>
+      <c r="AH41" s="110"/>
+      <c r="AI41" s="110"/>
+      <c r="AJ41" s="110"/>
       <c r="AK41" s="15"/>
       <c r="AL41" s="15"/>
       <c r="AP41" s="36"/>
       <c r="AQ41" s="7"/>
       <c r="AR41" s="7"/>
     </row>
     <row r="42" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F42" s="109"/>
-[...29 lines deleted...]
-      <c r="AJ42" s="109"/>
+      <c r="F42" s="111"/>
+      <c r="G42" s="111"/>
+      <c r="H42" s="111"/>
+      <c r="I42" s="111"/>
+      <c r="J42" s="111"/>
+      <c r="K42" s="111"/>
+      <c r="L42" s="111"/>
+      <c r="M42" s="111"/>
+      <c r="N42" s="111"/>
+      <c r="O42" s="111"/>
+      <c r="P42" s="111"/>
+      <c r="Q42" s="111"/>
+      <c r="R42" s="111"/>
+      <c r="S42" s="111"/>
+      <c r="T42" s="111"/>
+      <c r="U42" s="111"/>
+      <c r="V42" s="111"/>
+      <c r="W42" s="111"/>
+      <c r="X42" s="111"/>
+      <c r="Y42" s="111"/>
+      <c r="Z42" s="111"/>
+      <c r="AA42" s="111"/>
+      <c r="AB42" s="111"/>
+      <c r="AC42" s="111"/>
+      <c r="AD42" s="111"/>
+      <c r="AE42" s="111"/>
+      <c r="AF42" s="111"/>
+      <c r="AG42" s="111"/>
+      <c r="AH42" s="111"/>
+      <c r="AI42" s="111"/>
+      <c r="AJ42" s="111"/>
       <c r="AK42" s="9"/>
       <c r="AL42" s="9"/>
       <c r="AP42" s="36"/>
       <c r="AQ42" s="7"/>
       <c r="AR42" s="7"/>
     </row>
     <row r="43" spans="1:51" s="4" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AP43" s="36"/>
       <c r="AW43" s="7"/>
       <c r="AX43" s="7"/>
       <c r="AY43" s="7"/>
     </row>
     <row r="44" spans="1:51" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="96" t="s">
+      <c r="A44" s="98" t="s">
         <v>16</v>
       </c>
-      <c r="B44" s="96"/>
-[...34 lines deleted...]
-      <c r="AK44" s="96"/>
+      <c r="B44" s="98"/>
+      <c r="C44" s="98"/>
+      <c r="D44" s="98"/>
+      <c r="E44" s="98"/>
+      <c r="F44" s="98"/>
+      <c r="G44" s="98"/>
+      <c r="H44" s="98"/>
+      <c r="I44" s="98"/>
+      <c r="J44" s="98"/>
+      <c r="K44" s="98"/>
+      <c r="L44" s="98"/>
+      <c r="M44" s="98"/>
+      <c r="N44" s="98"/>
+      <c r="O44" s="98"/>
+      <c r="P44" s="98"/>
+      <c r="Q44" s="98"/>
+      <c r="R44" s="98"/>
+      <c r="S44" s="98"/>
+      <c r="T44" s="98"/>
+      <c r="U44" s="98"/>
+      <c r="V44" s="98"/>
+      <c r="W44" s="98"/>
+      <c r="X44" s="98"/>
+      <c r="Y44" s="98"/>
+      <c r="Z44" s="98"/>
+      <c r="AA44" s="98"/>
+      <c r="AB44" s="98"/>
+      <c r="AC44" s="98"/>
+      <c r="AD44" s="98"/>
+      <c r="AE44" s="98"/>
+      <c r="AF44" s="98"/>
+      <c r="AG44" s="98"/>
+      <c r="AH44" s="98"/>
+      <c r="AI44" s="98"/>
+      <c r="AJ44" s="98"/>
+      <c r="AK44" s="98"/>
       <c r="AL44" s="26"/>
       <c r="AM44" s="26"/>
       <c r="AN44" s="26"/>
       <c r="AO44" s="26"/>
       <c r="AP44" s="30"/>
       <c r="AQ44" s="26"/>
       <c r="AR44" s="26"/>
       <c r="AS44" s="26"/>
       <c r="AW44" s="16"/>
       <c r="AX44" s="16"/>
       <c r="AY44" s="16"/>
     </row>
     <row r="45" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="3"/>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -5694,84 +5846,84 @@
       <c r="W45" s="3"/>
       <c r="X45" s="3"/>
       <c r="Y45" s="3"/>
       <c r="Z45" s="3"/>
       <c r="AA45" s="3"/>
       <c r="AB45" s="3"/>
       <c r="AC45" s="3"/>
       <c r="AD45" s="3"/>
       <c r="AE45" s="3"/>
       <c r="AF45" s="3"/>
       <c r="AG45" s="3"/>
       <c r="AH45" s="3"/>
       <c r="AI45" s="3"/>
       <c r="AJ45" s="3"/>
       <c r="AK45" s="3"/>
       <c r="AL45" s="3"/>
       <c r="AM45" s="3"/>
       <c r="AN45" s="3"/>
       <c r="AO45" s="3"/>
       <c r="AP45" s="32"/>
       <c r="AQ45" s="3"/>
       <c r="AR45" s="3"/>
       <c r="AS45" s="3"/>
     </row>
     <row r="46" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C46" s="88" t="s">
+      <c r="C46" s="93" t="s">
         <v>19</v>
       </c>
-      <c r="D46" s="88"/>
-[...3 lines deleted...]
-      <c r="H46" s="88"/>
+      <c r="D46" s="93"/>
+      <c r="E46" s="93"/>
+      <c r="F46" s="93"/>
+      <c r="G46" s="93"/>
+      <c r="H46" s="93"/>
       <c r="I46" s="2"/>
-      <c r="M46" s="114">
+      <c r="M46" s="116">
         <f>J11</f>
         <v>0</v>
       </c>
-      <c r="N46" s="114"/>
-[...19 lines deleted...]
-      <c r="AH46" s="114"/>
+      <c r="N46" s="116"/>
+      <c r="O46" s="116"/>
+      <c r="P46" s="116"/>
+      <c r="Q46" s="116"/>
+      <c r="R46" s="116"/>
+      <c r="S46" s="116"/>
+      <c r="T46" s="116"/>
+      <c r="U46" s="116"/>
+      <c r="V46" s="116"/>
+      <c r="W46" s="116"/>
+      <c r="X46" s="116"/>
+      <c r="Y46" s="116"/>
+      <c r="Z46" s="116"/>
+      <c r="AA46" s="116"/>
+      <c r="AB46" s="116"/>
+      <c r="AC46" s="116"/>
+      <c r="AD46" s="116"/>
+      <c r="AE46" s="116"/>
+      <c r="AF46" s="116"/>
+      <c r="AG46" s="116"/>
+      <c r="AH46" s="116"/>
       <c r="AI46" s="3"/>
       <c r="AJ46" s="3"/>
       <c r="AK46" s="3"/>
       <c r="AQ46" s="6"/>
       <c r="AR46" s="6"/>
     </row>
     <row r="47" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="M47" s="3"/>
       <c r="N47" s="3"/>
       <c r="O47" s="3"/>
       <c r="P47" s="3"/>
       <c r="Q47" s="3"/>
       <c r="R47" s="3"/>
       <c r="S47" s="3"/>
       <c r="T47" s="3"/>
       <c r="U47" s="3"/>
@@ -5779,154 +5931,154 @@
       <c r="W47" s="3"/>
       <c r="X47" s="3"/>
       <c r="Y47" s="3"/>
       <c r="Z47" s="3"/>
       <c r="AA47" s="3"/>
       <c r="AB47" s="3"/>
       <c r="AC47" s="3"/>
       <c r="AD47" s="3"/>
       <c r="AE47" s="3"/>
       <c r="AF47" s="3"/>
       <c r="AG47" s="3"/>
       <c r="AH47" s="3"/>
       <c r="AI47" s="3"/>
       <c r="AJ47" s="3"/>
       <c r="AK47" s="3"/>
       <c r="AL47" s="3"/>
       <c r="AM47" s="3"/>
       <c r="AN47" s="3"/>
       <c r="AO47" s="3"/>
       <c r="AP47" s="32"/>
       <c r="AQ47" s="3"/>
       <c r="AR47" s="3"/>
       <c r="AS47" s="3"/>
     </row>
     <row r="48" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C48" s="88" t="s">
+      <c r="C48" s="93" t="s">
         <v>13</v>
       </c>
-      <c r="D48" s="88"/>
-[...3 lines deleted...]
-      <c r="H48" s="88"/>
+      <c r="D48" s="93"/>
+      <c r="E48" s="93"/>
+      <c r="F48" s="93"/>
+      <c r="G48" s="93"/>
+      <c r="H48" s="93"/>
       <c r="I48" s="2"/>
-      <c r="M48" s="114">
+      <c r="M48" s="116">
         <f>J13</f>
         <v>0</v>
       </c>
-      <c r="N48" s="114"/>
-[...19 lines deleted...]
-      <c r="AH48" s="114"/>
+      <c r="N48" s="116"/>
+      <c r="O48" s="116"/>
+      <c r="P48" s="116"/>
+      <c r="Q48" s="116"/>
+      <c r="R48" s="116"/>
+      <c r="S48" s="116"/>
+      <c r="T48" s="116"/>
+      <c r="U48" s="116"/>
+      <c r="V48" s="116"/>
+      <c r="W48" s="116"/>
+      <c r="X48" s="116"/>
+      <c r="Y48" s="116"/>
+      <c r="Z48" s="116"/>
+      <c r="AA48" s="116"/>
+      <c r="AB48" s="116"/>
+      <c r="AC48" s="116"/>
+      <c r="AD48" s="116"/>
+      <c r="AE48" s="116"/>
+      <c r="AF48" s="116"/>
+      <c r="AG48" s="116"/>
+      <c r="AH48" s="116"/>
       <c r="AI48" s="3"/>
       <c r="AJ48" s="3"/>
       <c r="AK48" s="3"/>
       <c r="AQ48" s="6"/>
       <c r="AR48" s="6"/>
     </row>
     <row r="49" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M49" s="18"/>
       <c r="N49" s="18"/>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
       <c r="S49" s="18"/>
       <c r="T49" s="18"/>
       <c r="U49" s="18"/>
       <c r="V49" s="18"/>
       <c r="W49" s="18"/>
       <c r="X49" s="18"/>
       <c r="Y49" s="18"/>
       <c r="Z49" s="18"/>
       <c r="AA49" s="18"/>
       <c r="AB49" s="18"/>
       <c r="AC49" s="18"/>
       <c r="AD49" s="18"/>
       <c r="AE49" s="18"/>
       <c r="AF49" s="18"/>
       <c r="AG49" s="18"/>
       <c r="AH49" s="18"/>
       <c r="AI49" s="18"/>
       <c r="AJ49" s="18"/>
       <c r="AK49" s="18"/>
       <c r="AQ49" s="6"/>
       <c r="AR49" s="6"/>
     </row>
     <row r="50" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C50" s="88" t="s">
+      <c r="C50" s="93" t="s">
         <v>17</v>
       </c>
-      <c r="D50" s="88"/>
-[...3 lines deleted...]
-      <c r="H50" s="88"/>
+      <c r="D50" s="93"/>
+      <c r="E50" s="93"/>
+      <c r="F50" s="93"/>
+      <c r="G50" s="93"/>
+      <c r="H50" s="93"/>
       <c r="I50" s="2"/>
-      <c r="M50" s="114">
+      <c r="M50" s="116">
         <f>J17</f>
         <v>0</v>
       </c>
-      <c r="N50" s="114"/>
-[...19 lines deleted...]
-      <c r="AH50" s="114"/>
+      <c r="N50" s="116"/>
+      <c r="O50" s="116"/>
+      <c r="P50" s="116"/>
+      <c r="Q50" s="116"/>
+      <c r="R50" s="116"/>
+      <c r="S50" s="116"/>
+      <c r="T50" s="116"/>
+      <c r="U50" s="116"/>
+      <c r="V50" s="116"/>
+      <c r="W50" s="116"/>
+      <c r="X50" s="116"/>
+      <c r="Y50" s="116"/>
+      <c r="Z50" s="116"/>
+      <c r="AA50" s="116"/>
+      <c r="AB50" s="116"/>
+      <c r="AC50" s="116"/>
+      <c r="AD50" s="116"/>
+      <c r="AE50" s="116"/>
+      <c r="AF50" s="116"/>
+      <c r="AG50" s="116"/>
+      <c r="AH50" s="116"/>
       <c r="AI50" s="3"/>
       <c r="AJ50" s="3"/>
       <c r="AK50" s="3"/>
       <c r="AQ50" s="6"/>
       <c r="AR50" s="6"/>
     </row>
     <row r="51" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="3"/>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="M51" s="3"/>
       <c r="N51" s="3"/>
       <c r="O51" s="3"/>
       <c r="P51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
       <c r="T51" s="3"/>
       <c r="U51" s="3"/>
@@ -5934,3116 +6086,3115 @@
       <c r="W51" s="3"/>
       <c r="X51" s="3"/>
       <c r="Y51" s="3"/>
       <c r="Z51" s="3"/>
       <c r="AA51" s="3"/>
       <c r="AB51" s="3"/>
       <c r="AC51" s="3"/>
       <c r="AD51" s="3"/>
       <c r="AE51" s="3"/>
       <c r="AF51" s="3"/>
       <c r="AG51" s="3"/>
       <c r="AH51" s="3"/>
       <c r="AI51" s="3"/>
       <c r="AJ51" s="3"/>
       <c r="AK51" s="3"/>
       <c r="AL51" s="3"/>
       <c r="AM51" s="3"/>
       <c r="AN51" s="3"/>
       <c r="AO51" s="3"/>
       <c r="AP51" s="32"/>
       <c r="AQ51" s="3"/>
       <c r="AR51" s="3"/>
       <c r="AS51" s="3"/>
     </row>
     <row r="52" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C52" s="88" t="s">
+      <c r="C52" s="93" t="s">
         <v>18</v>
       </c>
-      <c r="D52" s="88"/>
-[...3 lines deleted...]
-      <c r="H52" s="88"/>
+      <c r="D52" s="93"/>
+      <c r="E52" s="93"/>
+      <c r="F52" s="93"/>
+      <c r="G52" s="93"/>
+      <c r="H52" s="93"/>
       <c r="I52" s="2"/>
-      <c r="M52" s="92"/>
-[...20 lines deleted...]
-      <c r="AH52" s="92"/>
+      <c r="M52" s="79"/>
+      <c r="N52" s="79"/>
+      <c r="O52" s="79"/>
+      <c r="P52" s="79"/>
+      <c r="Q52" s="79"/>
+      <c r="R52" s="79"/>
+      <c r="S52" s="79"/>
+      <c r="T52" s="79"/>
+      <c r="U52" s="79"/>
+      <c r="V52" s="79"/>
+      <c r="W52" s="79"/>
+      <c r="X52" s="79"/>
+      <c r="Y52" s="79"/>
+      <c r="Z52" s="79"/>
+      <c r="AA52" s="79"/>
+      <c r="AB52" s="79"/>
+      <c r="AC52" s="79"/>
+      <c r="AD52" s="79"/>
+      <c r="AE52" s="79"/>
+      <c r="AF52" s="79"/>
+      <c r="AG52" s="79"/>
+      <c r="AH52" s="79"/>
       <c r="AI52" s="3"/>
       <c r="AJ52" s="3"/>
       <c r="AK52" s="3"/>
       <c r="AQ52" s="6"/>
       <c r="AR52" s="6"/>
     </row>
     <row r="53" spans="1:51" s="4" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G53" s="24"/>
       <c r="H53" s="24"/>
       <c r="I53" s="24"/>
       <c r="M53" s="24"/>
       <c r="N53" s="24"/>
       <c r="O53" s="24"/>
       <c r="P53" s="24"/>
       <c r="R53" s="21"/>
       <c r="S53" s="21"/>
       <c r="T53" s="21"/>
       <c r="U53" s="21"/>
       <c r="V53" s="21"/>
       <c r="W53" s="21"/>
       <c r="X53" s="21"/>
       <c r="Y53" s="21"/>
       <c r="Z53" s="21"/>
       <c r="AA53" s="21"/>
       <c r="AB53" s="21"/>
       <c r="AC53" s="21"/>
       <c r="AD53" s="21"/>
       <c r="AE53" s="21"/>
       <c r="AF53" s="21"/>
       <c r="AG53" s="21"/>
       <c r="AH53" s="21"/>
       <c r="AI53" s="21"/>
       <c r="AJ53" s="21"/>
       <c r="AP53" s="7"/>
       <c r="AR53" s="21"/>
     </row>
     <row r="54" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C54" s="88" t="s">
+      <c r="C54" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="D54" s="88"/>
-[...29 lines deleted...]
-      <c r="AH54" s="115"/>
+      <c r="D54" s="93"/>
+      <c r="E54" s="93"/>
+      <c r="F54" s="93"/>
+      <c r="G54" s="93"/>
+      <c r="H54" s="93"/>
+      <c r="I54" s="93"/>
+      <c r="J54" s="93"/>
+      <c r="K54" s="93"/>
+      <c r="L54" s="93"/>
+      <c r="M54" s="117"/>
+      <c r="N54" s="117"/>
+      <c r="O54" s="117"/>
+      <c r="P54" s="117"/>
+      <c r="Q54" s="117"/>
+      <c r="R54" s="117"/>
+      <c r="S54" s="117"/>
+      <c r="T54" s="117"/>
+      <c r="U54" s="117"/>
+      <c r="V54" s="117"/>
+      <c r="W54" s="117"/>
+      <c r="X54" s="117"/>
+      <c r="Y54" s="117"/>
+      <c r="Z54" s="117"/>
+      <c r="AA54" s="117"/>
+      <c r="AB54" s="117"/>
+      <c r="AC54" s="117"/>
+      <c r="AD54" s="117"/>
+      <c r="AE54" s="117"/>
+      <c r="AF54" s="117"/>
+      <c r="AG54" s="117"/>
+      <c r="AH54" s="117"/>
       <c r="AI54" s="3"/>
       <c r="AJ54" s="3"/>
       <c r="AK54" s="3"/>
       <c r="AQ54" s="6"/>
     </row>
     <row r="55" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="56" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C56" s="116"/>
-[...33 lines deleted...]
-      <c r="AK56" s="116"/>
+      <c r="C56" s="108" t="s">
+        <v>131</v>
+      </c>
+      <c r="D56" s="108"/>
+      <c r="E56" s="108"/>
+      <c r="F56" s="108"/>
+      <c r="G56" s="108"/>
+      <c r="H56" s="108"/>
+      <c r="I56" s="108"/>
+      <c r="J56" s="108"/>
+      <c r="K56" s="60"/>
+      <c r="L56" s="60"/>
+      <c r="M56" s="120"/>
+      <c r="N56" s="120"/>
+      <c r="O56" s="120"/>
+      <c r="P56" s="120"/>
+      <c r="Q56" s="120"/>
+      <c r="R56" s="120"/>
+      <c r="S56" s="120"/>
+      <c r="T56" s="120"/>
+      <c r="U56" s="120"/>
+      <c r="V56" s="120"/>
+      <c r="W56" s="120"/>
+      <c r="X56" s="120"/>
+      <c r="Y56" s="120"/>
+      <c r="Z56" s="120"/>
+      <c r="AA56" s="120"/>
+      <c r="AB56" s="120"/>
+      <c r="AC56" s="120"/>
+      <c r="AD56" s="120"/>
+      <c r="AE56" s="120"/>
+      <c r="AF56" s="120"/>
+      <c r="AG56" s="120"/>
+      <c r="AH56" s="120"/>
+      <c r="AI56" s="60"/>
+      <c r="AJ56" s="60"/>
+      <c r="AK56" s="60"/>
       <c r="AL56" s="19"/>
       <c r="AM56" s="19"/>
       <c r="AN56" s="19"/>
       <c r="AO56" s="19"/>
       <c r="AP56" s="33"/>
       <c r="AQ56" s="19"/>
     </row>
     <row r="57" spans="1:51" s="4" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G57" s="24"/>
       <c r="H57" s="24"/>
       <c r="I57" s="24"/>
       <c r="J57" s="24"/>
       <c r="K57" s="24"/>
       <c r="L57" s="24"/>
       <c r="M57" s="24"/>
       <c r="O57" s="21"/>
       <c r="P57" s="21"/>
       <c r="Q57" s="21"/>
       <c r="R57" s="21"/>
       <c r="S57" s="21"/>
       <c r="T57" s="21"/>
       <c r="U57" s="21"/>
       <c r="V57" s="21"/>
       <c r="W57" s="21"/>
       <c r="X57" s="21"/>
       <c r="Y57" s="21"/>
       <c r="Z57" s="21"/>
       <c r="AA57" s="21"/>
       <c r="AB57" s="21"/>
       <c r="AC57" s="21"/>
       <c r="AD57" s="21"/>
       <c r="AE57" s="21"/>
       <c r="AF57" s="21"/>
       <c r="AG57" s="21"/>
       <c r="AH57" s="21"/>
       <c r="AI57" s="21"/>
       <c r="AJ57" s="21"/>
       <c r="AP57" s="7"/>
       <c r="AR57" s="21"/>
       <c r="AW57" s="20"/>
       <c r="AX57" s="7"/>
       <c r="AY57" s="7"/>
     </row>
     <row r="58" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C58" s="70" t="s">
-[...32 lines deleted...]
-      <c r="AH58" s="113"/>
+      <c r="C58" s="72" t="s">
+        <v>82</v>
+      </c>
+      <c r="D58" s="72"/>
+      <c r="E58" s="72"/>
+      <c r="F58" s="72"/>
+      <c r="G58" s="72"/>
+      <c r="H58" s="72"/>
+      <c r="I58" s="72"/>
+      <c r="J58" s="72"/>
+      <c r="K58" s="72"/>
+      <c r="L58" s="72"/>
+      <c r="M58" s="115"/>
+      <c r="N58" s="115"/>
+      <c r="O58" s="115"/>
+      <c r="P58" s="115"/>
+      <c r="Q58" s="115"/>
+      <c r="R58" s="115"/>
+      <c r="S58" s="115"/>
+      <c r="T58" s="115"/>
+      <c r="U58" s="115"/>
+      <c r="V58" s="115"/>
+      <c r="W58" s="115"/>
+      <c r="X58" s="115"/>
+      <c r="Y58" s="115"/>
+      <c r="Z58" s="115"/>
+      <c r="AA58" s="115"/>
+      <c r="AB58" s="115"/>
+      <c r="AC58" s="115"/>
+      <c r="AD58" s="115"/>
+      <c r="AE58" s="115"/>
+      <c r="AF58" s="115"/>
+      <c r="AG58" s="115"/>
+      <c r="AH58" s="115"/>
       <c r="AI58" s="3"/>
       <c r="AJ58" s="3"/>
       <c r="AK58" s="3"/>
       <c r="AQ58" s="6"/>
       <c r="AR58" s="6"/>
       <c r="AW58" s="1"/>
       <c r="AX58" s="1"/>
       <c r="AY58" s="1"/>
     </row>
     <row r="59" spans="1:51" s="4" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G59" s="24"/>
       <c r="H59" s="24"/>
       <c r="I59" s="24"/>
       <c r="J59" s="24"/>
       <c r="K59" s="24"/>
       <c r="L59" s="24"/>
       <c r="M59" s="24"/>
       <c r="O59" s="21"/>
       <c r="P59" s="21"/>
       <c r="Q59" s="21"/>
       <c r="R59" s="21"/>
       <c r="S59" s="21"/>
       <c r="T59" s="21"/>
       <c r="U59" s="21"/>
       <c r="V59" s="21"/>
       <c r="W59" s="21"/>
       <c r="X59" s="21"/>
       <c r="Y59" s="21"/>
       <c r="Z59" s="21"/>
       <c r="AA59" s="21"/>
       <c r="AB59" s="21"/>
       <c r="AC59" s="21"/>
       <c r="AD59" s="21"/>
       <c r="AE59" s="21"/>
       <c r="AF59" s="21"/>
       <c r="AG59" s="21"/>
       <c r="AH59" s="21"/>
       <c r="AI59" s="21"/>
       <c r="AJ59" s="21"/>
       <c r="AP59" s="7"/>
       <c r="AR59" s="21"/>
       <c r="AW59" s="20"/>
       <c r="AX59" s="7"/>
       <c r="AY59" s="7"/>
     </row>
     <row r="60" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C60" s="70" t="s">
-[...28 lines deleted...]
-      <c r="AH60" s="113"/>
+      <c r="C60" s="72" t="s">
+        <v>81</v>
+      </c>
+      <c r="D60" s="72"/>
+      <c r="E60" s="72"/>
+      <c r="F60" s="72"/>
+      <c r="G60" s="72"/>
+      <c r="H60" s="72"/>
+      <c r="I60" s="72"/>
+      <c r="J60" s="72"/>
+      <c r="K60" s="72"/>
+      <c r="L60" s="72"/>
+      <c r="M60" s="115"/>
+      <c r="N60" s="115"/>
+      <c r="O60" s="115"/>
+      <c r="P60" s="115"/>
+      <c r="Q60" s="115"/>
+      <c r="R60" s="115"/>
+      <c r="U60" s="115"/>
+      <c r="V60" s="115"/>
+      <c r="W60" s="115"/>
+      <c r="X60" s="115"/>
+      <c r="Y60" s="115"/>
+      <c r="Z60" s="115"/>
+      <c r="AC60" s="115"/>
+      <c r="AD60" s="115"/>
+      <c r="AE60" s="115"/>
+      <c r="AF60" s="115"/>
+      <c r="AG60" s="115"/>
+      <c r="AH60" s="115"/>
       <c r="AI60" s="3"/>
       <c r="AJ60" s="3"/>
       <c r="AK60" s="3"/>
       <c r="AP60" s="1"/>
     </row>
     <row r="61" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="62" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C62" s="69" t="s">
+      <c r="C62" s="71" t="s">
         <v>57</v>
       </c>
-      <c r="D62" s="69"/>
-[...32 lines deleted...]
-      <c r="AK62" s="69"/>
+      <c r="D62" s="71"/>
+      <c r="E62" s="71"/>
+      <c r="F62" s="71"/>
+      <c r="G62" s="71"/>
+      <c r="H62" s="71"/>
+      <c r="I62" s="71"/>
+      <c r="J62" s="71"/>
+      <c r="K62" s="71"/>
+      <c r="L62" s="71"/>
+      <c r="M62" s="71"/>
+      <c r="N62" s="71"/>
+      <c r="O62" s="71"/>
+      <c r="P62" s="71"/>
+      <c r="Q62" s="71"/>
+      <c r="R62" s="71"/>
+      <c r="S62" s="71"/>
+      <c r="T62" s="71"/>
+      <c r="U62" s="71"/>
+      <c r="V62" s="71"/>
+      <c r="W62" s="71"/>
+      <c r="X62" s="71"/>
+      <c r="Y62" s="71"/>
+      <c r="Z62" s="71"/>
+      <c r="AA62" s="71"/>
+      <c r="AB62" s="71"/>
+      <c r="AC62" s="71"/>
+      <c r="AD62" s="71"/>
+      <c r="AE62" s="71"/>
+      <c r="AF62" s="71"/>
+      <c r="AG62" s="71"/>
+      <c r="AH62" s="71"/>
+      <c r="AI62" s="71"/>
+      <c r="AJ62" s="71"/>
+      <c r="AK62" s="71"/>
       <c r="AL62" s="19"/>
       <c r="AM62" s="19"/>
       <c r="AN62" s="19"/>
       <c r="AO62" s="19"/>
       <c r="AP62" s="33"/>
       <c r="AQ62" s="19"/>
     </row>
     <row r="63" spans="1:51" s="4" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G63" s="24"/>
       <c r="H63" s="24"/>
       <c r="I63" s="24"/>
       <c r="J63" s="24"/>
       <c r="K63" s="24"/>
       <c r="L63" s="24"/>
       <c r="M63" s="24"/>
       <c r="O63" s="21"/>
       <c r="P63" s="21"/>
       <c r="Q63" s="21"/>
       <c r="R63" s="21"/>
       <c r="S63" s="21"/>
       <c r="T63" s="21"/>
       <c r="U63" s="21"/>
       <c r="V63" s="21"/>
       <c r="W63" s="21"/>
       <c r="X63" s="21"/>
       <c r="Y63" s="21"/>
       <c r="Z63" s="21"/>
       <c r="AA63" s="21"/>
       <c r="AB63" s="21"/>
       <c r="AC63" s="21"/>
       <c r="AD63" s="21"/>
       <c r="AE63" s="21"/>
       <c r="AF63" s="21"/>
       <c r="AG63" s="21"/>
       <c r="AH63" s="21"/>
       <c r="AI63" s="21"/>
       <c r="AJ63" s="21"/>
       <c r="AP63" s="7"/>
       <c r="AR63" s="21"/>
       <c r="AW63" s="20"/>
       <c r="AX63" s="7"/>
       <c r="AY63" s="7"/>
     </row>
     <row r="64" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C64" s="70" t="s">
-[...34 lines deleted...]
-      <c r="AH64" s="106"/>
+      <c r="C64" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="D64" s="72"/>
+      <c r="E64" s="72"/>
+      <c r="F64" s="72"/>
+      <c r="G64" s="72"/>
+      <c r="H64" s="72"/>
+      <c r="I64" s="72"/>
+      <c r="J64" s="72"/>
+      <c r="K64" s="72"/>
+      <c r="L64" s="72"/>
+      <c r="M64" s="119" t="s">
+        <v>127</v>
+      </c>
+      <c r="N64" s="119"/>
+      <c r="O64" s="119"/>
+      <c r="P64" s="119"/>
+      <c r="Q64" s="119"/>
+      <c r="R64" s="119"/>
+      <c r="S64" s="107"/>
+      <c r="T64" s="107"/>
+      <c r="U64" s="107"/>
+      <c r="V64" s="107"/>
+      <c r="W64" s="107"/>
+      <c r="X64" s="107"/>
+      <c r="Y64" s="107"/>
+      <c r="Z64" s="107"/>
+      <c r="AA64" s="107"/>
+      <c r="AB64" s="107"/>
+      <c r="AC64" s="107"/>
+      <c r="AD64" s="107"/>
+      <c r="AE64" s="107"/>
+      <c r="AF64" s="107"/>
+      <c r="AG64" s="107"/>
+      <c r="AH64" s="107"/>
       <c r="AI64" s="3"/>
       <c r="AJ64" s="3"/>
       <c r="AK64" s="3"/>
       <c r="AQ64" s="6"/>
       <c r="AR64" s="6"/>
       <c r="AW64" s="1"/>
       <c r="AX64" s="1"/>
       <c r="AY64" s="1"/>
     </row>
     <row r="65" spans="1:53" ht="6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C65" s="56"/>
-[...14 lines deleted...]
-      <c r="R65" s="57"/>
+      <c r="C65" s="55"/>
+      <c r="D65" s="55"/>
+      <c r="E65" s="55"/>
+      <c r="F65" s="55"/>
+      <c r="G65" s="55"/>
+      <c r="H65" s="55"/>
+      <c r="I65" s="55"/>
+      <c r="J65" s="55"/>
+      <c r="K65" s="55"/>
+      <c r="L65" s="55"/>
+      <c r="M65" s="56"/>
+      <c r="N65" s="56"/>
+      <c r="O65" s="56"/>
+      <c r="P65" s="56"/>
+      <c r="Q65" s="56"/>
+      <c r="R65" s="56"/>
       <c r="S65" s="37"/>
       <c r="T65" s="37"/>
-      <c r="U65" s="58"/>
-[...12 lines deleted...]
-      <c r="AH65" s="58"/>
+      <c r="U65" s="57"/>
+      <c r="V65" s="57"/>
+      <c r="W65" s="57"/>
+      <c r="X65" s="57"/>
+      <c r="Y65" s="57"/>
+      <c r="Z65" s="57"/>
+      <c r="AA65" s="57"/>
+      <c r="AB65" s="57"/>
+      <c r="AC65" s="57"/>
+      <c r="AD65" s="57"/>
+      <c r="AE65" s="57"/>
+      <c r="AF65" s="57"/>
+      <c r="AG65" s="57"/>
+      <c r="AH65" s="57"/>
       <c r="AI65" s="3"/>
       <c r="AJ65" s="3"/>
       <c r="AK65" s="3"/>
       <c r="AQ65" s="6"/>
       <c r="AR65" s="6"/>
       <c r="AW65" s="1"/>
       <c r="AX65" s="1"/>
       <c r="AY65" s="1"/>
     </row>
     <row r="66" spans="1:53" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="12"/>
       <c r="B66" s="37"/>
       <c r="C66" s="37"/>
       <c r="D66" s="37"/>
       <c r="E66" s="37"/>
       <c r="F66" s="37"/>
       <c r="G66" s="37"/>
       <c r="H66" s="37"/>
       <c r="I66" s="37"/>
       <c r="J66" s="37"/>
       <c r="K66" s="37"/>
       <c r="L66" s="37"/>
-      <c r="M66" s="105" t="s">
-[...22 lines deleted...]
-      <c r="AH66" s="106"/>
+      <c r="M66" s="119" t="s">
+        <v>128</v>
+      </c>
+      <c r="N66" s="119"/>
+      <c r="O66" s="119"/>
+      <c r="P66" s="119"/>
+      <c r="Q66" s="119"/>
+      <c r="R66" s="119"/>
+      <c r="S66" s="107"/>
+      <c r="T66" s="107"/>
+      <c r="U66" s="107"/>
+      <c r="V66" s="107"/>
+      <c r="W66" s="107"/>
+      <c r="X66" s="107"/>
+      <c r="Y66" s="107"/>
+      <c r="Z66" s="107"/>
+      <c r="AA66" s="107"/>
+      <c r="AB66" s="107"/>
+      <c r="AC66" s="107"/>
+      <c r="AD66" s="107"/>
+      <c r="AE66" s="107"/>
+      <c r="AF66" s="107"/>
+      <c r="AG66" s="107"/>
+      <c r="AH66" s="107"/>
       <c r="AI66" s="37"/>
       <c r="AJ66" s="37"/>
       <c r="AK66" s="37"/>
       <c r="AL66" s="37"/>
       <c r="AM66" s="37"/>
       <c r="AN66" s="37"/>
       <c r="AO66" s="37"/>
       <c r="AP66" s="37"/>
       <c r="AQ66" s="14"/>
       <c r="AR66" s="14"/>
       <c r="AV66" s="6"/>
       <c r="AY66" s="1"/>
     </row>
     <row r="67" spans="1:53" s="4" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C67" s="23"/>
       <c r="D67" s="23"/>
       <c r="E67" s="1"/>
       <c r="F67" s="22"/>
       <c r="G67" s="22"/>
       <c r="H67" s="22"/>
       <c r="I67" s="22"/>
       <c r="J67" s="22"/>
       <c r="K67" s="23"/>
       <c r="L67" s="1"/>
       <c r="M67" s="22"/>
       <c r="N67" s="22"/>
       <c r="O67" s="22"/>
       <c r="P67" s="22"/>
       <c r="Q67" s="22"/>
       <c r="R67" s="22"/>
       <c r="S67" s="22"/>
       <c r="AP67" s="36"/>
       <c r="AW67" s="20"/>
       <c r="AX67" s="7"/>
       <c r="AY67" s="7"/>
     </row>
     <row r="68" spans="1:53" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="117" t="s">
-[...37 lines deleted...]
-      <c r="AK68" s="117"/>
+      <c r="A68" s="118" t="s">
+        <v>130</v>
+      </c>
+      <c r="B68" s="118"/>
+      <c r="C68" s="118"/>
+      <c r="D68" s="118"/>
+      <c r="E68" s="118"/>
+      <c r="F68" s="118"/>
+      <c r="G68" s="118"/>
+      <c r="H68" s="118"/>
+      <c r="I68" s="118"/>
+      <c r="J68" s="118"/>
+      <c r="K68" s="118"/>
+      <c r="L68" s="118"/>
+      <c r="M68" s="118"/>
+      <c r="N68" s="118"/>
+      <c r="O68" s="118"/>
+      <c r="P68" s="118"/>
+      <c r="Q68" s="118"/>
+      <c r="R68" s="118"/>
+      <c r="S68" s="118"/>
+      <c r="T68" s="118"/>
+      <c r="U68" s="118"/>
+      <c r="V68" s="118"/>
+      <c r="W68" s="118"/>
+      <c r="X68" s="118"/>
+      <c r="Y68" s="118"/>
+      <c r="Z68" s="118"/>
+      <c r="AA68" s="118"/>
+      <c r="AB68" s="118"/>
+      <c r="AC68" s="118"/>
+      <c r="AD68" s="118"/>
+      <c r="AE68" s="118"/>
+      <c r="AF68" s="118"/>
+      <c r="AG68" s="118"/>
+      <c r="AH68" s="118"/>
+      <c r="AI68" s="118"/>
+      <c r="AJ68" s="118"/>
+      <c r="AK68" s="118"/>
       <c r="AL68" s="26"/>
       <c r="AM68" s="26"/>
       <c r="AN68" s="26"/>
       <c r="AO68" s="26"/>
       <c r="AP68" s="30"/>
       <c r="AQ68" s="26"/>
       <c r="AR68" s="26"/>
       <c r="AS68" s="1"/>
       <c r="AT68" s="1"/>
       <c r="AU68" s="1"/>
       <c r="AV68" s="1"/>
       <c r="AW68" s="1"/>
       <c r="AX68" s="1"/>
       <c r="AY68" s="1"/>
       <c r="AZ68" s="1"/>
       <c r="BA68" s="1"/>
     </row>
     <row r="69" spans="1:53" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="117"/>
-[...35 lines deleted...]
-      <c r="AK69" s="117"/>
+      <c r="A69" s="118"/>
+      <c r="B69" s="118"/>
+      <c r="C69" s="118"/>
+      <c r="D69" s="118"/>
+      <c r="E69" s="118"/>
+      <c r="F69" s="118"/>
+      <c r="G69" s="118"/>
+      <c r="H69" s="118"/>
+      <c r="I69" s="118"/>
+      <c r="J69" s="118"/>
+      <c r="K69" s="118"/>
+      <c r="L69" s="118"/>
+      <c r="M69" s="118"/>
+      <c r="N69" s="118"/>
+      <c r="O69" s="118"/>
+      <c r="P69" s="118"/>
+      <c r="Q69" s="118"/>
+      <c r="R69" s="118"/>
+      <c r="S69" s="118"/>
+      <c r="T69" s="118"/>
+      <c r="U69" s="118"/>
+      <c r="V69" s="118"/>
+      <c r="W69" s="118"/>
+      <c r="X69" s="118"/>
+      <c r="Y69" s="118"/>
+      <c r="Z69" s="118"/>
+      <c r="AA69" s="118"/>
+      <c r="AB69" s="118"/>
+      <c r="AC69" s="118"/>
+      <c r="AD69" s="118"/>
+      <c r="AE69" s="118"/>
+      <c r="AF69" s="118"/>
+      <c r="AG69" s="118"/>
+      <c r="AH69" s="118"/>
+      <c r="AI69" s="118"/>
+      <c r="AJ69" s="118"/>
+      <c r="AK69" s="118"/>
       <c r="AL69" s="12"/>
       <c r="AM69" s="12"/>
       <c r="AN69" s="12"/>
       <c r="AO69" s="12"/>
       <c r="AP69" s="31"/>
       <c r="AQ69" s="12"/>
       <c r="AR69" s="14"/>
       <c r="AW69" s="1"/>
       <c r="AX69" s="1"/>
       <c r="AY69" s="1"/>
     </row>
     <row r="70" spans="1:53" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B70" s="39" t="s">
         <v>26</v>
       </c>
-      <c r="C70" s="100" t="s">
+      <c r="C70" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D70" s="101"/>
-[...5 lines deleted...]
-      <c r="J70" s="110" t="s">
+      <c r="D70" s="103"/>
+      <c r="E70" s="103"/>
+      <c r="F70" s="103"/>
+      <c r="G70" s="103"/>
+      <c r="H70" s="103"/>
+      <c r="I70" s="104"/>
+      <c r="J70" s="112" t="s">
         <v>3</v>
       </c>
-      <c r="K70" s="111"/>
-[...5 lines deleted...]
-      <c r="Q70" s="72" t="s">
+      <c r="K70" s="113"/>
+      <c r="L70" s="113"/>
+      <c r="M70" s="113"/>
+      <c r="N70" s="113"/>
+      <c r="O70" s="113"/>
+      <c r="P70" s="114"/>
+      <c r="Q70" s="74" t="s">
         <v>0</v>
       </c>
-      <c r="R70" s="72"/>
-[...12 lines deleted...]
-      <c r="AE70" s="71" t="s">
+      <c r="R70" s="74"/>
+      <c r="S70" s="74"/>
+      <c r="T70" s="74"/>
+      <c r="U70" s="74"/>
+      <c r="V70" s="74"/>
+      <c r="W70" s="74"/>
+      <c r="X70" s="74"/>
+      <c r="Y70" s="74"/>
+      <c r="Z70" s="74"/>
+      <c r="AA70" s="74"/>
+      <c r="AB70" s="74"/>
+      <c r="AC70" s="74"/>
+      <c r="AD70" s="74"/>
+      <c r="AE70" s="73" t="s">
         <v>25</v>
       </c>
-      <c r="AF70" s="71"/>
-[...3 lines deleted...]
-      <c r="AJ70" s="71"/>
+      <c r="AF70" s="73"/>
+      <c r="AG70" s="73"/>
+      <c r="AH70" s="73"/>
+      <c r="AI70" s="73"/>
+      <c r="AJ70" s="73"/>
       <c r="AM70" s="8"/>
       <c r="AW70" s="1"/>
       <c r="AX70" s="1"/>
       <c r="AY70" s="1"/>
     </row>
     <row r="71" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B71" s="40" t="s">
         <v>23</v>
       </c>
-      <c r="C71" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ71" s="63"/>
+      <c r="C71" s="66"/>
+      <c r="D71" s="67"/>
+      <c r="E71" s="67"/>
+      <c r="F71" s="67"/>
+      <c r="G71" s="67"/>
+      <c r="H71" s="67"/>
+      <c r="I71" s="68"/>
+      <c r="J71" s="69"/>
+      <c r="K71" s="67"/>
+      <c r="L71" s="67"/>
+      <c r="M71" s="67"/>
+      <c r="N71" s="67"/>
+      <c r="O71" s="67"/>
+      <c r="P71" s="70"/>
+      <c r="Q71" s="63"/>
+      <c r="R71" s="63"/>
+      <c r="S71" s="63"/>
+      <c r="T71" s="63"/>
+      <c r="U71" s="63"/>
+      <c r="V71" s="63"/>
+      <c r="W71" s="63"/>
+      <c r="X71" s="63"/>
+      <c r="Y71" s="63"/>
+      <c r="Z71" s="63"/>
+      <c r="AA71" s="63"/>
+      <c r="AB71" s="63"/>
+      <c r="AC71" s="63"/>
+      <c r="AD71" s="63"/>
+      <c r="AE71" s="64"/>
+      <c r="AF71" s="65"/>
+      <c r="AG71" s="65"/>
+      <c r="AH71" s="65"/>
+      <c r="AI71" s="65"/>
+      <c r="AJ71" s="65"/>
       <c r="AM71" s="8"/>
       <c r="AW71" s="1"/>
       <c r="AX71" s="1"/>
       <c r="AY71" s="1"/>
     </row>
     <row r="72" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B72" s="40" t="s">
         <v>27</v>
       </c>
-      <c r="C72" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ72" s="63"/>
+      <c r="C72" s="66"/>
+      <c r="D72" s="67"/>
+      <c r="E72" s="67"/>
+      <c r="F72" s="67"/>
+      <c r="G72" s="67"/>
+      <c r="H72" s="67"/>
+      <c r="I72" s="68"/>
+      <c r="J72" s="69"/>
+      <c r="K72" s="67"/>
+      <c r="L72" s="67"/>
+      <c r="M72" s="67"/>
+      <c r="N72" s="67"/>
+      <c r="O72" s="67"/>
+      <c r="P72" s="70"/>
+      <c r="Q72" s="63"/>
+      <c r="R72" s="63"/>
+      <c r="S72" s="63"/>
+      <c r="T72" s="63"/>
+      <c r="U72" s="63"/>
+      <c r="V72" s="63"/>
+      <c r="W72" s="63"/>
+      <c r="X72" s="63"/>
+      <c r="Y72" s="63"/>
+      <c r="Z72" s="63"/>
+      <c r="AA72" s="63"/>
+      <c r="AB72" s="63"/>
+      <c r="AC72" s="63"/>
+      <c r="AD72" s="63"/>
+      <c r="AE72" s="64"/>
+      <c r="AF72" s="65"/>
+      <c r="AG72" s="65"/>
+      <c r="AH72" s="65"/>
+      <c r="AI72" s="65"/>
+      <c r="AJ72" s="65"/>
       <c r="AM72" s="8"/>
       <c r="AW72" s="1"/>
       <c r="AX72" s="1"/>
       <c r="AY72" s="1"/>
     </row>
     <row r="73" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B73" s="40" t="s">
         <v>28</v>
       </c>
-      <c r="C73" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ73" s="63"/>
+      <c r="C73" s="66"/>
+      <c r="D73" s="67"/>
+      <c r="E73" s="67"/>
+      <c r="F73" s="67"/>
+      <c r="G73" s="67"/>
+      <c r="H73" s="67"/>
+      <c r="I73" s="68"/>
+      <c r="J73" s="69"/>
+      <c r="K73" s="67"/>
+      <c r="L73" s="67"/>
+      <c r="M73" s="67"/>
+      <c r="N73" s="67"/>
+      <c r="O73" s="67"/>
+      <c r="P73" s="70"/>
+      <c r="Q73" s="63"/>
+      <c r="R73" s="63"/>
+      <c r="S73" s="63"/>
+      <c r="T73" s="63"/>
+      <c r="U73" s="63"/>
+      <c r="V73" s="63"/>
+      <c r="W73" s="63"/>
+      <c r="X73" s="63"/>
+      <c r="Y73" s="63"/>
+      <c r="Z73" s="63"/>
+      <c r="AA73" s="63"/>
+      <c r="AB73" s="63"/>
+      <c r="AC73" s="63"/>
+      <c r="AD73" s="63"/>
+      <c r="AE73" s="64"/>
+      <c r="AF73" s="65"/>
+      <c r="AG73" s="65"/>
+      <c r="AH73" s="65"/>
+      <c r="AI73" s="65"/>
+      <c r="AJ73" s="65"/>
       <c r="AM73" s="8"/>
       <c r="AW73" s="1"/>
       <c r="AX73" s="1"/>
       <c r="AY73" s="1"/>
     </row>
     <row r="74" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B74" s="40" t="s">
         <v>29</v>
       </c>
-      <c r="C74" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ74" s="63"/>
+      <c r="C74" s="66"/>
+      <c r="D74" s="67"/>
+      <c r="E74" s="67"/>
+      <c r="F74" s="67"/>
+      <c r="G74" s="67"/>
+      <c r="H74" s="67"/>
+      <c r="I74" s="68"/>
+      <c r="J74" s="69"/>
+      <c r="K74" s="67"/>
+      <c r="L74" s="67"/>
+      <c r="M74" s="67"/>
+      <c r="N74" s="67"/>
+      <c r="O74" s="67"/>
+      <c r="P74" s="70"/>
+      <c r="Q74" s="75"/>
+      <c r="R74" s="76"/>
+      <c r="S74" s="76"/>
+      <c r="T74" s="76"/>
+      <c r="U74" s="76"/>
+      <c r="V74" s="76"/>
+      <c r="W74" s="76"/>
+      <c r="X74" s="76"/>
+      <c r="Y74" s="76"/>
+      <c r="Z74" s="76"/>
+      <c r="AA74" s="76"/>
+      <c r="AB74" s="76"/>
+      <c r="AC74" s="76"/>
+      <c r="AD74" s="77"/>
+      <c r="AE74" s="64"/>
+      <c r="AF74" s="65"/>
+      <c r="AG74" s="65"/>
+      <c r="AH74" s="65"/>
+      <c r="AI74" s="65"/>
+      <c r="AJ74" s="65"/>
       <c r="AM74" s="8"/>
       <c r="AW74" s="1"/>
       <c r="AX74" s="1"/>
       <c r="AY74" s="1"/>
     </row>
     <row r="75" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B75" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="C75" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ75" s="63"/>
+      <c r="C75" s="66"/>
+      <c r="D75" s="67"/>
+      <c r="E75" s="67"/>
+      <c r="F75" s="67"/>
+      <c r="G75" s="67"/>
+      <c r="H75" s="67"/>
+      <c r="I75" s="68"/>
+      <c r="J75" s="69"/>
+      <c r="K75" s="67"/>
+      <c r="L75" s="67"/>
+      <c r="M75" s="67"/>
+      <c r="N75" s="67"/>
+      <c r="O75" s="67"/>
+      <c r="P75" s="70"/>
+      <c r="Q75" s="63"/>
+      <c r="R75" s="63"/>
+      <c r="S75" s="63"/>
+      <c r="T75" s="63"/>
+      <c r="U75" s="63"/>
+      <c r="V75" s="63"/>
+      <c r="W75" s="63"/>
+      <c r="X75" s="63"/>
+      <c r="Y75" s="63"/>
+      <c r="Z75" s="63"/>
+      <c r="AA75" s="63"/>
+      <c r="AB75" s="63"/>
+      <c r="AC75" s="63"/>
+      <c r="AD75" s="63"/>
+      <c r="AE75" s="64"/>
+      <c r="AF75" s="65"/>
+      <c r="AG75" s="65"/>
+      <c r="AH75" s="65"/>
+      <c r="AI75" s="65"/>
+      <c r="AJ75" s="65"/>
       <c r="AM75" s="8"/>
       <c r="AW75" s="1"/>
       <c r="AX75" s="1"/>
       <c r="AY75" s="1"/>
     </row>
     <row r="76" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B76" s="40" t="s">
         <v>31</v>
       </c>
-      <c r="C76" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ76" s="63"/>
+      <c r="C76" s="66"/>
+      <c r="D76" s="67"/>
+      <c r="E76" s="67"/>
+      <c r="F76" s="67"/>
+      <c r="G76" s="67"/>
+      <c r="H76" s="67"/>
+      <c r="I76" s="68"/>
+      <c r="J76" s="69"/>
+      <c r="K76" s="67"/>
+      <c r="L76" s="67"/>
+      <c r="M76" s="67"/>
+      <c r="N76" s="67"/>
+      <c r="O76" s="67"/>
+      <c r="P76" s="70"/>
+      <c r="Q76" s="63"/>
+      <c r="R76" s="63"/>
+      <c r="S76" s="63"/>
+      <c r="T76" s="63"/>
+      <c r="U76" s="63"/>
+      <c r="V76" s="63"/>
+      <c r="W76" s="63"/>
+      <c r="X76" s="63"/>
+      <c r="Y76" s="63"/>
+      <c r="Z76" s="63"/>
+      <c r="AA76" s="63"/>
+      <c r="AB76" s="63"/>
+      <c r="AC76" s="63"/>
+      <c r="AD76" s="63"/>
+      <c r="AE76" s="64"/>
+      <c r="AF76" s="65"/>
+      <c r="AG76" s="65"/>
+      <c r="AH76" s="65"/>
+      <c r="AI76" s="65"/>
+      <c r="AJ76" s="65"/>
       <c r="AM76" s="8"/>
       <c r="AW76" s="1"/>
       <c r="AX76" s="1"/>
       <c r="AY76" s="1"/>
     </row>
     <row r="77" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B77" s="40" t="s">
         <v>32</v>
       </c>
-      <c r="C77" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ77" s="63"/>
+      <c r="C77" s="66"/>
+      <c r="D77" s="67"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="67"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="67"/>
+      <c r="I77" s="68"/>
+      <c r="J77" s="69"/>
+      <c r="K77" s="67"/>
+      <c r="L77" s="67"/>
+      <c r="M77" s="67"/>
+      <c r="N77" s="67"/>
+      <c r="O77" s="67"/>
+      <c r="P77" s="70"/>
+      <c r="Q77" s="63"/>
+      <c r="R77" s="63"/>
+      <c r="S77" s="63"/>
+      <c r="T77" s="63"/>
+      <c r="U77" s="63"/>
+      <c r="V77" s="63"/>
+      <c r="W77" s="63"/>
+      <c r="X77" s="63"/>
+      <c r="Y77" s="63"/>
+      <c r="Z77" s="63"/>
+      <c r="AA77" s="63"/>
+      <c r="AB77" s="63"/>
+      <c r="AC77" s="63"/>
+      <c r="AD77" s="63"/>
+      <c r="AE77" s="64"/>
+      <c r="AF77" s="65"/>
+      <c r="AG77" s="65"/>
+      <c r="AH77" s="65"/>
+      <c r="AI77" s="65"/>
+      <c r="AJ77" s="65"/>
       <c r="AM77" s="8"/>
       <c r="AW77" s="1"/>
       <c r="AX77" s="1"/>
       <c r="AY77" s="1"/>
     </row>
     <row r="78" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B78" s="40" t="s">
         <v>33</v>
       </c>
-      <c r="C78" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ78" s="63"/>
+      <c r="C78" s="66"/>
+      <c r="D78" s="67"/>
+      <c r="E78" s="67"/>
+      <c r="F78" s="67"/>
+      <c r="G78" s="67"/>
+      <c r="H78" s="67"/>
+      <c r="I78" s="68"/>
+      <c r="J78" s="69"/>
+      <c r="K78" s="67"/>
+      <c r="L78" s="67"/>
+      <c r="M78" s="67"/>
+      <c r="N78" s="67"/>
+      <c r="O78" s="67"/>
+      <c r="P78" s="70"/>
+      <c r="Q78" s="63"/>
+      <c r="R78" s="63"/>
+      <c r="S78" s="63"/>
+      <c r="T78" s="63"/>
+      <c r="U78" s="63"/>
+      <c r="V78" s="63"/>
+      <c r="W78" s="63"/>
+      <c r="X78" s="63"/>
+      <c r="Y78" s="63"/>
+      <c r="Z78" s="63"/>
+      <c r="AA78" s="63"/>
+      <c r="AB78" s="63"/>
+      <c r="AC78" s="63"/>
+      <c r="AD78" s="63"/>
+      <c r="AE78" s="64"/>
+      <c r="AF78" s="65"/>
+      <c r="AG78" s="65"/>
+      <c r="AH78" s="65"/>
+      <c r="AI78" s="65"/>
+      <c r="AJ78" s="65"/>
       <c r="AM78" s="8"/>
       <c r="AW78" s="1"/>
       <c r="AX78" s="1"/>
       <c r="AY78" s="1"/>
     </row>
     <row r="79" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B79" s="40" t="s">
         <v>34</v>
       </c>
-      <c r="C79" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ79" s="63"/>
+      <c r="C79" s="66"/>
+      <c r="D79" s="67"/>
+      <c r="E79" s="67"/>
+      <c r="F79" s="67"/>
+      <c r="G79" s="67"/>
+      <c r="H79" s="67"/>
+      <c r="I79" s="68"/>
+      <c r="J79" s="69"/>
+      <c r="K79" s="67"/>
+      <c r="L79" s="67"/>
+      <c r="M79" s="67"/>
+      <c r="N79" s="67"/>
+      <c r="O79" s="67"/>
+      <c r="P79" s="70"/>
+      <c r="Q79" s="63"/>
+      <c r="R79" s="63"/>
+      <c r="S79" s="63"/>
+      <c r="T79" s="63"/>
+      <c r="U79" s="63"/>
+      <c r="V79" s="63"/>
+      <c r="W79" s="63"/>
+      <c r="X79" s="63"/>
+      <c r="Y79" s="63"/>
+      <c r="Z79" s="63"/>
+      <c r="AA79" s="63"/>
+      <c r="AB79" s="63"/>
+      <c r="AC79" s="63"/>
+      <c r="AD79" s="63"/>
+      <c r="AE79" s="64"/>
+      <c r="AF79" s="65"/>
+      <c r="AG79" s="65"/>
+      <c r="AH79" s="65"/>
+      <c r="AI79" s="65"/>
+      <c r="AJ79" s="65"/>
       <c r="AM79" s="8"/>
       <c r="AW79" s="1"/>
       <c r="AX79" s="1"/>
       <c r="AY79" s="1"/>
     </row>
     <row r="80" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B80" s="40" t="s">
         <v>35</v>
       </c>
-      <c r="C80" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ80" s="63"/>
+      <c r="C80" s="66"/>
+      <c r="D80" s="67"/>
+      <c r="E80" s="67"/>
+      <c r="F80" s="67"/>
+      <c r="G80" s="67"/>
+      <c r="H80" s="67"/>
+      <c r="I80" s="68"/>
+      <c r="J80" s="69"/>
+      <c r="K80" s="67"/>
+      <c r="L80" s="67"/>
+      <c r="M80" s="67"/>
+      <c r="N80" s="67"/>
+      <c r="O80" s="67"/>
+      <c r="P80" s="70"/>
+      <c r="Q80" s="63"/>
+      <c r="R80" s="63"/>
+      <c r="S80" s="63"/>
+      <c r="T80" s="63"/>
+      <c r="U80" s="63"/>
+      <c r="V80" s="63"/>
+      <c r="W80" s="63"/>
+      <c r="X80" s="63"/>
+      <c r="Y80" s="63"/>
+      <c r="Z80" s="63"/>
+      <c r="AA80" s="63"/>
+      <c r="AB80" s="63"/>
+      <c r="AC80" s="63"/>
+      <c r="AD80" s="63"/>
+      <c r="AE80" s="64"/>
+      <c r="AF80" s="65"/>
+      <c r="AG80" s="65"/>
+      <c r="AH80" s="65"/>
+      <c r="AI80" s="65"/>
+      <c r="AJ80" s="65"/>
       <c r="AM80" s="8"/>
       <c r="AW80" s="1"/>
       <c r="AX80" s="1"/>
       <c r="AY80" s="1"/>
     </row>
     <row r="81" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B81" s="40" t="s">
         <v>36</v>
       </c>
-      <c r="C81" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ81" s="63"/>
+      <c r="C81" s="66"/>
+      <c r="D81" s="67"/>
+      <c r="E81" s="67"/>
+      <c r="F81" s="67"/>
+      <c r="G81" s="67"/>
+      <c r="H81" s="67"/>
+      <c r="I81" s="68"/>
+      <c r="J81" s="69"/>
+      <c r="K81" s="67"/>
+      <c r="L81" s="67"/>
+      <c r="M81" s="67"/>
+      <c r="N81" s="67"/>
+      <c r="O81" s="67"/>
+      <c r="P81" s="70"/>
+      <c r="Q81" s="63"/>
+      <c r="R81" s="63"/>
+      <c r="S81" s="63"/>
+      <c r="T81" s="63"/>
+      <c r="U81" s="63"/>
+      <c r="V81" s="63"/>
+      <c r="W81" s="63"/>
+      <c r="X81" s="63"/>
+      <c r="Y81" s="63"/>
+      <c r="Z81" s="63"/>
+      <c r="AA81" s="63"/>
+      <c r="AB81" s="63"/>
+      <c r="AC81" s="63"/>
+      <c r="AD81" s="63"/>
+      <c r="AE81" s="64"/>
+      <c r="AF81" s="65"/>
+      <c r="AG81" s="65"/>
+      <c r="AH81" s="65"/>
+      <c r="AI81" s="65"/>
+      <c r="AJ81" s="65"/>
       <c r="AM81" s="8"/>
       <c r="AW81" s="1"/>
       <c r="AX81" s="1"/>
       <c r="AY81" s="1"/>
     </row>
     <row r="82" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B82" s="40" t="s">
         <v>37</v>
       </c>
-      <c r="C82" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ82" s="63"/>
+      <c r="C82" s="66"/>
+      <c r="D82" s="67"/>
+      <c r="E82" s="67"/>
+      <c r="F82" s="67"/>
+      <c r="G82" s="67"/>
+      <c r="H82" s="67"/>
+      <c r="I82" s="68"/>
+      <c r="J82" s="69"/>
+      <c r="K82" s="67"/>
+      <c r="L82" s="67"/>
+      <c r="M82" s="67"/>
+      <c r="N82" s="67"/>
+      <c r="O82" s="67"/>
+      <c r="P82" s="70"/>
+      <c r="Q82" s="63"/>
+      <c r="R82" s="63"/>
+      <c r="S82" s="63"/>
+      <c r="T82" s="63"/>
+      <c r="U82" s="63"/>
+      <c r="V82" s="63"/>
+      <c r="W82" s="63"/>
+      <c r="X82" s="63"/>
+      <c r="Y82" s="63"/>
+      <c r="Z82" s="63"/>
+      <c r="AA82" s="63"/>
+      <c r="AB82" s="63"/>
+      <c r="AC82" s="63"/>
+      <c r="AD82" s="63"/>
+      <c r="AE82" s="64"/>
+      <c r="AF82" s="65"/>
+      <c r="AG82" s="65"/>
+      <c r="AH82" s="65"/>
+      <c r="AI82" s="65"/>
+      <c r="AJ82" s="65"/>
       <c r="AM82" s="8"/>
       <c r="AW82" s="1"/>
       <c r="AX82" s="1"/>
       <c r="AY82" s="1"/>
     </row>
     <row r="83" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B83" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C83" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ83" s="63"/>
+      <c r="C83" s="66"/>
+      <c r="D83" s="67"/>
+      <c r="E83" s="67"/>
+      <c r="F83" s="67"/>
+      <c r="G83" s="67"/>
+      <c r="H83" s="67"/>
+      <c r="I83" s="68"/>
+      <c r="J83" s="69"/>
+      <c r="K83" s="67"/>
+      <c r="L83" s="67"/>
+      <c r="M83" s="67"/>
+      <c r="N83" s="67"/>
+      <c r="O83" s="67"/>
+      <c r="P83" s="70"/>
+      <c r="Q83" s="63"/>
+      <c r="R83" s="63"/>
+      <c r="S83" s="63"/>
+      <c r="T83" s="63"/>
+      <c r="U83" s="63"/>
+      <c r="V83" s="63"/>
+      <c r="W83" s="63"/>
+      <c r="X83" s="63"/>
+      <c r="Y83" s="63"/>
+      <c r="Z83" s="63"/>
+      <c r="AA83" s="63"/>
+      <c r="AB83" s="63"/>
+      <c r="AC83" s="63"/>
+      <c r="AD83" s="63"/>
+      <c r="AE83" s="64"/>
+      <c r="AF83" s="65"/>
+      <c r="AG83" s="65"/>
+      <c r="AH83" s="65"/>
+      <c r="AI83" s="65"/>
+      <c r="AJ83" s="65"/>
       <c r="AM83" s="8"/>
       <c r="AW83" s="1"/>
       <c r="AX83" s="1"/>
       <c r="AY83" s="1"/>
     </row>
     <row r="84" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B84" s="40" t="s">
         <v>39</v>
       </c>
-      <c r="C84" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ84" s="63"/>
+      <c r="C84" s="66"/>
+      <c r="D84" s="67"/>
+      <c r="E84" s="67"/>
+      <c r="F84" s="67"/>
+      <c r="G84" s="67"/>
+      <c r="H84" s="67"/>
+      <c r="I84" s="68"/>
+      <c r="J84" s="69"/>
+      <c r="K84" s="67"/>
+      <c r="L84" s="67"/>
+      <c r="M84" s="67"/>
+      <c r="N84" s="67"/>
+      <c r="O84" s="67"/>
+      <c r="P84" s="70"/>
+      <c r="Q84" s="63"/>
+      <c r="R84" s="63"/>
+      <c r="S84" s="63"/>
+      <c r="T84" s="63"/>
+      <c r="U84" s="63"/>
+      <c r="V84" s="63"/>
+      <c r="W84" s="63"/>
+      <c r="X84" s="63"/>
+      <c r="Y84" s="63"/>
+      <c r="Z84" s="63"/>
+      <c r="AA84" s="63"/>
+      <c r="AB84" s="63"/>
+      <c r="AC84" s="63"/>
+      <c r="AD84" s="63"/>
+      <c r="AE84" s="64"/>
+      <c r="AF84" s="65"/>
+      <c r="AG84" s="65"/>
+      <c r="AH84" s="65"/>
+      <c r="AI84" s="65"/>
+      <c r="AJ84" s="65"/>
       <c r="AM84" s="8"/>
       <c r="AW84" s="1"/>
       <c r="AX84" s="1"/>
       <c r="AY84" s="1"/>
     </row>
     <row r="85" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B85" s="40" t="s">
         <v>40</v>
       </c>
-      <c r="C85" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ85" s="63"/>
+      <c r="C85" s="66"/>
+      <c r="D85" s="67"/>
+      <c r="E85" s="67"/>
+      <c r="F85" s="67"/>
+      <c r="G85" s="67"/>
+      <c r="H85" s="67"/>
+      <c r="I85" s="68"/>
+      <c r="J85" s="69"/>
+      <c r="K85" s="67"/>
+      <c r="L85" s="67"/>
+      <c r="M85" s="67"/>
+      <c r="N85" s="67"/>
+      <c r="O85" s="67"/>
+      <c r="P85" s="70"/>
+      <c r="Q85" s="63"/>
+      <c r="R85" s="63"/>
+      <c r="S85" s="63"/>
+      <c r="T85" s="63"/>
+      <c r="U85" s="63"/>
+      <c r="V85" s="63"/>
+      <c r="W85" s="63"/>
+      <c r="X85" s="63"/>
+      <c r="Y85" s="63"/>
+      <c r="Z85" s="63"/>
+      <c r="AA85" s="63"/>
+      <c r="AB85" s="63"/>
+      <c r="AC85" s="63"/>
+      <c r="AD85" s="63"/>
+      <c r="AE85" s="64"/>
+      <c r="AF85" s="65"/>
+      <c r="AG85" s="65"/>
+      <c r="AH85" s="65"/>
+      <c r="AI85" s="65"/>
+      <c r="AJ85" s="65"/>
       <c r="AM85" s="8"/>
       <c r="AW85" s="1"/>
       <c r="AX85" s="1"/>
       <c r="AY85" s="1"/>
     </row>
     <row r="86" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B86" s="40" t="s">
         <v>41</v>
       </c>
-      <c r="C86" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ86" s="63"/>
+      <c r="C86" s="66"/>
+      <c r="D86" s="67"/>
+      <c r="E86" s="67"/>
+      <c r="F86" s="67"/>
+      <c r="G86" s="67"/>
+      <c r="H86" s="67"/>
+      <c r="I86" s="68"/>
+      <c r="J86" s="69"/>
+      <c r="K86" s="67"/>
+      <c r="L86" s="67"/>
+      <c r="M86" s="67"/>
+      <c r="N86" s="67"/>
+      <c r="O86" s="67"/>
+      <c r="P86" s="70"/>
+      <c r="Q86" s="63"/>
+      <c r="R86" s="63"/>
+      <c r="S86" s="63"/>
+      <c r="T86" s="63"/>
+      <c r="U86" s="63"/>
+      <c r="V86" s="63"/>
+      <c r="W86" s="63"/>
+      <c r="X86" s="63"/>
+      <c r="Y86" s="63"/>
+      <c r="Z86" s="63"/>
+      <c r="AA86" s="63"/>
+      <c r="AB86" s="63"/>
+      <c r="AC86" s="63"/>
+      <c r="AD86" s="63"/>
+      <c r="AE86" s="64"/>
+      <c r="AF86" s="65"/>
+      <c r="AG86" s="65"/>
+      <c r="AH86" s="65"/>
+      <c r="AI86" s="65"/>
+      <c r="AJ86" s="65"/>
       <c r="AM86" s="8"/>
       <c r="AW86" s="1"/>
       <c r="AX86" s="1"/>
       <c r="AY86" s="1"/>
     </row>
     <row r="87" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B87" s="40" t="s">
         <v>42</v>
       </c>
-      <c r="C87" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ87" s="63"/>
+      <c r="C87" s="66"/>
+      <c r="D87" s="67"/>
+      <c r="E87" s="67"/>
+      <c r="F87" s="67"/>
+      <c r="G87" s="67"/>
+      <c r="H87" s="67"/>
+      <c r="I87" s="68"/>
+      <c r="J87" s="69"/>
+      <c r="K87" s="67"/>
+      <c r="L87" s="67"/>
+      <c r="M87" s="67"/>
+      <c r="N87" s="67"/>
+      <c r="O87" s="67"/>
+      <c r="P87" s="70"/>
+      <c r="Q87" s="63"/>
+      <c r="R87" s="63"/>
+      <c r="S87" s="63"/>
+      <c r="T87" s="63"/>
+      <c r="U87" s="63"/>
+      <c r="V87" s="63"/>
+      <c r="W87" s="63"/>
+      <c r="X87" s="63"/>
+      <c r="Y87" s="63"/>
+      <c r="Z87" s="63"/>
+      <c r="AA87" s="63"/>
+      <c r="AB87" s="63"/>
+      <c r="AC87" s="63"/>
+      <c r="AD87" s="63"/>
+      <c r="AE87" s="64"/>
+      <c r="AF87" s="65"/>
+      <c r="AG87" s="65"/>
+      <c r="AH87" s="65"/>
+      <c r="AI87" s="65"/>
+      <c r="AJ87" s="65"/>
       <c r="AM87" s="8"/>
       <c r="AW87" s="1"/>
       <c r="AX87" s="1"/>
       <c r="AY87" s="1"/>
     </row>
     <row r="88" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B88" s="40" t="s">
         <v>43</v>
       </c>
-      <c r="C88" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ88" s="63"/>
+      <c r="C88" s="66"/>
+      <c r="D88" s="67"/>
+      <c r="E88" s="67"/>
+      <c r="F88" s="67"/>
+      <c r="G88" s="67"/>
+      <c r="H88" s="67"/>
+      <c r="I88" s="68"/>
+      <c r="J88" s="69"/>
+      <c r="K88" s="67"/>
+      <c r="L88" s="67"/>
+      <c r="M88" s="67"/>
+      <c r="N88" s="67"/>
+      <c r="O88" s="67"/>
+      <c r="P88" s="70"/>
+      <c r="Q88" s="63"/>
+      <c r="R88" s="63"/>
+      <c r="S88" s="63"/>
+      <c r="T88" s="63"/>
+      <c r="U88" s="63"/>
+      <c r="V88" s="63"/>
+      <c r="W88" s="63"/>
+      <c r="X88" s="63"/>
+      <c r="Y88" s="63"/>
+      <c r="Z88" s="63"/>
+      <c r="AA88" s="63"/>
+      <c r="AB88" s="63"/>
+      <c r="AC88" s="63"/>
+      <c r="AD88" s="63"/>
+      <c r="AE88" s="64"/>
+      <c r="AF88" s="65"/>
+      <c r="AG88" s="65"/>
+      <c r="AH88" s="65"/>
+      <c r="AI88" s="65"/>
+      <c r="AJ88" s="65"/>
       <c r="AM88" s="8"/>
       <c r="AW88" s="1"/>
       <c r="AX88" s="1"/>
       <c r="AY88" s="1"/>
     </row>
     <row r="89" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B89" s="40" t="s">
         <v>44</v>
       </c>
-      <c r="C89" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ89" s="63"/>
+      <c r="C89" s="66"/>
+      <c r="D89" s="67"/>
+      <c r="E89" s="67"/>
+      <c r="F89" s="67"/>
+      <c r="G89" s="67"/>
+      <c r="H89" s="67"/>
+      <c r="I89" s="68"/>
+      <c r="J89" s="69"/>
+      <c r="K89" s="67"/>
+      <c r="L89" s="67"/>
+      <c r="M89" s="67"/>
+      <c r="N89" s="67"/>
+      <c r="O89" s="67"/>
+      <c r="P89" s="70"/>
+      <c r="Q89" s="63"/>
+      <c r="R89" s="63"/>
+      <c r="S89" s="63"/>
+      <c r="T89" s="63"/>
+      <c r="U89" s="63"/>
+      <c r="V89" s="63"/>
+      <c r="W89" s="63"/>
+      <c r="X89" s="63"/>
+      <c r="Y89" s="63"/>
+      <c r="Z89" s="63"/>
+      <c r="AA89" s="63"/>
+      <c r="AB89" s="63"/>
+      <c r="AC89" s="63"/>
+      <c r="AD89" s="63"/>
+      <c r="AE89" s="64"/>
+      <c r="AF89" s="65"/>
+      <c r="AG89" s="65"/>
+      <c r="AH89" s="65"/>
+      <c r="AI89" s="65"/>
+      <c r="AJ89" s="65"/>
       <c r="AM89" s="8"/>
       <c r="AW89" s="1"/>
       <c r="AX89" s="1"/>
       <c r="AY89" s="1"/>
     </row>
     <row r="90" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B90" s="40" t="s">
         <v>45</v>
       </c>
-      <c r="C90" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ90" s="63"/>
+      <c r="C90" s="66"/>
+      <c r="D90" s="67"/>
+      <c r="E90" s="67"/>
+      <c r="F90" s="67"/>
+      <c r="G90" s="67"/>
+      <c r="H90" s="67"/>
+      <c r="I90" s="68"/>
+      <c r="J90" s="69"/>
+      <c r="K90" s="67"/>
+      <c r="L90" s="67"/>
+      <c r="M90" s="67"/>
+      <c r="N90" s="67"/>
+      <c r="O90" s="67"/>
+      <c r="P90" s="70"/>
+      <c r="Q90" s="63"/>
+      <c r="R90" s="63"/>
+      <c r="S90" s="63"/>
+      <c r="T90" s="63"/>
+      <c r="U90" s="63"/>
+      <c r="V90" s="63"/>
+      <c r="W90" s="63"/>
+      <c r="X90" s="63"/>
+      <c r="Y90" s="63"/>
+      <c r="Z90" s="63"/>
+      <c r="AA90" s="63"/>
+      <c r="AB90" s="63"/>
+      <c r="AC90" s="63"/>
+      <c r="AD90" s="63"/>
+      <c r="AE90" s="64"/>
+      <c r="AF90" s="65"/>
+      <c r="AG90" s="65"/>
+      <c r="AH90" s="65"/>
+      <c r="AI90" s="65"/>
+      <c r="AJ90" s="65"/>
       <c r="AM90" s="8"/>
       <c r="AW90" s="1"/>
       <c r="AX90" s="1"/>
       <c r="AY90" s="1"/>
     </row>
     <row r="91" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B91" s="40" t="s">
         <v>46</v>
       </c>
-      <c r="C91" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ91" s="63"/>
+      <c r="C91" s="66"/>
+      <c r="D91" s="67"/>
+      <c r="E91" s="67"/>
+      <c r="F91" s="67"/>
+      <c r="G91" s="67"/>
+      <c r="H91" s="67"/>
+      <c r="I91" s="68"/>
+      <c r="J91" s="69"/>
+      <c r="K91" s="67"/>
+      <c r="L91" s="67"/>
+      <c r="M91" s="67"/>
+      <c r="N91" s="67"/>
+      <c r="O91" s="67"/>
+      <c r="P91" s="70"/>
+      <c r="Q91" s="63"/>
+      <c r="R91" s="63"/>
+      <c r="S91" s="63"/>
+      <c r="T91" s="63"/>
+      <c r="U91" s="63"/>
+      <c r="V91" s="63"/>
+      <c r="W91" s="63"/>
+      <c r="X91" s="63"/>
+      <c r="Y91" s="63"/>
+      <c r="Z91" s="63"/>
+      <c r="AA91" s="63"/>
+      <c r="AB91" s="63"/>
+      <c r="AC91" s="63"/>
+      <c r="AD91" s="63"/>
+      <c r="AE91" s="64"/>
+      <c r="AF91" s="65"/>
+      <c r="AG91" s="65"/>
+      <c r="AH91" s="65"/>
+      <c r="AI91" s="65"/>
+      <c r="AJ91" s="65"/>
       <c r="AM91" s="8"/>
       <c r="AW91" s="1"/>
       <c r="AX91" s="1"/>
       <c r="AY91" s="1"/>
     </row>
     <row r="92" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B92" s="40" t="s">
         <v>47</v>
       </c>
-      <c r="C92" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ92" s="63"/>
+      <c r="C92" s="66"/>
+      <c r="D92" s="67"/>
+      <c r="E92" s="67"/>
+      <c r="F92" s="67"/>
+      <c r="G92" s="67"/>
+      <c r="H92" s="67"/>
+      <c r="I92" s="68"/>
+      <c r="J92" s="69"/>
+      <c r="K92" s="67"/>
+      <c r="L92" s="67"/>
+      <c r="M92" s="67"/>
+      <c r="N92" s="67"/>
+      <c r="O92" s="67"/>
+      <c r="P92" s="70"/>
+      <c r="Q92" s="63"/>
+      <c r="R92" s="63"/>
+      <c r="S92" s="63"/>
+      <c r="T92" s="63"/>
+      <c r="U92" s="63"/>
+      <c r="V92" s="63"/>
+      <c r="W92" s="63"/>
+      <c r="X92" s="63"/>
+      <c r="Y92" s="63"/>
+      <c r="Z92" s="63"/>
+      <c r="AA92" s="63"/>
+      <c r="AB92" s="63"/>
+      <c r="AC92" s="63"/>
+      <c r="AD92" s="63"/>
+      <c r="AE92" s="64"/>
+      <c r="AF92" s="65"/>
+      <c r="AG92" s="65"/>
+      <c r="AH92" s="65"/>
+      <c r="AI92" s="65"/>
+      <c r="AJ92" s="65"/>
       <c r="AM92" s="8"/>
       <c r="AW92" s="1"/>
       <c r="AX92" s="1"/>
       <c r="AY92" s="1"/>
     </row>
     <row r="93" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B93" s="40" t="s">
         <v>48</v>
       </c>
-      <c r="C93" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ93" s="63"/>
+      <c r="C93" s="66"/>
+      <c r="D93" s="67"/>
+      <c r="E93" s="67"/>
+      <c r="F93" s="67"/>
+      <c r="G93" s="67"/>
+      <c r="H93" s="67"/>
+      <c r="I93" s="68"/>
+      <c r="J93" s="69"/>
+      <c r="K93" s="67"/>
+      <c r="L93" s="67"/>
+      <c r="M93" s="67"/>
+      <c r="N93" s="67"/>
+      <c r="O93" s="67"/>
+      <c r="P93" s="70"/>
+      <c r="Q93" s="63"/>
+      <c r="R93" s="63"/>
+      <c r="S93" s="63"/>
+      <c r="T93" s="63"/>
+      <c r="U93" s="63"/>
+      <c r="V93" s="63"/>
+      <c r="W93" s="63"/>
+      <c r="X93" s="63"/>
+      <c r="Y93" s="63"/>
+      <c r="Z93" s="63"/>
+      <c r="AA93" s="63"/>
+      <c r="AB93" s="63"/>
+      <c r="AC93" s="63"/>
+      <c r="AD93" s="63"/>
+      <c r="AE93" s="64"/>
+      <c r="AF93" s="65"/>
+      <c r="AG93" s="65"/>
+      <c r="AH93" s="65"/>
+      <c r="AI93" s="65"/>
+      <c r="AJ93" s="65"/>
       <c r="AM93" s="8"/>
       <c r="AW93" s="1"/>
       <c r="AX93" s="1"/>
       <c r="AY93" s="1"/>
     </row>
     <row r="94" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B94" s="40" t="s">
         <v>49</v>
       </c>
-      <c r="C94" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ94" s="63"/>
+      <c r="C94" s="66"/>
+      <c r="D94" s="67"/>
+      <c r="E94" s="67"/>
+      <c r="F94" s="67"/>
+      <c r="G94" s="67"/>
+      <c r="H94" s="67"/>
+      <c r="I94" s="68"/>
+      <c r="J94" s="69"/>
+      <c r="K94" s="67"/>
+      <c r="L94" s="67"/>
+      <c r="M94" s="67"/>
+      <c r="N94" s="67"/>
+      <c r="O94" s="67"/>
+      <c r="P94" s="70"/>
+      <c r="Q94" s="63"/>
+      <c r="R94" s="63"/>
+      <c r="S94" s="63"/>
+      <c r="T94" s="63"/>
+      <c r="U94" s="63"/>
+      <c r="V94" s="63"/>
+      <c r="W94" s="63"/>
+      <c r="X94" s="63"/>
+      <c r="Y94" s="63"/>
+      <c r="Z94" s="63"/>
+      <c r="AA94" s="63"/>
+      <c r="AB94" s="63"/>
+      <c r="AC94" s="63"/>
+      <c r="AD94" s="63"/>
+      <c r="AE94" s="64"/>
+      <c r="AF94" s="65"/>
+      <c r="AG94" s="65"/>
+      <c r="AH94" s="65"/>
+      <c r="AI94" s="65"/>
+      <c r="AJ94" s="65"/>
       <c r="AM94" s="8"/>
       <c r="AW94" s="1"/>
       <c r="AX94" s="1"/>
       <c r="AY94" s="1"/>
     </row>
     <row r="95" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B95" s="40" t="s">
         <v>50</v>
       </c>
-      <c r="C95" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ95" s="63"/>
+      <c r="C95" s="66"/>
+      <c r="D95" s="67"/>
+      <c r="E95" s="67"/>
+      <c r="F95" s="67"/>
+      <c r="G95" s="67"/>
+      <c r="H95" s="67"/>
+      <c r="I95" s="68"/>
+      <c r="J95" s="69"/>
+      <c r="K95" s="67"/>
+      <c r="L95" s="67"/>
+      <c r="M95" s="67"/>
+      <c r="N95" s="67"/>
+      <c r="O95" s="67"/>
+      <c r="P95" s="70"/>
+      <c r="Q95" s="63"/>
+      <c r="R95" s="63"/>
+      <c r="S95" s="63"/>
+      <c r="T95" s="63"/>
+      <c r="U95" s="63"/>
+      <c r="V95" s="63"/>
+      <c r="W95" s="63"/>
+      <c r="X95" s="63"/>
+      <c r="Y95" s="63"/>
+      <c r="Z95" s="63"/>
+      <c r="AA95" s="63"/>
+      <c r="AB95" s="63"/>
+      <c r="AC95" s="63"/>
+      <c r="AD95" s="63"/>
+      <c r="AE95" s="64"/>
+      <c r="AF95" s="65"/>
+      <c r="AG95" s="65"/>
+      <c r="AH95" s="65"/>
+      <c r="AI95" s="65"/>
+      <c r="AJ95" s="65"/>
       <c r="AM95" s="8"/>
       <c r="AW95" s="1"/>
       <c r="AX95" s="1"/>
       <c r="AY95" s="1"/>
     </row>
     <row r="96" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B96" s="40" t="s">
         <v>51</v>
       </c>
-      <c r="C96" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ96" s="63"/>
+      <c r="C96" s="66"/>
+      <c r="D96" s="67"/>
+      <c r="E96" s="67"/>
+      <c r="F96" s="67"/>
+      <c r="G96" s="67"/>
+      <c r="H96" s="67"/>
+      <c r="I96" s="68"/>
+      <c r="J96" s="69"/>
+      <c r="K96" s="67"/>
+      <c r="L96" s="67"/>
+      <c r="M96" s="67"/>
+      <c r="N96" s="67"/>
+      <c r="O96" s="67"/>
+      <c r="P96" s="70"/>
+      <c r="Q96" s="63"/>
+      <c r="R96" s="63"/>
+      <c r="S96" s="63"/>
+      <c r="T96" s="63"/>
+      <c r="U96" s="63"/>
+      <c r="V96" s="63"/>
+      <c r="W96" s="63"/>
+      <c r="X96" s="63"/>
+      <c r="Y96" s="63"/>
+      <c r="Z96" s="63"/>
+      <c r="AA96" s="63"/>
+      <c r="AB96" s="63"/>
+      <c r="AC96" s="63"/>
+      <c r="AD96" s="63"/>
+      <c r="AE96" s="64"/>
+      <c r="AF96" s="65"/>
+      <c r="AG96" s="65"/>
+      <c r="AH96" s="65"/>
+      <c r="AI96" s="65"/>
+      <c r="AJ96" s="65"/>
       <c r="AM96" s="8"/>
       <c r="AW96" s="1"/>
       <c r="AX96" s="1"/>
       <c r="AY96" s="1"/>
     </row>
     <row r="97" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B97" s="40" t="s">
         <v>52</v>
       </c>
-      <c r="C97" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ97" s="63"/>
+      <c r="C97" s="66"/>
+      <c r="D97" s="67"/>
+      <c r="E97" s="67"/>
+      <c r="F97" s="67"/>
+      <c r="G97" s="67"/>
+      <c r="H97" s="67"/>
+      <c r="I97" s="68"/>
+      <c r="J97" s="69"/>
+      <c r="K97" s="67"/>
+      <c r="L97" s="67"/>
+      <c r="M97" s="67"/>
+      <c r="N97" s="67"/>
+      <c r="O97" s="67"/>
+      <c r="P97" s="70"/>
+      <c r="Q97" s="63"/>
+      <c r="R97" s="63"/>
+      <c r="S97" s="63"/>
+      <c r="T97" s="63"/>
+      <c r="U97" s="63"/>
+      <c r="V97" s="63"/>
+      <c r="W97" s="63"/>
+      <c r="X97" s="63"/>
+      <c r="Y97" s="63"/>
+      <c r="Z97" s="63"/>
+      <c r="AA97" s="63"/>
+      <c r="AB97" s="63"/>
+      <c r="AC97" s="63"/>
+      <c r="AD97" s="63"/>
+      <c r="AE97" s="64"/>
+      <c r="AF97" s="65"/>
+      <c r="AG97" s="65"/>
+      <c r="AH97" s="65"/>
+      <c r="AI97" s="65"/>
+      <c r="AJ97" s="65"/>
       <c r="AM97" s="8"/>
       <c r="AW97" s="1"/>
       <c r="AX97" s="1"/>
       <c r="AY97" s="1"/>
     </row>
     <row r="98" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B98" s="40" t="s">
         <v>53</v>
       </c>
-      <c r="C98" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ98" s="63"/>
+      <c r="C98" s="66"/>
+      <c r="D98" s="67"/>
+      <c r="E98" s="67"/>
+      <c r="F98" s="67"/>
+      <c r="G98" s="67"/>
+      <c r="H98" s="67"/>
+      <c r="I98" s="68"/>
+      <c r="J98" s="69"/>
+      <c r="K98" s="67"/>
+      <c r="L98" s="67"/>
+      <c r="M98" s="67"/>
+      <c r="N98" s="67"/>
+      <c r="O98" s="67"/>
+      <c r="P98" s="70"/>
+      <c r="Q98" s="63"/>
+      <c r="R98" s="63"/>
+      <c r="S98" s="63"/>
+      <c r="T98" s="63"/>
+      <c r="U98" s="63"/>
+      <c r="V98" s="63"/>
+      <c r="W98" s="63"/>
+      <c r="X98" s="63"/>
+      <c r="Y98" s="63"/>
+      <c r="Z98" s="63"/>
+      <c r="AA98" s="63"/>
+      <c r="AB98" s="63"/>
+      <c r="AC98" s="63"/>
+      <c r="AD98" s="63"/>
+      <c r="AE98" s="64"/>
+      <c r="AF98" s="65"/>
+      <c r="AG98" s="65"/>
+      <c r="AH98" s="65"/>
+      <c r="AI98" s="65"/>
+      <c r="AJ98" s="65"/>
       <c r="AM98" s="8"/>
       <c r="AW98" s="1"/>
       <c r="AX98" s="1"/>
       <c r="AY98" s="1"/>
     </row>
     <row r="99" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B99" s="40" t="s">
         <v>54</v>
       </c>
-      <c r="C99" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ99" s="63"/>
+      <c r="C99" s="66"/>
+      <c r="D99" s="67"/>
+      <c r="E99" s="67"/>
+      <c r="F99" s="67"/>
+      <c r="G99" s="67"/>
+      <c r="H99" s="67"/>
+      <c r="I99" s="68"/>
+      <c r="J99" s="69"/>
+      <c r="K99" s="67"/>
+      <c r="L99" s="67"/>
+      <c r="M99" s="67"/>
+      <c r="N99" s="67"/>
+      <c r="O99" s="67"/>
+      <c r="P99" s="70"/>
+      <c r="Q99" s="63"/>
+      <c r="R99" s="63"/>
+      <c r="S99" s="63"/>
+      <c r="T99" s="63"/>
+      <c r="U99" s="63"/>
+      <c r="V99" s="63"/>
+      <c r="W99" s="63"/>
+      <c r="X99" s="63"/>
+      <c r="Y99" s="63"/>
+      <c r="Z99" s="63"/>
+      <c r="AA99" s="63"/>
+      <c r="AB99" s="63"/>
+      <c r="AC99" s="63"/>
+      <c r="AD99" s="63"/>
+      <c r="AE99" s="64"/>
+      <c r="AF99" s="65"/>
+      <c r="AG99" s="65"/>
+      <c r="AH99" s="65"/>
+      <c r="AI99" s="65"/>
+      <c r="AJ99" s="65"/>
       <c r="AM99" s="8"/>
       <c r="AW99" s="1"/>
       <c r="AX99" s="1"/>
       <c r="AY99" s="1"/>
     </row>
     <row r="100" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B100" s="40" t="s">
         <v>55</v>
       </c>
-      <c r="C100" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ100" s="63"/>
+      <c r="C100" s="66"/>
+      <c r="D100" s="67"/>
+      <c r="E100" s="67"/>
+      <c r="F100" s="67"/>
+      <c r="G100" s="67"/>
+      <c r="H100" s="67"/>
+      <c r="I100" s="68"/>
+      <c r="J100" s="69"/>
+      <c r="K100" s="67"/>
+      <c r="L100" s="67"/>
+      <c r="M100" s="67"/>
+      <c r="N100" s="67"/>
+      <c r="O100" s="67"/>
+      <c r="P100" s="70"/>
+      <c r="Q100" s="63"/>
+      <c r="R100" s="63"/>
+      <c r="S100" s="63"/>
+      <c r="T100" s="63"/>
+      <c r="U100" s="63"/>
+      <c r="V100" s="63"/>
+      <c r="W100" s="63"/>
+      <c r="X100" s="63"/>
+      <c r="Y100" s="63"/>
+      <c r="Z100" s="63"/>
+      <c r="AA100" s="63"/>
+      <c r="AB100" s="63"/>
+      <c r="AC100" s="63"/>
+      <c r="AD100" s="63"/>
+      <c r="AE100" s="64"/>
+      <c r="AF100" s="65"/>
+      <c r="AG100" s="65"/>
+      <c r="AH100" s="65"/>
+      <c r="AI100" s="65"/>
+      <c r="AJ100" s="65"/>
       <c r="AM100" s="8"/>
       <c r="AW100" s="1"/>
       <c r="AX100" s="1"/>
       <c r="AY100" s="1"/>
     </row>
     <row r="101" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B101" s="40" t="s">
         <v>59</v>
       </c>
-      <c r="C101" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ101" s="63"/>
+      <c r="C101" s="66"/>
+      <c r="D101" s="67"/>
+      <c r="E101" s="67"/>
+      <c r="F101" s="67"/>
+      <c r="G101" s="67"/>
+      <c r="H101" s="67"/>
+      <c r="I101" s="68"/>
+      <c r="J101" s="69"/>
+      <c r="K101" s="67"/>
+      <c r="L101" s="67"/>
+      <c r="M101" s="67"/>
+      <c r="N101" s="67"/>
+      <c r="O101" s="67"/>
+      <c r="P101" s="70"/>
+      <c r="Q101" s="63"/>
+      <c r="R101" s="63"/>
+      <c r="S101" s="63"/>
+      <c r="T101" s="63"/>
+      <c r="U101" s="63"/>
+      <c r="V101" s="63"/>
+      <c r="W101" s="63"/>
+      <c r="X101" s="63"/>
+      <c r="Y101" s="63"/>
+      <c r="Z101" s="63"/>
+      <c r="AA101" s="63"/>
+      <c r="AB101" s="63"/>
+      <c r="AC101" s="63"/>
+      <c r="AD101" s="63"/>
+      <c r="AE101" s="64"/>
+      <c r="AF101" s="65"/>
+      <c r="AG101" s="65"/>
+      <c r="AH101" s="65"/>
+      <c r="AI101" s="65"/>
+      <c r="AJ101" s="65"/>
       <c r="AM101" s="8"/>
       <c r="AW101" s="1"/>
       <c r="AX101" s="1"/>
       <c r="AY101" s="1"/>
     </row>
     <row r="102" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B102" s="40" t="s">
         <v>60</v>
       </c>
-      <c r="C102" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ102" s="63"/>
+      <c r="C102" s="66"/>
+      <c r="D102" s="67"/>
+      <c r="E102" s="67"/>
+      <c r="F102" s="67"/>
+      <c r="G102" s="67"/>
+      <c r="H102" s="67"/>
+      <c r="I102" s="68"/>
+      <c r="J102" s="69"/>
+      <c r="K102" s="67"/>
+      <c r="L102" s="67"/>
+      <c r="M102" s="67"/>
+      <c r="N102" s="67"/>
+      <c r="O102" s="67"/>
+      <c r="P102" s="70"/>
+      <c r="Q102" s="63"/>
+      <c r="R102" s="63"/>
+      <c r="S102" s="63"/>
+      <c r="T102" s="63"/>
+      <c r="U102" s="63"/>
+      <c r="V102" s="63"/>
+      <c r="W102" s="63"/>
+      <c r="X102" s="63"/>
+      <c r="Y102" s="63"/>
+      <c r="Z102" s="63"/>
+      <c r="AA102" s="63"/>
+      <c r="AB102" s="63"/>
+      <c r="AC102" s="63"/>
+      <c r="AD102" s="63"/>
+      <c r="AE102" s="64"/>
+      <c r="AF102" s="65"/>
+      <c r="AG102" s="65"/>
+      <c r="AH102" s="65"/>
+      <c r="AI102" s="65"/>
+      <c r="AJ102" s="65"/>
       <c r="AM102" s="8"/>
       <c r="AW102" s="1"/>
       <c r="AX102" s="1"/>
       <c r="AY102" s="1"/>
     </row>
     <row r="103" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B103" s="40" t="s">
         <v>61</v>
       </c>
-      <c r="C103" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ103" s="63"/>
+      <c r="C103" s="66"/>
+      <c r="D103" s="67"/>
+      <c r="E103" s="67"/>
+      <c r="F103" s="67"/>
+      <c r="G103" s="67"/>
+      <c r="H103" s="67"/>
+      <c r="I103" s="68"/>
+      <c r="J103" s="69"/>
+      <c r="K103" s="67"/>
+      <c r="L103" s="67"/>
+      <c r="M103" s="67"/>
+      <c r="N103" s="67"/>
+      <c r="O103" s="67"/>
+      <c r="P103" s="70"/>
+      <c r="Q103" s="63"/>
+      <c r="R103" s="63"/>
+      <c r="S103" s="63"/>
+      <c r="T103" s="63"/>
+      <c r="U103" s="63"/>
+      <c r="V103" s="63"/>
+      <c r="W103" s="63"/>
+      <c r="X103" s="63"/>
+      <c r="Y103" s="63"/>
+      <c r="Z103" s="63"/>
+      <c r="AA103" s="63"/>
+      <c r="AB103" s="63"/>
+      <c r="AC103" s="63"/>
+      <c r="AD103" s="63"/>
+      <c r="AE103" s="64"/>
+      <c r="AF103" s="65"/>
+      <c r="AG103" s="65"/>
+      <c r="AH103" s="65"/>
+      <c r="AI103" s="65"/>
+      <c r="AJ103" s="65"/>
       <c r="AM103" s="8"/>
       <c r="AW103" s="1"/>
       <c r="AX103" s="1"/>
       <c r="AY103" s="1"/>
     </row>
     <row r="104" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B104" s="40" t="s">
         <v>62</v>
       </c>
-      <c r="C104" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ104" s="63"/>
+      <c r="C104" s="66"/>
+      <c r="D104" s="67"/>
+      <c r="E104" s="67"/>
+      <c r="F104" s="67"/>
+      <c r="G104" s="67"/>
+      <c r="H104" s="67"/>
+      <c r="I104" s="68"/>
+      <c r="J104" s="69"/>
+      <c r="K104" s="67"/>
+      <c r="L104" s="67"/>
+      <c r="M104" s="67"/>
+      <c r="N104" s="67"/>
+      <c r="O104" s="67"/>
+      <c r="P104" s="70"/>
+      <c r="Q104" s="63"/>
+      <c r="R104" s="63"/>
+      <c r="S104" s="63"/>
+      <c r="T104" s="63"/>
+      <c r="U104" s="63"/>
+      <c r="V104" s="63"/>
+      <c r="W104" s="63"/>
+      <c r="X104" s="63"/>
+      <c r="Y104" s="63"/>
+      <c r="Z104" s="63"/>
+      <c r="AA104" s="63"/>
+      <c r="AB104" s="63"/>
+      <c r="AC104" s="63"/>
+      <c r="AD104" s="63"/>
+      <c r="AE104" s="64"/>
+      <c r="AF104" s="65"/>
+      <c r="AG104" s="65"/>
+      <c r="AH104" s="65"/>
+      <c r="AI104" s="65"/>
+      <c r="AJ104" s="65"/>
       <c r="AM104" s="8"/>
       <c r="AW104" s="1"/>
       <c r="AX104" s="1"/>
       <c r="AY104" s="1"/>
     </row>
     <row r="105" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B105" s="40" t="s">
         <v>63</v>
       </c>
-      <c r="C105" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ105" s="63"/>
+      <c r="C105" s="66"/>
+      <c r="D105" s="67"/>
+      <c r="E105" s="67"/>
+      <c r="F105" s="67"/>
+      <c r="G105" s="67"/>
+      <c r="H105" s="67"/>
+      <c r="I105" s="68"/>
+      <c r="J105" s="69"/>
+      <c r="K105" s="67"/>
+      <c r="L105" s="67"/>
+      <c r="M105" s="67"/>
+      <c r="N105" s="67"/>
+      <c r="O105" s="67"/>
+      <c r="P105" s="70"/>
+      <c r="Q105" s="63"/>
+      <c r="R105" s="63"/>
+      <c r="S105" s="63"/>
+      <c r="T105" s="63"/>
+      <c r="U105" s="63"/>
+      <c r="V105" s="63"/>
+      <c r="W105" s="63"/>
+      <c r="X105" s="63"/>
+      <c r="Y105" s="63"/>
+      <c r="Z105" s="63"/>
+      <c r="AA105" s="63"/>
+      <c r="AB105" s="63"/>
+      <c r="AC105" s="63"/>
+      <c r="AD105" s="63"/>
+      <c r="AE105" s="64"/>
+      <c r="AF105" s="65"/>
+      <c r="AG105" s="65"/>
+      <c r="AH105" s="65"/>
+      <c r="AI105" s="65"/>
+      <c r="AJ105" s="65"/>
       <c r="AM105" s="8"/>
       <c r="AW105" s="1"/>
       <c r="AX105" s="1"/>
       <c r="AY105" s="1"/>
     </row>
     <row r="106" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B106" s="40" t="s">
         <v>64</v>
       </c>
-      <c r="C106" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ106" s="63"/>
+      <c r="C106" s="66"/>
+      <c r="D106" s="67"/>
+      <c r="E106" s="67"/>
+      <c r="F106" s="67"/>
+      <c r="G106" s="67"/>
+      <c r="H106" s="67"/>
+      <c r="I106" s="68"/>
+      <c r="J106" s="69"/>
+      <c r="K106" s="67"/>
+      <c r="L106" s="67"/>
+      <c r="M106" s="67"/>
+      <c r="N106" s="67"/>
+      <c r="O106" s="67"/>
+      <c r="P106" s="70"/>
+      <c r="Q106" s="63"/>
+      <c r="R106" s="63"/>
+      <c r="S106" s="63"/>
+      <c r="T106" s="63"/>
+      <c r="U106" s="63"/>
+      <c r="V106" s="63"/>
+      <c r="W106" s="63"/>
+      <c r="X106" s="63"/>
+      <c r="Y106" s="63"/>
+      <c r="Z106" s="63"/>
+      <c r="AA106" s="63"/>
+      <c r="AB106" s="63"/>
+      <c r="AC106" s="63"/>
+      <c r="AD106" s="63"/>
+      <c r="AE106" s="64"/>
+      <c r="AF106" s="65"/>
+      <c r="AG106" s="65"/>
+      <c r="AH106" s="65"/>
+      <c r="AI106" s="65"/>
+      <c r="AJ106" s="65"/>
       <c r="AM106" s="8"/>
       <c r="AW106" s="1"/>
       <c r="AX106" s="1"/>
       <c r="AY106" s="1"/>
     </row>
     <row r="107" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B107" s="40" t="s">
         <v>65</v>
       </c>
-      <c r="C107" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ107" s="63"/>
+      <c r="C107" s="66"/>
+      <c r="D107" s="67"/>
+      <c r="E107" s="67"/>
+      <c r="F107" s="67"/>
+      <c r="G107" s="67"/>
+      <c r="H107" s="67"/>
+      <c r="I107" s="68"/>
+      <c r="J107" s="69"/>
+      <c r="K107" s="67"/>
+      <c r="L107" s="67"/>
+      <c r="M107" s="67"/>
+      <c r="N107" s="67"/>
+      <c r="O107" s="67"/>
+      <c r="P107" s="70"/>
+      <c r="Q107" s="63"/>
+      <c r="R107" s="63"/>
+      <c r="S107" s="63"/>
+      <c r="T107" s="63"/>
+      <c r="U107" s="63"/>
+      <c r="V107" s="63"/>
+      <c r="W107" s="63"/>
+      <c r="X107" s="63"/>
+      <c r="Y107" s="63"/>
+      <c r="Z107" s="63"/>
+      <c r="AA107" s="63"/>
+      <c r="AB107" s="63"/>
+      <c r="AC107" s="63"/>
+      <c r="AD107" s="63"/>
+      <c r="AE107" s="64"/>
+      <c r="AF107" s="65"/>
+      <c r="AG107" s="65"/>
+      <c r="AH107" s="65"/>
+      <c r="AI107" s="65"/>
+      <c r="AJ107" s="65"/>
       <c r="AM107" s="8"/>
       <c r="AW107" s="1"/>
       <c r="AX107" s="1"/>
       <c r="AY107" s="1"/>
     </row>
     <row r="108" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B108" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="C108" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ108" s="63"/>
+      <c r="C108" s="66"/>
+      <c r="D108" s="67"/>
+      <c r="E108" s="67"/>
+      <c r="F108" s="67"/>
+      <c r="G108" s="67"/>
+      <c r="H108" s="67"/>
+      <c r="I108" s="68"/>
+      <c r="J108" s="69"/>
+      <c r="K108" s="67"/>
+      <c r="L108" s="67"/>
+      <c r="M108" s="67"/>
+      <c r="N108" s="67"/>
+      <c r="O108" s="67"/>
+      <c r="P108" s="70"/>
+      <c r="Q108" s="63"/>
+      <c r="R108" s="63"/>
+      <c r="S108" s="63"/>
+      <c r="T108" s="63"/>
+      <c r="U108" s="63"/>
+      <c r="V108" s="63"/>
+      <c r="W108" s="63"/>
+      <c r="X108" s="63"/>
+      <c r="Y108" s="63"/>
+      <c r="Z108" s="63"/>
+      <c r="AA108" s="63"/>
+      <c r="AB108" s="63"/>
+      <c r="AC108" s="63"/>
+      <c r="AD108" s="63"/>
+      <c r="AE108" s="64"/>
+      <c r="AF108" s="65"/>
+      <c r="AG108" s="65"/>
+      <c r="AH108" s="65"/>
+      <c r="AI108" s="65"/>
+      <c r="AJ108" s="65"/>
       <c r="AM108" s="8"/>
       <c r="AW108" s="1"/>
       <c r="AX108" s="1"/>
       <c r="AY108" s="1"/>
     </row>
     <row r="109" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B109" s="40" t="s">
         <v>67</v>
       </c>
-      <c r="C109" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ109" s="63"/>
+      <c r="C109" s="66"/>
+      <c r="D109" s="67"/>
+      <c r="E109" s="67"/>
+      <c r="F109" s="67"/>
+      <c r="G109" s="67"/>
+      <c r="H109" s="67"/>
+      <c r="I109" s="68"/>
+      <c r="J109" s="69"/>
+      <c r="K109" s="67"/>
+      <c r="L109" s="67"/>
+      <c r="M109" s="67"/>
+      <c r="N109" s="67"/>
+      <c r="O109" s="67"/>
+      <c r="P109" s="70"/>
+      <c r="Q109" s="63"/>
+      <c r="R109" s="63"/>
+      <c r="S109" s="63"/>
+      <c r="T109" s="63"/>
+      <c r="U109" s="63"/>
+      <c r="V109" s="63"/>
+      <c r="W109" s="63"/>
+      <c r="X109" s="63"/>
+      <c r="Y109" s="63"/>
+      <c r="Z109" s="63"/>
+      <c r="AA109" s="63"/>
+      <c r="AB109" s="63"/>
+      <c r="AC109" s="63"/>
+      <c r="AD109" s="63"/>
+      <c r="AE109" s="64"/>
+      <c r="AF109" s="65"/>
+      <c r="AG109" s="65"/>
+      <c r="AH109" s="65"/>
+      <c r="AI109" s="65"/>
+      <c r="AJ109" s="65"/>
       <c r="AM109" s="8"/>
       <c r="AW109" s="1"/>
       <c r="AX109" s="1"/>
       <c r="AY109" s="1"/>
     </row>
     <row r="110" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B110" s="40" t="s">
         <v>68</v>
       </c>
-      <c r="C110" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ110" s="63"/>
+      <c r="C110" s="66"/>
+      <c r="D110" s="67"/>
+      <c r="E110" s="67"/>
+      <c r="F110" s="67"/>
+      <c r="G110" s="67"/>
+      <c r="H110" s="67"/>
+      <c r="I110" s="68"/>
+      <c r="J110" s="69"/>
+      <c r="K110" s="67"/>
+      <c r="L110" s="67"/>
+      <c r="M110" s="67"/>
+      <c r="N110" s="67"/>
+      <c r="O110" s="67"/>
+      <c r="P110" s="70"/>
+      <c r="Q110" s="63"/>
+      <c r="R110" s="63"/>
+      <c r="S110" s="63"/>
+      <c r="T110" s="63"/>
+      <c r="U110" s="63"/>
+      <c r="V110" s="63"/>
+      <c r="W110" s="63"/>
+      <c r="X110" s="63"/>
+      <c r="Y110" s="63"/>
+      <c r="Z110" s="63"/>
+      <c r="AA110" s="63"/>
+      <c r="AB110" s="63"/>
+      <c r="AC110" s="63"/>
+      <c r="AD110" s="63"/>
+      <c r="AE110" s="64"/>
+      <c r="AF110" s="65"/>
+      <c r="AG110" s="65"/>
+      <c r="AH110" s="65"/>
+      <c r="AI110" s="65"/>
+      <c r="AJ110" s="65"/>
       <c r="AM110" s="8"/>
       <c r="AW110" s="1"/>
       <c r="AX110" s="1"/>
       <c r="AY110" s="1"/>
     </row>
     <row r="111" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B111" s="40" t="s">
         <v>69</v>
       </c>
-      <c r="C111" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ111" s="63"/>
+      <c r="C111" s="66"/>
+      <c r="D111" s="67"/>
+      <c r="E111" s="67"/>
+      <c r="F111" s="67"/>
+      <c r="G111" s="67"/>
+      <c r="H111" s="67"/>
+      <c r="I111" s="68"/>
+      <c r="J111" s="69"/>
+      <c r="K111" s="67"/>
+      <c r="L111" s="67"/>
+      <c r="M111" s="67"/>
+      <c r="N111" s="67"/>
+      <c r="O111" s="67"/>
+      <c r="P111" s="70"/>
+      <c r="Q111" s="63"/>
+      <c r="R111" s="63"/>
+      <c r="S111" s="63"/>
+      <c r="T111" s="63"/>
+      <c r="U111" s="63"/>
+      <c r="V111" s="63"/>
+      <c r="W111" s="63"/>
+      <c r="X111" s="63"/>
+      <c r="Y111" s="63"/>
+      <c r="Z111" s="63"/>
+      <c r="AA111" s="63"/>
+      <c r="AB111" s="63"/>
+      <c r="AC111" s="63"/>
+      <c r="AD111" s="63"/>
+      <c r="AE111" s="64"/>
+      <c r="AF111" s="65"/>
+      <c r="AG111" s="65"/>
+      <c r="AH111" s="65"/>
+      <c r="AI111" s="65"/>
+      <c r="AJ111" s="65"/>
       <c r="AM111" s="8"/>
       <c r="AW111" s="1"/>
       <c r="AX111" s="1"/>
       <c r="AY111" s="1"/>
     </row>
     <row r="112" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B112" s="40" t="s">
         <v>70</v>
       </c>
-      <c r="C112" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ112" s="63"/>
+      <c r="C112" s="66"/>
+      <c r="D112" s="67"/>
+      <c r="E112" s="67"/>
+      <c r="F112" s="67"/>
+      <c r="G112" s="67"/>
+      <c r="H112" s="67"/>
+      <c r="I112" s="68"/>
+      <c r="J112" s="69"/>
+      <c r="K112" s="67"/>
+      <c r="L112" s="67"/>
+      <c r="M112" s="67"/>
+      <c r="N112" s="67"/>
+      <c r="O112" s="67"/>
+      <c r="P112" s="70"/>
+      <c r="Q112" s="63"/>
+      <c r="R112" s="63"/>
+      <c r="S112" s="63"/>
+      <c r="T112" s="63"/>
+      <c r="U112" s="63"/>
+      <c r="V112" s="63"/>
+      <c r="W112" s="63"/>
+      <c r="X112" s="63"/>
+      <c r="Y112" s="63"/>
+      <c r="Z112" s="63"/>
+      <c r="AA112" s="63"/>
+      <c r="AB112" s="63"/>
+      <c r="AC112" s="63"/>
+      <c r="AD112" s="63"/>
+      <c r="AE112" s="64"/>
+      <c r="AF112" s="65"/>
+      <c r="AG112" s="65"/>
+      <c r="AH112" s="65"/>
+      <c r="AI112" s="65"/>
+      <c r="AJ112" s="65"/>
       <c r="AM112" s="8"/>
       <c r="AW112" s="1"/>
       <c r="AX112" s="1"/>
       <c r="AY112" s="1"/>
     </row>
     <row r="113" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B113" s="40" t="s">
         <v>71</v>
       </c>
-      <c r="C113" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ113" s="63"/>
+      <c r="C113" s="66"/>
+      <c r="D113" s="67"/>
+      <c r="E113" s="67"/>
+      <c r="F113" s="67"/>
+      <c r="G113" s="67"/>
+      <c r="H113" s="67"/>
+      <c r="I113" s="68"/>
+      <c r="J113" s="69"/>
+      <c r="K113" s="67"/>
+      <c r="L113" s="67"/>
+      <c r="M113" s="67"/>
+      <c r="N113" s="67"/>
+      <c r="O113" s="67"/>
+      <c r="P113" s="70"/>
+      <c r="Q113" s="63"/>
+      <c r="R113" s="63"/>
+      <c r="S113" s="63"/>
+      <c r="T113" s="63"/>
+      <c r="U113" s="63"/>
+      <c r="V113" s="63"/>
+      <c r="W113" s="63"/>
+      <c r="X113" s="63"/>
+      <c r="Y113" s="63"/>
+      <c r="Z113" s="63"/>
+      <c r="AA113" s="63"/>
+      <c r="AB113" s="63"/>
+      <c r="AC113" s="63"/>
+      <c r="AD113" s="63"/>
+      <c r="AE113" s="64"/>
+      <c r="AF113" s="65"/>
+      <c r="AG113" s="65"/>
+      <c r="AH113" s="65"/>
+      <c r="AI113" s="65"/>
+      <c r="AJ113" s="65"/>
       <c r="AM113" s="8"/>
       <c r="AW113" s="1"/>
       <c r="AX113" s="1"/>
       <c r="AY113" s="1"/>
     </row>
     <row r="114" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B114" s="40" t="s">
         <v>72</v>
       </c>
-      <c r="C114" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ114" s="63"/>
+      <c r="C114" s="66"/>
+      <c r="D114" s="67"/>
+      <c r="E114" s="67"/>
+      <c r="F114" s="67"/>
+      <c r="G114" s="67"/>
+      <c r="H114" s="67"/>
+      <c r="I114" s="68"/>
+      <c r="J114" s="69"/>
+      <c r="K114" s="67"/>
+      <c r="L114" s="67"/>
+      <c r="M114" s="67"/>
+      <c r="N114" s="67"/>
+      <c r="O114" s="67"/>
+      <c r="P114" s="70"/>
+      <c r="Q114" s="63"/>
+      <c r="R114" s="63"/>
+      <c r="S114" s="63"/>
+      <c r="T114" s="63"/>
+      <c r="U114" s="63"/>
+      <c r="V114" s="63"/>
+      <c r="W114" s="63"/>
+      <c r="X114" s="63"/>
+      <c r="Y114" s="63"/>
+      <c r="Z114" s="63"/>
+      <c r="AA114" s="63"/>
+      <c r="AB114" s="63"/>
+      <c r="AC114" s="63"/>
+      <c r="AD114" s="63"/>
+      <c r="AE114" s="64"/>
+      <c r="AF114" s="65"/>
+      <c r="AG114" s="65"/>
+      <c r="AH114" s="65"/>
+      <c r="AI114" s="65"/>
+      <c r="AJ114" s="65"/>
       <c r="AM114" s="8"/>
       <c r="AW114" s="1"/>
       <c r="AX114" s="1"/>
       <c r="AY114" s="1"/>
     </row>
     <row r="115" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B115" s="40" t="s">
         <v>73</v>
       </c>
-      <c r="C115" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ115" s="63"/>
+      <c r="C115" s="66"/>
+      <c r="D115" s="67"/>
+      <c r="E115" s="67"/>
+      <c r="F115" s="67"/>
+      <c r="G115" s="67"/>
+      <c r="H115" s="67"/>
+      <c r="I115" s="68"/>
+      <c r="J115" s="69"/>
+      <c r="K115" s="67"/>
+      <c r="L115" s="67"/>
+      <c r="M115" s="67"/>
+      <c r="N115" s="67"/>
+      <c r="O115" s="67"/>
+      <c r="P115" s="70"/>
+      <c r="Q115" s="63"/>
+      <c r="R115" s="63"/>
+      <c r="S115" s="63"/>
+      <c r="T115" s="63"/>
+      <c r="U115" s="63"/>
+      <c r="V115" s="63"/>
+      <c r="W115" s="63"/>
+      <c r="X115" s="63"/>
+      <c r="Y115" s="63"/>
+      <c r="Z115" s="63"/>
+      <c r="AA115" s="63"/>
+      <c r="AB115" s="63"/>
+      <c r="AC115" s="63"/>
+      <c r="AD115" s="63"/>
+      <c r="AE115" s="64"/>
+      <c r="AF115" s="65"/>
+      <c r="AG115" s="65"/>
+      <c r="AH115" s="65"/>
+      <c r="AI115" s="65"/>
+      <c r="AJ115" s="65"/>
       <c r="AW115" s="1"/>
       <c r="AX115" s="1"/>
       <c r="AY115" s="1"/>
     </row>
     <row r="116" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B116" s="40" t="s">
         <v>74</v>
       </c>
-      <c r="C116" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ116" s="63"/>
+      <c r="C116" s="66"/>
+      <c r="D116" s="67"/>
+      <c r="E116" s="67"/>
+      <c r="F116" s="67"/>
+      <c r="G116" s="67"/>
+      <c r="H116" s="67"/>
+      <c r="I116" s="68"/>
+      <c r="J116" s="69"/>
+      <c r="K116" s="67"/>
+      <c r="L116" s="67"/>
+      <c r="M116" s="67"/>
+      <c r="N116" s="67"/>
+      <c r="O116" s="67"/>
+      <c r="P116" s="70"/>
+      <c r="Q116" s="63"/>
+      <c r="R116" s="63"/>
+      <c r="S116" s="63"/>
+      <c r="T116" s="63"/>
+      <c r="U116" s="63"/>
+      <c r="V116" s="63"/>
+      <c r="W116" s="63"/>
+      <c r="X116" s="63"/>
+      <c r="Y116" s="63"/>
+      <c r="Z116" s="63"/>
+      <c r="AA116" s="63"/>
+      <c r="AB116" s="63"/>
+      <c r="AC116" s="63"/>
+      <c r="AD116" s="63"/>
+      <c r="AE116" s="64"/>
+      <c r="AF116" s="65"/>
+      <c r="AG116" s="65"/>
+      <c r="AH116" s="65"/>
+      <c r="AI116" s="65"/>
+      <c r="AJ116" s="65"/>
       <c r="AK116" s="41"/>
       <c r="AL116" s="4"/>
       <c r="AW116" s="1"/>
       <c r="AX116" s="1"/>
       <c r="AY116" s="1"/>
     </row>
     <row r="117" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B117" s="40" t="s">
         <v>75</v>
       </c>
-      <c r="C117" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ117" s="63"/>
+      <c r="C117" s="66"/>
+      <c r="D117" s="67"/>
+      <c r="E117" s="67"/>
+      <c r="F117" s="67"/>
+      <c r="G117" s="67"/>
+      <c r="H117" s="67"/>
+      <c r="I117" s="68"/>
+      <c r="J117" s="69"/>
+      <c r="K117" s="67"/>
+      <c r="L117" s="67"/>
+      <c r="M117" s="67"/>
+      <c r="N117" s="67"/>
+      <c r="O117" s="67"/>
+      <c r="P117" s="70"/>
+      <c r="Q117" s="63"/>
+      <c r="R117" s="63"/>
+      <c r="S117" s="63"/>
+      <c r="T117" s="63"/>
+      <c r="U117" s="63"/>
+      <c r="V117" s="63"/>
+      <c r="W117" s="63"/>
+      <c r="X117" s="63"/>
+      <c r="Y117" s="63"/>
+      <c r="Z117" s="63"/>
+      <c r="AA117" s="63"/>
+      <c r="AB117" s="63"/>
+      <c r="AC117" s="63"/>
+      <c r="AD117" s="63"/>
+      <c r="AE117" s="64"/>
+      <c r="AF117" s="65"/>
+      <c r="AG117" s="65"/>
+      <c r="AH117" s="65"/>
+      <c r="AI117" s="65"/>
+      <c r="AJ117" s="65"/>
       <c r="AK117" s="41"/>
       <c r="AL117" s="5"/>
       <c r="AW117" s="1"/>
       <c r="AX117" s="1"/>
       <c r="AY117" s="1"/>
     </row>
     <row r="118" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B118" s="40" t="s">
         <v>76</v>
       </c>
-      <c r="C118" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ118" s="63"/>
+      <c r="C118" s="66"/>
+      <c r="D118" s="67"/>
+      <c r="E118" s="67"/>
+      <c r="F118" s="67"/>
+      <c r="G118" s="67"/>
+      <c r="H118" s="67"/>
+      <c r="I118" s="68"/>
+      <c r="J118" s="69"/>
+      <c r="K118" s="67"/>
+      <c r="L118" s="67"/>
+      <c r="M118" s="67"/>
+      <c r="N118" s="67"/>
+      <c r="O118" s="67"/>
+      <c r="P118" s="70"/>
+      <c r="Q118" s="63"/>
+      <c r="R118" s="63"/>
+      <c r="S118" s="63"/>
+      <c r="T118" s="63"/>
+      <c r="U118" s="63"/>
+      <c r="V118" s="63"/>
+      <c r="W118" s="63"/>
+      <c r="X118" s="63"/>
+      <c r="Y118" s="63"/>
+      <c r="Z118" s="63"/>
+      <c r="AA118" s="63"/>
+      <c r="AB118" s="63"/>
+      <c r="AC118" s="63"/>
+      <c r="AD118" s="63"/>
+      <c r="AE118" s="64"/>
+      <c r="AF118" s="65"/>
+      <c r="AG118" s="65"/>
+      <c r="AH118" s="65"/>
+      <c r="AI118" s="65"/>
+      <c r="AJ118" s="65"/>
       <c r="AK118" s="41"/>
       <c r="AL118" s="5"/>
       <c r="AW118" s="1"/>
       <c r="AX118" s="1"/>
       <c r="AY118" s="1"/>
     </row>
     <row r="119" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B119" s="40" t="s">
         <v>77</v>
       </c>
-      <c r="C119" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ119" s="63"/>
+      <c r="C119" s="66"/>
+      <c r="D119" s="67"/>
+      <c r="E119" s="67"/>
+      <c r="F119" s="67"/>
+      <c r="G119" s="67"/>
+      <c r="H119" s="67"/>
+      <c r="I119" s="68"/>
+      <c r="J119" s="69"/>
+      <c r="K119" s="67"/>
+      <c r="L119" s="67"/>
+      <c r="M119" s="67"/>
+      <c r="N119" s="67"/>
+      <c r="O119" s="67"/>
+      <c r="P119" s="70"/>
+      <c r="Q119" s="63"/>
+      <c r="R119" s="63"/>
+      <c r="S119" s="63"/>
+      <c r="T119" s="63"/>
+      <c r="U119" s="63"/>
+      <c r="V119" s="63"/>
+      <c r="W119" s="63"/>
+      <c r="X119" s="63"/>
+      <c r="Y119" s="63"/>
+      <c r="Z119" s="63"/>
+      <c r="AA119" s="63"/>
+      <c r="AB119" s="63"/>
+      <c r="AC119" s="63"/>
+      <c r="AD119" s="63"/>
+      <c r="AE119" s="64"/>
+      <c r="AF119" s="65"/>
+      <c r="AG119" s="65"/>
+      <c r="AH119" s="65"/>
+      <c r="AI119" s="65"/>
+      <c r="AJ119" s="65"/>
       <c r="AK119" s="41"/>
       <c r="AW119" s="1"/>
       <c r="AX119" s="1"/>
       <c r="AY119" s="1"/>
     </row>
     <row r="120" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B120" s="40" t="s">
         <v>78</v>
       </c>
-      <c r="C120" s="64"/>
-[...32 lines deleted...]
-      <c r="AJ120" s="63"/>
+      <c r="C120" s="66"/>
+      <c r="D120" s="67"/>
+      <c r="E120" s="67"/>
+      <c r="F120" s="67"/>
+      <c r="G120" s="67"/>
+      <c r="H120" s="67"/>
+      <c r="I120" s="68"/>
+      <c r="J120" s="69"/>
+      <c r="K120" s="67"/>
+      <c r="L120" s="67"/>
+      <c r="M120" s="67"/>
+      <c r="N120" s="67"/>
+      <c r="O120" s="67"/>
+      <c r="P120" s="70"/>
+      <c r="Q120" s="63"/>
+      <c r="R120" s="63"/>
+      <c r="S120" s="63"/>
+      <c r="T120" s="63"/>
+      <c r="U120" s="63"/>
+      <c r="V120" s="63"/>
+      <c r="W120" s="63"/>
+      <c r="X120" s="63"/>
+      <c r="Y120" s="63"/>
+      <c r="Z120" s="63"/>
+      <c r="AA120" s="63"/>
+      <c r="AB120" s="63"/>
+      <c r="AC120" s="63"/>
+      <c r="AD120" s="63"/>
+      <c r="AE120" s="64"/>
+      <c r="AF120" s="65"/>
+      <c r="AG120" s="65"/>
+      <c r="AH120" s="65"/>
+      <c r="AI120" s="65"/>
+      <c r="AJ120" s="65"/>
       <c r="AW120" s="1"/>
       <c r="AX120" s="1"/>
       <c r="AY120" s="1"/>
     </row>
     <row r="121" spans="2:51" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="AW121" s="1"/>
       <c r="AX121" s="1"/>
       <c r="AY121" s="1"/>
     </row>
     <row r="122" spans="2:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J122" s="77" t="s">
+      <c r="J122" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="K122" s="78"/>
-[...16 lines deleted...]
-      <c r="AB122" s="79"/>
+      <c r="K122" s="84"/>
+      <c r="L122" s="84"/>
+      <c r="M122" s="84"/>
+      <c r="N122" s="84"/>
+      <c r="O122" s="84"/>
+      <c r="P122" s="84"/>
+      <c r="Q122" s="84"/>
+      <c r="R122" s="84"/>
+      <c r="S122" s="84"/>
+      <c r="T122" s="84"/>
+      <c r="U122" s="84"/>
+      <c r="V122" s="84"/>
+      <c r="W122" s="84"/>
+      <c r="X122" s="84"/>
+      <c r="Y122" s="84"/>
+      <c r="Z122" s="84"/>
+      <c r="AA122" s="84"/>
+      <c r="AB122" s="85"/>
       <c r="AW122" s="1"/>
       <c r="AX122" s="1"/>
       <c r="AY122" s="1"/>
     </row>
     <row r="123" spans="2:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J123" s="80" t="s">
+      <c r="J123" s="86" t="s">
         <v>20</v>
       </c>
-      <c r="K123" s="81"/>
-[...16 lines deleted...]
-      <c r="AB123" s="82"/>
+      <c r="K123" s="87"/>
+      <c r="L123" s="87"/>
+      <c r="M123" s="87"/>
+      <c r="N123" s="87"/>
+      <c r="O123" s="87"/>
+      <c r="P123" s="87"/>
+      <c r="Q123" s="87"/>
+      <c r="R123" s="87"/>
+      <c r="S123" s="87"/>
+      <c r="T123" s="87"/>
+      <c r="U123" s="87"/>
+      <c r="V123" s="87"/>
+      <c r="W123" s="87"/>
+      <c r="X123" s="87"/>
+      <c r="Y123" s="87"/>
+      <c r="Z123" s="87"/>
+      <c r="AA123" s="87"/>
+      <c r="AB123" s="88"/>
       <c r="AW123" s="1"/>
       <c r="AX123" s="1"/>
       <c r="AY123" s="1"/>
     </row>
     <row r="124" spans="2:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J124" s="80" t="s">
+      <c r="J124" s="86" t="s">
         <v>21</v>
       </c>
-      <c r="K124" s="81"/>
-[...16 lines deleted...]
-      <c r="AB124" s="82"/>
+      <c r="K124" s="87"/>
+      <c r="L124" s="87"/>
+      <c r="M124" s="87"/>
+      <c r="N124" s="87"/>
+      <c r="O124" s="87"/>
+      <c r="P124" s="87"/>
+      <c r="Q124" s="87"/>
+      <c r="R124" s="87"/>
+      <c r="S124" s="87"/>
+      <c r="T124" s="87"/>
+      <c r="U124" s="87"/>
+      <c r="V124" s="87"/>
+      <c r="W124" s="87"/>
+      <c r="X124" s="87"/>
+      <c r="Y124" s="87"/>
+      <c r="Z124" s="87"/>
+      <c r="AA124" s="87"/>
+      <c r="AB124" s="88"/>
       <c r="AQ124" s="6"/>
       <c r="AR124" s="6"/>
       <c r="AW124" s="1"/>
       <c r="AX124" s="1"/>
       <c r="AY124" s="1"/>
     </row>
     <row r="125" spans="2:51" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="J125" s="83" t="s">
+      <c r="J125" s="89" t="s">
         <v>9</v>
       </c>
-      <c r="K125" s="84"/>
-[...16 lines deleted...]
-      <c r="AB125" s="85"/>
+      <c r="K125" s="90"/>
+      <c r="L125" s="90"/>
+      <c r="M125" s="90"/>
+      <c r="N125" s="90"/>
+      <c r="O125" s="90"/>
+      <c r="P125" s="90"/>
+      <c r="Q125" s="90"/>
+      <c r="R125" s="90"/>
+      <c r="S125" s="90"/>
+      <c r="T125" s="90"/>
+      <c r="U125" s="90"/>
+      <c r="V125" s="90"/>
+      <c r="W125" s="90"/>
+      <c r="X125" s="90"/>
+      <c r="Y125" s="90"/>
+      <c r="Z125" s="90"/>
+      <c r="AA125" s="90"/>
+      <c r="AB125" s="91"/>
       <c r="AQ125" s="6"/>
       <c r="AR125" s="6"/>
       <c r="AW125" s="1"/>
       <c r="AX125" s="1"/>
       <c r="AY125" s="1"/>
     </row>
     <row r="126" spans="2:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="AG126" s="76" t="s">
-[...6 lines deleted...]
-      <c r="AL126" s="76"/>
+      <c r="AG126" s="82" t="s">
+        <v>133</v>
+      </c>
+      <c r="AH126" s="82"/>
+      <c r="AI126" s="82"/>
+      <c r="AJ126" s="82"/>
+      <c r="AK126" s="82"/>
+      <c r="AL126" s="82"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" insertRows="0" deleteRows="0"/>
-  <mergeCells count="281">
+  <mergeCells count="282">
     <mergeCell ref="E38:AL38"/>
     <mergeCell ref="E39:AJ39"/>
     <mergeCell ref="F40:AJ40"/>
     <mergeCell ref="E41:AJ41"/>
     <mergeCell ref="F42:AJ42"/>
     <mergeCell ref="C54:L54"/>
     <mergeCell ref="A44:AK44"/>
     <mergeCell ref="C70:I70"/>
     <mergeCell ref="J70:P70"/>
     <mergeCell ref="C60:L60"/>
     <mergeCell ref="U60:Z60"/>
     <mergeCell ref="AC60:AH60"/>
     <mergeCell ref="M46:AH46"/>
     <mergeCell ref="M48:AH48"/>
     <mergeCell ref="M50:AH50"/>
     <mergeCell ref="M52:AH52"/>
     <mergeCell ref="M54:AH54"/>
     <mergeCell ref="M58:AH58"/>
     <mergeCell ref="C58:L58"/>
-    <mergeCell ref="C56:AK56"/>
     <mergeCell ref="A68:AK69"/>
     <mergeCell ref="M60:R60"/>
     <mergeCell ref="M64:R64"/>
     <mergeCell ref="S64:AH64"/>
     <mergeCell ref="M66:R66"/>
     <mergeCell ref="S66:AH66"/>
+    <mergeCell ref="C46:H46"/>
+    <mergeCell ref="C48:H48"/>
+    <mergeCell ref="C50:H50"/>
+    <mergeCell ref="C52:H52"/>
+    <mergeCell ref="M56:AH56"/>
+    <mergeCell ref="C56:J56"/>
+    <mergeCell ref="J71:P71"/>
+    <mergeCell ref="C77:I77"/>
+    <mergeCell ref="J77:P77"/>
+    <mergeCell ref="J73:P73"/>
+    <mergeCell ref="C72:I72"/>
+    <mergeCell ref="J72:P72"/>
     <mergeCell ref="C82:I82"/>
     <mergeCell ref="J82:P82"/>
     <mergeCell ref="C76:I76"/>
     <mergeCell ref="J76:P76"/>
     <mergeCell ref="C79:I79"/>
     <mergeCell ref="J79:P79"/>
     <mergeCell ref="C78:I78"/>
     <mergeCell ref="J78:P78"/>
     <mergeCell ref="C81:I81"/>
     <mergeCell ref="J81:P81"/>
     <mergeCell ref="C80:I80"/>
     <mergeCell ref="J80:P80"/>
-    <mergeCell ref="Q78:AD78"/>
-[...13 lines deleted...]
-    <mergeCell ref="A8:AK8"/>
     <mergeCell ref="A33:AK33"/>
     <mergeCell ref="C31:AK31"/>
     <mergeCell ref="B34:AK34"/>
     <mergeCell ref="B9:AK9"/>
     <mergeCell ref="J13:AD13"/>
     <mergeCell ref="C24:I24"/>
     <mergeCell ref="J24:P24"/>
     <mergeCell ref="Q24:Z24"/>
     <mergeCell ref="AA24:AJ24"/>
     <mergeCell ref="C25:I25"/>
     <mergeCell ref="J25:P25"/>
     <mergeCell ref="Q25:Z25"/>
     <mergeCell ref="AA25:AJ25"/>
     <mergeCell ref="J27:P27"/>
     <mergeCell ref="Q27:Z27"/>
     <mergeCell ref="AA27:AJ27"/>
     <mergeCell ref="C29:I29"/>
     <mergeCell ref="J29:P29"/>
     <mergeCell ref="Q29:Z29"/>
     <mergeCell ref="AA29:AJ29"/>
     <mergeCell ref="C26:I26"/>
     <mergeCell ref="J26:P26"/>
     <mergeCell ref="Q26:Z26"/>
     <mergeCell ref="AA26:AJ26"/>
     <mergeCell ref="C27:I27"/>
     <mergeCell ref="A1:AL4"/>
     <mergeCell ref="C13:H13"/>
     <mergeCell ref="C17:H17"/>
     <mergeCell ref="W6:Y6"/>
     <mergeCell ref="AA6:AL6"/>
     <mergeCell ref="C11:H11"/>
     <mergeCell ref="J11:AD11"/>
     <mergeCell ref="C15:AK15"/>
+    <mergeCell ref="A8:AK8"/>
     <mergeCell ref="C28:I28"/>
     <mergeCell ref="J28:P28"/>
     <mergeCell ref="Q28:Z28"/>
     <mergeCell ref="AA28:AJ28"/>
     <mergeCell ref="J17:AD17"/>
     <mergeCell ref="J19:AD19"/>
     <mergeCell ref="C21:AK22"/>
     <mergeCell ref="C19:I19"/>
     <mergeCell ref="AG126:AL126"/>
     <mergeCell ref="J122:AB122"/>
     <mergeCell ref="J123:AB123"/>
     <mergeCell ref="J124:AB124"/>
     <mergeCell ref="J125:AB125"/>
     <mergeCell ref="C85:I85"/>
     <mergeCell ref="J85:P85"/>
     <mergeCell ref="C88:I88"/>
     <mergeCell ref="J88:P88"/>
     <mergeCell ref="C89:I89"/>
     <mergeCell ref="J89:P89"/>
     <mergeCell ref="C90:I90"/>
     <mergeCell ref="J90:P90"/>
     <mergeCell ref="C91:I91"/>
     <mergeCell ref="J91:P91"/>
     <mergeCell ref="C92:I92"/>
     <mergeCell ref="J92:P92"/>
@@ -9068,50 +9219,54 @@
     <mergeCell ref="C84:I84"/>
     <mergeCell ref="Q85:AD85"/>
     <mergeCell ref="AE85:AJ85"/>
     <mergeCell ref="C87:I87"/>
     <mergeCell ref="J87:P87"/>
     <mergeCell ref="Q86:AD86"/>
     <mergeCell ref="C62:AK62"/>
     <mergeCell ref="C64:L64"/>
     <mergeCell ref="AE70:AJ70"/>
     <mergeCell ref="AE71:AJ71"/>
     <mergeCell ref="Q70:AD70"/>
     <mergeCell ref="Q71:AD71"/>
     <mergeCell ref="Q72:AD72"/>
     <mergeCell ref="AE72:AJ72"/>
     <mergeCell ref="AE73:AJ73"/>
     <mergeCell ref="Q74:AD74"/>
     <mergeCell ref="AE74:AJ74"/>
     <mergeCell ref="Q75:AD75"/>
     <mergeCell ref="AE75:AJ75"/>
     <mergeCell ref="Q76:AD76"/>
     <mergeCell ref="AE76:AJ76"/>
     <mergeCell ref="Q77:AD77"/>
     <mergeCell ref="AE77:AJ77"/>
     <mergeCell ref="Q73:AD73"/>
     <mergeCell ref="AE78:AJ78"/>
+    <mergeCell ref="Q78:AD78"/>
+    <mergeCell ref="C74:I74"/>
+    <mergeCell ref="J74:P74"/>
+    <mergeCell ref="C71:I71"/>
     <mergeCell ref="C94:I94"/>
     <mergeCell ref="J94:P94"/>
     <mergeCell ref="C95:I95"/>
     <mergeCell ref="J95:P95"/>
     <mergeCell ref="C110:I110"/>
     <mergeCell ref="J110:P110"/>
     <mergeCell ref="C96:I96"/>
     <mergeCell ref="J99:P99"/>
     <mergeCell ref="C100:I100"/>
     <mergeCell ref="C97:I97"/>
     <mergeCell ref="J97:P97"/>
     <mergeCell ref="C98:I98"/>
     <mergeCell ref="J98:P98"/>
     <mergeCell ref="J100:P100"/>
     <mergeCell ref="C101:I101"/>
     <mergeCell ref="J101:P101"/>
     <mergeCell ref="C99:I99"/>
     <mergeCell ref="C102:I102"/>
     <mergeCell ref="J102:P102"/>
     <mergeCell ref="C103:I103"/>
     <mergeCell ref="J103:P103"/>
     <mergeCell ref="C104:I104"/>
     <mergeCell ref="J104:P104"/>
     <mergeCell ref="C105:I105"/>
     <mergeCell ref="J105:P105"/>
@@ -9198,161 +9353,174 @@
     <mergeCell ref="Q102:AD102"/>
     <mergeCell ref="AE102:AJ102"/>
     <mergeCell ref="Q116:AD116"/>
     <mergeCell ref="AE116:AJ116"/>
     <mergeCell ref="Q117:AD117"/>
     <mergeCell ref="AE117:AJ117"/>
     <mergeCell ref="Q109:AD109"/>
     <mergeCell ref="AE109:AJ109"/>
     <mergeCell ref="Q110:AD110"/>
     <mergeCell ref="AE110:AJ110"/>
     <mergeCell ref="Q120:AD120"/>
     <mergeCell ref="AE120:AJ120"/>
     <mergeCell ref="Q111:AD111"/>
     <mergeCell ref="AE111:AJ111"/>
     <mergeCell ref="Q112:AD112"/>
     <mergeCell ref="AE112:AJ112"/>
     <mergeCell ref="Q113:AD113"/>
     <mergeCell ref="AE113:AJ113"/>
     <mergeCell ref="Q114:AD114"/>
     <mergeCell ref="AE114:AJ114"/>
     <mergeCell ref="Q115:AD115"/>
     <mergeCell ref="AE115:AJ115"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <conditionalFormatting sqref="C19">
-    <cfRule type="expression" dxfId="20" priority="27">
+    <cfRule type="expression" dxfId="22" priority="29">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C21:C22">
+    <cfRule type="expression" dxfId="21" priority="28">
+      <formula>$J$11="AP：指定参加者"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C56 K56:M56 AI56:AK56">
+    <cfRule type="expression" dxfId="20" priority="12">
+      <formula>$J$11="AM：管理会社"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C58">
     <cfRule type="expression" dxfId="19" priority="26">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C58">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="C60">
-    <cfRule type="expression" dxfId="17" priority="23">
+    <cfRule type="expression" dxfId="18" priority="25">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C64:C65">
-    <cfRule type="expression" dxfId="16" priority="5">
+    <cfRule type="expression" dxfId="17" priority="7">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="C56:J56">
+    <cfRule type="expression" dxfId="16" priority="1">
+      <formula>$M$54="その他"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="C58:L58">
-    <cfRule type="expression" dxfId="15" priority="8">
+    <cfRule type="expression" dxfId="15" priority="10">
       <formula>$J$11="TB：信託銀行"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="14" priority="9">
-[...4 lines deleted...]
-    <cfRule type="expression" dxfId="13" priority="10">
+    <cfRule type="expression" dxfId="14" priority="11">
       <formula>$J$11="AM：管理会社"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C62:AK62">
-    <cfRule type="expression" dxfId="12" priority="18">
+    <cfRule type="expression" dxfId="13" priority="20">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J19:AD19">
-    <cfRule type="expression" dxfId="11" priority="25">
+    <cfRule type="expression" dxfId="12" priority="27">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M60:R60 U60:Z60 AC60:AH60">
-    <cfRule type="expression" dxfId="10" priority="16">
+    <cfRule type="expression" dxfId="11" priority="18">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="9" priority="20">
+    <cfRule type="expression" dxfId="10" priority="22">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M64:R64">
-    <cfRule type="expression" dxfId="8" priority="4">
+    <cfRule type="expression" dxfId="9" priority="6">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M66:R66">
-    <cfRule type="expression" dxfId="7" priority="3">
+    <cfRule type="expression" dxfId="8" priority="5">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="M56:AH56">
+    <cfRule type="expression" dxfId="7" priority="2">
+      <formula>$M$54="その他"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="M58:AH58">
-    <cfRule type="expression" dxfId="6" priority="6">
+    <cfRule type="expression" dxfId="6" priority="8">
       <formula>$J$11="TB：信託銀行"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="5" priority="7">
+    <cfRule type="expression" dxfId="5" priority="9">
       <formula>$J$11="AM：管理会社"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="4" priority="19">
+    <cfRule type="expression" dxfId="4" priority="21">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S64:AH64">
-    <cfRule type="expression" dxfId="3" priority="2">
+    <cfRule type="expression" dxfId="3" priority="4">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S66:AH66">
-    <cfRule type="expression" dxfId="2" priority="1">
+    <cfRule type="expression" dxfId="2" priority="3">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE70:AJ70">
-    <cfRule type="expression" dxfId="1" priority="15">
+    <cfRule type="expression" dxfId="1" priority="17">
       <formula>$J$19="自己"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE71:AJ120">
-    <cfRule type="expression" dxfId="0" priority="11">
+    <cfRule type="expression" dxfId="0" priority="13">
       <formula>$J$19="自己"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="5">
+  <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J11:AD11" xr:uid="{DBCA276F-38DF-495B-9E44-B6A9E5AA2872}">
-      <formula1>"AP：指定参加者,AM：管理会社,TB：信託銀行,MM：マーケットメイカー（取引参加者を除く）"</formula1>
+      <formula1>"AP：指定参加者,AM：管理会社,TB：信託銀行"</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J13:AD13 M60:R60 U60:Z60 AC60:AH60" xr:uid="{9B271A48-783B-4775-AB93-E3A4F25F9442}">
       <formula1>5</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M58" xr:uid="{B8923738-588B-48E0-9161-894CA1A34B5C}">
       <formula1>"あり,なし"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J19:AD19" xr:uid="{FB4B7F15-0E9B-411B-84C2-D03555982A3D}">
       <formula1>"自己,委託"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE71:AJ120" xr:uid="{145070EE-75C4-4C8E-8504-4D8562F502E3}">
       <formula1>"申込,承認"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M54:AH54" xr:uid="{C89D2527-AAF1-4680-9779-A9C4C9705665}">
+      <formula1>"本稼働（2026/6/29）以降,その他"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F40" r:id="rId1" xr:uid="{886ADC93-CB85-4EEB-9B15-7BF391D801D2}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.86614173228346458" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId3"/>
   </customProperties>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>35</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
@@ -9391,239 +9559,239 @@
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{797B9B08-6A1D-4BAC-96FD-594E1D994109}">
   <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="46"/>
     <col min="2" max="2" width="9.5546875" style="46" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.88671875" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="45" x14ac:dyDescent="0.2">
       <c r="A1" s="47" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B1" s="48" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1" s="47" t="s">
         <v>87</v>
       </c>
-      <c r="C1" s="47" t="s">
+      <c r="D1" s="47" t="s">
+        <v>111</v>
+      </c>
+      <c r="E1" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="F1" s="47" t="s">
         <v>88</v>
       </c>
-      <c r="D1" s="47" t="s">
+      <c r="G1" s="47" t="s">
         <v>113</v>
       </c>
-      <c r="E1" s="47" t="s">
+      <c r="H1" s="47" t="s">
         <v>114</v>
       </c>
-      <c r="F1" s="47" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="47" t="s">
+      <c r="I1" s="47" t="s">
         <v>115</v>
       </c>
-      <c r="H1" s="47" t="s">
+      <c r="J1" s="47" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="50"/>
-      <c r="B2" s="60">
+      <c r="B2" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="C2" s="49" t="str">
         <f>IF(G2="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="D2" s="49" t="str">
         <f>IF(G2="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="E2" s="49" t="str">
         <f>IF(G2="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="F2" s="49" t="str">
         <f>IF(G2="","",IF('UT-11'!J$19="","",IF(C2="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19)))</f>
         <v/>
       </c>
       <c r="G2" s="49" t="str">
         <f>IF('UT-11'!C25="","",'UT-11'!C25)</f>
         <v/>
       </c>
       <c r="H2" s="49" t="str">
         <f>IF('UT-11'!J25="","",'UT-11'!J25)</f>
         <v/>
       </c>
       <c r="I2" s="49" t="str">
         <f>IF('UT-11'!Q25="","",'UT-11'!Q25)</f>
         <v/>
       </c>
       <c r="J2" s="49" t="str">
         <f>IF('UT-11'!AA25="","",'UT-11'!AA25)</f>
         <v/>
       </c>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A3" s="50"/>
-      <c r="B3" s="60">
+      <c r="B3" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="C3" s="49" t="str">
         <f>IF(G3="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="D3" s="49" t="str">
         <f>IF(G3="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="E3" s="49" t="str">
         <f>IF(G3="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="F3" s="49" t="str">
         <f>IF(G3="","",IF('UT-11'!J$19="","",IF(C3="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19)))</f>
         <v/>
       </c>
       <c r="G3" s="49" t="str">
         <f>IF('UT-11'!C26="","",'UT-11'!C26)</f>
         <v/>
       </c>
       <c r="H3" s="49" t="str">
         <f>IF('UT-11'!J26="","",'UT-11'!J26)</f>
         <v/>
       </c>
       <c r="I3" s="49" t="str">
         <f>IF('UT-11'!Q26="","",'UT-11'!Q26)</f>
         <v/>
       </c>
       <c r="J3" s="49" t="str">
         <f>IF('UT-11'!AA26="","",'UT-11'!AA26)</f>
         <v/>
       </c>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A4" s="50"/>
-      <c r="B4" s="60">
+      <c r="B4" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="C4" s="49" t="str">
         <f>IF(G4="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="D4" s="49" t="str">
         <f>IF(G4="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="E4" s="49" t="str">
         <f>IF(G4="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="F4" s="49" t="str">
         <f>IF(G4="","",IF('UT-11'!J$19="","",IF(C4="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19)))</f>
         <v/>
       </c>
       <c r="G4" s="49" t="str">
         <f>IF('UT-11'!C27="","",'UT-11'!C27)</f>
         <v/>
       </c>
       <c r="H4" s="49" t="str">
         <f>IF('UT-11'!J27="","",'UT-11'!J27)</f>
         <v/>
       </c>
       <c r="I4" s="49" t="str">
         <f>IF('UT-11'!Q27="","",'UT-11'!Q27)</f>
         <v/>
       </c>
       <c r="J4" s="49" t="str">
         <f>IF('UT-11'!AA27="","",'UT-11'!AA27)</f>
         <v/>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A5" s="50"/>
-      <c r="B5" s="60">
+      <c r="B5" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="C5" s="49" t="str">
         <f>IF(G5="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="D5" s="49" t="str">
         <f>IF(G5="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="E5" s="49" t="str">
         <f>IF(G5="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="F5" s="49" t="str">
         <f>IF(G5="","",IF('UT-11'!J$19="","",IF(C5="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19)))</f>
         <v/>
       </c>
       <c r="G5" s="49" t="str">
         <f>IF('UT-11'!C28="","",'UT-11'!C28)</f>
         <v/>
       </c>
       <c r="H5" s="49" t="str">
         <f>IF('UT-11'!J28="","",'UT-11'!J28)</f>
         <v/>
       </c>
       <c r="I5" s="49" t="str">
         <f>IF('UT-11'!Q28="","",'UT-11'!Q28)</f>
         <v/>
       </c>
       <c r="J5" s="49" t="str">
         <f>IF('UT-11'!AA28="","",'UT-11'!AA28)</f>
         <v/>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="50"/>
-      <c r="B6" s="60">
+      <c r="B6" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="C6" s="49" t="str">
         <f>IF(G6="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="D6" s="49" t="str">
         <f>IF(G6="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="E6" s="49" t="str">
         <f>IF(G6="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="F6" s="49" t="str">
         <f>IF(G6="","",IF('UT-11'!J$19="","",IF(C6="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19)))</f>
         <v/>
       </c>
       <c r="G6" s="49" t="str">
         <f>IF('UT-11'!C29="","",'UT-11'!C29)</f>
         <v/>
       </c>
       <c r="H6" s="49" t="str">
         <f>IF('UT-11'!J29="","",'UT-11'!J29)</f>
@@ -9658,323 +9826,363 @@
       <c r="G7" s="46" t="str">
         <f>IF('UT-11'!C30="","",'UT-11'!C30)</f>
         <v/>
       </c>
       <c r="H7" s="46" t="str">
         <f>IF('UT-11'!J30="","",'UT-11'!J30)</f>
         <v/>
       </c>
       <c r="I7" s="46" t="str">
         <f>IF('UT-11'!Q30="","",'UT-11'!Q30)</f>
         <v/>
       </c>
       <c r="J7" s="46" t="str">
         <f>IF('UT-11'!AA30="","",'UT-11'!AA30)</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E5BFC37-76E0-40AB-ACEC-48A02A6C39EF}">
-  <dimension ref="A1:L24"/>
+  <dimension ref="A1:T24"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H3" sqref="H3"/>
+    <sheetView topLeftCell="D1" workbookViewId="0">
+      <selection activeCell="Q2" sqref="Q2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <sheetData>
-    <row r="1" spans="1:12" s="38" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:20" s="38" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A1" s="42" t="s">
+        <v>95</v>
+      </c>
+      <c r="B1" s="42" t="s">
         <v>96</v>
       </c>
-      <c r="B1" s="42" t="s">
+      <c r="C1" s="42" t="s">
         <v>97</v>
       </c>
-      <c r="C1" s="42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="E1" s="43" t="s">
+        <v>118</v>
+      </c>
+      <c r="F1" s="43" t="s">
         <v>119</v>
       </c>
-      <c r="E1" s="43" t="s">
+      <c r="G1" s="44" t="s">
         <v>120</v>
       </c>
-      <c r="F1" s="43" t="s">
+      <c r="H1" s="43" t="s">
         <v>121</v>
       </c>
-      <c r="G1" s="44" t="s">
+      <c r="I1" s="43" t="s">
         <v>122</v>
       </c>
-      <c r="H1" s="43" t="s">
+      <c r="J1" s="43" t="s">
         <v>123</v>
       </c>
-      <c r="I1" s="43" t="s">
+      <c r="K1" s="43" t="s">
         <v>124</v>
       </c>
-      <c r="J1" s="43" t="s">
+      <c r="L1" s="43" t="s">
         <v>125</v>
       </c>
-      <c r="K1" s="43" t="s">
-[...7 lines deleted...]
-      <c r="A2" s="60">
+      <c r="M1" s="61" t="s">
+        <v>134</v>
+      </c>
+      <c r="N1" s="61" t="s">
+        <v>135</v>
+      </c>
+      <c r="O1" s="61" t="s">
+        <v>136</v>
+      </c>
+      <c r="P1" s="61" t="s">
+        <v>137</v>
+      </c>
+      <c r="Q1" s="61" t="s">
+        <v>138</v>
+      </c>
+      <c r="R1" s="61" t="s">
+        <v>139</v>
+      </c>
+      <c r="S1" s="62" t="s">
+        <v>140</v>
+      </c>
+      <c r="T1" s="62" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="2" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A2" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B2" s="53" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" s="53" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D2" s="53"/>
       <c r="E2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F2" s="52">
         <f>'UT-11'!J13</f>
         <v>0</v>
       </c>
       <c r="G2" s="52">
         <f>'UT-11'!J11</f>
         <v>0</v>
       </c>
-      <c r="H2" s="55">
+      <c r="H2">
         <f>IF(G2="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19)</f>
         <v>0</v>
       </c>
       <c r="I2" s="52">
         <f>'UT-11'!J17</f>
         <v>0</v>
       </c>
       <c r="J2" s="52">
         <f>'UT-11'!M$52</f>
         <v>0</v>
       </c>
       <c r="K2" s="52">
         <f>'UT-11'!S$64</f>
         <v>0</v>
       </c>
       <c r="L2" s="54">
         <f>'UT-11'!S$66</f>
         <v>0</v>
       </c>
-    </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="O2" s="52">
+        <f>'UT-11'!M58</f>
+        <v>0</v>
+      </c>
+      <c r="P2" s="52">
+        <f>'UT-11'!M60</f>
+        <v>0</v>
+      </c>
+      <c r="Q2" s="52">
+        <f>'UT-11'!U60</f>
+        <v>0</v>
+      </c>
+      <c r="R2" s="52">
+        <f>'UT-11'!AC60</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A3" s="46"/>
       <c r="B3" s="46"/>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="46"/>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A4" s="46"/>
       <c r="B4" s="46"/>
       <c r="C4" s="46"/>
       <c r="D4" s="46"/>
       <c r="E4" s="46"/>
       <c r="F4" s="46"/>
       <c r="G4" s="46"/>
       <c r="H4" s="46"/>
       <c r="I4" s="46"/>
       <c r="J4" s="46"/>
       <c r="K4" s="46"/>
       <c r="L4" s="46"/>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A5" s="46"/>
       <c r="B5" s="46"/>
       <c r="C5" s="46"/>
       <c r="D5" s="46"/>
       <c r="E5" s="46"/>
       <c r="F5" s="46"/>
       <c r="G5" s="46"/>
       <c r="H5" s="46"/>
       <c r="I5" s="46"/>
       <c r="J5" s="46"/>
       <c r="K5" s="46"/>
       <c r="L5" s="46"/>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A6" s="46"/>
       <c r="B6" s="46"/>
       <c r="C6" s="46"/>
       <c r="D6" s="46"/>
       <c r="E6" s="46"/>
       <c r="F6" s="46"/>
       <c r="G6" s="46"/>
       <c r="H6" s="46"/>
       <c r="I6" s="46"/>
       <c r="J6" s="46"/>
       <c r="K6" s="46"/>
       <c r="L6" s="46"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A7" s="46"/>
       <c r="B7" s="46"/>
       <c r="C7" s="46"/>
       <c r="D7" s="46"/>
       <c r="E7" s="46"/>
       <c r="F7" s="46"/>
       <c r="G7" s="46"/>
       <c r="H7" s="46"/>
       <c r="I7" s="46"/>
       <c r="J7" s="46"/>
       <c r="K7" s="46"/>
       <c r="L7" s="46"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A8" s="46"/>
       <c r="B8" s="46"/>
       <c r="C8" s="46"/>
       <c r="D8" s="46"/>
       <c r="E8" s="46"/>
       <c r="F8" s="46"/>
       <c r="G8" s="46"/>
       <c r="H8" s="46"/>
       <c r="I8" s="46"/>
       <c r="J8" s="46"/>
       <c r="K8" s="46"/>
       <c r="L8" s="46"/>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A9" s="46"/>
       <c r="B9" s="46"/>
       <c r="C9" s="46"/>
       <c r="D9" s="46"/>
       <c r="E9" s="46"/>
       <c r="F9" s="46"/>
       <c r="G9" s="46"/>
       <c r="H9" s="46"/>
       <c r="I9" s="46"/>
       <c r="J9" s="46"/>
       <c r="K9" s="46"/>
       <c r="L9" s="46"/>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A10" s="46"/>
       <c r="B10" s="46"/>
       <c r="C10" s="46"/>
       <c r="D10" s="46"/>
       <c r="E10" s="46"/>
       <c r="F10" s="46"/>
       <c r="G10" s="46"/>
       <c r="H10" s="46"/>
       <c r="I10" s="46"/>
       <c r="J10" s="46"/>
       <c r="K10" s="46"/>
       <c r="L10" s="46"/>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A11" s="46"/>
       <c r="B11" s="46"/>
       <c r="C11" s="46"/>
       <c r="D11" s="46"/>
       <c r="E11" s="46"/>
       <c r="F11" s="46"/>
       <c r="G11" s="46"/>
       <c r="H11" s="46"/>
       <c r="I11" s="46"/>
       <c r="J11" s="46"/>
       <c r="K11" s="46"/>
       <c r="L11" s="46"/>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A12" s="46"/>
       <c r="B12" s="46"/>
       <c r="C12" s="46"/>
       <c r="D12" s="46"/>
       <c r="E12" s="46"/>
       <c r="F12" s="46"/>
       <c r="G12" s="46"/>
       <c r="H12" s="46"/>
       <c r="I12" s="46"/>
       <c r="J12" s="46"/>
       <c r="K12" s="46"/>
       <c r="L12" s="46"/>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A13" s="46"/>
       <c r="B13" s="46"/>
       <c r="C13" s="46"/>
       <c r="D13" s="46"/>
       <c r="E13" s="46"/>
       <c r="F13" s="46"/>
       <c r="G13" s="46"/>
       <c r="H13" s="46"/>
       <c r="I13" s="46"/>
       <c r="J13" s="46"/>
       <c r="K13" s="46"/>
       <c r="L13" s="46"/>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A14" s="46"/>
       <c r="B14" s="46"/>
       <c r="C14" s="46"/>
       <c r="D14" s="46"/>
       <c r="E14" s="46"/>
       <c r="F14" s="46"/>
       <c r="G14" s="46"/>
       <c r="H14" s="46"/>
       <c r="I14" s="46"/>
       <c r="J14" s="46"/>
       <c r="K14" s="46"/>
       <c r="L14" s="46"/>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A15" s="46"/>
       <c r="B15" s="46"/>
       <c r="C15" s="46"/>
       <c r="D15" s="46"/>
       <c r="E15" s="46"/>
       <c r="F15" s="46"/>
       <c r="G15" s="46"/>
       <c r="H15" s="46"/>
       <c r="I15" s="46"/>
       <c r="J15" s="46"/>
       <c r="K15" s="46"/>
       <c r="L15" s="46"/>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A16" s="46"/>
       <c r="B16" s="46"/>
       <c r="C16" s="46"/>
       <c r="D16" s="46"/>
       <c r="E16" s="46"/>
       <c r="F16" s="46"/>
       <c r="G16" s="46"/>
       <c r="H16" s="46"/>
       <c r="I16" s="46"/>
       <c r="J16" s="46"/>
       <c r="K16" s="46"/>
       <c r="L16" s="46"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="46"/>
       <c r="B17" s="46"/>
       <c r="C17" s="46"/>
       <c r="D17" s="46"/>
       <c r="E17" s="46"/>
       <c r="F17" s="46"/>
       <c r="G17" s="46"/>
       <c r="H17" s="46"/>
       <c r="I17" s="46"/>
       <c r="J17" s="46"/>
       <c r="K17" s="46"/>
@@ -10068,4369 +10276,4369 @@
       <c r="A24" s="49"/>
       <c r="B24" s="49"/>
       <c r="C24" s="49"/>
       <c r="D24" s="49"/>
       <c r="E24" s="49"/>
       <c r="F24" s="49"/>
       <c r="G24" s="49"/>
       <c r="H24" s="49"/>
       <c r="I24" s="49"/>
       <c r="J24" s="49"/>
       <c r="K24" s="49"/>
       <c r="L24" s="49"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{718560F4-FCC3-43EF-89BB-11F779D988FD}">
   <dimension ref="A1:V52"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="K2" sqref="K2"/>
+      <selection activeCell="L3" sqref="L3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.5546875" bestFit="1" customWidth="1"/>
     <col min="23" max="25" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="60" x14ac:dyDescent="0.2">
       <c r="A1" s="42" t="s">
+        <v>95</v>
+      </c>
+      <c r="B1" s="42" t="s">
         <v>96</v>
       </c>
-      <c r="B1" s="42" t="s">
+      <c r="C1" s="42" t="s">
         <v>97</v>
       </c>
-      <c r="C1" s="42" t="s">
+      <c r="D1" s="43" t="s">
         <v>98</v>
       </c>
-      <c r="D1" s="43" t="s">
+      <c r="E1" s="43" t="s">
+        <v>85</v>
+      </c>
+      <c r="F1" s="44" t="s">
+        <v>86</v>
+      </c>
+      <c r="G1" s="43" t="s">
+        <v>87</v>
+      </c>
+      <c r="H1" s="43" t="s">
         <v>99</v>
       </c>
-      <c r="E1" s="43" t="s">
-[...5 lines deleted...]
-      <c r="G1" s="43" t="s">
+      <c r="I1" s="43" t="s">
+        <v>100</v>
+      </c>
+      <c r="J1" s="43" t="s">
+        <v>101</v>
+      </c>
+      <c r="K1" s="43" t="s">
         <v>88</v>
       </c>
-      <c r="H1" s="43" t="s">
-[...5 lines deleted...]
-      <c r="J1" s="43" t="s">
+      <c r="L1" s="43" t="s">
+        <v>89</v>
+      </c>
+      <c r="M1" s="43" t="s">
         <v>102</v>
       </c>
-      <c r="K1" s="43" t="s">
-[...2 lines deleted...]
-      <c r="L1" s="43" t="s">
+      <c r="N1" s="43" t="s">
+        <v>103</v>
+      </c>
+      <c r="O1" s="43" t="s">
+        <v>104</v>
+      </c>
+      <c r="P1" s="43" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q1" s="43" t="s">
+        <v>106</v>
+      </c>
+      <c r="R1" s="43" t="s">
+        <v>107</v>
+      </c>
+      <c r="S1" s="43" t="s">
         <v>90</v>
       </c>
-      <c r="M1" s="43" t="s">
-[...17 lines deleted...]
-      <c r="S1" s="43" t="s">
+      <c r="T1" s="43" t="s">
         <v>91</v>
       </c>
-      <c r="T1" s="43" t="s">
+      <c r="U1" s="43" t="s">
         <v>92</v>
       </c>
-      <c r="U1" s="43" t="s">
+      <c r="V1" s="43" t="s">
         <v>93</v>
       </c>
-      <c r="V1" s="43" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A2" s="60">
+      <c r="A2" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D2" s="45"/>
       <c r="E2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F2" s="51">
         <f>'UT-11'!AA$6</f>
         <v>0</v>
       </c>
       <c r="G2" s="52">
         <f>'UT-11'!J$11</f>
         <v>0</v>
       </c>
       <c r="H2" s="52">
         <f>'UT-11'!J$13</f>
         <v>0</v>
       </c>
       <c r="I2" s="52">
         <f>'UT-11'!J$17</f>
         <v>0</v>
       </c>
-      <c r="J2" s="55">
+      <c r="J2">
         <f>'UT-11'!M$52</f>
         <v>0</v>
       </c>
       <c r="K2" t="str">
         <f>IF('UT-11'!J$19="","",IF(G2="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L2" s="52">
-        <f>'UT-11'!M$54</f>
+      <c r="L2">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
         <v>0</v>
       </c>
       <c r="M2" s="52">
         <f>'UT-11'!M$58</f>
         <v>0</v>
       </c>
       <c r="N2" t="str">
         <f>IF('UT-11'!M$60="","",'UT-11'!M$60)</f>
         <v/>
       </c>
       <c r="O2" t="str">
         <f>IF('UT-11'!U$60="","",'UT-11'!U$60)</f>
         <v/>
       </c>
       <c r="P2" t="str">
         <f>IF('UT-11'!AC$60="","",'UT-11'!AC$60)</f>
         <v/>
       </c>
       <c r="Q2" t="str">
         <f>IF('UT-11'!S$64="","",'UT-11'!S$64)</f>
         <v/>
       </c>
       <c r="R2" t="str">
         <f>IF('UT-11'!S$66="","",'UT-11'!S$66)</f>
         <v/>
       </c>
       <c r="S2" t="str">
         <f>IF('UT-11'!C71="","",'UT-11'!C71)</f>
         <v/>
       </c>
       <c r="T2" t="str">
         <f>IF('UT-11'!J71="","",'UT-11'!J71)</f>
         <v/>
       </c>
       <c r="U2" t="str">
         <f>IF('UT-11'!Q71="","",'UT-11'!Q71)</f>
         <v/>
       </c>
       <c r="V2" t="str">
         <f>IF('UT-11'!AE71="","",'UT-11'!AE71)</f>
         <v/>
       </c>
     </row>
     <row r="3" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A3" s="60">
+      <c r="A3" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D3" s="45"/>
       <c r="E3" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F3" t="str">
         <f>IF(S3="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G3" t="str">
         <f>IF(S3="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H3" t="str">
         <f>IF(S3="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I3" t="str">
         <f>IF(S3="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J3" t="str">
         <f>IF(S3="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K3" t="str">
         <f>IF('UT-11'!J$19="","",IF(G3="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L3" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L3">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M3" t="str">
         <f>IF(S3="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N3" t="str">
         <f>IF(S3="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O3" t="str">
         <f>IF(S3="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P3" t="str">
         <f>IF(S3="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q3" t="str">
         <f>IF(S3="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R3" t="str">
         <f>IF(S3="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S3" t="str">
         <f>IF('UT-11'!C72="","",'UT-11'!C72)</f>
         <v/>
       </c>
       <c r="T3" t="str">
         <f>IF('UT-11'!J72="","",'UT-11'!J72)</f>
         <v/>
       </c>
       <c r="U3" t="str">
         <f>IF('UT-11'!Q72="","",'UT-11'!Q72)</f>
         <v/>
       </c>
       <c r="V3" t="str">
         <f>IF('UT-11'!AE72="","",'UT-11'!AE72)</f>
         <v/>
       </c>
     </row>
     <row r="4" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A4" s="60">
+      <c r="A4" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C4" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F4" t="str">
         <f>IF(S4="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G4" t="str">
         <f>IF(S4="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H4" t="str">
         <f>IF(S4="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I4" t="str">
         <f>IF(S4="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J4" t="str">
         <f>IF(S4="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K4" t="str">
         <f>IF('UT-11'!J$19="","",IF(G4="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L4" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L4">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M4" t="str">
         <f>IF(S4="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N4" t="str">
         <f>IF(S4="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O4" t="str">
         <f>IF(S4="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P4" t="str">
         <f>IF(S4="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q4" t="str">
         <f>IF(S4="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R4" t="str">
         <f>IF(S4="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S4" t="str">
         <f>IF('UT-11'!C73="","",'UT-11'!C73)</f>
         <v/>
       </c>
       <c r="T4" t="str">
         <f>IF('UT-11'!J73="","",'UT-11'!J73)</f>
         <v/>
       </c>
       <c r="U4" t="str">
         <f>IF('UT-11'!Q73="","",'UT-11'!Q73)</f>
         <v/>
       </c>
       <c r="V4" t="str">
         <f>IF('UT-11'!AE73="","",'UT-11'!AE73)</f>
         <v/>
       </c>
     </row>
     <row r="5" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A5" s="60">
+      <c r="A5" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D5" s="45"/>
       <c r="E5" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F5" t="str">
         <f>IF(S5="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G5" t="str">
         <f>IF(S5="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H5" t="str">
         <f>IF(S5="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I5" t="str">
         <f>IF(S5="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J5" t="str">
         <f>IF(S5="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K5" t="str">
         <f>IF('UT-11'!J$19="","",IF(G5="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L5" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L5">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M5" t="str">
         <f>IF(S5="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N5" t="str">
         <f>IF(S5="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O5" t="str">
         <f>IF(S5="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P5" t="str">
         <f>IF(S5="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q5" t="str">
         <f>IF(S5="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R5" t="str">
         <f>IF(S5="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S5" t="str">
         <f>IF('UT-11'!C74="","",'UT-11'!C74)</f>
         <v/>
       </c>
       <c r="T5" t="str">
         <f>IF('UT-11'!J74="","",'UT-11'!J74)</f>
         <v/>
       </c>
       <c r="U5" t="str">
         <f>IF('UT-11'!Q74="","",'UT-11'!Q74)</f>
         <v/>
       </c>
       <c r="V5" t="str">
         <f>IF('UT-11'!AE74="","",'UT-11'!AE74)</f>
         <v/>
       </c>
     </row>
     <row r="6" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A6" s="60">
+      <c r="A6" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D6" s="45"/>
       <c r="E6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F6" t="str">
         <f>IF(S6="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G6" t="str">
         <f>IF(S6="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H6" t="str">
         <f>IF(S6="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I6" t="str">
         <f>IF(S6="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J6" t="str">
         <f>IF(S6="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K6" t="str">
         <f>IF('UT-11'!J$19="","",IF(G6="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L6" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L6">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M6" t="str">
         <f>IF(S6="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N6" t="str">
         <f>IF(S6="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O6" t="str">
         <f>IF(S6="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P6" t="str">
         <f>IF(S6="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q6" t="str">
         <f>IF(S6="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R6" t="str">
         <f>IF(S6="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S6" t="str">
         <f>IF('UT-11'!C75="","",'UT-11'!C75)</f>
         <v/>
       </c>
       <c r="T6" t="str">
         <f>IF('UT-11'!J75="","",'UT-11'!J75)</f>
         <v/>
       </c>
       <c r="U6" t="str">
         <f>IF('UT-11'!Q75="","",'UT-11'!Q75)</f>
         <v/>
       </c>
       <c r="V6" t="str">
         <f>IF('UT-11'!AE75="","",'UT-11'!AE75)</f>
         <v/>
       </c>
     </row>
     <row r="7" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A7" s="60">
+      <c r="A7" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="C7" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D7" s="45"/>
       <c r="E7" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F7" t="str">
         <f>IF(S7="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G7" t="str">
         <f>IF(S7="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H7" t="str">
         <f>IF(S7="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I7" t="str">
         <f>IF(S7="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J7" t="str">
         <f>IF(S7="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K7" t="str">
         <f>IF('UT-11'!J$19="","",IF(G7="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L7" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L7">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M7" t="str">
         <f>IF(S7="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N7" t="str">
         <f>IF(S7="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O7" t="str">
         <f>IF(S7="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P7" t="str">
         <f>IF(S7="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q7" t="str">
         <f>IF(S7="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R7" t="str">
         <f>IF(S7="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S7" t="str">
         <f>IF('UT-11'!C76="","",'UT-11'!C76)</f>
         <v/>
       </c>
       <c r="T7" t="str">
         <f>IF('UT-11'!J76="","",'UT-11'!J76)</f>
         <v/>
       </c>
       <c r="U7" t="str">
         <f>IF('UT-11'!Q76="","",'UT-11'!Q76)</f>
         <v/>
       </c>
       <c r="V7" t="str">
         <f>IF('UT-11'!AE76="","",'UT-11'!AE76)</f>
         <v/>
       </c>
     </row>
     <row r="8" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A8" s="60">
+      <c r="A8" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C8" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D8" s="45"/>
       <c r="E8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F8" t="str">
         <f>IF(S8="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G8" t="str">
         <f>IF(S8="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H8" t="str">
         <f>IF(S8="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I8" t="str">
         <f>IF(S8="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J8" t="str">
         <f>IF(S8="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K8" t="str">
         <f>IF('UT-11'!J$19="","",IF(G8="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L8" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L8">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M8" t="str">
         <f>IF(S8="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N8" t="str">
         <f>IF(S8="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O8" t="str">
         <f>IF(S8="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P8" t="str">
         <f>IF(S8="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q8" t="str">
         <f>IF(S8="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R8" t="str">
         <f>IF(S8="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S8" t="str">
         <f>IF('UT-11'!C77="","",'UT-11'!C77)</f>
         <v/>
       </c>
       <c r="T8" t="str">
         <f>IF('UT-11'!J77="","",'UT-11'!J77)</f>
         <v/>
       </c>
       <c r="U8" t="str">
         <f>IF('UT-11'!Q77="","",'UT-11'!Q77)</f>
         <v/>
       </c>
       <c r="V8" t="str">
         <f>IF('UT-11'!AE77="","",'UT-11'!AE77)</f>
         <v/>
       </c>
     </row>
     <row r="9" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A9" s="60">
+      <c r="A9" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B9" t="s">
+        <v>108</v>
+      </c>
+      <c r="C9" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D9" s="45"/>
       <c r="E9" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F9" t="str">
         <f>IF(S9="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G9" t="str">
         <f>IF(S9="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H9" t="str">
         <f>IF(S9="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I9" t="str">
         <f>IF(S9="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J9" t="str">
         <f>IF(S9="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K9" t="str">
         <f>IF('UT-11'!J$19="","",IF(G9="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L9" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L9">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M9" t="str">
         <f>IF(S9="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N9" t="str">
         <f>IF(S9="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O9" t="str">
         <f>IF(S9="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P9" t="str">
         <f>IF(S9="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q9" t="str">
         <f>IF(S9="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R9" t="str">
         <f>IF(S9="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S9" t="str">
         <f>IF('UT-11'!C78="","",'UT-11'!C78)</f>
         <v/>
       </c>
       <c r="T9" t="str">
         <f>IF('UT-11'!J78="","",'UT-11'!J78)</f>
         <v/>
       </c>
       <c r="U9" t="str">
         <f>IF('UT-11'!Q78="","",'UT-11'!Q78)</f>
         <v/>
       </c>
       <c r="V9" t="str">
         <f>IF('UT-11'!AE78="","",'UT-11'!AE78)</f>
         <v/>
       </c>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A10" s="60">
+      <c r="A10" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C10" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D10" s="45"/>
       <c r="E10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F10" t="str">
         <f>IF(S10="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G10" t="str">
         <f>IF(S10="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H10" t="str">
         <f>IF(S10="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I10" t="str">
         <f>IF(S10="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J10" t="str">
         <f>IF(S10="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K10" t="str">
         <f>IF('UT-11'!J$19="","",IF(G10="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L10" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L10">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M10" t="str">
         <f>IF(S10="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N10" t="str">
         <f>IF(S10="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O10" t="str">
         <f>IF(S10="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P10" t="str">
         <f>IF(S10="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q10" t="str">
         <f>IF(S10="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R10" t="str">
         <f>IF(S10="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S10" t="str">
         <f>IF('UT-11'!C79="","",'UT-11'!C79)</f>
         <v/>
       </c>
       <c r="T10" t="str">
         <f>IF('UT-11'!J79="","",'UT-11'!J79)</f>
         <v/>
       </c>
       <c r="U10" t="str">
         <f>IF('UT-11'!Q79="","",'UT-11'!Q79)</f>
         <v/>
       </c>
       <c r="V10" t="str">
         <f>IF('UT-11'!AE79="","",'UT-11'!AE79)</f>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A11" s="60">
+      <c r="A11" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B11" t="s">
+        <v>108</v>
+      </c>
+      <c r="C11" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D11" s="45"/>
       <c r="E11" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F11" t="str">
         <f>IF(S11="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G11" t="str">
         <f>IF(S11="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H11" t="str">
         <f>IF(S11="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I11" t="str">
         <f>IF(S11="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J11" t="str">
         <f>IF(S11="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K11" t="str">
         <f>IF('UT-11'!J$19="","",IF(G11="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L11" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L11">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M11" t="str">
         <f>IF(S11="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N11" t="str">
         <f>IF(S11="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O11" t="str">
         <f>IF(S11="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P11" t="str">
         <f>IF(S11="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q11" t="str">
         <f>IF(S11="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R11" t="str">
         <f>IF(S11="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S11" t="str">
         <f>IF('UT-11'!C80="","",'UT-11'!C80)</f>
         <v/>
       </c>
       <c r="T11" t="str">
         <f>IF('UT-11'!J80="","",'UT-11'!J80)</f>
         <v/>
       </c>
       <c r="U11" t="str">
         <f>IF('UT-11'!Q80="","",'UT-11'!Q80)</f>
         <v/>
       </c>
       <c r="V11" t="str">
         <f>IF('UT-11'!AE80="","",'UT-11'!AE80)</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A12" s="60">
+      <c r="A12" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D12" s="45"/>
       <c r="E12" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F12" t="str">
         <f>IF(S12="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G12" t="str">
         <f>IF(S12="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H12" t="str">
         <f>IF(S12="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I12" t="str">
         <f>IF(S12="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J12" t="str">
         <f>IF(S12="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K12" t="str">
         <f>IF('UT-11'!J$19="","",IF(G12="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L12" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L12">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M12" t="str">
         <f>IF(S12="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N12" t="str">
         <f>IF(S12="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O12" t="str">
         <f>IF(S12="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P12" t="str">
         <f>IF(S12="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q12" t="str">
         <f>IF(S12="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R12" t="str">
         <f>IF(S12="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S12" t="str">
         <f>IF('UT-11'!C81="","",'UT-11'!C81)</f>
         <v/>
       </c>
       <c r="T12" t="str">
         <f>IF('UT-11'!J81="","",'UT-11'!J81)</f>
         <v/>
       </c>
       <c r="U12" t="str">
         <f>IF('UT-11'!Q81="","",'UT-11'!Q81)</f>
         <v/>
       </c>
       <c r="V12" t="str">
         <f>IF('UT-11'!AE81="","",'UT-11'!AE81)</f>
         <v/>
       </c>
     </row>
     <row r="13" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A13" s="60">
+      <c r="A13" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D13" s="45"/>
       <c r="E13" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F13" t="str">
         <f>IF(S13="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G13" t="str">
         <f>IF(S13="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H13" t="str">
         <f>IF(S13="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I13" t="str">
         <f>IF(S13="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J13" t="str">
         <f>IF(S13="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K13" t="str">
         <f>IF('UT-11'!J$19="","",IF(G13="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L13" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L13">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M13" t="str">
         <f>IF(S13="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N13" t="str">
         <f>IF(S13="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O13" t="str">
         <f>IF(S13="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P13" t="str">
         <f>IF(S13="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q13" t="str">
         <f>IF(S13="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R13" t="str">
         <f>IF(S13="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S13" t="str">
         <f>IF('UT-11'!C82="","",'UT-11'!C82)</f>
         <v/>
       </c>
       <c r="T13" t="str">
         <f>IF('UT-11'!J82="","",'UT-11'!J82)</f>
         <v/>
       </c>
       <c r="U13" t="str">
         <f>IF('UT-11'!Q82="","",'UT-11'!Q82)</f>
         <v/>
       </c>
       <c r="V13" t="str">
         <f>IF('UT-11'!AE82="","",'UT-11'!AE82)</f>
         <v/>
       </c>
     </row>
     <row r="14" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A14" s="60">
+      <c r="A14" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D14" s="45"/>
       <c r="E14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F14" t="str">
         <f>IF(S14="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G14" t="str">
         <f>IF(S14="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H14" t="str">
         <f>IF(S14="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I14" t="str">
         <f>IF(S14="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J14" t="str">
         <f>IF(S14="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K14" t="str">
         <f>IF('UT-11'!J$19="","",IF(G14="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L14" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L14">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M14" t="str">
         <f>IF(S14="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N14" t="str">
         <f>IF(S14="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O14" t="str">
         <f>IF(S14="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P14" t="str">
         <f>IF(S14="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q14" t="str">
         <f>IF(S14="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R14" t="str">
         <f>IF(S14="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S14" t="str">
         <f>IF('UT-11'!C83="","",'UT-11'!C83)</f>
         <v/>
       </c>
       <c r="T14" t="str">
         <f>IF('UT-11'!J83="","",'UT-11'!J83)</f>
         <v/>
       </c>
       <c r="U14" t="str">
         <f>IF('UT-11'!Q83="","",'UT-11'!Q83)</f>
         <v/>
       </c>
       <c r="V14" t="str">
         <f>IF('UT-11'!AE83="","",'UT-11'!AE83)</f>
         <v/>
       </c>
     </row>
     <row r="15" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A15" s="60">
+      <c r="A15" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D15" s="45"/>
       <c r="E15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F15" t="str">
         <f>IF(S15="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G15" t="str">
         <f>IF(S15="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H15" t="str">
         <f>IF(S15="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I15" t="str">
         <f>IF(S15="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J15" t="str">
         <f>IF(S15="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K15" t="str">
         <f>IF('UT-11'!J$19="","",IF(G15="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L15" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L15">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M15" t="str">
         <f>IF(S15="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N15" t="str">
         <f>IF(S15="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O15" t="str">
         <f>IF(S15="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P15" t="str">
         <f>IF(S15="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q15" t="str">
         <f>IF(S15="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R15" t="str">
         <f>IF(S15="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S15" t="str">
         <f>IF('UT-11'!C84="","",'UT-11'!C84)</f>
         <v/>
       </c>
       <c r="T15" t="str">
         <f>IF('UT-11'!J84="","",'UT-11'!J84)</f>
         <v/>
       </c>
       <c r="U15" t="str">
         <f>IF('UT-11'!Q84="","",'UT-11'!Q84)</f>
         <v/>
       </c>
       <c r="V15" t="str">
         <f>IF('UT-11'!AE84="","",'UT-11'!AE84)</f>
         <v/>
       </c>
     </row>
     <row r="16" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A16" s="60">
+      <c r="A16" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D16" s="45"/>
       <c r="E16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F16" t="str">
         <f>IF(S16="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G16" t="str">
         <f>IF(S16="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H16" t="str">
         <f>IF(S16="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I16" t="str">
         <f>IF(S16="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J16" t="str">
         <f>IF(S16="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K16" t="str">
         <f>IF('UT-11'!J$19="","",IF(G16="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L16" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L16">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M16" t="str">
         <f>IF(S16="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N16" t="str">
         <f>IF(S16="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O16" t="str">
         <f>IF(S16="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P16" t="str">
         <f>IF(S16="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q16" t="str">
         <f>IF(S16="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R16" t="str">
         <f>IF(S16="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S16" t="str">
         <f>IF('UT-11'!C85="","",'UT-11'!C85)</f>
         <v/>
       </c>
       <c r="T16" t="str">
         <f>IF('UT-11'!J85="","",'UT-11'!J85)</f>
         <v/>
       </c>
       <c r="U16" t="str">
         <f>IF('UT-11'!Q85="","",'UT-11'!Q85)</f>
         <v/>
       </c>
       <c r="V16" t="str">
         <f>IF('UT-11'!AE85="","",'UT-11'!AE85)</f>
         <v/>
       </c>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A17" s="60">
+      <c r="A17" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D17" s="45"/>
       <c r="E17" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F17" t="str">
         <f>IF(S17="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G17" t="str">
         <f>IF(S17="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H17" t="str">
         <f>IF(S17="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I17" t="str">
         <f>IF(S17="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J17" t="str">
         <f>IF(S17="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K17" t="str">
         <f>IF('UT-11'!J$19="","",IF(G17="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L17" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L17">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M17" t="str">
         <f>IF(S17="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N17" t="str">
         <f>IF(S17="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O17" t="str">
         <f>IF(S17="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P17" t="str">
         <f>IF(S17="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q17" t="str">
         <f>IF(S17="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R17" t="str">
         <f>IF(S17="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S17" t="str">
         <f>IF('UT-11'!C86="","",'UT-11'!C86)</f>
         <v/>
       </c>
       <c r="T17" t="str">
         <f>IF('UT-11'!J86="","",'UT-11'!J86)</f>
         <v/>
       </c>
       <c r="U17" t="str">
         <f>IF('UT-11'!Q86="","",'UT-11'!Q86)</f>
         <v/>
       </c>
       <c r="V17" t="str">
         <f>IF('UT-11'!AE86="","",'UT-11'!AE86)</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A18" s="60">
+      <c r="A18" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D18" s="45"/>
       <c r="E18" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F18" t="str">
         <f>IF(S18="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G18" t="str">
         <f>IF(S18="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H18" t="str">
         <f>IF(S18="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I18" t="str">
         <f>IF(S18="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J18" t="str">
         <f>IF(S18="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K18" t="str">
         <f>IF('UT-11'!J$19="","",IF(G18="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L18" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L18">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M18" t="str">
         <f>IF(S18="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N18" t="str">
         <f>IF(S18="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O18" t="str">
         <f>IF(S18="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P18" t="str">
         <f>IF(S18="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q18" t="str">
         <f>IF(S18="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R18" t="str">
         <f>IF(S18="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S18" t="str">
         <f>IF('UT-11'!C87="","",'UT-11'!C87)</f>
         <v/>
       </c>
       <c r="T18" t="str">
         <f>IF('UT-11'!J87="","",'UT-11'!J87)</f>
         <v/>
       </c>
       <c r="U18" t="str">
         <f>IF('UT-11'!Q87="","",'UT-11'!Q87)</f>
         <v/>
       </c>
       <c r="V18" t="str">
         <f>IF('UT-11'!AE87="","",'UT-11'!AE87)</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A19" s="60">
+      <c r="A19" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D19" s="45"/>
       <c r="E19" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F19" t="str">
         <f>IF(S19="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G19" t="str">
         <f>IF(S19="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H19" t="str">
         <f>IF(S19="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I19" t="str">
         <f>IF(S19="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J19" t="str">
         <f>IF(S19="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K19" t="str">
         <f>IF('UT-11'!J$19="","",IF(G19="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L19" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L19">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M19" t="str">
         <f>IF(S19="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N19" t="str">
         <f>IF(S19="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O19" t="str">
         <f>IF(S19="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P19" t="str">
         <f>IF(S19="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q19" t="str">
         <f>IF(S19="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R19" t="str">
         <f>IF(S19="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S19" t="str">
         <f>IF('UT-11'!C88="","",'UT-11'!C88)</f>
         <v/>
       </c>
       <c r="T19" t="str">
         <f>IF('UT-11'!J88="","",'UT-11'!J88)</f>
         <v/>
       </c>
       <c r="U19" t="str">
         <f>IF('UT-11'!Q88="","",'UT-11'!Q88)</f>
         <v/>
       </c>
       <c r="V19" t="str">
         <f>IF('UT-11'!AE88="","",'UT-11'!AE88)</f>
         <v/>
       </c>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A20" s="60">
+      <c r="A20" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D20" s="45"/>
       <c r="E20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F20" t="str">
         <f>IF(S20="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G20" t="str">
         <f>IF(S20="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H20" t="str">
         <f>IF(S20="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I20" t="str">
         <f>IF(S20="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J20" t="str">
         <f>IF(S20="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K20" t="str">
         <f>IF('UT-11'!J$19="","",IF(G20="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L20" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L20">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M20" t="str">
         <f>IF(S20="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N20" t="str">
         <f>IF(S20="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O20" t="str">
         <f>IF(S20="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P20" t="str">
         <f>IF(S20="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q20" t="str">
         <f>IF(S20="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R20" t="str">
         <f>IF(S20="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S20" t="str">
         <f>IF('UT-11'!C89="","",'UT-11'!C89)</f>
         <v/>
       </c>
       <c r="T20" t="str">
         <f>IF('UT-11'!J89="","",'UT-11'!J89)</f>
         <v/>
       </c>
       <c r="U20" t="str">
         <f>IF('UT-11'!Q89="","",'UT-11'!Q89)</f>
         <v/>
       </c>
       <c r="V20" t="str">
         <f>IF('UT-11'!AE89="","",'UT-11'!AE89)</f>
         <v/>
       </c>
     </row>
     <row r="21" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A21" s="60">
+      <c r="A21" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D21" s="45"/>
       <c r="E21" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F21" t="str">
         <f>IF(S21="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G21" t="str">
         <f>IF(S21="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H21" t="str">
         <f>IF(S21="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I21" t="str">
         <f>IF(S21="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J21" t="str">
         <f>IF(S21="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K21" t="str">
         <f>IF('UT-11'!J$19="","",IF(G21="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L21" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L21">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M21" t="str">
         <f>IF(S21="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N21" t="str">
         <f>IF(S21="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O21" t="str">
         <f>IF(S21="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P21" t="str">
         <f>IF(S21="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q21" t="str">
         <f>IF(S21="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R21" t="str">
         <f>IF(S21="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S21" t="str">
         <f>IF('UT-11'!C90="","",'UT-11'!C90)</f>
         <v/>
       </c>
       <c r="T21" t="str">
         <f>IF('UT-11'!J90="","",'UT-11'!J90)</f>
         <v/>
       </c>
       <c r="U21" t="str">
         <f>IF('UT-11'!Q90="","",'UT-11'!Q90)</f>
         <v/>
       </c>
       <c r="V21" t="str">
         <f>IF('UT-11'!AE90="","",'UT-11'!AE90)</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A22" s="60">
+      <c r="A22" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B22" t="s">
+        <v>108</v>
+      </c>
+      <c r="C22" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D22" s="45"/>
       <c r="E22" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F22" t="str">
         <f>IF(S22="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G22" t="str">
         <f>IF(S22="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H22" t="str">
         <f>IF(S22="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I22" t="str">
         <f>IF(S22="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J22" t="str">
         <f>IF(S22="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K22" t="str">
         <f>IF('UT-11'!J$19="","",IF(G22="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L22" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L22">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M22" t="str">
         <f>IF(S22="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N22" t="str">
         <f>IF(S22="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O22" t="str">
         <f>IF(S22="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P22" t="str">
         <f>IF(S22="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q22" t="str">
         <f>IF(S22="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R22" t="str">
         <f>IF(S22="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S22" t="str">
         <f>IF('UT-11'!C91="","",'UT-11'!C91)</f>
         <v/>
       </c>
       <c r="T22" t="str">
         <f>IF('UT-11'!J91="","",'UT-11'!J91)</f>
         <v/>
       </c>
       <c r="U22" t="str">
         <f>IF('UT-11'!Q91="","",'UT-11'!Q91)</f>
         <v/>
       </c>
       <c r="V22" t="str">
         <f>IF('UT-11'!AE91="","",'UT-11'!AE91)</f>
         <v/>
       </c>
     </row>
     <row r="23" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A23" s="60">
+      <c r="A23" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B23" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D23" s="45"/>
       <c r="E23" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F23" t="str">
         <f>IF(S23="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G23" t="str">
         <f>IF(S23="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H23" t="str">
         <f>IF(S23="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I23" t="str">
         <f>IF(S23="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J23" t="str">
         <f>IF(S23="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K23" t="str">
         <f>IF('UT-11'!J$19="","",IF(G23="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L23" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L23">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M23" t="str">
         <f>IF(S23="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N23" t="str">
         <f>IF(S23="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O23" t="str">
         <f>IF(S23="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P23" t="str">
         <f>IF(S23="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q23" t="str">
         <f>IF(S23="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R23" t="str">
         <f>IF(S23="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S23" t="str">
         <f>IF('UT-11'!C92="","",'UT-11'!C92)</f>
         <v/>
       </c>
       <c r="T23" t="str">
         <f>IF('UT-11'!J92="","",'UT-11'!J92)</f>
         <v/>
       </c>
       <c r="U23" t="str">
         <f>IF('UT-11'!Q92="","",'UT-11'!Q92)</f>
         <v/>
       </c>
       <c r="V23" t="str">
         <f>IF('UT-11'!AE92="","",'UT-11'!AE92)</f>
         <v/>
       </c>
     </row>
     <row r="24" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A24" s="60">
+      <c r="A24" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D24" s="45"/>
       <c r="E24" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F24" t="str">
         <f>IF(S24="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G24" t="str">
         <f>IF(S24="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H24" t="str">
         <f>IF(S24="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I24" t="str">
         <f>IF(S24="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J24" t="str">
         <f>IF(S24="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K24" t="str">
         <f>IF('UT-11'!J$19="","",IF(G24="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L24" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L24">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M24" t="str">
         <f>IF(S24="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N24" t="str">
         <f>IF(S24="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O24" t="str">
         <f>IF(S24="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P24" t="str">
         <f>IF(S24="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q24" t="str">
         <f>IF(S24="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R24" t="str">
         <f>IF(S24="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S24" t="str">
         <f>IF('UT-11'!C93="","",'UT-11'!C93)</f>
         <v/>
       </c>
       <c r="T24" t="str">
         <f>IF('UT-11'!J93="","",'UT-11'!J93)</f>
         <v/>
       </c>
       <c r="U24" t="str">
         <f>IF('UT-11'!Q93="","",'UT-11'!Q93)</f>
         <v/>
       </c>
       <c r="V24" t="str">
         <f>IF('UT-11'!AE93="","",'UT-11'!AE93)</f>
         <v/>
       </c>
     </row>
     <row r="25" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A25" s="60">
+      <c r="A25" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B25" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D25" s="45"/>
       <c r="E25" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F25" t="str">
         <f>IF(S25="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G25" t="str">
         <f>IF(S25="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H25" t="str">
         <f>IF(S25="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I25" t="str">
         <f>IF(S25="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J25" t="str">
         <f>IF(S25="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K25" t="str">
         <f>IF('UT-11'!J$19="","",IF(G25="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L25" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L25">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M25" t="str">
         <f>IF(S25="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N25" t="str">
         <f>IF(S25="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O25" t="str">
         <f>IF(S25="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P25" t="str">
         <f>IF(S25="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q25" t="str">
         <f>IF(S25="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R25" t="str">
         <f>IF(S25="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S25" t="str">
         <f>IF('UT-11'!C94="","",'UT-11'!C94)</f>
         <v/>
       </c>
       <c r="T25" t="str">
         <f>IF('UT-11'!J94="","",'UT-11'!J94)</f>
         <v/>
       </c>
       <c r="U25" t="str">
         <f>IF('UT-11'!Q94="","",'UT-11'!Q94)</f>
         <v/>
       </c>
       <c r="V25" t="str">
         <f>IF('UT-11'!AE94="","",'UT-11'!AE94)</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A26" s="60">
+      <c r="A26" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B26" t="s">
+        <v>108</v>
+      </c>
+      <c r="C26" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D26" s="45"/>
       <c r="E26" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F26" t="str">
         <f>IF(S26="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G26" t="str">
         <f>IF(S26="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H26" t="str">
         <f>IF(S26="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I26" t="str">
         <f>IF(S26="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J26" t="str">
         <f>IF(S26="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K26" t="str">
         <f>IF('UT-11'!J$19="","",IF(G26="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L26" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L26">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M26" t="str">
         <f>IF(S26="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N26" t="str">
         <f>IF(S26="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O26" t="str">
         <f>IF(S26="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P26" t="str">
         <f>IF(S26="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q26" t="str">
         <f>IF(S26="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R26" t="str">
         <f>IF(S26="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S26" t="str">
         <f>IF('UT-11'!C95="","",'UT-11'!C95)</f>
         <v/>
       </c>
       <c r="T26" t="str">
         <f>IF('UT-11'!J95="","",'UT-11'!J95)</f>
         <v/>
       </c>
       <c r="U26" t="str">
         <f>IF('UT-11'!Q95="","",'UT-11'!Q95)</f>
         <v/>
       </c>
       <c r="V26" t="str">
         <f>IF('UT-11'!AE95="","",'UT-11'!AE95)</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A27" s="60">
+      <c r="A27" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B27" t="s">
+        <v>108</v>
+      </c>
+      <c r="C27" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D27" s="45"/>
       <c r="E27" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F27" t="str">
         <f>IF(S27="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G27" t="str">
         <f>IF(S27="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H27" t="str">
         <f>IF(S27="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I27" t="str">
         <f>IF(S27="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J27" t="str">
         <f>IF(S27="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K27" t="str">
         <f>IF('UT-11'!J$19="","",IF(G27="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L27" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L27">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M27" t="str">
         <f>IF(S27="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N27" t="str">
         <f>IF(S27="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O27" t="str">
         <f>IF(S27="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P27" t="str">
         <f>IF(S27="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q27" t="str">
         <f>IF(S27="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R27" t="str">
         <f>IF(S27="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S27" t="str">
         <f>IF('UT-11'!C96="","",'UT-11'!C96)</f>
         <v/>
       </c>
       <c r="T27" t="str">
         <f>IF('UT-11'!J96="","",'UT-11'!J96)</f>
         <v/>
       </c>
       <c r="U27" t="str">
         <f>IF('UT-11'!Q96="","",'UT-11'!Q96)</f>
         <v/>
       </c>
       <c r="V27" t="str">
         <f>IF('UT-11'!AE96="","",'UT-11'!AE96)</f>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A28" s="60">
+      <c r="A28" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B28" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D28" s="45"/>
       <c r="E28" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F28" t="str">
         <f>IF(S28="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G28" t="str">
         <f>IF(S28="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H28" t="str">
         <f>IF(S28="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I28" t="str">
         <f>IF(S28="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J28" t="str">
         <f>IF(S28="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K28" t="str">
         <f>IF('UT-11'!J$19="","",IF(G28="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L28" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L28">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M28" t="str">
         <f>IF(S28="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N28" t="str">
         <f>IF(S28="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O28" t="str">
         <f>IF(S28="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P28" t="str">
         <f>IF(S28="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q28" t="str">
         <f>IF(S28="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R28" t="str">
         <f>IF(S28="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S28" t="str">
         <f>IF('UT-11'!C97="","",'UT-11'!C97)</f>
         <v/>
       </c>
       <c r="T28" t="str">
         <f>IF('UT-11'!J97="","",'UT-11'!J97)</f>
         <v/>
       </c>
       <c r="U28" t="str">
         <f>IF('UT-11'!Q97="","",'UT-11'!Q97)</f>
         <v/>
       </c>
       <c r="V28" t="str">
         <f>IF('UT-11'!AE97="","",'UT-11'!AE97)</f>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A29" s="60">
+      <c r="A29" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B29" t="s">
+        <v>108</v>
+      </c>
+      <c r="C29" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D29" s="45"/>
       <c r="E29" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F29" t="str">
         <f>IF(S29="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G29" t="str">
         <f>IF(S29="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H29" t="str">
         <f>IF(S29="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I29" t="str">
         <f>IF(S29="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J29" t="str">
         <f>IF(S29="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K29" t="str">
         <f>IF('UT-11'!J$19="","",IF(G29="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L29" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L29">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M29" t="str">
         <f>IF(S29="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N29" t="str">
         <f>IF(S29="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O29" t="str">
         <f>IF(S29="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P29" t="str">
         <f>IF(S29="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q29" t="str">
         <f>IF(S29="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R29" t="str">
         <f>IF(S29="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S29" t="str">
         <f>IF('UT-11'!C98="","",'UT-11'!C98)</f>
         <v/>
       </c>
       <c r="T29" t="str">
         <f>IF('UT-11'!J98="","",'UT-11'!J98)</f>
         <v/>
       </c>
       <c r="U29" t="str">
         <f>IF('UT-11'!Q98="","",'UT-11'!Q98)</f>
         <v/>
       </c>
       <c r="V29" t="str">
         <f>IF('UT-11'!AE98="","",'UT-11'!AE98)</f>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A30" s="60">
+      <c r="A30" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B30" t="s">
+        <v>108</v>
+      </c>
+      <c r="C30" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D30" s="45"/>
       <c r="E30" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F30" t="str">
         <f>IF(S30="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G30" t="str">
         <f>IF(S30="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H30" t="str">
         <f>IF(S30="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I30" t="str">
         <f>IF(S30="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J30" t="str">
         <f>IF(S30="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K30" t="str">
         <f>IF('UT-11'!J$19="","",IF(G30="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L30" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L30">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M30" t="str">
         <f>IF(S30="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N30" t="str">
         <f>IF(S30="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O30" t="str">
         <f>IF(S30="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P30" t="str">
         <f>IF(S30="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q30" t="str">
         <f>IF(S30="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R30" t="str">
         <f>IF(S30="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S30" t="str">
         <f>IF('UT-11'!C99="","",'UT-11'!C99)</f>
         <v/>
       </c>
       <c r="T30" t="str">
         <f>IF('UT-11'!J99="","",'UT-11'!J99)</f>
         <v/>
       </c>
       <c r="U30" t="str">
         <f>IF('UT-11'!Q99="","",'UT-11'!Q99)</f>
         <v/>
       </c>
       <c r="V30" t="str">
         <f>IF('UT-11'!AE99="","",'UT-11'!AE99)</f>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A31" s="60">
+      <c r="A31" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B31" t="s">
+        <v>108</v>
+      </c>
+      <c r="C31" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D31" s="45"/>
       <c r="E31" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F31" t="str">
         <f>IF(S31="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G31" t="str">
         <f>IF(S31="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H31" t="str">
         <f>IF(S31="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I31" t="str">
         <f>IF(S31="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J31" t="str">
         <f>IF(S31="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K31" t="str">
         <f>IF('UT-11'!J$19="","",IF(G31="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L31" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L31">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M31" t="str">
         <f>IF(S31="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N31" t="str">
         <f>IF(S31="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O31" t="str">
         <f>IF(S31="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P31" t="str">
         <f>IF(S31="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q31" t="str">
         <f>IF(S31="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R31" t="str">
         <f>IF(S31="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S31" t="str">
         <f>IF('UT-11'!C100="","",'UT-11'!C100)</f>
         <v/>
       </c>
       <c r="T31" t="str">
         <f>IF('UT-11'!J100="","",'UT-11'!J100)</f>
         <v/>
       </c>
       <c r="U31" t="str">
         <f>IF('UT-11'!Q100="","",'UT-11'!Q100)</f>
         <v/>
       </c>
       <c r="V31" t="str">
         <f>IF('UT-11'!AE100="","",'UT-11'!AE100)</f>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A32" s="60">
+      <c r="A32" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B32" t="s">
+        <v>108</v>
+      </c>
+      <c r="C32" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D32" s="45"/>
       <c r="E32" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F32" t="str">
         <f>IF(S32="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G32" t="str">
         <f>IF(S32="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H32" t="str">
         <f>IF(S32="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I32" t="str">
         <f>IF(S32="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J32" t="str">
         <f>IF(S32="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K32" t="str">
         <f>IF('UT-11'!J$19="","",IF(G32="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L32" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L32">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M32" t="str">
         <f>IF(S32="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N32" t="str">
         <f>IF(S32="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O32" t="str">
         <f>IF(S32="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P32" t="str">
         <f>IF(S32="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q32" t="str">
         <f>IF(S32="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R32" t="str">
         <f>IF(S32="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S32" t="str">
         <f>IF('UT-11'!C101="","",'UT-11'!C101)</f>
         <v/>
       </c>
       <c r="T32" t="str">
         <f>IF('UT-11'!J101="","",'UT-11'!J101)</f>
         <v/>
       </c>
       <c r="U32" t="str">
         <f>IF('UT-11'!Q101="","",'UT-11'!Q101)</f>
         <v/>
       </c>
       <c r="V32" t="str">
         <f>IF('UT-11'!AE101="","",'UT-11'!AE101)</f>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A33" s="60">
+      <c r="A33" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B33" t="s">
+        <v>108</v>
+      </c>
+      <c r="C33" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D33" s="45"/>
       <c r="E33" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F33" t="str">
         <f>IF(S33="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G33" t="str">
         <f>IF(S33="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H33" t="str">
         <f>IF(S33="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I33" t="str">
         <f>IF(S33="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J33" t="str">
         <f>IF(S33="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K33" t="str">
         <f>IF('UT-11'!J$19="","",IF(G33="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L33" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L33">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M33" t="str">
         <f>IF(S33="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N33" t="str">
         <f>IF(S33="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O33" t="str">
         <f>IF(S33="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P33" t="str">
         <f>IF(S33="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q33" t="str">
         <f>IF(S33="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R33" t="str">
         <f>IF(S33="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S33" t="str">
         <f>IF('UT-11'!C102="","",'UT-11'!C102)</f>
         <v/>
       </c>
       <c r="T33" t="str">
         <f>IF('UT-11'!J102="","",'UT-11'!J102)</f>
         <v/>
       </c>
       <c r="U33" t="str">
         <f>IF('UT-11'!Q102="","",'UT-11'!Q102)</f>
         <v/>
       </c>
       <c r="V33" t="str">
         <f>IF('UT-11'!AE102="","",'UT-11'!AE102)</f>
         <v/>
       </c>
     </row>
     <row r="34" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A34" s="60">
+      <c r="A34" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B34" t="s">
+        <v>108</v>
+      </c>
+      <c r="C34" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D34" s="45"/>
       <c r="E34" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F34" t="str">
         <f>IF(S34="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G34" t="str">
         <f>IF(S34="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H34" t="str">
         <f>IF(S34="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I34" t="str">
         <f>IF(S34="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J34" t="str">
         <f>IF(S34="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K34" t="str">
         <f>IF('UT-11'!J$19="","",IF(G34="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L34" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L34">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M34" t="str">
         <f>IF(S34="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N34" t="str">
         <f>IF(S34="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O34" t="str">
         <f>IF(S34="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P34" t="str">
         <f>IF(S34="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q34" t="str">
         <f>IF(S34="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R34" t="str">
         <f>IF(S34="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S34" t="str">
         <f>IF('UT-11'!C103="","",'UT-11'!C103)</f>
         <v/>
       </c>
       <c r="T34" t="str">
         <f>IF('UT-11'!J103="","",'UT-11'!J103)</f>
         <v/>
       </c>
       <c r="U34" t="str">
         <f>IF('UT-11'!Q103="","",'UT-11'!Q103)</f>
         <v/>
       </c>
       <c r="V34" t="str">
         <f>IF('UT-11'!AE103="","",'UT-11'!AE103)</f>
         <v/>
       </c>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A35" s="60">
+      <c r="A35" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B35" t="s">
+        <v>108</v>
+      </c>
+      <c r="C35" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D35" s="45"/>
       <c r="E35" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F35" t="str">
         <f>IF(S35="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G35" t="str">
         <f>IF(S35="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H35" t="str">
         <f>IF(S35="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I35" t="str">
         <f>IF(S35="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J35" t="str">
         <f>IF(S35="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K35" t="str">
         <f>IF('UT-11'!J$19="","",IF(G35="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L35" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L35">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M35" t="str">
         <f>IF(S35="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N35" t="str">
         <f>IF(S35="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O35" t="str">
         <f>IF(S35="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P35" t="str">
         <f>IF(S35="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q35" t="str">
         <f>IF(S35="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R35" t="str">
         <f>IF(S35="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S35" t="str">
         <f>IF('UT-11'!C104="","",'UT-11'!C104)</f>
         <v/>
       </c>
       <c r="T35" t="str">
         <f>IF('UT-11'!J104="","",'UT-11'!J104)</f>
         <v/>
       </c>
       <c r="U35" t="str">
         <f>IF('UT-11'!Q104="","",'UT-11'!Q104)</f>
         <v/>
       </c>
       <c r="V35" t="str">
         <f>IF('UT-11'!AE104="","",'UT-11'!AE104)</f>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A36" s="60">
+      <c r="A36" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B36" t="s">
+        <v>108</v>
+      </c>
+      <c r="C36" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D36" s="45"/>
       <c r="E36" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F36" t="str">
         <f>IF(S36="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G36" t="str">
         <f>IF(S36="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H36" t="str">
         <f>IF(S36="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I36" t="str">
         <f>IF(S36="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J36" t="str">
         <f>IF(S36="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K36" t="str">
         <f>IF('UT-11'!J$19="","",IF(G36="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L36" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L36">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M36" t="str">
         <f>IF(S36="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N36" t="str">
         <f>IF(S36="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O36" t="str">
         <f>IF(S36="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P36" t="str">
         <f>IF(S36="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q36" t="str">
         <f>IF(S36="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R36" t="str">
         <f>IF(S36="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S36" t="str">
         <f>IF('UT-11'!C105="","",'UT-11'!C105)</f>
         <v/>
       </c>
       <c r="T36" t="str">
         <f>IF('UT-11'!J105="","",'UT-11'!J105)</f>
         <v/>
       </c>
       <c r="U36" t="str">
         <f>IF('UT-11'!Q105="","",'UT-11'!Q105)</f>
         <v/>
       </c>
       <c r="V36" t="str">
         <f>IF('UT-11'!AE105="","",'UT-11'!AE105)</f>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A37" s="60">
+      <c r="A37" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D37" s="45"/>
       <c r="E37" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F37" t="str">
         <f>IF(S37="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G37" t="str">
         <f>IF(S37="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H37" t="str">
         <f>IF(S37="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I37" t="str">
         <f>IF(S37="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J37" t="str">
         <f>IF(S37="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K37" t="str">
         <f>IF('UT-11'!J$19="","",IF(G37="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L37" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L37">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M37" t="str">
         <f>IF(S37="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N37" t="str">
         <f>IF(S37="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O37" t="str">
         <f>IF(S37="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P37" t="str">
         <f>IF(S37="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q37" t="str">
         <f>IF(S37="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R37" t="str">
         <f>IF(S37="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S37" t="str">
         <f>IF('UT-11'!C106="","",'UT-11'!C106)</f>
         <v/>
       </c>
       <c r="T37" t="str">
         <f>IF('UT-11'!J106="","",'UT-11'!J106)</f>
         <v/>
       </c>
       <c r="U37" t="str">
         <f>IF('UT-11'!Q106="","",'UT-11'!Q106)</f>
         <v/>
       </c>
       <c r="V37" t="str">
         <f>IF('UT-11'!AE106="","",'UT-11'!AE106)</f>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A38" s="60">
+      <c r="A38" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B38" t="s">
+        <v>108</v>
+      </c>
+      <c r="C38" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D38" s="45"/>
       <c r="E38" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F38" t="str">
         <f>IF(S38="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G38" t="str">
         <f>IF(S38="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H38" t="str">
         <f>IF(S38="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I38" t="str">
         <f>IF(S38="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J38" t="str">
         <f>IF(S38="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K38" t="str">
         <f>IF('UT-11'!J$19="","",IF(G38="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L38" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L38">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M38" t="str">
         <f>IF(S38="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N38" t="str">
         <f>IF(S38="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O38" t="str">
         <f>IF(S38="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P38" t="str">
         <f>IF(S38="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q38" t="str">
         <f>IF(S38="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R38" t="str">
         <f>IF(S38="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S38" t="str">
         <f>IF('UT-11'!C107="","",'UT-11'!C107)</f>
         <v/>
       </c>
       <c r="T38" t="str">
         <f>IF('UT-11'!J107="","",'UT-11'!J107)</f>
         <v/>
       </c>
       <c r="U38" t="str">
         <f>IF('UT-11'!Q107="","",'UT-11'!Q107)</f>
         <v/>
       </c>
       <c r="V38" t="str">
         <f>IF('UT-11'!AE107="","",'UT-11'!AE107)</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A39" s="60">
+      <c r="A39" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B39" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D39" s="45"/>
       <c r="E39" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F39" t="str">
         <f>IF(S39="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G39" t="str">
         <f>IF(S39="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H39" t="str">
         <f>IF(S39="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I39" t="str">
         <f>IF(S39="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J39" t="str">
         <f>IF(S39="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K39" t="str">
         <f>IF('UT-11'!J$19="","",IF(G39="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L39" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L39">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M39" t="str">
         <f>IF(S39="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N39" t="str">
         <f>IF(S39="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O39" t="str">
         <f>IF(S39="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P39" t="str">
         <f>IF(S39="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q39" t="str">
         <f>IF(S39="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R39" t="str">
         <f>IF(S39="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S39" t="str">
         <f>IF('UT-11'!C108="","",'UT-11'!C108)</f>
         <v/>
       </c>
       <c r="T39" t="str">
         <f>IF('UT-11'!J108="","",'UT-11'!J108)</f>
         <v/>
       </c>
       <c r="U39" t="str">
         <f>IF('UT-11'!Q108="","",'UT-11'!Q108)</f>
         <v/>
       </c>
       <c r="V39" t="str">
         <f>IF('UT-11'!AE108="","",'UT-11'!AE108)</f>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A40" s="60">
+      <c r="A40" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B40" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D40" s="45"/>
       <c r="E40" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F40" t="str">
         <f>IF(S40="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G40" t="str">
         <f>IF(S40="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H40" t="str">
         <f>IF(S40="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I40" t="str">
         <f>IF(S40="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J40" t="str">
         <f>IF(S40="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K40" t="str">
         <f>IF('UT-11'!J$19="","",IF(G40="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L40" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L40">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M40" t="str">
         <f>IF(S40="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N40" t="str">
         <f>IF(S40="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O40" t="str">
         <f>IF(S40="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P40" t="str">
         <f>IF(S40="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q40" t="str">
         <f>IF(S40="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R40" t="str">
         <f>IF(S40="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S40" t="str">
         <f>IF('UT-11'!C109="","",'UT-11'!C109)</f>
         <v/>
       </c>
       <c r="T40" t="str">
         <f>IF('UT-11'!J109="","",'UT-11'!J109)</f>
         <v/>
       </c>
       <c r="U40" t="str">
         <f>IF('UT-11'!Q109="","",'UT-11'!Q109)</f>
         <v/>
       </c>
       <c r="V40" t="str">
         <f>IF('UT-11'!AE109="","",'UT-11'!AE109)</f>
         <v/>
       </c>
     </row>
     <row r="41" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A41" s="60">
+      <c r="A41" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B41" t="s">
+        <v>108</v>
+      </c>
+      <c r="C41" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D41" s="45"/>
       <c r="E41" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F41" t="str">
         <f>IF(S41="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G41" t="str">
         <f>IF(S41="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H41" t="str">
         <f>IF(S41="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I41" t="str">
         <f>IF(S41="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J41" t="str">
         <f>IF(S41="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K41" t="str">
         <f>IF('UT-11'!J$19="","",IF(G41="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L41" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L41">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M41" t="str">
         <f>IF(S41="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N41" t="str">
         <f>IF(S41="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O41" t="str">
         <f>IF(S41="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P41" t="str">
         <f>IF(S41="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q41" t="str">
         <f>IF(S41="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R41" t="str">
         <f>IF(S41="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S41" t="str">
         <f>IF('UT-11'!C110="","",'UT-11'!C110)</f>
         <v/>
       </c>
       <c r="T41" t="str">
         <f>IF('UT-11'!J110="","",'UT-11'!J110)</f>
         <v/>
       </c>
       <c r="U41" t="str">
         <f>IF('UT-11'!Q110="","",'UT-11'!Q110)</f>
         <v/>
       </c>
       <c r="V41" t="str">
         <f>IF('UT-11'!AE110="","",'UT-11'!AE110)</f>
         <v/>
       </c>
     </row>
     <row r="42" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A42" s="60">
+      <c r="A42" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B42" t="s">
+        <v>108</v>
+      </c>
+      <c r="C42" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D42" s="45"/>
       <c r="E42" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F42" t="str">
         <f>IF(S42="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G42" t="str">
         <f>IF(S42="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H42" t="str">
         <f>IF(S42="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I42" t="str">
         <f>IF(S42="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J42" t="str">
         <f>IF(S42="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K42" t="str">
         <f>IF('UT-11'!J$19="","",IF(G42="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L42" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L42">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M42" t="str">
         <f>IF(S42="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N42" t="str">
         <f>IF(S42="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O42" t="str">
         <f>IF(S42="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P42" t="str">
         <f>IF(S42="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q42" t="str">
         <f>IF(S42="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R42" t="str">
         <f>IF(S42="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S42" t="str">
         <f>IF('UT-11'!C111="","",'UT-11'!C111)</f>
         <v/>
       </c>
       <c r="T42" t="str">
         <f>IF('UT-11'!J111="","",'UT-11'!J111)</f>
         <v/>
       </c>
       <c r="U42" t="str">
         <f>IF('UT-11'!Q111="","",'UT-11'!Q111)</f>
         <v/>
       </c>
       <c r="V42" t="str">
         <f>IF('UT-11'!AE111="","",'UT-11'!AE111)</f>
         <v/>
       </c>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A43" s="60">
+      <c r="A43" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B43" t="s">
+        <v>108</v>
+      </c>
+      <c r="C43" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D43" s="45"/>
       <c r="E43" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F43" t="str">
         <f>IF(S43="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G43" t="str">
         <f>IF(S43="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H43" t="str">
         <f>IF(S43="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I43" t="str">
         <f>IF(S43="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J43" t="str">
         <f>IF(S43="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K43" t="str">
         <f>IF('UT-11'!J$19="","",IF(G43="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L43" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L43">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M43" t="str">
         <f>IF(S43="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N43" t="str">
         <f>IF(S43="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O43" t="str">
         <f>IF(S43="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P43" t="str">
         <f>IF(S43="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q43" t="str">
         <f>IF(S43="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R43" t="str">
         <f>IF(S43="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S43" t="str">
         <f>IF('UT-11'!C112="","",'UT-11'!C112)</f>
         <v/>
       </c>
       <c r="T43" t="str">
         <f>IF('UT-11'!J112="","",'UT-11'!J112)</f>
         <v/>
       </c>
       <c r="U43" t="str">
         <f>IF('UT-11'!Q112="","",'UT-11'!Q112)</f>
         <v/>
       </c>
       <c r="V43" t="str">
         <f>IF('UT-11'!AE112="","",'UT-11'!AE112)</f>
         <v/>
       </c>
     </row>
     <row r="44" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A44" s="60">
+      <c r="A44" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B44" t="s">
+        <v>108</v>
+      </c>
+      <c r="C44" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D44" s="45"/>
       <c r="E44" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F44" t="str">
         <f>IF(S44="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G44" t="str">
         <f>IF(S44="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H44" t="str">
         <f>IF(S44="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I44" t="str">
         <f>IF(S44="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J44" t="str">
         <f>IF(S44="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K44" t="str">
         <f>IF('UT-11'!J$19="","",IF(G44="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L44" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L44">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M44" t="str">
         <f>IF(S44="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N44" t="str">
         <f>IF(S44="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O44" t="str">
         <f>IF(S44="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P44" t="str">
         <f>IF(S44="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q44" t="str">
         <f>IF(S44="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R44" t="str">
         <f>IF(S44="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S44" t="str">
         <f>IF('UT-11'!C113="","",'UT-11'!C113)</f>
         <v/>
       </c>
       <c r="T44" t="str">
         <f>IF('UT-11'!J113="","",'UT-11'!J113)</f>
         <v/>
       </c>
       <c r="U44" t="str">
         <f>IF('UT-11'!Q113="","",'UT-11'!Q113)</f>
         <v/>
       </c>
       <c r="V44" t="str">
         <f>IF('UT-11'!AE113="","",'UT-11'!AE113)</f>
         <v/>
       </c>
     </row>
     <row r="45" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A45" s="60">
+      <c r="A45" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B45" t="s">
+        <v>108</v>
+      </c>
+      <c r="C45" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D45" s="45"/>
       <c r="E45" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F45" t="str">
         <f>IF(S45="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G45" t="str">
         <f>IF(S45="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H45" t="str">
         <f>IF(S45="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I45" t="str">
         <f>IF(S45="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J45" t="str">
         <f>IF(S45="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K45" t="str">
         <f>IF('UT-11'!J$19="","",IF(G45="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L45" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L45">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M45" t="str">
         <f>IF(S45="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N45" t="str">
         <f>IF(S45="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O45" t="str">
         <f>IF(S45="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P45" t="str">
         <f>IF(S45="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q45" t="str">
         <f>IF(S45="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R45" t="str">
         <f>IF(S45="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S45" t="str">
         <f>IF('UT-11'!C114="","",'UT-11'!C114)</f>
         <v/>
       </c>
       <c r="T45" t="str">
         <f>IF('UT-11'!J114="","",'UT-11'!J114)</f>
         <v/>
       </c>
       <c r="U45" t="str">
         <f>IF('UT-11'!Q114="","",'UT-11'!Q114)</f>
         <v/>
       </c>
       <c r="V45" t="str">
         <f>IF('UT-11'!AE114="","",'UT-11'!AE114)</f>
         <v/>
       </c>
     </row>
     <row r="46" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A46" s="60">
+      <c r="A46" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B46" t="s">
+        <v>108</v>
+      </c>
+      <c r="C46" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D46" s="45"/>
       <c r="E46" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F46" t="str">
         <f>IF(S46="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G46" t="str">
         <f>IF(S46="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H46" t="str">
         <f>IF(S46="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I46" t="str">
         <f>IF(S46="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J46" t="str">
         <f>IF(S46="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K46" t="str">
         <f>IF('UT-11'!J$19="","",IF(G46="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L46" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L46">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M46" t="str">
         <f>IF(S46="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N46" t="str">
         <f>IF(S46="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O46" t="str">
         <f>IF(S46="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P46" t="str">
         <f>IF(S46="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q46" t="str">
         <f>IF(S46="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R46" t="str">
         <f>IF(S46="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S46" t="str">
         <f>IF('UT-11'!C115="","",'UT-11'!C115)</f>
         <v/>
       </c>
       <c r="T46" t="str">
         <f>IF('UT-11'!J115="","",'UT-11'!J115)</f>
         <v/>
       </c>
       <c r="U46" t="str">
         <f>IF('UT-11'!Q115="","",'UT-11'!Q115)</f>
         <v/>
       </c>
       <c r="V46" t="str">
         <f>IF('UT-11'!AE115="","",'UT-11'!AE115)</f>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A47" s="60">
+      <c r="A47" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B47" t="s">
+        <v>108</v>
+      </c>
+      <c r="C47" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D47" s="45"/>
       <c r="E47" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F47" t="str">
         <f>IF(S47="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G47" t="str">
         <f>IF(S47="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H47" t="str">
         <f>IF(S47="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I47" t="str">
         <f>IF(S47="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J47" t="str">
         <f>IF(S47="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K47" t="str">
         <f>IF('UT-11'!J$19="","",IF(G47="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L47" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L47">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M47" t="str">
         <f>IF(S47="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N47" t="str">
         <f>IF(S47="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O47" t="str">
         <f>IF(S47="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P47" t="str">
         <f>IF(S47="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q47" t="str">
         <f>IF(S47="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R47" t="str">
         <f>IF(S47="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S47" t="str">
         <f>IF('UT-11'!C116="","",'UT-11'!C116)</f>
         <v/>
       </c>
       <c r="T47" t="str">
         <f>IF('UT-11'!J116="","",'UT-11'!J116)</f>
         <v/>
       </c>
       <c r="U47" t="str">
         <f>IF('UT-11'!Q116="","",'UT-11'!Q116)</f>
         <v/>
       </c>
       <c r="V47" t="str">
         <f>IF('UT-11'!AE116="","",'UT-11'!AE116)</f>
         <v/>
       </c>
     </row>
     <row r="48" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A48" s="60">
+      <c r="A48" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B48" t="s">
+        <v>108</v>
+      </c>
+      <c r="C48" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D48" s="45"/>
       <c r="E48" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F48" t="str">
         <f>IF(S48="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G48" t="str">
         <f>IF(S48="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H48" t="str">
         <f>IF(S48="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I48" t="str">
         <f>IF(S48="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J48" t="str">
         <f>IF(S48="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K48" t="str">
         <f>IF('UT-11'!J$19="","",IF(G48="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L48" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L48">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M48" t="str">
         <f>IF(S48="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N48" t="str">
         <f>IF(S48="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O48" t="str">
         <f>IF(S48="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P48" t="str">
         <f>IF(S48="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q48" t="str">
         <f>IF(S48="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R48" t="str">
         <f>IF(S48="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S48" t="str">
         <f>IF('UT-11'!C117="","",'UT-11'!C117)</f>
         <v/>
       </c>
       <c r="T48" t="str">
         <f>IF('UT-11'!J117="","",'UT-11'!J117)</f>
         <v/>
       </c>
       <c r="U48" t="str">
         <f>IF('UT-11'!Q117="","",'UT-11'!Q117)</f>
         <v/>
       </c>
       <c r="V48" t="str">
         <f>IF('UT-11'!AE117="","",'UT-11'!AE117)</f>
         <v/>
       </c>
     </row>
     <row r="49" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A49" s="60">
+      <c r="A49" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B49" t="s">
+        <v>108</v>
+      </c>
+      <c r="C49" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D49" s="45"/>
       <c r="E49" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F49" t="str">
         <f>IF(S49="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G49" t="str">
         <f>IF(S49="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H49" t="str">
         <f>IF(S49="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I49" t="str">
         <f>IF(S49="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J49" t="str">
         <f>IF(S49="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K49" t="str">
         <f>IF('UT-11'!J$19="","",IF(G49="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L49" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L49">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M49" t="str">
         <f>IF(S49="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N49" t="str">
         <f>IF(S49="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O49" t="str">
         <f>IF(S49="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P49" t="str">
         <f>IF(S49="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q49" t="str">
         <f>IF(S49="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R49" t="str">
         <f>IF(S49="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S49" t="str">
         <f>IF('UT-11'!C118="","",'UT-11'!C118)</f>
         <v/>
       </c>
       <c r="T49" t="str">
         <f>IF('UT-11'!J118="","",'UT-11'!J118)</f>
         <v/>
       </c>
       <c r="U49" t="str">
         <f>IF('UT-11'!Q118="","",'UT-11'!Q118)</f>
         <v/>
       </c>
       <c r="V49" t="str">
         <f>IF('UT-11'!AE118="","",'UT-11'!AE118)</f>
         <v/>
       </c>
     </row>
     <row r="50" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A50" s="60">
+      <c r="A50" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B50" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D50" s="45"/>
       <c r="E50" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F50" t="str">
         <f>IF(S50="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G50" t="str">
         <f>IF(S50="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H50" t="str">
         <f>IF(S50="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I50" t="str">
         <f>IF(S50="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J50" t="str">
         <f>IF(S50="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K50" t="str">
         <f>IF('UT-11'!J$19="","",IF(G50="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L50" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L50">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M50" t="str">
         <f>IF(S50="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N50" t="str">
         <f>IF(S50="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O50" t="str">
         <f>IF(S50="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P50" t="str">
         <f>IF(S50="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q50" t="str">
         <f>IF(S50="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R50" t="str">
         <f>IF(S50="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S50" t="str">
         <f>IF('UT-11'!C119="","",'UT-11'!C119)</f>
         <v/>
       </c>
       <c r="T50" t="str">
         <f>IF('UT-11'!J119="","",'UT-11'!J119)</f>
         <v/>
       </c>
       <c r="U50" t="str">
         <f>IF('UT-11'!Q119="","",'UT-11'!Q119)</f>
         <v/>
       </c>
       <c r="V50" t="str">
         <f>IF('UT-11'!AE119="","",'UT-11'!AE119)</f>
         <v/>
       </c>
     </row>
     <row r="51" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A51" s="60">
+      <c r="A51" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B51" t="s">
+        <v>108</v>
+      </c>
+      <c r="C51" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D51" s="45"/>
       <c r="E51" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F51" t="str">
         <f>IF(S51="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G51" t="str">
         <f>IF(S51="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H51" t="str">
         <f>IF(S51="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I51" t="str">
         <f>IF(S51="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J51" t="str">
         <f>IF(S51="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K51" t="str">
         <f>IF('UT-11'!J$19="","",IF(G51="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L51" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L51">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M51" t="str">
         <f>IF(S51="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N51" t="str">
         <f>IF(S51="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O51" t="str">
         <f>IF(S51="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P51" t="str">
         <f>IF(S51="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q51" t="str">
         <f>IF(S51="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R51" t="str">
         <f>IF(S51="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
       <c r="S51" t="str">
         <f>IF('UT-11'!C120="","",'UT-11'!C120)</f>
         <v/>
       </c>
       <c r="T51" t="str">
         <f>IF('UT-11'!J120="","",'UT-11'!J120)</f>
         <v/>
       </c>
       <c r="U51" t="str">
         <f>IF('UT-11'!Q120="","",'UT-11'!Q120)</f>
         <v/>
       </c>
       <c r="V51" t="str">
         <f>IF('UT-11'!AE120="","",'UT-11'!AE120)</f>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A52" s="60">
+      <c r="A52" s="59">
         <f>'UT-11'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B52" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D52" s="45"/>
       <c r="E52" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F52" t="str">
         <f>IF(S52="","",'UT-11'!AA$6)</f>
         <v/>
       </c>
       <c r="G52" t="str">
         <f>IF(S52="","",'UT-11'!J$11)</f>
         <v/>
       </c>
       <c r="H52" t="str">
         <f>IF(S52="","",'UT-11'!J$13)</f>
         <v/>
       </c>
       <c r="I52" t="str">
         <f>IF(S52="","",'UT-11'!J$17)</f>
         <v/>
       </c>
       <c r="J52" t="str">
         <f>IF(S52="","",'UT-11'!M$52)</f>
         <v/>
       </c>
       <c r="K52" t="str">
         <f>IF('UT-11'!J$19="","",IF(G52="MM：マーケットメイカー（証券会社を除く）","",'UT-11'!J$19))</f>
         <v/>
       </c>
-      <c r="L52" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="L52">
+        <f>IF('UT-11'!$M$54="その他",'UT-11'!$M$56,'UT-11'!$M$54)</f>
+        <v>0</v>
       </c>
       <c r="M52" t="str">
         <f>IF(S52="","",'UT-11'!M$58)</f>
         <v/>
       </c>
       <c r="N52" t="str">
         <f>IF(S52="","",IF('UT-11'!M$60="","",'UT-11'!M$60))</f>
         <v/>
       </c>
       <c r="O52" t="str">
         <f>IF(S52="","",IF('UT-11'!U$60="","",'UT-11'!U$60))</f>
         <v/>
       </c>
       <c r="P52" t="str">
         <f>IF(S52="","",IF('UT-11'!AC$60="","",'UT-11'!AC$60))</f>
         <v/>
       </c>
       <c r="Q52" t="str">
         <f>IF(S52="","",IF('UT-11'!S$64="","",'UT-11'!S$64))</f>
         <v/>
       </c>
       <c r="R52" t="str">
         <f>IF(S52="","",IF('UT-11'!S$66="","",'UT-11'!S$66))</f>
         <v/>
       </c>
@@ -14496,41 +14704,41 @@
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2023-02-01T06:36:32Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SiteId">
     <vt:lpwstr>fe7a9aa7-6097-47a2-9163-81d624f8cbfd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SetDate">
-    <vt:lpwstr>2025-07-16T12:26:28Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-25T14:45:23Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Name">
     <vt:lpwstr>【2GVDI】社外秘</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>