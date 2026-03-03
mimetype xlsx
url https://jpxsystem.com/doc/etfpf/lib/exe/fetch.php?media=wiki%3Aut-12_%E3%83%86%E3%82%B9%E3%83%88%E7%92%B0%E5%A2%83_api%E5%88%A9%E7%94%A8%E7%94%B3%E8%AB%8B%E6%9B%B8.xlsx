--- v0 (2025-11-23)
+++ v1 (2026-03-03)
@@ -9,143 +9,137 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{41749AC4-E709-420C-8DD6-08C9876C8EF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49C0C236-E485-42E3-9DEA-176BC0648043}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="43095" yWindow="0" windowWidth="14610" windowHeight="15585" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="UT-12" sheetId="2" r:id="rId1"/>
     <sheet name="メンテ台帳" sheetId="6" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'UT-12'!#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'UT-12'!$A$1:$AL$62</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'UT-12'!$A$1:$AL$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L3" i="6" l="1"/>
   <c r="A2" i="6" l="1"/>
   <c r="P2" i="6" l="1" a="1"/>
   <c r="P2" i="6"/>
   <c r="G2" i="6"/>
   <c r="K2" i="6" s="1"/>
   <c r="F2" i="6"/>
-  <c r="P3" i="6" l="1"/>
-[...2 lines deleted...]
-  <c r="M3" i="6"/>
+  <c r="L3" i="6" l="1"/>
+  <c r="E3" i="6"/>
+  <c r="P3" i="6"/>
   <c r="K3" i="6"/>
   <c r="J3" i="6"/>
   <c r="I3" i="6"/>
   <c r="H3" i="6"/>
   <c r="G3" i="6"/>
   <c r="F3" i="6"/>
-  <c r="E3" i="6"/>
   <c r="C3" i="6"/>
   <c r="B3" i="6"/>
   <c r="A3" i="6"/>
-  <c r="O2" i="6"/>
-[...1 lines deleted...]
-  <c r="M2" i="6"/>
   <c r="L2" i="6"/>
-  <c r="J2" i="6"/>
   <c r="I2" i="6"/>
   <c r="H2" i="6"/>
   <c r="M43" i="2" l="1"/>
   <c r="M47" i="2"/>
+  <c r="J2" i="6" s="1"/>
   <c r="M45" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="49">
   <si>
     <t>メールアドレス</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>https://www.jpx.co.jp/corporate/governance/security/personal-information/</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>* 日本取引所グループの個人情報の取扱いについては、下記のウェブサイトをご参照ください。</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>2. 同意事項</t>
     <rPh sb="3" eb="5">
       <t>ドウイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ジコウ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>申込日</t>
     <phoneticPr fontId="5"/>
@@ -313,209 +307,185 @@
       <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>会社名</t>
     <rPh sb="0" eb="3">
       <t>カイシャメイ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>CredNex　テスト環境 API利用申請書</t>
     <rPh sb="11" eb="13">
       <t>カンキョウ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="19" eb="22">
       <t>シンセイショ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>API利用者 氏名</t>
-[...8 lines deleted...]
-  <si>
     <t>自己委託区分</t>
     <rPh sb="0" eb="2">
       <t>ジコ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イタク</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>クブン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>　　＊AP：取引参加者コード　MM：LLTコード</t>
+    <t>3. テスト環境に登録する情報</t>
+    <rPh sb="6" eb="8">
+      <t>カンキョウ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>トウロク</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ジョウホウ</t>
+    </rPh>
     <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>「個人情報の取扱い」に同意する</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>個別IP</t>
+    <rPh sb="0" eb="2">
+      <t>コベツ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>自己委託区分</t>
+  </si>
+  <si>
+    <t>テスト</t>
+  </si>
+  <si>
+    <t>更新フラグ</t>
+    <rPh sb="0" eb="2">
+      <t>コウシン</t>
+    </rPh>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>更新内容</t>
+    <rPh sb="0" eb="4">
+      <t>コウシンナイヨウ</t>
+    </rPh>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>ステータス</t>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>#</t>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>環境</t>
+    <rPh sb="0" eb="2">
+      <t>カンキョウ</t>
+    </rPh>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>申込日</t>
+    <rPh sb="0" eb="3">
+      <t>モウシコミビ</t>
+    </rPh>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>組織区分</t>
+    <rPh sb="0" eb="4">
+      <t>ソシキクブン</t>
+    </rPh>
+    <phoneticPr fontId="25"/>
+  </si>
+  <si>
+    <t>会社コード（５桁）</t>
+    <rPh sb="0" eb="2">
+      <t xml:space="preserve">カイシャ </t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>会社名称（日本語）</t>
+    <rPh sb="0" eb="1">
+      <t xml:space="preserve">カイシャ </t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t xml:space="preserve">メイショウ </t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t xml:space="preserve">ニチ </t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>会社名称（英語）</t>
+    <rPh sb="0" eb="1">
+      <t xml:space="preserve">カイシャ </t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t xml:space="preserve">メイショウ </t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>エイゴ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>IPアドレスレンジ</t>
+    <phoneticPr fontId="25"/>
   </si>
   <si>
     <t>姓</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
-    <phoneticPr fontId="5"/>
-[...119 lines deleted...]
-    <phoneticPr fontId="24"/>
+    <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>名</t>
     <rPh sb="0" eb="1">
       <t>メイ</t>
     </rPh>
-    <phoneticPr fontId="24"/>
+    <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>追加（新規）</t>
     <rPh sb="0" eb="2">
       <t>ツイカ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>シンキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>未反映</t>
     <rPh sb="0" eb="3">
       <t>ミハンエイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>申請は届出を行っている事務連絡担当者のみ可能です。今回登録をする事務連絡担当者を記載してください。(*)</t>
     <rPh sb="0" eb="2">
       <t>シンセイ</t>
@@ -541,77 +511,78 @@
     <rPh sb="25" eb="27">
       <t>コンカイ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>トウロク</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>ジム</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>レンラク</t>
     </rPh>
     <rPh sb="36" eb="39">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>キサイ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>権限</t>
     <rPh sb="0" eb="2">
       <t>ケンゲン</t>
     </rPh>
-    <phoneticPr fontId="5"/>
-[...5 lines deleted...]
-    <t>v20251113</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>＊申請される接続許可IPアドレスは、必ずCIDR（クラスレスドメイン間ルーティング）表記で、厳密なレンジを指定してください。CIDR表記では、「IPアドレス/ネットワーク部のビット数」の形式で記載します（例：192.168.1.0/24）。
 不適切な表記や範囲の申請は受理できません。再度ご確認のうえ、正しい形式で申請してください。</t>
   </si>
   <si>
     <t>CIDR表記例
 正）192.168.1.0/24
 正）192.168.1.100/32
 誤）192.168.1.0-192.168.1.255
 誤）192.168.1.10/30（注:例えば「/30」なら第4オクテットが4の倍数、「/29」なら8の倍数、「/28」なら16の倍数、というようにサブネットマスクによって倍数が異なります。いずれの場合も、サブネットごとに区切られた最初のアドレス（＝ネットワークアドレス）を指定することが必要です。）</t>
     <phoneticPr fontId="5"/>
   </si>
+  <si>
+    <t>　　＊AP：取引参加者コード　AM：ETF特別清算参加者コード</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>v20260220</t>
+    <phoneticPr fontId="5"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -732,57 +703,50 @@
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="10.5"/>
-[...5 lines deleted...]
-    <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
@@ -825,51 +789,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -923,72 +887,50 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...20 lines deleted...]
-    <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -1003,51 +945,51 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
@@ -1101,184 +1043,159 @@
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="25" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="25" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="24" fillId="5" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="25" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="49" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
-    </xf>
-[...11 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{CB6D536F-7D7E-4DC0-BB4F-C27B525594E9}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{62DB4807-4CAC-4DBB-8871-E988CA55038A}"/>
     <cellStyle name="標準 3 2" xfId="4" xr:uid="{5FA6F217-F212-43C3-AC3D-8743044B0B66}"/>
     <cellStyle name="標準 3 2 2" xfId="9" xr:uid="{612FA06F-DDD8-4633-AFA3-367A8E12EC41}"/>
     <cellStyle name="標準 3 2 3" xfId="11" xr:uid="{98C77272-A3DA-4450-AF56-0F3C9D899F79}"/>
     <cellStyle name="標準 3 2 4" xfId="7" xr:uid="{BED0A0F8-669A-4AE5-9C2B-1610742CEB4B}"/>
     <cellStyle name="標準 3 3" xfId="6" xr:uid="{3C538D25-ACB0-43DC-AC3F-CBA88551C9E4}"/>
     <cellStyle name="標準 3 4" xfId="8" xr:uid="{606D9E6B-7905-46A8-AE96-740EBAE934A2}"/>
     <cellStyle name="標準 3 5" xfId="10" xr:uid="{76AED02D-8E8A-472F-BAFD-748479CF39C0}"/>
     <cellStyle name="標準 3 6" xfId="5" xr:uid="{435063FF-4FBE-4603-B11B-1B24E678E4BE}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
@@ -1436,51 +1353,51 @@
           <a:schemeClr val="accent3"/>
         </a:lnRef>
         <a:fillRef idx="2">
           <a:schemeClr val="accent3"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent3"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
-            <a:t>AP</a:t>
+            <a:t>AP/AM</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9714</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>6212</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>82261</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -1542,53 +1459,53 @@
             <a:t>UT-12</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>167640</xdr:colOff>
           <xdr:row>48</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>97155</xdr:colOff>
+          <xdr:colOff>106680</xdr:colOff>
           <xdr:row>50</xdr:row>
-          <xdr:rowOff>478155</xdr:rowOff>
+          <xdr:rowOff>487680</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1032" name="Group Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1032"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -1618,53 +1535,53 @@
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 21</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>167640</xdr:colOff>
           <xdr:row>48</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>97155</xdr:colOff>
+          <xdr:colOff>106680</xdr:colOff>
           <xdr:row>50</xdr:row>
-          <xdr:rowOff>472440</xdr:rowOff>
+          <xdr:rowOff>480060</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1036" name="Group Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1036"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -1978,257 +1895,257 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:BW63"/>
+  <dimension ref="A1:BW59"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A45" zoomScaleNormal="177" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="AP47" sqref="AP47"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A43" zoomScaleNormal="177" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="115" workbookViewId="0">
+      <selection activeCell="AG60" sqref="AG60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.44140625" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="6" width="2.44140625" style="1"/>
     <col min="7" max="10" width="2.44140625" style="1" customWidth="1"/>
     <col min="11" max="12" width="2.44140625" style="1"/>
     <col min="13" max="13" width="2.44140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="2.44140625" style="1"/>
     <col min="15" max="17" width="2.44140625" style="1" customWidth="1"/>
     <col min="18" max="19" width="2.44140625" style="1"/>
     <col min="20" max="24" width="2.44140625" style="1" customWidth="1"/>
     <col min="25" max="31" width="2.44140625" style="1"/>
     <col min="32" max="32" width="2.44140625" style="1" customWidth="1"/>
     <col min="33" max="41" width="2.44140625" style="1"/>
     <col min="42" max="42" width="2.44140625" style="27" customWidth="1"/>
     <col min="43" max="48" width="2.44140625" style="1"/>
     <col min="49" max="51" width="2.44140625" style="5" customWidth="1"/>
     <col min="52" max="16384" width="2.44140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="66" t="s">
+      <c r="A1" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="66"/>
-[...35 lines deleted...]
-      <c r="AL1" s="66"/>
+      <c r="B1" s="55"/>
+      <c r="C1" s="55"/>
+      <c r="D1" s="55"/>
+      <c r="E1" s="55"/>
+      <c r="F1" s="55"/>
+      <c r="G1" s="55"/>
+      <c r="H1" s="55"/>
+      <c r="I1" s="55"/>
+      <c r="J1" s="55"/>
+      <c r="K1" s="55"/>
+      <c r="L1" s="55"/>
+      <c r="M1" s="55"/>
+      <c r="N1" s="55"/>
+      <c r="O1" s="55"/>
+      <c r="P1" s="55"/>
+      <c r="Q1" s="55"/>
+      <c r="R1" s="55"/>
+      <c r="S1" s="55"/>
+      <c r="T1" s="55"/>
+      <c r="U1" s="55"/>
+      <c r="V1" s="55"/>
+      <c r="W1" s="55"/>
+      <c r="X1" s="55"/>
+      <c r="Y1" s="55"/>
+      <c r="Z1" s="55"/>
+      <c r="AA1" s="55"/>
+      <c r="AB1" s="55"/>
+      <c r="AC1" s="55"/>
+      <c r="AD1" s="55"/>
+      <c r="AE1" s="55"/>
+      <c r="AF1" s="55"/>
+      <c r="AG1" s="55"/>
+      <c r="AH1" s="55"/>
+      <c r="AI1" s="55"/>
+      <c r="AJ1" s="55"/>
+      <c r="AK1" s="55"/>
+      <c r="AL1" s="55"/>
       <c r="AM1" s="23"/>
       <c r="AN1" s="23"/>
       <c r="AO1" s="23"/>
       <c r="AP1" s="25"/>
       <c r="AQ1" s="23"/>
       <c r="AR1" s="23"/>
       <c r="AS1" s="23"/>
     </row>
     <row r="2" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="66"/>
-[...36 lines deleted...]
-      <c r="AL2" s="66"/>
+      <c r="A2" s="55"/>
+      <c r="B2" s="55"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="55"/>
+      <c r="F2" s="55"/>
+      <c r="G2" s="55"/>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55"/>
+      <c r="J2" s="55"/>
+      <c r="K2" s="55"/>
+      <c r="L2" s="55"/>
+      <c r="M2" s="55"/>
+      <c r="N2" s="55"/>
+      <c r="O2" s="55"/>
+      <c r="P2" s="55"/>
+      <c r="Q2" s="55"/>
+      <c r="R2" s="55"/>
+      <c r="S2" s="55"/>
+      <c r="T2" s="55"/>
+      <c r="U2" s="55"/>
+      <c r="V2" s="55"/>
+      <c r="W2" s="55"/>
+      <c r="X2" s="55"/>
+      <c r="Y2" s="55"/>
+      <c r="Z2" s="55"/>
+      <c r="AA2" s="55"/>
+      <c r="AB2" s="55"/>
+      <c r="AC2" s="55"/>
+      <c r="AD2" s="55"/>
+      <c r="AE2" s="55"/>
+      <c r="AF2" s="55"/>
+      <c r="AG2" s="55"/>
+      <c r="AH2" s="55"/>
+      <c r="AI2" s="55"/>
+      <c r="AJ2" s="55"/>
+      <c r="AK2" s="55"/>
+      <c r="AL2" s="55"/>
       <c r="AM2" s="23"/>
       <c r="AN2" s="23"/>
       <c r="AO2" s="23"/>
       <c r="AP2" s="25"/>
       <c r="AQ2" s="23"/>
       <c r="AR2" s="23"/>
       <c r="AS2" s="23"/>
     </row>
     <row r="3" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="66"/>
-[...36 lines deleted...]
-      <c r="AL3" s="66"/>
+      <c r="A3" s="55"/>
+      <c r="B3" s="55"/>
+      <c r="C3" s="55"/>
+      <c r="D3" s="55"/>
+      <c r="E3" s="55"/>
+      <c r="F3" s="55"/>
+      <c r="G3" s="55"/>
+      <c r="H3" s="55"/>
+      <c r="I3" s="55"/>
+      <c r="J3" s="55"/>
+      <c r="K3" s="55"/>
+      <c r="L3" s="55"/>
+      <c r="M3" s="55"/>
+      <c r="N3" s="55"/>
+      <c r="O3" s="55"/>
+      <c r="P3" s="55"/>
+      <c r="Q3" s="55"/>
+      <c r="R3" s="55"/>
+      <c r="S3" s="55"/>
+      <c r="T3" s="55"/>
+      <c r="U3" s="55"/>
+      <c r="V3" s="55"/>
+      <c r="W3" s="55"/>
+      <c r="X3" s="55"/>
+      <c r="Y3" s="55"/>
+      <c r="Z3" s="55"/>
+      <c r="AA3" s="55"/>
+      <c r="AB3" s="55"/>
+      <c r="AC3" s="55"/>
+      <c r="AD3" s="55"/>
+      <c r="AE3" s="55"/>
+      <c r="AF3" s="55"/>
+      <c r="AG3" s="55"/>
+      <c r="AH3" s="55"/>
+      <c r="AI3" s="55"/>
+      <c r="AJ3" s="55"/>
+      <c r="AK3" s="55"/>
+      <c r="AL3" s="55"/>
       <c r="AM3" s="23"/>
       <c r="AN3" s="23"/>
       <c r="AO3" s="23"/>
       <c r="AP3" s="25"/>
       <c r="AQ3" s="23"/>
       <c r="AR3" s="23"/>
       <c r="AS3" s="23"/>
     </row>
     <row r="4" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="66"/>
-[...36 lines deleted...]
-      <c r="AL4" s="66"/>
+      <c r="A4" s="55"/>
+      <c r="B4" s="55"/>
+      <c r="C4" s="55"/>
+      <c r="D4" s="55"/>
+      <c r="E4" s="55"/>
+      <c r="F4" s="55"/>
+      <c r="G4" s="55"/>
+      <c r="H4" s="55"/>
+      <c r="I4" s="55"/>
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="55"/>
+      <c r="M4" s="55"/>
+      <c r="N4" s="55"/>
+      <c r="O4" s="55"/>
+      <c r="P4" s="55"/>
+      <c r="Q4" s="55"/>
+      <c r="R4" s="55"/>
+      <c r="S4" s="55"/>
+      <c r="T4" s="55"/>
+      <c r="U4" s="55"/>
+      <c r="V4" s="55"/>
+      <c r="W4" s="55"/>
+      <c r="X4" s="55"/>
+      <c r="Y4" s="55"/>
+      <c r="Z4" s="55"/>
+      <c r="AA4" s="55"/>
+      <c r="AB4" s="55"/>
+      <c r="AC4" s="55"/>
+      <c r="AD4" s="55"/>
+      <c r="AE4" s="55"/>
+      <c r="AF4" s="55"/>
+      <c r="AG4" s="55"/>
+      <c r="AH4" s="55"/>
+      <c r="AI4" s="55"/>
+      <c r="AJ4" s="55"/>
+      <c r="AK4" s="55"/>
+      <c r="AL4" s="55"/>
       <c r="AM4" s="23"/>
       <c r="AN4" s="23"/>
       <c r="AO4" s="23"/>
       <c r="AP4" s="25"/>
       <c r="AQ4" s="23"/>
       <c r="AR4" s="23"/>
       <c r="AS4" s="23"/>
     </row>
     <row r="5" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
@@ -2239,68 +2156,68 @@
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
       <c r="AC5" s="2"/>
       <c r="AD5" s="2"/>
       <c r="AG5" s="2"/>
       <c r="AH5" s="2"/>
       <c r="AI5" s="2"/>
       <c r="AJ5" s="2"/>
       <c r="AK5" s="2"/>
       <c r="AL5" s="2"/>
       <c r="AM5" s="2"/>
       <c r="AN5" s="2"/>
       <c r="AO5" s="2"/>
       <c r="AP5" s="26"/>
       <c r="AQ5" s="2"/>
       <c r="AR5" s="2"/>
       <c r="AS5" s="2"/>
     </row>
     <row r="6" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="W6" s="67" t="s">
+      <c r="W6" s="57" t="s">
         <v>4</v>
       </c>
-      <c r="X6" s="67"/>
-      <c r="Y6" s="67"/>
+      <c r="X6" s="57"/>
+      <c r="Y6" s="57"/>
       <c r="Z6" s="16"/>
-      <c r="AA6" s="68"/>
-[...10 lines deleted...]
-      <c r="AL6" s="69"/>
+      <c r="AA6" s="58"/>
+      <c r="AB6" s="59"/>
+      <c r="AC6" s="59"/>
+      <c r="AD6" s="59"/>
+      <c r="AE6" s="59"/>
+      <c r="AF6" s="59"/>
+      <c r="AG6" s="59"/>
+      <c r="AH6" s="59"/>
+      <c r="AI6" s="59"/>
+      <c r="AJ6" s="59"/>
+      <c r="AK6" s="59"/>
+      <c r="AL6" s="59"/>
       <c r="AQ6" s="5"/>
       <c r="AR6" s="5"/>
       <c r="AW6" s="1"/>
       <c r="AX6" s="1"/>
       <c r="AY6" s="1"/>
     </row>
     <row r="7" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="61" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="61"/>
       <c r="C8" s="61"/>
       <c r="D8" s="61"/>
       <c r="E8" s="61"/>
       <c r="F8" s="61"/>
       <c r="G8" s="61"/>
       <c r="H8" s="61"/>
       <c r="I8" s="61"/>
       <c r="J8" s="61"/>
       <c r="K8" s="61"/>
       <c r="L8" s="61"/>
       <c r="M8" s="61"/>
       <c r="N8" s="61"/>
       <c r="O8" s="61"/>
@@ -2315,88 +2232,88 @@
       <c r="X8" s="61"/>
       <c r="Y8" s="61"/>
       <c r="Z8" s="61"/>
       <c r="AA8" s="61"/>
       <c r="AB8" s="61"/>
       <c r="AC8" s="61"/>
       <c r="AD8" s="61"/>
       <c r="AE8" s="61"/>
       <c r="AF8" s="61"/>
       <c r="AG8" s="61"/>
       <c r="AH8" s="61"/>
       <c r="AI8" s="61"/>
       <c r="AJ8" s="61"/>
       <c r="AK8" s="61"/>
       <c r="AL8" s="24"/>
       <c r="AM8" s="24"/>
       <c r="AN8" s="24"/>
       <c r="AO8" s="24"/>
       <c r="AP8" s="28"/>
       <c r="AQ8" s="24"/>
       <c r="AR8" s="24"/>
       <c r="AS8" s="24"/>
     </row>
     <row r="9" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="10"/>
-      <c r="B9" s="70" t="s">
-[...36 lines deleted...]
-      <c r="AK9" s="70"/>
+      <c r="B9" s="62" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="62"/>
+      <c r="D9" s="62"/>
+      <c r="E9" s="62"/>
+      <c r="F9" s="62"/>
+      <c r="G9" s="62"/>
+      <c r="H9" s="62"/>
+      <c r="I9" s="62"/>
+      <c r="J9" s="62"/>
+      <c r="K9" s="62"/>
+      <c r="L9" s="62"/>
+      <c r="M9" s="62"/>
+      <c r="N9" s="62"/>
+      <c r="O9" s="62"/>
+      <c r="P9" s="62"/>
+      <c r="Q9" s="62"/>
+      <c r="R9" s="62"/>
+      <c r="S9" s="62"/>
+      <c r="T9" s="62"/>
+      <c r="U9" s="62"/>
+      <c r="V9" s="62"/>
+      <c r="W9" s="62"/>
+      <c r="X9" s="62"/>
+      <c r="Y9" s="62"/>
+      <c r="Z9" s="62"/>
+      <c r="AA9" s="62"/>
+      <c r="AB9" s="62"/>
+      <c r="AC9" s="62"/>
+      <c r="AD9" s="62"/>
+      <c r="AE9" s="62"/>
+      <c r="AF9" s="62"/>
+      <c r="AG9" s="62"/>
+      <c r="AH9" s="62"/>
+      <c r="AI9" s="62"/>
+      <c r="AJ9" s="62"/>
+      <c r="AK9" s="62"/>
       <c r="AL9" s="11"/>
       <c r="AM9" s="11"/>
       <c r="AN9" s="11"/>
       <c r="AO9" s="11"/>
       <c r="AP9" s="29"/>
       <c r="AQ9" s="11"/>
       <c r="AR9" s="10"/>
       <c r="AS9" s="10"/>
     </row>
     <row r="10" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
@@ -2410,82 +2327,80 @@
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="3"/>
       <c r="AK10" s="3"/>
       <c r="AL10" s="3"/>
       <c r="AM10" s="3"/>
       <c r="AN10" s="3"/>
       <c r="AO10" s="3"/>
       <c r="AP10" s="30"/>
       <c r="AQ10" s="3"/>
       <c r="AR10" s="3"/>
       <c r="AS10" s="3"/>
     </row>
     <row r="11" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C11" s="59" t="s">
+      <c r="C11" s="56" t="s">
         <v>11</v>
       </c>
-      <c r="D11" s="59"/>
-[...3 lines deleted...]
-      <c r="H11" s="59"/>
+      <c r="D11" s="56"/>
+      <c r="E11" s="56"/>
+      <c r="F11" s="56"/>
+      <c r="G11" s="56"/>
+      <c r="H11" s="56"/>
       <c r="I11" s="2"/>
-      <c r="J11" s="77" t="s">
-[...21 lines deleted...]
-      <c r="AD11" s="77"/>
+      <c r="J11" s="60"/>
+      <c r="K11" s="60"/>
+      <c r="L11" s="60"/>
+      <c r="M11" s="60"/>
+      <c r="N11" s="60"/>
+      <c r="O11" s="60"/>
+      <c r="P11" s="60"/>
+      <c r="Q11" s="60"/>
+      <c r="R11" s="60"/>
+      <c r="S11" s="60"/>
+      <c r="T11" s="60"/>
+      <c r="U11" s="60"/>
+      <c r="V11" s="60"/>
+      <c r="W11" s="60"/>
+      <c r="X11" s="60"/>
+      <c r="Y11" s="60"/>
+      <c r="Z11" s="60"/>
+      <c r="AA11" s="60"/>
+      <c r="AB11" s="60"/>
+      <c r="AC11" s="60"/>
+      <c r="AD11" s="60"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AQ11" s="5"/>
       <c r="AR11" s="5"/>
       <c r="AW11" s="1"/>
       <c r="AX11" s="1"/>
       <c r="AY11" s="1"/>
     </row>
     <row r="12" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
@@ -2503,650 +2418,650 @@
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
       <c r="Z12" s="3"/>
       <c r="AA12" s="3"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="3"/>
       <c r="AK12" s="3"/>
       <c r="AL12" s="3"/>
       <c r="AM12" s="3"/>
       <c r="AN12" s="3"/>
       <c r="AO12" s="3"/>
       <c r="AP12" s="30"/>
       <c r="AQ12" s="3"/>
       <c r="AR12" s="3"/>
       <c r="AS12" s="3"/>
     </row>
     <row r="13" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C13" s="59" t="s">
+      <c r="C13" s="56" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="59"/>
-[...3 lines deleted...]
-      <c r="H13" s="59"/>
+      <c r="D13" s="56"/>
+      <c r="E13" s="56"/>
+      <c r="F13" s="56"/>
+      <c r="G13" s="56"/>
+      <c r="H13" s="56"/>
       <c r="I13" s="2"/>
-      <c r="J13" s="63"/>
-[...19 lines deleted...]
-      <c r="AD13" s="63"/>
+      <c r="J13" s="60"/>
+      <c r="K13" s="60"/>
+      <c r="L13" s="60"/>
+      <c r="M13" s="60"/>
+      <c r="N13" s="60"/>
+      <c r="O13" s="60"/>
+      <c r="P13" s="60"/>
+      <c r="Q13" s="60"/>
+      <c r="R13" s="60"/>
+      <c r="S13" s="60"/>
+      <c r="T13" s="60"/>
+      <c r="U13" s="60"/>
+      <c r="V13" s="60"/>
+      <c r="W13" s="60"/>
+      <c r="X13" s="60"/>
+      <c r="Y13" s="60"/>
+      <c r="Z13" s="60"/>
+      <c r="AA13" s="60"/>
+      <c r="AB13" s="60"/>
+      <c r="AC13" s="60"/>
+      <c r="AD13" s="60"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="3"/>
       <c r="AK13" s="3"/>
       <c r="AQ13" s="5"/>
       <c r="AR13" s="5"/>
       <c r="AW13" s="1"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1"/>
     </row>
     <row r="14" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="15" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C15" s="60" t="s">
-[...35 lines deleted...]
-      <c r="AK15" s="60"/>
+      <c r="C15" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="63"/>
+      <c r="E15" s="63"/>
+      <c r="F15" s="63"/>
+      <c r="G15" s="63"/>
+      <c r="H15" s="63"/>
+      <c r="I15" s="63"/>
+      <c r="J15" s="63"/>
+      <c r="K15" s="63"/>
+      <c r="L15" s="63"/>
+      <c r="M15" s="63"/>
+      <c r="N15" s="63"/>
+      <c r="O15" s="63"/>
+      <c r="P15" s="63"/>
+      <c r="Q15" s="63"/>
+      <c r="R15" s="63"/>
+      <c r="S15" s="63"/>
+      <c r="T15" s="63"/>
+      <c r="U15" s="63"/>
+      <c r="V15" s="63"/>
+      <c r="W15" s="63"/>
+      <c r="X15" s="63"/>
+      <c r="Y15" s="63"/>
+      <c r="Z15" s="63"/>
+      <c r="AA15" s="63"/>
+      <c r="AB15" s="63"/>
+      <c r="AC15" s="63"/>
+      <c r="AD15" s="63"/>
+      <c r="AE15" s="63"/>
+      <c r="AF15" s="63"/>
+      <c r="AG15" s="63"/>
+      <c r="AH15" s="63"/>
+      <c r="AI15" s="63"/>
+      <c r="AJ15" s="63"/>
+      <c r="AK15" s="63"/>
       <c r="AL15" s="18"/>
       <c r="AM15" s="18"/>
       <c r="AN15" s="18"/>
       <c r="AO15" s="18"/>
       <c r="AP15" s="31"/>
       <c r="AQ15" s="18"/>
     </row>
     <row r="16" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J16" s="17"/>
       <c r="K16" s="17"/>
       <c r="L16" s="17"/>
       <c r="M16" s="17"/>
       <c r="N16" s="17"/>
       <c r="O16" s="17"/>
       <c r="P16" s="17"/>
       <c r="Q16" s="17"/>
       <c r="R16" s="17"/>
       <c r="S16" s="17"/>
       <c r="T16" s="17"/>
       <c r="U16" s="17"/>
       <c r="V16" s="17"/>
       <c r="W16" s="17"/>
       <c r="X16" s="17"/>
       <c r="Y16" s="17"/>
       <c r="Z16" s="17"/>
       <c r="AA16" s="17"/>
       <c r="AB16" s="17"/>
       <c r="AC16" s="17"/>
       <c r="AD16" s="17"/>
       <c r="AE16" s="17"/>
       <c r="AF16" s="17"/>
       <c r="AG16" s="17"/>
       <c r="AH16" s="17"/>
       <c r="AI16" s="17"/>
       <c r="AJ16" s="17"/>
       <c r="AK16" s="17"/>
       <c r="AQ16" s="5"/>
       <c r="AR16" s="5"/>
       <c r="AW16" s="1"/>
       <c r="AX16" s="1"/>
       <c r="AY16" s="1"/>
     </row>
     <row r="17" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C17" s="59" t="s">
+      <c r="C17" s="56" t="s">
         <v>19</v>
       </c>
-      <c r="D17" s="59"/>
-[...3 lines deleted...]
-      <c r="H17" s="59"/>
+      <c r="D17" s="56"/>
+      <c r="E17" s="56"/>
+      <c r="F17" s="56"/>
+      <c r="G17" s="56"/>
+      <c r="H17" s="56"/>
       <c r="I17" s="2"/>
-      <c r="J17" s="63"/>
-[...19 lines deleted...]
-      <c r="AD17" s="63"/>
+      <c r="J17" s="60"/>
+      <c r="K17" s="60"/>
+      <c r="L17" s="60"/>
+      <c r="M17" s="60"/>
+      <c r="N17" s="60"/>
+      <c r="O17" s="60"/>
+      <c r="P17" s="60"/>
+      <c r="Q17" s="60"/>
+      <c r="R17" s="60"/>
+      <c r="S17" s="60"/>
+      <c r="T17" s="60"/>
+      <c r="U17" s="60"/>
+      <c r="V17" s="60"/>
+      <c r="W17" s="60"/>
+      <c r="X17" s="60"/>
+      <c r="Y17" s="60"/>
+      <c r="Z17" s="60"/>
+      <c r="AA17" s="60"/>
+      <c r="AB17" s="60"/>
+      <c r="AC17" s="60"/>
+      <c r="AD17" s="60"/>
       <c r="AE17" s="3"/>
       <c r="AF17" s="3"/>
       <c r="AG17" s="3"/>
       <c r="AH17" s="3"/>
       <c r="AI17" s="3"/>
       <c r="AJ17" s="3"/>
       <c r="AK17" s="3"/>
       <c r="AQ17" s="5"/>
       <c r="AR17" s="5"/>
       <c r="AW17" s="1"/>
       <c r="AX17" s="1"/>
       <c r="AY17" s="1"/>
     </row>
     <row r="18" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
       <c r="N18" s="17"/>
       <c r="O18" s="17"/>
       <c r="P18" s="17"/>
       <c r="Q18" s="17"/>
       <c r="R18" s="17"/>
       <c r="S18" s="17"/>
       <c r="T18" s="17"/>
       <c r="U18" s="17"/>
       <c r="V18" s="17"/>
       <c r="W18" s="17"/>
       <c r="X18" s="17"/>
       <c r="Y18" s="17"/>
       <c r="Z18" s="17"/>
       <c r="AA18" s="17"/>
       <c r="AB18" s="17"/>
       <c r="AC18" s="17"/>
       <c r="AD18" s="17"/>
       <c r="AE18" s="17"/>
       <c r="AF18" s="17"/>
       <c r="AG18" s="17"/>
       <c r="AH18" s="17"/>
       <c r="AI18" s="17"/>
       <c r="AJ18" s="17"/>
       <c r="AK18" s="17"/>
       <c r="AQ18" s="5"/>
       <c r="AR18" s="5"/>
       <c r="AW18" s="1"/>
       <c r="AX18" s="1"/>
       <c r="AY18" s="1"/>
     </row>
     <row r="19" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C19" s="71" t="s">
-[...6 lines deleted...]
-      <c r="H19" s="71"/>
+      <c r="C19" s="65" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" s="65"/>
+      <c r="E19" s="65"/>
+      <c r="F19" s="65"/>
+      <c r="G19" s="65"/>
+      <c r="H19" s="65"/>
       <c r="I19" s="2"/>
-      <c r="J19" s="72"/>
-[...19 lines deleted...]
-      <c r="AD19" s="72"/>
+      <c r="J19" s="66"/>
+      <c r="K19" s="66"/>
+      <c r="L19" s="66"/>
+      <c r="M19" s="66"/>
+      <c r="N19" s="66"/>
+      <c r="O19" s="66"/>
+      <c r="P19" s="66"/>
+      <c r="Q19" s="66"/>
+      <c r="R19" s="66"/>
+      <c r="S19" s="66"/>
+      <c r="T19" s="66"/>
+      <c r="U19" s="66"/>
+      <c r="V19" s="66"/>
+      <c r="W19" s="66"/>
+      <c r="X19" s="66"/>
+      <c r="Y19" s="66"/>
+      <c r="Z19" s="66"/>
+      <c r="AA19" s="66"/>
+      <c r="AB19" s="66"/>
+      <c r="AC19" s="66"/>
+      <c r="AD19" s="66"/>
       <c r="AE19" s="3"/>
       <c r="AF19" s="3"/>
       <c r="AG19" s="3"/>
       <c r="AH19" s="3"/>
       <c r="AI19" s="3"/>
       <c r="AJ19" s="3"/>
       <c r="AK19" s="3"/>
       <c r="AQ19" s="5"/>
       <c r="AR19" s="5"/>
       <c r="AW19" s="1"/>
       <c r="AX19" s="1"/>
       <c r="AY19" s="1"/>
     </row>
     <row r="20" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J20" s="17"/>
       <c r="K20" s="17"/>
       <c r="L20" s="17"/>
       <c r="M20" s="17"/>
       <c r="N20" s="17"/>
       <c r="O20" s="17"/>
       <c r="P20" s="17"/>
       <c r="Q20" s="17"/>
       <c r="R20" s="17"/>
       <c r="S20" s="17"/>
       <c r="T20" s="17"/>
       <c r="U20" s="17"/>
       <c r="V20" s="17"/>
       <c r="W20" s="17"/>
       <c r="X20" s="17"/>
       <c r="Y20" s="17"/>
       <c r="Z20" s="17"/>
       <c r="AA20" s="17"/>
       <c r="AB20" s="17"/>
       <c r="AC20" s="17"/>
       <c r="AD20" s="17"/>
       <c r="AE20" s="17"/>
       <c r="AF20" s="17"/>
       <c r="AG20" s="17"/>
       <c r="AH20" s="17"/>
       <c r="AI20" s="17"/>
       <c r="AJ20" s="17"/>
       <c r="AK20" s="17"/>
       <c r="AQ20" s="5"/>
       <c r="AR20" s="5"/>
       <c r="AW20" s="1"/>
       <c r="AX20" s="1"/>
       <c r="AY20" s="1"/>
     </row>
     <row r="21" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C21" s="59" t="s">
+      <c r="C21" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="D21" s="59"/>
-[...3 lines deleted...]
-      <c r="H21" s="59"/>
+      <c r="D21" s="56"/>
+      <c r="E21" s="56"/>
+      <c r="F21" s="56"/>
+      <c r="G21" s="56"/>
+      <c r="H21" s="56"/>
       <c r="I21" s="2"/>
-      <c r="J21" s="63"/>
-[...19 lines deleted...]
-      <c r="AD21" s="63"/>
+      <c r="J21" s="60"/>
+      <c r="K21" s="60"/>
+      <c r="L21" s="60"/>
+      <c r="M21" s="60"/>
+      <c r="N21" s="60"/>
+      <c r="O21" s="60"/>
+      <c r="P21" s="60"/>
+      <c r="Q21" s="60"/>
+      <c r="R21" s="60"/>
+      <c r="S21" s="60"/>
+      <c r="T21" s="60"/>
+      <c r="U21" s="60"/>
+      <c r="V21" s="60"/>
+      <c r="W21" s="60"/>
+      <c r="X21" s="60"/>
+      <c r="Y21" s="60"/>
+      <c r="Z21" s="60"/>
+      <c r="AA21" s="60"/>
+      <c r="AB21" s="60"/>
+      <c r="AC21" s="60"/>
+      <c r="AD21" s="60"/>
       <c r="AE21" s="3"/>
       <c r="AF21" s="3"/>
       <c r="AG21" s="3"/>
       <c r="AH21" s="3"/>
       <c r="AI21" s="3"/>
       <c r="AJ21" s="3"/>
       <c r="AK21" s="3"/>
       <c r="AQ21" s="5"/>
       <c r="AR21" s="5"/>
       <c r="AW21" s="1"/>
       <c r="AX21" s="1"/>
       <c r="AY21" s="1"/>
     </row>
     <row r="22" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J22" s="17"/>
       <c r="K22" s="17"/>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="17"/>
       <c r="P22" s="17"/>
       <c r="Q22" s="17"/>
       <c r="R22" s="17"/>
       <c r="S22" s="17"/>
       <c r="T22" s="17"/>
       <c r="U22" s="17"/>
       <c r="V22" s="17"/>
       <c r="W22" s="17"/>
       <c r="X22" s="17"/>
       <c r="Y22" s="17"/>
       <c r="Z22" s="17"/>
       <c r="AA22" s="17"/>
       <c r="AB22" s="17"/>
       <c r="AC22" s="17"/>
       <c r="AD22" s="17"/>
       <c r="AE22" s="17"/>
       <c r="AF22" s="17"/>
       <c r="AG22" s="17"/>
       <c r="AH22" s="17"/>
       <c r="AI22" s="17"/>
       <c r="AJ22" s="17"/>
       <c r="AK22" s="17"/>
       <c r="AQ22" s="5"/>
       <c r="AR22" s="5"/>
       <c r="AW22" s="1"/>
       <c r="AX22" s="1"/>
       <c r="AY22" s="1"/>
     </row>
     <row r="23" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C23" s="59" t="s">
+      <c r="C23" s="56" t="s">
         <v>0</v>
       </c>
-      <c r="D23" s="59"/>
-[...3 lines deleted...]
-      <c r="H23" s="59"/>
+      <c r="D23" s="56"/>
+      <c r="E23" s="56"/>
+      <c r="F23" s="56"/>
+      <c r="G23" s="56"/>
+      <c r="H23" s="56"/>
       <c r="I23" s="2"/>
-      <c r="J23" s="63"/>
-[...19 lines deleted...]
-      <c r="AD23" s="63"/>
+      <c r="J23" s="60"/>
+      <c r="K23" s="60"/>
+      <c r="L23" s="60"/>
+      <c r="M23" s="60"/>
+      <c r="N23" s="60"/>
+      <c r="O23" s="60"/>
+      <c r="P23" s="60"/>
+      <c r="Q23" s="60"/>
+      <c r="R23" s="60"/>
+      <c r="S23" s="60"/>
+      <c r="T23" s="60"/>
+      <c r="U23" s="60"/>
+      <c r="V23" s="60"/>
+      <c r="W23" s="60"/>
+      <c r="X23" s="60"/>
+      <c r="Y23" s="60"/>
+      <c r="Z23" s="60"/>
+      <c r="AA23" s="60"/>
+      <c r="AB23" s="60"/>
+      <c r="AC23" s="60"/>
+      <c r="AD23" s="60"/>
       <c r="AE23" s="3"/>
       <c r="AF23" s="3"/>
       <c r="AG23" s="3"/>
       <c r="AH23" s="3"/>
       <c r="AI23" s="3"/>
       <c r="AJ23" s="3"/>
       <c r="AK23" s="3"/>
       <c r="AQ23" s="5"/>
       <c r="AR23" s="5"/>
       <c r="AW23" s="1"/>
       <c r="AX23" s="1"/>
       <c r="AY23" s="1"/>
     </row>
     <row r="24" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="17"/>
       <c r="R24" s="17"/>
       <c r="S24" s="17"/>
       <c r="T24" s="17"/>
       <c r="U24" s="17"/>
       <c r="V24" s="17"/>
       <c r="W24" s="17"/>
       <c r="X24" s="17"/>
       <c r="Y24" s="17"/>
       <c r="Z24" s="17"/>
       <c r="AA24" s="17"/>
       <c r="AB24" s="17"/>
       <c r="AC24" s="17"/>
       <c r="AD24" s="17"/>
       <c r="AE24" s="17"/>
       <c r="AF24" s="17"/>
       <c r="AG24" s="17"/>
       <c r="AH24" s="17"/>
       <c r="AI24" s="17"/>
       <c r="AJ24" s="17"/>
       <c r="AK24" s="17"/>
       <c r="AQ24" s="5"/>
       <c r="AR24" s="5"/>
       <c r="AW24" s="1"/>
       <c r="AX24" s="1"/>
       <c r="AY24" s="1"/>
     </row>
     <row r="25" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C25" s="59" t="s">
+      <c r="C25" s="56" t="s">
         <v>10</v>
       </c>
-      <c r="D25" s="59"/>
-[...3 lines deleted...]
-      <c r="H25" s="59"/>
+      <c r="D25" s="56"/>
+      <c r="E25" s="56"/>
+      <c r="F25" s="56"/>
+      <c r="G25" s="56"/>
+      <c r="H25" s="56"/>
       <c r="I25" s="2"/>
-      <c r="J25" s="63"/>
-[...19 lines deleted...]
-      <c r="AD25" s="63"/>
+      <c r="J25" s="60"/>
+      <c r="K25" s="60"/>
+      <c r="L25" s="60"/>
+      <c r="M25" s="60"/>
+      <c r="N25" s="60"/>
+      <c r="O25" s="60"/>
+      <c r="P25" s="60"/>
+      <c r="Q25" s="60"/>
+      <c r="R25" s="60"/>
+      <c r="S25" s="60"/>
+      <c r="T25" s="60"/>
+      <c r="U25" s="60"/>
+      <c r="V25" s="60"/>
+      <c r="W25" s="60"/>
+      <c r="X25" s="60"/>
+      <c r="Y25" s="60"/>
+      <c r="Z25" s="60"/>
+      <c r="AA25" s="60"/>
+      <c r="AB25" s="60"/>
+      <c r="AC25" s="60"/>
+      <c r="AD25" s="60"/>
       <c r="AE25" s="3"/>
       <c r="AF25" s="3"/>
       <c r="AG25" s="3"/>
       <c r="AH25" s="3"/>
       <c r="AI25" s="3"/>
       <c r="AJ25" s="3"/>
       <c r="AK25" s="3"/>
       <c r="AQ25" s="5"/>
       <c r="AR25" s="5"/>
       <c r="AW25" s="1"/>
       <c r="AX25" s="1"/>
       <c r="AY25" s="1"/>
     </row>
     <row r="26" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J26" s="17"/>
       <c r="K26" s="17"/>
       <c r="L26" s="17"/>
       <c r="M26" s="17"/>
       <c r="N26" s="17"/>
       <c r="O26" s="17"/>
       <c r="P26" s="17"/>
       <c r="Q26" s="17"/>
       <c r="R26" s="17"/>
       <c r="S26" s="17"/>
       <c r="T26" s="17"/>
       <c r="U26" s="17"/>
       <c r="V26" s="17"/>
       <c r="W26" s="17"/>
       <c r="X26" s="17"/>
       <c r="Y26" s="17"/>
       <c r="Z26" s="17"/>
       <c r="AA26" s="17"/>
       <c r="AB26" s="17"/>
       <c r="AC26" s="17"/>
       <c r="AD26" s="17"/>
       <c r="AE26" s="17"/>
       <c r="AF26" s="17"/>
       <c r="AG26" s="17"/>
       <c r="AH26" s="17"/>
       <c r="AI26" s="17"/>
       <c r="AJ26" s="17"/>
       <c r="AK26" s="17"/>
       <c r="AQ26" s="5"/>
       <c r="AR26" s="5"/>
       <c r="AW26" s="1"/>
       <c r="AX26" s="1"/>
       <c r="AY26" s="1"/>
     </row>
     <row r="27" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C27" s="75" t="s">
+      <c r="C27" s="67" t="s">
         <v>18</v>
       </c>
-      <c r="D27" s="75"/>
-[...32 lines deleted...]
-      <c r="AK27" s="75"/>
+      <c r="D27" s="67"/>
+      <c r="E27" s="67"/>
+      <c r="F27" s="67"/>
+      <c r="G27" s="67"/>
+      <c r="H27" s="67"/>
+      <c r="I27" s="67"/>
+      <c r="J27" s="67"/>
+      <c r="K27" s="67"/>
+      <c r="L27" s="67"/>
+      <c r="M27" s="67"/>
+      <c r="N27" s="67"/>
+      <c r="O27" s="67"/>
+      <c r="P27" s="67"/>
+      <c r="Q27" s="67"/>
+      <c r="R27" s="67"/>
+      <c r="S27" s="67"/>
+      <c r="T27" s="67"/>
+      <c r="U27" s="67"/>
+      <c r="V27" s="67"/>
+      <c r="W27" s="67"/>
+      <c r="X27" s="67"/>
+      <c r="Y27" s="67"/>
+      <c r="Z27" s="67"/>
+      <c r="AA27" s="67"/>
+      <c r="AB27" s="67"/>
+      <c r="AC27" s="67"/>
+      <c r="AD27" s="67"/>
+      <c r="AE27" s="67"/>
+      <c r="AF27" s="67"/>
+      <c r="AG27" s="67"/>
+      <c r="AH27" s="67"/>
+      <c r="AI27" s="67"/>
+      <c r="AJ27" s="67"/>
+      <c r="AK27" s="67"/>
       <c r="AL27" s="18"/>
       <c r="AM27" s="18"/>
       <c r="AN27" s="18"/>
       <c r="AO27" s="18"/>
       <c r="AP27" s="31"/>
       <c r="AQ27" s="18"/>
     </row>
     <row r="28" spans="1:51" ht="13.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C28" s="47"/>
-[...33 lines deleted...]
-      <c r="AK28" s="47"/>
+      <c r="C28" s="68"/>
+      <c r="D28" s="68"/>
+      <c r="E28" s="68"/>
+      <c r="F28" s="68"/>
+      <c r="G28" s="68"/>
+      <c r="H28" s="68"/>
+      <c r="I28" s="68"/>
+      <c r="J28" s="68"/>
+      <c r="K28" s="68"/>
+      <c r="L28" s="68"/>
+      <c r="M28" s="68"/>
+      <c r="N28" s="68"/>
+      <c r="O28" s="68"/>
+      <c r="P28" s="68"/>
+      <c r="Q28" s="68"/>
+      <c r="R28" s="68"/>
+      <c r="S28" s="68"/>
+      <c r="T28" s="68"/>
+      <c r="U28" s="68"/>
+      <c r="V28" s="68"/>
+      <c r="W28" s="68"/>
+      <c r="X28" s="68"/>
+      <c r="Y28" s="68"/>
+      <c r="Z28" s="68"/>
+      <c r="AA28" s="68"/>
+      <c r="AB28" s="68"/>
+      <c r="AC28" s="68"/>
+      <c r="AD28" s="68"/>
+      <c r="AE28" s="68"/>
+      <c r="AF28" s="68"/>
+      <c r="AG28" s="68"/>
+      <c r="AH28" s="68"/>
+      <c r="AI28" s="68"/>
+      <c r="AJ28" s="68"/>
+      <c r="AK28" s="68"/>
       <c r="AL28" s="18"/>
       <c r="AM28" s="18"/>
       <c r="AN28" s="18"/>
       <c r="AO28" s="18"/>
       <c r="AP28" s="31"/>
       <c r="AQ28" s="18"/>
     </row>
     <row r="29" spans="1:51" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C29" s="18"/>
     </row>
     <row r="30" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="61" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="61"/>
       <c r="C30" s="61"/>
       <c r="D30" s="61"/>
       <c r="E30" s="61"/>
       <c r="F30" s="61"/>
       <c r="G30" s="61"/>
       <c r="H30" s="61"/>
       <c r="I30" s="61"/>
       <c r="J30" s="61"/>
       <c r="K30" s="61"/>
       <c r="L30" s="61"/>
@@ -3164,88 +3079,88 @@
       <c r="X30" s="61"/>
       <c r="Y30" s="61"/>
       <c r="Z30" s="61"/>
       <c r="AA30" s="61"/>
       <c r="AB30" s="61"/>
       <c r="AC30" s="61"/>
       <c r="AD30" s="61"/>
       <c r="AE30" s="61"/>
       <c r="AF30" s="61"/>
       <c r="AG30" s="61"/>
       <c r="AH30" s="61"/>
       <c r="AI30" s="61"/>
       <c r="AJ30" s="61"/>
       <c r="AK30" s="61"/>
       <c r="AL30" s="24"/>
       <c r="AM30" s="24"/>
       <c r="AN30" s="24"/>
       <c r="AO30" s="24"/>
       <c r="AP30" s="28"/>
       <c r="AQ30" s="24"/>
       <c r="AR30" s="24"/>
       <c r="AS30" s="24"/>
     </row>
     <row r="31" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="11"/>
-      <c r="B31" s="76" t="s">
+      <c r="B31" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="C31" s="76"/>
-[...33 lines deleted...]
-      <c r="AK31" s="76"/>
+      <c r="C31" s="64"/>
+      <c r="D31" s="64"/>
+      <c r="E31" s="64"/>
+      <c r="F31" s="64"/>
+      <c r="G31" s="64"/>
+      <c r="H31" s="64"/>
+      <c r="I31" s="64"/>
+      <c r="J31" s="64"/>
+      <c r="K31" s="64"/>
+      <c r="L31" s="64"/>
+      <c r="M31" s="64"/>
+      <c r="N31" s="64"/>
+      <c r="O31" s="64"/>
+      <c r="P31" s="64"/>
+      <c r="Q31" s="64"/>
+      <c r="R31" s="64"/>
+      <c r="S31" s="64"/>
+      <c r="T31" s="64"/>
+      <c r="U31" s="64"/>
+      <c r="V31" s="64"/>
+      <c r="W31" s="64"/>
+      <c r="X31" s="64"/>
+      <c r="Y31" s="64"/>
+      <c r="Z31" s="64"/>
+      <c r="AA31" s="64"/>
+      <c r="AB31" s="64"/>
+      <c r="AC31" s="64"/>
+      <c r="AD31" s="64"/>
+      <c r="AE31" s="64"/>
+      <c r="AF31" s="64"/>
+      <c r="AG31" s="64"/>
+      <c r="AH31" s="64"/>
+      <c r="AI31" s="64"/>
+      <c r="AJ31" s="64"/>
+      <c r="AK31" s="64"/>
       <c r="AL31" s="11"/>
       <c r="AM31" s="11"/>
       <c r="AN31" s="11"/>
       <c r="AO31" s="11"/>
       <c r="AP31" s="29"/>
       <c r="AQ31" s="11"/>
       <c r="AR31" s="13"/>
       <c r="AS31" s="13"/>
     </row>
     <row r="32" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="11"/>
       <c r="B32" s="12"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
@@ -3262,300 +3177,300 @@
       <c r="Z32" s="12"/>
       <c r="AA32" s="12"/>
       <c r="AB32" s="12"/>
       <c r="AC32" s="12"/>
       <c r="AD32" s="12"/>
       <c r="AE32" s="12"/>
       <c r="AF32" s="12"/>
       <c r="AG32" s="12"/>
       <c r="AH32" s="12"/>
       <c r="AI32" s="12"/>
       <c r="AJ32" s="12"/>
       <c r="AK32" s="12"/>
       <c r="AL32" s="12"/>
       <c r="AM32" s="12"/>
       <c r="AN32" s="12"/>
       <c r="AO32" s="12"/>
       <c r="AP32" s="32"/>
       <c r="AQ32" s="12"/>
       <c r="AR32" s="13"/>
       <c r="AS32" s="13"/>
     </row>
     <row r="33" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C33" s="9"/>
       <c r="D33" s="9"/>
       <c r="F33" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="21"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="S33" s="2"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2"/>
       <c r="V33" s="2"/>
       <c r="W33" s="2"/>
       <c r="X33" s="2"/>
       <c r="Y33" s="2"/>
       <c r="Z33" s="2"/>
       <c r="AC33" s="2"/>
       <c r="AD33" s="2"/>
       <c r="AE33" s="2"/>
       <c r="AF33" s="2"/>
       <c r="AG33" s="2"/>
       <c r="AH33" s="2"/>
       <c r="AI33" s="2"/>
       <c r="AJ33" s="2"/>
       <c r="AK33" s="2"/>
       <c r="AL33" s="2"/>
       <c r="AM33" s="2"/>
       <c r="AN33" s="2"/>
       <c r="AO33" s="2"/>
       <c r="AP33" s="33" t="b">
         <v>0</v>
       </c>
       <c r="AQ33" s="2"/>
       <c r="AR33" s="2"/>
       <c r="AW33" s="7"/>
     </row>
     <row r="34" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="35" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E35" s="73" t="s">
+      <c r="E35" s="71" t="s">
         <v>8</v>
       </c>
-      <c r="F35" s="73"/>
-[...31 lines deleted...]
-      <c r="AL35" s="73"/>
+      <c r="F35" s="71"/>
+      <c r="G35" s="71"/>
+      <c r="H35" s="71"/>
+      <c r="I35" s="71"/>
+      <c r="J35" s="71"/>
+      <c r="K35" s="71"/>
+      <c r="L35" s="71"/>
+      <c r="M35" s="71"/>
+      <c r="N35" s="71"/>
+      <c r="O35" s="71"/>
+      <c r="P35" s="71"/>
+      <c r="Q35" s="71"/>
+      <c r="R35" s="71"/>
+      <c r="S35" s="71"/>
+      <c r="T35" s="71"/>
+      <c r="U35" s="71"/>
+      <c r="V35" s="71"/>
+      <c r="W35" s="71"/>
+      <c r="X35" s="71"/>
+      <c r="Y35" s="71"/>
+      <c r="Z35" s="71"/>
+      <c r="AA35" s="71"/>
+      <c r="AB35" s="71"/>
+      <c r="AC35" s="71"/>
+      <c r="AD35" s="71"/>
+      <c r="AE35" s="71"/>
+      <c r="AF35" s="71"/>
+      <c r="AG35" s="71"/>
+      <c r="AH35" s="71"/>
+      <c r="AI35" s="71"/>
+      <c r="AJ35" s="71"/>
+      <c r="AK35" s="71"/>
+      <c r="AL35" s="71"/>
       <c r="AP35" s="34"/>
       <c r="AQ35" s="6"/>
       <c r="AR35" s="6"/>
     </row>
     <row r="36" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E36" s="74" t="s">
+      <c r="E36" s="72" t="s">
         <v>2</v>
       </c>
-      <c r="F36" s="74"/>
-[...29 lines deleted...]
-      <c r="AJ36" s="74"/>
+      <c r="F36" s="72"/>
+      <c r="G36" s="72"/>
+      <c r="H36" s="72"/>
+      <c r="I36" s="72"/>
+      <c r="J36" s="72"/>
+      <c r="K36" s="72"/>
+      <c r="L36" s="72"/>
+      <c r="M36" s="72"/>
+      <c r="N36" s="72"/>
+      <c r="O36" s="72"/>
+      <c r="P36" s="72"/>
+      <c r="Q36" s="72"/>
+      <c r="R36" s="72"/>
+      <c r="S36" s="72"/>
+      <c r="T36" s="72"/>
+      <c r="U36" s="72"/>
+      <c r="V36" s="72"/>
+      <c r="W36" s="72"/>
+      <c r="X36" s="72"/>
+      <c r="Y36" s="72"/>
+      <c r="Z36" s="72"/>
+      <c r="AA36" s="72"/>
+      <c r="AB36" s="72"/>
+      <c r="AC36" s="72"/>
+      <c r="AD36" s="72"/>
+      <c r="AE36" s="72"/>
+      <c r="AF36" s="72"/>
+      <c r="AG36" s="72"/>
+      <c r="AH36" s="72"/>
+      <c r="AI36" s="72"/>
+      <c r="AJ36" s="72"/>
       <c r="AK36" s="14"/>
       <c r="AL36" s="14"/>
       <c r="AP36" s="34"/>
       <c r="AQ36" s="6"/>
       <c r="AR36" s="6"/>
     </row>
     <row r="37" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F37" s="58" t="s">
+      <c r="F37" s="73" t="s">
         <v>1</v>
       </c>
-      <c r="G37" s="58"/>
-[...28 lines deleted...]
-      <c r="AJ37" s="58"/>
+      <c r="G37" s="73"/>
+      <c r="H37" s="73"/>
+      <c r="I37" s="73"/>
+      <c r="J37" s="73"/>
+      <c r="K37" s="73"/>
+      <c r="L37" s="73"/>
+      <c r="M37" s="73"/>
+      <c r="N37" s="73"/>
+      <c r="O37" s="73"/>
+      <c r="P37" s="73"/>
+      <c r="Q37" s="73"/>
+      <c r="R37" s="73"/>
+      <c r="S37" s="73"/>
+      <c r="T37" s="73"/>
+      <c r="U37" s="73"/>
+      <c r="V37" s="73"/>
+      <c r="W37" s="73"/>
+      <c r="X37" s="73"/>
+      <c r="Y37" s="73"/>
+      <c r="Z37" s="73"/>
+      <c r="AA37" s="73"/>
+      <c r="AB37" s="73"/>
+      <c r="AC37" s="73"/>
+      <c r="AD37" s="73"/>
+      <c r="AE37" s="73"/>
+      <c r="AF37" s="73"/>
+      <c r="AG37" s="73"/>
+      <c r="AH37" s="73"/>
+      <c r="AI37" s="73"/>
+      <c r="AJ37" s="73"/>
       <c r="AK37" s="8"/>
       <c r="AL37" s="8"/>
       <c r="AP37" s="34"/>
       <c r="AQ37" s="6"/>
       <c r="AR37" s="6"/>
     </row>
     <row r="38" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E38" s="74"/>
-[...30 lines deleted...]
-      <c r="AJ38" s="74"/>
+      <c r="E38" s="72"/>
+      <c r="F38" s="72"/>
+      <c r="G38" s="72"/>
+      <c r="H38" s="72"/>
+      <c r="I38" s="72"/>
+      <c r="J38" s="72"/>
+      <c r="K38" s="72"/>
+      <c r="L38" s="72"/>
+      <c r="M38" s="72"/>
+      <c r="N38" s="72"/>
+      <c r="O38" s="72"/>
+      <c r="P38" s="72"/>
+      <c r="Q38" s="72"/>
+      <c r="R38" s="72"/>
+      <c r="S38" s="72"/>
+      <c r="T38" s="72"/>
+      <c r="U38" s="72"/>
+      <c r="V38" s="72"/>
+      <c r="W38" s="72"/>
+      <c r="X38" s="72"/>
+      <c r="Y38" s="72"/>
+      <c r="Z38" s="72"/>
+      <c r="AA38" s="72"/>
+      <c r="AB38" s="72"/>
+      <c r="AC38" s="72"/>
+      <c r="AD38" s="72"/>
+      <c r="AE38" s="72"/>
+      <c r="AF38" s="72"/>
+      <c r="AG38" s="72"/>
+      <c r="AH38" s="72"/>
+      <c r="AI38" s="72"/>
+      <c r="AJ38" s="72"/>
       <c r="AK38" s="14"/>
       <c r="AL38" s="14"/>
       <c r="AP38" s="34"/>
       <c r="AQ38" s="6"/>
       <c r="AR38" s="6"/>
     </row>
     <row r="39" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F39" s="58"/>
-[...29 lines deleted...]
-      <c r="AJ39" s="58"/>
+      <c r="F39" s="73"/>
+      <c r="G39" s="73"/>
+      <c r="H39" s="73"/>
+      <c r="I39" s="73"/>
+      <c r="J39" s="73"/>
+      <c r="K39" s="73"/>
+      <c r="L39" s="73"/>
+      <c r="M39" s="73"/>
+      <c r="N39" s="73"/>
+      <c r="O39" s="73"/>
+      <c r="P39" s="73"/>
+      <c r="Q39" s="73"/>
+      <c r="R39" s="73"/>
+      <c r="S39" s="73"/>
+      <c r="T39" s="73"/>
+      <c r="U39" s="73"/>
+      <c r="V39" s="73"/>
+      <c r="W39" s="73"/>
+      <c r="X39" s="73"/>
+      <c r="Y39" s="73"/>
+      <c r="Z39" s="73"/>
+      <c r="AA39" s="73"/>
+      <c r="AB39" s="73"/>
+      <c r="AC39" s="73"/>
+      <c r="AD39" s="73"/>
+      <c r="AE39" s="73"/>
+      <c r="AF39" s="73"/>
+      <c r="AG39" s="73"/>
+      <c r="AH39" s="73"/>
+      <c r="AI39" s="73"/>
+      <c r="AJ39" s="73"/>
       <c r="AK39" s="8"/>
       <c r="AL39" s="8"/>
       <c r="AP39" s="34"/>
       <c r="AQ39" s="6"/>
       <c r="AR39" s="6"/>
     </row>
     <row r="40" spans="1:51" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AP40" s="34"/>
       <c r="AW40" s="6"/>
       <c r="AX40" s="6"/>
       <c r="AY40" s="6"/>
     </row>
     <row r="41" spans="1:51" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="61" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B41" s="61"/>
       <c r="C41" s="61"/>
       <c r="D41" s="61"/>
       <c r="E41" s="61"/>
       <c r="F41" s="61"/>
       <c r="G41" s="61"/>
       <c r="H41" s="61"/>
       <c r="I41" s="61"/>
       <c r="J41" s="61"/>
       <c r="K41" s="61"/>
       <c r="L41" s="61"/>
       <c r="M41" s="61"/>
       <c r="N41" s="61"/>
       <c r="O41" s="61"/>
       <c r="P41" s="61"/>
       <c r="Q41" s="61"/>
       <c r="R41" s="61"/>
       <c r="S41" s="61"/>
       <c r="T41" s="61"/>
       <c r="U41" s="61"/>
       <c r="V41" s="61"/>
       <c r="W41" s="61"/>
       <c r="X41" s="61"/>
       <c r="Y41" s="61"/>
@@ -3609,890 +3524,690 @@
       <c r="W42" s="3"/>
       <c r="X42" s="3"/>
       <c r="Y42" s="3"/>
       <c r="Z42" s="3"/>
       <c r="AA42" s="3"/>
       <c r="AB42" s="3"/>
       <c r="AC42" s="3"/>
       <c r="AD42" s="3"/>
       <c r="AE42" s="3"/>
       <c r="AF42" s="3"/>
       <c r="AG42" s="3"/>
       <c r="AH42" s="3"/>
       <c r="AI42" s="3"/>
       <c r="AJ42" s="3"/>
       <c r="AK42" s="3"/>
       <c r="AL42" s="3"/>
       <c r="AM42" s="3"/>
       <c r="AN42" s="3"/>
       <c r="AO42" s="3"/>
       <c r="AP42" s="30"/>
       <c r="AQ42" s="3"/>
       <c r="AR42" s="3"/>
       <c r="AS42" s="3"/>
     </row>
     <row r="43" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C43" s="59" t="s">
+      <c r="C43" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="D43" s="59"/>
-[...3 lines deleted...]
-      <c r="H43" s="59"/>
+      <c r="D43" s="56"/>
+      <c r="E43" s="56"/>
+      <c r="F43" s="56"/>
+      <c r="G43" s="56"/>
+      <c r="H43" s="56"/>
       <c r="I43" s="2"/>
-      <c r="M43" s="62" t="str">
+      <c r="M43" s="74">
         <f>J11</f>
-        <v>AP：指定参加者</v>
-[...21 lines deleted...]
-      <c r="AH43" s="62"/>
+        <v>0</v>
+      </c>
+      <c r="N43" s="74"/>
+      <c r="O43" s="74"/>
+      <c r="P43" s="74"/>
+      <c r="Q43" s="74"/>
+      <c r="R43" s="74"/>
+      <c r="S43" s="74"/>
+      <c r="T43" s="74"/>
+      <c r="U43" s="74"/>
+      <c r="V43" s="74"/>
+      <c r="W43" s="74"/>
+      <c r="X43" s="74"/>
+      <c r="Y43" s="74"/>
+      <c r="Z43" s="74"/>
+      <c r="AA43" s="74"/>
+      <c r="AB43" s="74"/>
+      <c r="AC43" s="74"/>
+      <c r="AD43" s="74"/>
+      <c r="AE43" s="74"/>
+      <c r="AF43" s="74"/>
+      <c r="AG43" s="74"/>
+      <c r="AH43" s="74"/>
       <c r="AI43" s="3"/>
       <c r="AJ43" s="3"/>
       <c r="AK43" s="3"/>
     </row>
     <row r="44" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M44" s="17"/>
       <c r="N44" s="17"/>
       <c r="O44" s="17"/>
       <c r="P44" s="17"/>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
       <c r="S44" s="17"/>
       <c r="T44" s="17"/>
       <c r="U44" s="17"/>
       <c r="V44" s="17"/>
       <c r="W44" s="17"/>
       <c r="X44" s="17"/>
       <c r="Y44" s="17"/>
       <c r="Z44" s="17"/>
       <c r="AA44" s="17"/>
       <c r="AB44" s="17"/>
       <c r="AC44" s="17"/>
       <c r="AD44" s="17"/>
       <c r="AE44" s="17"/>
       <c r="AF44" s="17"/>
       <c r="AG44" s="17"/>
       <c r="AH44" s="17"/>
       <c r="AI44" s="17"/>
       <c r="AJ44" s="17"/>
       <c r="AK44" s="17"/>
     </row>
     <row r="45" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C45" s="59" t="s">
+      <c r="C45" s="56" t="s">
         <v>9</v>
       </c>
-      <c r="D45" s="59"/>
-[...3 lines deleted...]
-      <c r="H45" s="59"/>
+      <c r="D45" s="56"/>
+      <c r="E45" s="56"/>
+      <c r="F45" s="56"/>
+      <c r="G45" s="56"/>
+      <c r="H45" s="56"/>
       <c r="I45" s="2"/>
-      <c r="M45" s="62">
+      <c r="M45" s="74">
         <f>J13</f>
         <v>0</v>
       </c>
-      <c r="N45" s="62"/>
-[...19 lines deleted...]
-      <c r="AH45" s="62"/>
+      <c r="N45" s="74"/>
+      <c r="O45" s="74"/>
+      <c r="P45" s="74"/>
+      <c r="Q45" s="74"/>
+      <c r="R45" s="74"/>
+      <c r="S45" s="74"/>
+      <c r="T45" s="74"/>
+      <c r="U45" s="74"/>
+      <c r="V45" s="74"/>
+      <c r="W45" s="74"/>
+      <c r="X45" s="74"/>
+      <c r="Y45" s="74"/>
+      <c r="Z45" s="74"/>
+      <c r="AA45" s="74"/>
+      <c r="AB45" s="74"/>
+      <c r="AC45" s="74"/>
+      <c r="AD45" s="74"/>
+      <c r="AE45" s="74"/>
+      <c r="AF45" s="74"/>
+      <c r="AG45" s="74"/>
+      <c r="AH45" s="74"/>
       <c r="AI45" s="3"/>
       <c r="AJ45" s="3"/>
       <c r="AK45" s="3"/>
     </row>
     <row r="46" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M46" s="17"/>
       <c r="N46" s="17"/>
       <c r="O46" s="17"/>
       <c r="P46" s="17"/>
       <c r="Q46" s="17"/>
       <c r="R46" s="17"/>
       <c r="S46" s="17"/>
       <c r="T46" s="17"/>
       <c r="U46" s="17"/>
       <c r="V46" s="17"/>
       <c r="W46" s="17"/>
       <c r="X46" s="17"/>
       <c r="Y46" s="17"/>
       <c r="Z46" s="17"/>
       <c r="AA46" s="17"/>
       <c r="AB46" s="17"/>
       <c r="AC46" s="17"/>
       <c r="AD46" s="17"/>
       <c r="AE46" s="17"/>
       <c r="AF46" s="17"/>
       <c r="AG46" s="17"/>
       <c r="AH46" s="17"/>
       <c r="AI46" s="17"/>
       <c r="AJ46" s="17"/>
       <c r="AK46" s="17"/>
     </row>
     <row r="47" spans="1:51" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C47" s="59" t="s">
+      <c r="C47" s="56" t="s">
         <v>12</v>
       </c>
-      <c r="D47" s="59"/>
-[...3 lines deleted...]
-      <c r="H47" s="59"/>
+      <c r="D47" s="56"/>
+      <c r="E47" s="56"/>
+      <c r="F47" s="56"/>
+      <c r="G47" s="56"/>
+      <c r="H47" s="56"/>
       <c r="I47" s="2"/>
-      <c r="M47" s="62">
+      <c r="M47" s="74">
         <f>J17</f>
         <v>0</v>
       </c>
-      <c r="N47" s="62"/>
-[...19 lines deleted...]
-      <c r="AH47" s="62"/>
+      <c r="N47" s="74"/>
+      <c r="O47" s="74"/>
+      <c r="P47" s="74"/>
+      <c r="Q47" s="74"/>
+      <c r="R47" s="74"/>
+      <c r="S47" s="74"/>
+      <c r="T47" s="74"/>
+      <c r="U47" s="74"/>
+      <c r="V47" s="74"/>
+      <c r="W47" s="74"/>
+      <c r="X47" s="74"/>
+      <c r="Y47" s="74"/>
+      <c r="Z47" s="74"/>
+      <c r="AA47" s="74"/>
+      <c r="AB47" s="74"/>
+      <c r="AC47" s="74"/>
+      <c r="AD47" s="74"/>
+      <c r="AE47" s="74"/>
+      <c r="AF47" s="74"/>
+      <c r="AG47" s="74"/>
+      <c r="AH47" s="74"/>
       <c r="AI47" s="3"/>
       <c r="AJ47" s="3"/>
       <c r="AK47" s="3"/>
     </row>
     <row r="48" spans="1:51" ht="7.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
       <c r="Q48" s="3"/>
       <c r="R48" s="3"/>
       <c r="S48" s="3"/>
       <c r="T48" s="3"/>
       <c r="U48" s="3"/>
       <c r="V48" s="3"/>
       <c r="W48" s="3"/>
       <c r="X48" s="3"/>
       <c r="Y48" s="3"/>
       <c r="Z48" s="3"/>
       <c r="AA48" s="3"/>
       <c r="AB48" s="3"/>
       <c r="AC48" s="3"/>
       <c r="AD48" s="3"/>
       <c r="AE48" s="3"/>
       <c r="AF48" s="3"/>
       <c r="AG48" s="3"/>
       <c r="AH48" s="3"/>
       <c r="AI48" s="3"/>
       <c r="AJ48" s="3"/>
       <c r="AK48" s="3"/>
       <c r="AL48" s="3"/>
       <c r="AM48" s="3"/>
       <c r="AN48" s="3"/>
       <c r="AO48" s="3"/>
     </row>
     <row r="49" spans="1:75" ht="16.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C49" s="59" t="s">
-[...6 lines deleted...]
-      <c r="H49" s="59"/>
+      <c r="C49" s="56" t="s">
+        <v>24</v>
+      </c>
+      <c r="D49" s="56"/>
+      <c r="E49" s="56"/>
+      <c r="F49" s="56"/>
+      <c r="G49" s="56"/>
+      <c r="H49" s="56"/>
       <c r="I49" s="2"/>
-      <c r="M49" s="63"/>
-[...20 lines deleted...]
-      <c r="AH49" s="63"/>
+      <c r="M49" s="60"/>
+      <c r="N49" s="60"/>
+      <c r="O49" s="60"/>
+      <c r="P49" s="60"/>
+      <c r="Q49" s="60"/>
+      <c r="R49" s="60"/>
+      <c r="S49" s="60"/>
+      <c r="T49" s="60"/>
+      <c r="U49" s="60"/>
+      <c r="V49" s="60"/>
+      <c r="W49" s="60"/>
+      <c r="X49" s="60"/>
+      <c r="Y49" s="60"/>
+      <c r="Z49" s="60"/>
+      <c r="AA49" s="60"/>
+      <c r="AB49" s="60"/>
+      <c r="AC49" s="60"/>
+      <c r="AD49" s="60"/>
+      <c r="AE49" s="60"/>
+      <c r="AF49" s="60"/>
+      <c r="AG49" s="60"/>
+      <c r="AH49" s="60"/>
       <c r="AI49" s="3"/>
       <c r="AJ49" s="3"/>
       <c r="AK49" s="3"/>
     </row>
     <row r="50" spans="1:75" s="4" customFormat="1" ht="7.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G50" s="22"/>
       <c r="H50" s="22"/>
       <c r="I50" s="22"/>
       <c r="J50" s="22"/>
       <c r="K50" s="22"/>
       <c r="L50" s="22"/>
       <c r="M50" s="22"/>
       <c r="O50" s="20"/>
       <c r="P50" s="20"/>
       <c r="Q50" s="20"/>
       <c r="R50" s="20"/>
       <c r="S50" s="20"/>
       <c r="T50" s="20"/>
       <c r="U50" s="20"/>
       <c r="V50" s="20"/>
       <c r="W50" s="20"/>
       <c r="X50" s="20"/>
       <c r="Y50" s="20"/>
       <c r="Z50" s="20"/>
       <c r="AA50" s="20"/>
       <c r="AB50" s="20"/>
       <c r="AC50" s="20"/>
       <c r="AD50" s="20"/>
       <c r="AE50" s="20"/>
       <c r="AF50" s="20"/>
       <c r="AG50" s="20"/>
       <c r="AH50" s="20"/>
       <c r="AI50" s="20"/>
       <c r="AJ50" s="20"/>
       <c r="AP50" s="6"/>
       <c r="AR50" s="20"/>
       <c r="AW50" s="19"/>
       <c r="AX50" s="6"/>
       <c r="AY50" s="6"/>
     </row>
     <row r="51" spans="1:75" ht="60" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="80"/>
-[...75 lines deleted...]
-      <c r="BW51" s="81"/>
+      <c r="A51"/>
+      <c r="B51"/>
+      <c r="C51" s="70" t="s">
+        <v>45</v>
+      </c>
+      <c r="D51" s="70"/>
+      <c r="E51" s="70"/>
+      <c r="F51" s="70"/>
+      <c r="G51" s="70"/>
+      <c r="H51" s="70"/>
+      <c r="I51" s="70"/>
+      <c r="J51" s="70"/>
+      <c r="K51" s="70"/>
+      <c r="L51" s="70"/>
+      <c r="M51" s="70"/>
+      <c r="N51" s="70"/>
+      <c r="O51" s="70"/>
+      <c r="P51" s="70"/>
+      <c r="Q51" s="70"/>
+      <c r="R51" s="70"/>
+      <c r="S51" s="70"/>
+      <c r="T51" s="70"/>
+      <c r="U51" s="70"/>
+      <c r="V51" s="70"/>
+      <c r="W51" s="70"/>
+      <c r="X51" s="70"/>
+      <c r="Y51" s="70"/>
+      <c r="Z51" s="70"/>
+      <c r="AA51" s="70"/>
+      <c r="AB51" s="70"/>
+      <c r="AC51" s="70"/>
+      <c r="AD51" s="70"/>
+      <c r="AE51" s="70"/>
+      <c r="AF51" s="70"/>
+      <c r="AG51" s="70"/>
+      <c r="AH51" s="70"/>
+      <c r="AI51" s="70"/>
+      <c r="AJ51" s="70"/>
+      <c r="AK51" s="70"/>
+      <c r="AL51" s="18"/>
+      <c r="AM51" s="18"/>
+      <c r="AN51" s="18"/>
+      <c r="AO51" s="18"/>
+      <c r="AP51" s="31"/>
+      <c r="AQ51" s="18"/>
+      <c r="AR51"/>
+      <c r="AS51"/>
+      <c r="AT51"/>
+      <c r="AU51"/>
+      <c r="AV51"/>
+      <c r="AW51"/>
+      <c r="AX51"/>
+      <c r="AY51"/>
+      <c r="AZ51"/>
+      <c r="BA51"/>
+      <c r="BB51"/>
+      <c r="BC51"/>
+      <c r="BD51"/>
+      <c r="BE51"/>
+      <c r="BF51"/>
+      <c r="BG51"/>
+      <c r="BH51"/>
+      <c r="BI51"/>
+      <c r="BJ51"/>
+      <c r="BK51"/>
+      <c r="BL51"/>
+      <c r="BM51"/>
+      <c r="BN51"/>
+      <c r="BO51"/>
+      <c r="BP51"/>
+      <c r="BQ51"/>
+      <c r="BR51"/>
+      <c r="BS51"/>
+      <c r="BT51" s="18"/>
+      <c r="BU51" s="18"/>
+      <c r="BV51" s="18"/>
+      <c r="BW51" s="18"/>
     </row>
     <row r="52" spans="1:75" s="4" customFormat="1" ht="83.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C52" s="79" t="s">
-[...35 lines deleted...]
-      <c r="AK52" s="79"/>
+      <c r="C52" s="69" t="s">
+        <v>46</v>
+      </c>
+      <c r="D52" s="69"/>
+      <c r="E52" s="69"/>
+      <c r="F52" s="69"/>
+      <c r="G52" s="69"/>
+      <c r="H52" s="69"/>
+      <c r="I52" s="69"/>
+      <c r="J52" s="69"/>
+      <c r="K52" s="69"/>
+      <c r="L52" s="69"/>
+      <c r="M52" s="69"/>
+      <c r="N52" s="69"/>
+      <c r="O52" s="69"/>
+      <c r="P52" s="69"/>
+      <c r="Q52" s="69"/>
+      <c r="R52" s="69"/>
+      <c r="S52" s="69"/>
+      <c r="T52" s="69"/>
+      <c r="U52" s="69"/>
+      <c r="V52" s="69"/>
+      <c r="W52" s="69"/>
+      <c r="X52" s="69"/>
+      <c r="Y52" s="69"/>
+      <c r="Z52" s="69"/>
+      <c r="AA52" s="69"/>
+      <c r="AB52" s="69"/>
+      <c r="AC52" s="69"/>
+      <c r="AD52" s="69"/>
+      <c r="AE52" s="69"/>
+      <c r="AF52" s="69"/>
+      <c r="AG52" s="69"/>
+      <c r="AH52" s="69"/>
+      <c r="AI52" s="69"/>
+      <c r="AJ52" s="69"/>
+      <c r="AK52" s="69"/>
       <c r="AP52" s="6"/>
       <c r="AR52" s="20"/>
       <c r="AW52" s="19"/>
       <c r="AX52" s="6"/>
       <c r="AY52" s="6"/>
     </row>
-    <row r="53" spans="1:75" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.3">
-[...31 lines deleted...]
-      <c r="AO53" s="1"/>
+    <row r="53" spans="1:75" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="11"/>
+      <c r="B53" s="35"/>
+      <c r="C53" s="35"/>
+      <c r="D53" s="35"/>
+      <c r="E53" s="35"/>
+      <c r="F53" s="35"/>
+      <c r="G53" s="35"/>
+      <c r="H53" s="35"/>
+      <c r="I53" s="35"/>
+      <c r="J53" s="35"/>
+      <c r="K53" s="35"/>
+      <c r="L53" s="35"/>
+      <c r="M53" s="35"/>
+      <c r="N53" s="35"/>
+      <c r="O53" s="35"/>
+      <c r="P53" s="35"/>
+      <c r="Q53" s="35"/>
+      <c r="R53" s="35"/>
+      <c r="S53" s="35"/>
+      <c r="T53" s="35"/>
+      <c r="U53" s="35"/>
+      <c r="V53" s="35"/>
+      <c r="W53" s="35"/>
+      <c r="X53" s="35"/>
+      <c r="Y53" s="35"/>
+      <c r="Z53" s="35"/>
+      <c r="AA53" s="35"/>
+      <c r="AB53" s="35"/>
+      <c r="AC53" s="35"/>
+      <c r="AD53" s="35"/>
+      <c r="AE53" s="35"/>
+      <c r="AF53" s="35"/>
+      <c r="AG53" s="35"/>
+      <c r="AH53" s="35"/>
+      <c r="AI53" s="35"/>
+      <c r="AJ53" s="35"/>
+      <c r="AK53" s="35"/>
+      <c r="AL53" s="35"/>
+      <c r="AM53" s="35"/>
+      <c r="AN53" s="35"/>
       <c r="AP53" s="1"/>
-      <c r="AQ53" s="1"/>
-[...4 lines deleted...]
-      <c r="AV53" s="1"/>
       <c r="AW53" s="1"/>
       <c r="AX53" s="1"/>
       <c r="AY53" s="1"/>
-      <c r="AZ53" s="1"/>
-[...57 lines deleted...]
-      <c r="AL54" s="35"/>
+    </row>
+    <row r="54" spans="1:75" ht="4.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="AP54" s="1"/>
       <c r="AW54" s="1"/>
       <c r="AX54" s="1"/>
       <c r="AY54" s="1"/>
     </row>
-    <row r="55" spans="1:75" s="4" customFormat="1" ht="7.05" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="AO55" s="1"/>
+    <row r="55" spans="1:75" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J55" s="46" t="s">
+        <v>6</v>
+      </c>
+      <c r="K55" s="47"/>
+      <c r="L55" s="47"/>
+      <c r="M55" s="47"/>
+      <c r="N55" s="47"/>
+      <c r="O55" s="47"/>
+      <c r="P55" s="47"/>
+      <c r="Q55" s="47"/>
+      <c r="R55" s="47"/>
+      <c r="S55" s="47"/>
+      <c r="T55" s="47"/>
+      <c r="U55" s="47"/>
+      <c r="V55" s="47"/>
+      <c r="W55" s="47"/>
+      <c r="X55" s="47"/>
+      <c r="Y55" s="47"/>
+      <c r="Z55" s="47"/>
+      <c r="AA55" s="47"/>
+      <c r="AB55" s="48"/>
       <c r="AP55" s="1"/>
-      <c r="AQ55" s="1"/>
-[...4 lines deleted...]
-      <c r="AV55" s="1"/>
       <c r="AW55" s="1"/>
       <c r="AX55" s="1"/>
       <c r="AY55" s="1"/>
-      <c r="AZ55" s="1"/>
-[...57 lines deleted...]
-      <c r="AL56" s="35"/>
+    </row>
+    <row r="56" spans="1:75" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J56" s="49" t="s">
+        <v>14</v>
+      </c>
+      <c r="K56" s="50"/>
+      <c r="L56" s="50"/>
+      <c r="M56" s="50"/>
+      <c r="N56" s="50"/>
+      <c r="O56" s="50"/>
+      <c r="P56" s="50"/>
+      <c r="Q56" s="50"/>
+      <c r="R56" s="50"/>
+      <c r="S56" s="50"/>
+      <c r="T56" s="50"/>
+      <c r="U56" s="50"/>
+      <c r="V56" s="50"/>
+      <c r="W56" s="50"/>
+      <c r="X56" s="50"/>
+      <c r="Y56" s="50"/>
+      <c r="Z56" s="50"/>
+      <c r="AA56" s="50"/>
+      <c r="AB56" s="51"/>
       <c r="AP56" s="1"/>
       <c r="AW56" s="1"/>
       <c r="AX56" s="1"/>
       <c r="AY56" s="1"/>
     </row>
-    <row r="57" spans="1:75" ht="6" customHeight="1" x14ac:dyDescent="0.3">
-[...40 lines deleted...]
-      <c r="AP57" s="1"/>
+    <row r="57" spans="1:75" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J57" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="K57" s="50"/>
+      <c r="L57" s="50"/>
+      <c r="M57" s="50"/>
+      <c r="N57" s="50"/>
+      <c r="O57" s="50"/>
+      <c r="P57" s="50"/>
+      <c r="Q57" s="50"/>
+      <c r="R57" s="50"/>
+      <c r="S57" s="50"/>
+      <c r="T57" s="50"/>
+      <c r="U57" s="50"/>
+      <c r="V57" s="50"/>
+      <c r="W57" s="50"/>
+      <c r="X57" s="50"/>
+      <c r="Y57" s="50"/>
+      <c r="Z57" s="50"/>
+      <c r="AA57" s="50"/>
+      <c r="AB57" s="51"/>
+      <c r="AQ57" s="5"/>
+      <c r="AR57" s="5"/>
       <c r="AW57" s="1"/>
       <c r="AX57" s="1"/>
       <c r="AY57" s="1"/>
     </row>
-    <row r="58" spans="1:75" ht="4.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="AP58" s="1"/>
+    <row r="58" spans="1:75" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="J58" s="52" t="s">
+        <v>7</v>
+      </c>
+      <c r="K58" s="53"/>
+      <c r="L58" s="53"/>
+      <c r="M58" s="53"/>
+      <c r="N58" s="53"/>
+      <c r="O58" s="53"/>
+      <c r="P58" s="53"/>
+      <c r="Q58" s="53"/>
+      <c r="R58" s="53"/>
+      <c r="S58" s="53"/>
+      <c r="T58" s="53"/>
+      <c r="U58" s="53"/>
+      <c r="V58" s="53"/>
+      <c r="W58" s="53"/>
+      <c r="X58" s="53"/>
+      <c r="Y58" s="53"/>
+      <c r="Z58" s="53"/>
+      <c r="AA58" s="53"/>
+      <c r="AB58" s="54"/>
+      <c r="AQ58" s="5"/>
+      <c r="AR58" s="5"/>
       <c r="AW58" s="1"/>
       <c r="AX58" s="1"/>
       <c r="AY58" s="1"/>
     </row>
     <row r="59" spans="1:75" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J59" s="49" t="s">
-[...116 lines deleted...]
-      <c r="AL63" s="48"/>
+      <c r="AG59" s="45" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH59" s="45"/>
+      <c r="AI59" s="45"/>
+      <c r="AJ59" s="45"/>
+      <c r="AK59" s="45"/>
+      <c r="AL59" s="45"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" insertRows="0" deleteRows="0"/>
-  <mergeCells count="52">
+  <mergeCells count="45">
     <mergeCell ref="C52:AK52"/>
     <mergeCell ref="C51:AK51"/>
     <mergeCell ref="E35:AL35"/>
     <mergeCell ref="E36:AJ36"/>
     <mergeCell ref="F37:AJ37"/>
     <mergeCell ref="E38:AJ38"/>
-    <mergeCell ref="C27:AK27"/>
+    <mergeCell ref="C47:H47"/>
+    <mergeCell ref="M43:AH43"/>
+    <mergeCell ref="M45:AH45"/>
+    <mergeCell ref="M47:AH47"/>
+    <mergeCell ref="M49:AH49"/>
+    <mergeCell ref="F39:AJ39"/>
+    <mergeCell ref="C49:H49"/>
+    <mergeCell ref="A41:AK41"/>
+    <mergeCell ref="C43:H43"/>
+    <mergeCell ref="C45:H45"/>
     <mergeCell ref="B31:AK31"/>
     <mergeCell ref="A30:AK30"/>
     <mergeCell ref="J25:AD25"/>
     <mergeCell ref="C19:H19"/>
     <mergeCell ref="J19:AD19"/>
     <mergeCell ref="C21:H21"/>
     <mergeCell ref="J21:AD21"/>
     <mergeCell ref="C23:H23"/>
     <mergeCell ref="J23:AD23"/>
-    <mergeCell ref="M53:W53"/>
-[...1 lines deleted...]
-    <mergeCell ref="M54:W54"/>
+    <mergeCell ref="C25:H25"/>
+    <mergeCell ref="C27:AK27"/>
+    <mergeCell ref="C28:AK28"/>
     <mergeCell ref="A1:AL4"/>
     <mergeCell ref="C13:H13"/>
     <mergeCell ref="C17:H17"/>
     <mergeCell ref="W6:Y6"/>
     <mergeCell ref="AA6:AL6"/>
     <mergeCell ref="C11:H11"/>
     <mergeCell ref="J11:AD11"/>
     <mergeCell ref="J17:AD17"/>
     <mergeCell ref="A8:AK8"/>
     <mergeCell ref="B9:AK9"/>
     <mergeCell ref="J13:AD13"/>
     <mergeCell ref="C15:AK15"/>
-    <mergeCell ref="C25:H25"/>
-[...19 lines deleted...]
-    <mergeCell ref="C45:H45"/>
+    <mergeCell ref="AG59:AL59"/>
+    <mergeCell ref="J55:AB55"/>
+    <mergeCell ref="J56:AB56"/>
+    <mergeCell ref="J57:AB57"/>
+    <mergeCell ref="J58:AB58"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <conditionalFormatting sqref="C19:H19">
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J19:AD19">
     <cfRule type="expression" dxfId="0" priority="3">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J11:AD11" xr:uid="{E683FEDF-DC2E-4809-A516-EC9E5BAA3E43}">
-      <formula1>"AP：指定参加者,MM：マーケットメイカー（証券会社を除く）"</formula1>
+      <formula1>"AP：指定参加者,AM：管理会社"</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J13:AD13" xr:uid="{27184AE3-5CA8-4BBB-9265-36972C267059}">
       <formula1>5</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J19:AD19" xr:uid="{B19A58D9-7679-43FE-858B-A6629F4E5865}">
       <formula1>"委託,自己"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F37" r:id="rId1" xr:uid="{2D9CD959-765E-4D8D-9129-9BFE11F29923}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.86614173228346458" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId3"/>
   </customProperties>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
@@ -4547,227 +4262,209 @@
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>106680</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>480060</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F46FDB42-47A7-46BB-800D-1BC04328A706}">
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="P4" sqref="P4"/>
+      <selection activeCell="O3" sqref="O3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="45" x14ac:dyDescent="0.2">
       <c r="A1" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1" s="37" t="s">
+        <v>29</v>
+      </c>
+      <c r="D1" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="B1" s="37" t="s">
+      <c r="F1" s="39" t="s">
         <v>32</v>
       </c>
-      <c r="C1" s="37" t="s">
+      <c r="G1" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="D1" s="38" t="s">
+      <c r="H1" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="E1" s="38" t="s">
+      <c r="I1" s="38" t="s">
         <v>35</v>
       </c>
-      <c r="F1" s="39" t="s">
+      <c r="J1" s="38" t="s">
         <v>36</v>
       </c>
-      <c r="G1" s="38" t="s">
+      <c r="K1" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="L1" s="38" t="s">
         <v>37</v>
       </c>
-      <c r="H1" s="38" t="s">
+      <c r="M1" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="I1" s="38" t="s">
+      <c r="N1" s="38" t="s">
         <v>39</v>
       </c>
-      <c r="J1" s="38" t="s">
+      <c r="O1" s="38" t="s">
         <v>40</v>
       </c>
-      <c r="K1" s="38" t="s">
-[...11 lines deleted...]
-      <c r="O1" s="38" t="s">
+      <c r="P1" s="42" t="s">
         <v>44</v>
       </c>
-      <c r="P1" s="43" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="44">
+      <c r="A2" s="43">
         <f>'UT-12'!AA6</f>
         <v>0</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D2" s="40"/>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F2" s="41">
         <f>'UT-12'!$AA$6</f>
         <v>0</v>
       </c>
-      <c r="G2" s="36" t="str">
+      <c r="G2" s="36">
         <f>'UT-12'!$J$11</f>
-        <v>AP：指定参加者</v>
+        <v>0</v>
       </c>
       <c r="H2" s="36">
         <f>'UT-12'!$J$13</f>
         <v>0</v>
       </c>
       <c r="I2" s="36">
         <f>'UT-12'!$J$17</f>
         <v>0</v>
       </c>
       <c r="J2" s="36">
         <f>'UT-12'!$M$47</f>
         <v>0</v>
       </c>
-      <c r="K2" s="42">
+      <c r="K2">
         <f>IF(G2="MM：マーケットメイカー（証券会社を除く）","",'UT-12'!$J$19)</f>
         <v>0</v>
       </c>
       <c r="L2" s="36">
         <f>'UT-12'!$M$49</f>
         <v>0</v>
       </c>
-      <c r="M2" s="36">
-[...10 lines deleted...]
-      </c>
+      <c r="M2" s="44"/>
+      <c r="N2" s="44"/>
+      <c r="O2" s="44"/>
       <c r="P2" t="str" cm="1">
         <f t="array" ref="P2">_xlfn.IFS('UT-12'!J19="自己","申込",'UT-12'!J19="委託","申込承認",'UT-12'!J19="","")</f>
         <v/>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A3" t="str">
         <f>IF(K2="自己",'UT-12'!AA6,"")</f>
         <v/>
       </c>
       <c r="B3" t="str">
         <f>IF(K2="自己","追加（新規）","")</f>
         <v/>
       </c>
       <c r="C3" t="str">
         <f>IF(K2="自己","未反映","")</f>
         <v/>
       </c>
       <c r="D3" s="40"/>
       <c r="E3" t="str">
-        <f>IF(K2="MM：マーケットメイカー（証券会社を除く）","テスト","")</f>
+        <f>IF(K2="自己","テスト","")</f>
         <v/>
       </c>
       <c r="F3" s="41" t="str">
         <f>IF(K2="自己",'UT-12'!$AA$6,"")</f>
         <v/>
       </c>
-      <c r="G3" s="42" t="str">
+      <c r="G3" t="str">
         <f>IF(K2="自己",'UT-12'!$J$11,"")</f>
         <v/>
       </c>
-      <c r="H3" s="42" t="str">
+      <c r="H3" t="str">
         <f>IF(K2="自己",'UT-12'!$J$13,"")</f>
         <v/>
       </c>
-      <c r="I3" s="42" t="str">
+      <c r="I3" t="str">
         <f>IF(K2="自己",'UT-12'!$J$17,"")</f>
         <v/>
       </c>
-      <c r="J3" s="42" t="str">
+      <c r="J3" t="str">
         <f>IF(K2="自己",'UT-12'!$M$47,"")</f>
         <v/>
       </c>
-      <c r="K3" s="42" t="str">
+      <c r="K3" t="str">
         <f>IF(K2="自己",'UT-12'!$J$19,"")</f>
         <v/>
       </c>
-      <c r="L3" s="42" t="str">
-        <f>IF(L2="自己",'UT-12'!$M$49,"")</f>
+      <c r="L3" t="str">
+        <f>IF(K2="自己",'UT-12'!$M$49,"")</f>
         <v/>
       </c>
-      <c r="M3" s="42" t="str">
-[...10 lines deleted...]
-      </c>
+      <c r="M3" s="44"/>
+      <c r="N3" s="44"/>
+      <c r="O3" s="44"/>
       <c r="P3" t="str">
         <f>IF(K2="自己","承認","")</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
   <clbl:label id="{defa4170-0d19-0005-0005-bc88714345d2}" enabled="1" method="Standard" siteId="{86f3959b-6979-4911-9941-469acb1e23c0}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
@@ -4807,41 +4504,41 @@
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2023-02-01T06:36:32Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_defa4170-0d19-0005-0005-bc88714345d2_siteId">
     <vt:lpwstr>86f3959b-6979-4911-9941-469acb1e23c0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_defa4170-0d19-0005-0005-bc88714345d2_removed">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_defa4170-0d19-0005-0005-bc88714345d2_method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_defa4170-0d19-0005-0005-bc88714345d2_enabled">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SiteId">
     <vt:lpwstr>fe7a9aa7-6097-47a2-9163-81d624f8cbfd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SetDate">
-    <vt:lpwstr>2025-08-06T13:51:52Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-13T15:48:19Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Name">
     <vt:lpwstr>【2GVDI】社外秘</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>