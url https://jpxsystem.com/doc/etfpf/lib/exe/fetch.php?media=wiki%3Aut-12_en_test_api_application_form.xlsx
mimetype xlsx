--- v0 (2025-11-23)
+++ v1 (2026-03-03)
@@ -10,145 +10,139 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5FE6C89F-D6F3-4013-979D-EE15CD3EDCB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAD45348-4E45-4A1B-86D7-B5E062BA3C57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="43095" yWindow="0" windowWidth="14610" windowHeight="15585" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="UT-12" sheetId="2" r:id="rId1"/>
     <sheet name="メンテ台帳" sheetId="6" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'UT-12'!#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'UT-12'!$A$1:$AL$62</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'UT-12'!$A$1:$AL$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A2" i="6" l="1"/>
   <c r="P2" i="6" l="1" a="1"/>
   <c r="P2" i="6"/>
   <c r="G2" i="6" l="1"/>
-  <c r="O2" i="6"/>
-[...1 lines deleted...]
-  <c r="M2" i="6"/>
   <c r="L2" i="6"/>
-  <c r="J2" i="6"/>
   <c r="I2" i="6"/>
   <c r="H2" i="6"/>
   <c r="F2" i="6"/>
   <c r="P3" i="6" l="1"/>
-  <c r="O3" i="6"/>
-[...1 lines deleted...]
-  <c r="M3" i="6"/>
   <c r="L3" i="6"/>
   <c r="J3" i="6"/>
   <c r="I3" i="6"/>
   <c r="H3" i="6"/>
   <c r="G3" i="6"/>
   <c r="F3" i="6"/>
   <c r="E3" i="6"/>
   <c r="C3" i="6"/>
   <c r="B3" i="6"/>
   <c r="A3" i="6"/>
   <c r="K3" i="6" a="1"/>
   <c r="K3" i="6" s="1"/>
   <c r="K2" i="6" a="1"/>
   <c r="K2" i="6" s="1"/>
   <c r="M47" i="2"/>
+  <c r="J2" i="6" s="1"/>
   <c r="M43" i="2" l="1"/>
   <c r="M45" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
   <si>
     <t>https://www.jpx.co.jp/corporate/governance/security/personal-information/</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>https://jpxsystem.com/doc/etfpf/doku.php</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Date of application</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>1. Applicant (Initial registration of administrative contact person)</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Organizational Type</t>
   </si>
   <si>
     <t>Organizational Type</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t xml:space="preserve"> Applications can only be submitted by the administrative contact person who is submitting the application. Please list the administrative contact person making the initial registration.</t>
@@ -217,230 +211,217 @@
     <t>*For the CredNex Terms of Use, please refer to the following website</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Agree to the “Handling of Personal Information” and “CredNex Terms of Use</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t xml:space="preserve">CredNex team, Equities Department, Tokyo Stock Exchange, Inc. </t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>Name</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>＊Only the administrative contact person who has already been notified can apply. When registering for the first time or increasing the number of persons, please submit the “Application Form for Administrative Contact Person” together with the application.</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>CredNex　Application Form
  for API Usage in Test Env.</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
-    <t>　*AP: Trading Participant Code, MM: LLT Code</t>
-[...2 lines deleted...]
-  <si>
     <t>IP Address Range</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
-    <t>API User Name</t>
-[...2 lines deleted...]
-  <si>
     <t>3. Information to be registered in the test environment</t>
     <phoneticPr fontId="6"/>
-  </si>
-[...4 lines deleted...]
-    <t>Family Name</t>
   </si>
   <si>
     <t xml:space="preserve">*Applications for the API to be used by the prop desk of the APs are not currently being accepted. The timing of provision and application will be announced as soon as it is known.	</t>
     <phoneticPr fontId="6"/>
   </si>
   <si>
     <t>更新フラグ</t>
     <rPh sb="0" eb="2">
       <t>コウシン</t>
     </rPh>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>更新内容</t>
     <rPh sb="0" eb="4">
       <t>コウシンナイヨウ</t>
     </rPh>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>ステータス</t>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>#</t>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>環境</t>
     <rPh sb="0" eb="2">
       <t>カンキョウ</t>
     </rPh>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>申込日</t>
     <rPh sb="0" eb="3">
       <t>モウシコミビ</t>
     </rPh>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>組織区分</t>
     <rPh sb="0" eb="4">
       <t>ソシキクブン</t>
     </rPh>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>会社コード（５桁）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>会社名称（日本語）</t>
     <rPh sb="0" eb="1">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
     <rPh sb="2" eb="4">
       <t xml:space="preserve">メイショウ </t>
     </rPh>
     <rPh sb="5" eb="6">
       <t xml:space="preserve">ニチ </t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>会社名称（英語）</t>
     <rPh sb="0" eb="1">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
     <rPh sb="2" eb="4">
       <t xml:space="preserve">メイショウ </t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>エイゴ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>自己委託区分</t>
   </si>
   <si>
     <t>IPアドレスレンジ</t>
-    <phoneticPr fontId="32"/>
+    <phoneticPr fontId="31"/>
   </si>
   <si>
     <t>姓</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
-    <phoneticPr fontId="30"/>
+    <phoneticPr fontId="29"/>
   </si>
   <si>
     <t>名</t>
     <rPh sb="0" eb="1">
       <t>メイ</t>
     </rPh>
-    <phoneticPr fontId="30"/>
+    <phoneticPr fontId="29"/>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>テスト</t>
   </si>
   <si>
     <t>追加（新規）</t>
     <rPh sb="0" eb="2">
       <t>ツイカ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>シンキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>未反映</t>
     <rPh sb="0" eb="3">
       <t>ミハンエイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>権限</t>
     <rPh sb="0" eb="2">
       <t>ケンゲン</t>
     </rPh>
     <phoneticPr fontId="6"/>
   </si>
   <si>
-    <t>AP: Authorized Participants</t>
-[...1 lines deleted...]
-  <si>
     <t>*Please ensure that all permitted connection IP addresses are strictly specified using CIDR (Classless Inter-Domain Routing) notation. CIDR notation uses the format “IP address/network prefix length” (e.g., 192.168.1.0/24).
 Applications that do not use the correct notation or range cannot be accepted.
 Carefully check your submission and specify the addresses in correct CIDR format.</t>
   </si>
   <si>
     <t>*Examples
 OK）192.168.1.0/24
 OK）192.168.1.100/32
 NG）192.168.1.0-192.168.1.255
 NG）192.168.1.10/30（Notice：For example, with /30, the fourth octet needs to be a multiple of 4; with /29, a multiple of 8; with /28, a multiple of 16.The correct address is always the first address in each subnet block defined this way.）</t>
   </si>
   <si>
-    <t>v20251113</t>
+    <t>　*AP: Trading Participant Code, AM: ETF Special Clearing Participant Code</t>
+    <phoneticPr fontId="6"/>
+  </si>
+  <si>
+    <t>v20260220</t>
     <phoneticPr fontId="6"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
-  <fonts count="34" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -599,57 +580,50 @@
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color theme="10"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="10.5"/>
-[...5 lines deleted...]
-    <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
@@ -691,51 +665,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -789,108 +763,86 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...20 lines deleted...]
-    <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
@@ -944,195 +896,164 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="31" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="30" fillId="5" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{CB6D536F-7D7E-4DC0-BB4F-C27B525594E9}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{62DB4807-4CAC-4DBB-8871-E988CA55038A}"/>
     <cellStyle name="標準 3 2" xfId="6" xr:uid="{47B6E8BA-A3CE-4670-8D3C-0C13A328D194}"/>
     <cellStyle name="標準 3 3" xfId="5" xr:uid="{13738546-80E8-4FE7-B128-B269727D4451}"/>
     <cellStyle name="標準 3 4" xfId="4" xr:uid="{9C79C151-DA81-49CB-9BC1-B9529D5B2EEA}"/>
     <cellStyle name="標準 3 5" xfId="7" xr:uid="{33AEFC48-FBBD-48C3-B3FE-F0E3AEC8F856}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
@@ -1294,51 +1215,51 @@
           <a:schemeClr val="accent3"/>
         </a:lnRef>
         <a:fillRef idx="2">
           <a:schemeClr val="accent3"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent3"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
-            <a:t>AP</a:t>
+            <a:t>AP/AM</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="1">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>43295</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>89038</xdr:rowOff>
@@ -1395,58 +1316,58 @@
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>UT-12</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" b="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>160020</xdr:colOff>
-          <xdr:row>56</xdr:row>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>97155</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>20955</xdr:rowOff>
+          <xdr:colOff>106680</xdr:colOff>
+          <xdr:row>58</xdr:row>
+          <xdr:rowOff>30480</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1032" name="Group Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1032"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -1476,53 +1397,53 @@
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 21</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>160020</xdr:colOff>
           <xdr:row>48</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>97155</xdr:colOff>
+          <xdr:colOff>106680</xdr:colOff>
           <xdr:row>50</xdr:row>
-          <xdr:rowOff>479743</xdr:rowOff>
+          <xdr:rowOff>487680</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1034" name="Group Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1034"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -1552,53 +1473,53 @@
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 21</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>160020</xdr:colOff>
           <xdr:row>48</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>97155</xdr:colOff>
+          <xdr:colOff>106680</xdr:colOff>
           <xdr:row>50</xdr:row>
-          <xdr:rowOff>479743</xdr:rowOff>
+          <xdr:rowOff>480060</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1035" name="Group Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1035"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -1912,54 +1833,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jpxsystem.com/doc/etfpf/doku.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:BA63"/>
+  <dimension ref="A1:BA59"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="120" zoomScaleNormal="177" zoomScaleSheetLayoutView="120" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="AG64" sqref="AG64"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A49" zoomScale="120" zoomScaleNormal="177" zoomScaleSheetLayoutView="120" zoomScalePageLayoutView="115" workbookViewId="0">
+      <selection activeCell="AG60" sqref="AG60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.44140625" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="6" width="2.44140625" style="1"/>
     <col min="7" max="10" width="2.44140625" style="1" customWidth="1"/>
     <col min="11" max="12" width="2.44140625" style="1"/>
     <col min="13" max="13" width="2.44140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="2.44140625" style="1"/>
     <col min="15" max="17" width="2.44140625" style="1" customWidth="1"/>
     <col min="18" max="19" width="2.44140625" style="1"/>
     <col min="20" max="24" width="2.44140625" style="1" customWidth="1"/>
     <col min="25" max="31" width="2.44140625" style="1"/>
     <col min="32" max="32" width="2.44140625" style="1" customWidth="1"/>
     <col min="33" max="41" width="2.44140625" style="1"/>
     <col min="42" max="42" width="2.44140625" style="23" customWidth="1"/>
     <col min="43" max="48" width="2.44140625" style="1"/>
     <col min="49" max="51" width="2.44140625" style="5" customWidth="1"/>
     <col min="52" max="16384" width="2.44140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="52" t="s">
         <v>27</v>
       </c>
@@ -2173,168 +2094,168 @@
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
       <c r="AC5" s="2"/>
       <c r="AD5" s="2"/>
       <c r="AG5" s="2"/>
       <c r="AH5" s="2"/>
       <c r="AI5" s="2"/>
       <c r="AJ5" s="2"/>
       <c r="AK5" s="2"/>
       <c r="AL5" s="2"/>
       <c r="AM5" s="2"/>
       <c r="AN5" s="2"/>
       <c r="AO5" s="2"/>
       <c r="AP5" s="22"/>
       <c r="AQ5" s="2"/>
       <c r="AR5" s="2"/>
       <c r="AS5" s="2"/>
     </row>
     <row r="6" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="S6" s="72" t="s">
+      <c r="S6" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="T6" s="72"/>
-[...5 lines deleted...]
-      <c r="Z6" s="72"/>
+      <c r="T6" s="71"/>
+      <c r="U6" s="71"/>
+      <c r="V6" s="71"/>
+      <c r="W6" s="71"/>
+      <c r="X6" s="71"/>
+      <c r="Y6" s="71"/>
+      <c r="Z6" s="71"/>
       <c r="AA6" s="53"/>
       <c r="AB6" s="53"/>
       <c r="AC6" s="53"/>
       <c r="AD6" s="53"/>
       <c r="AE6" s="53"/>
       <c r="AF6" s="53"/>
       <c r="AG6" s="53"/>
       <c r="AH6" s="53"/>
       <c r="AI6" s="53"/>
       <c r="AJ6" s="53"/>
       <c r="AK6" s="53"/>
       <c r="AL6" s="53"/>
       <c r="AQ6" s="5"/>
       <c r="AR6" s="5"/>
       <c r="AW6" s="1"/>
       <c r="AX6" s="1"/>
       <c r="AY6" s="1"/>
     </row>
     <row r="7" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="73" t="s">
+      <c r="A8" s="72" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="73"/>
-[...34 lines deleted...]
-      <c r="AK8" s="73"/>
+      <c r="B8" s="72"/>
+      <c r="C8" s="72"/>
+      <c r="D8" s="72"/>
+      <c r="E8" s="72"/>
+      <c r="F8" s="72"/>
+      <c r="G8" s="72"/>
+      <c r="H8" s="72"/>
+      <c r="I8" s="72"/>
+      <c r="J8" s="72"/>
+      <c r="K8" s="72"/>
+      <c r="L8" s="72"/>
+      <c r="M8" s="72"/>
+      <c r="N8" s="72"/>
+      <c r="O8" s="72"/>
+      <c r="P8" s="72"/>
+      <c r="Q8" s="72"/>
+      <c r="R8" s="72"/>
+      <c r="S8" s="72"/>
+      <c r="T8" s="72"/>
+      <c r="U8" s="72"/>
+      <c r="V8" s="72"/>
+      <c r="W8" s="72"/>
+      <c r="X8" s="72"/>
+      <c r="Y8" s="72"/>
+      <c r="Z8" s="72"/>
+      <c r="AA8" s="72"/>
+      <c r="AB8" s="72"/>
+      <c r="AC8" s="72"/>
+      <c r="AD8" s="72"/>
+      <c r="AE8" s="72"/>
+      <c r="AF8" s="72"/>
+      <c r="AG8" s="72"/>
+      <c r="AH8" s="72"/>
+      <c r="AI8" s="72"/>
+      <c r="AJ8" s="72"/>
+      <c r="AK8" s="72"/>
       <c r="AL8" s="20"/>
       <c r="AM8" s="20"/>
       <c r="AN8" s="20"/>
       <c r="AO8" s="20"/>
       <c r="AP8" s="24"/>
       <c r="AQ8" s="20"/>
       <c r="AR8" s="20"/>
       <c r="AS8" s="20"/>
     </row>
     <row r="9" spans="1:51" ht="39.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="9"/>
-      <c r="B9" s="74" t="s">
+      <c r="B9" s="73" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="74"/>
-[...33 lines deleted...]
-      <c r="AK9" s="74"/>
+      <c r="C9" s="73"/>
+      <c r="D9" s="73"/>
+      <c r="E9" s="73"/>
+      <c r="F9" s="73"/>
+      <c r="G9" s="73"/>
+      <c r="H9" s="73"/>
+      <c r="I9" s="73"/>
+      <c r="J9" s="73"/>
+      <c r="K9" s="73"/>
+      <c r="L9" s="73"/>
+      <c r="M9" s="73"/>
+      <c r="N9" s="73"/>
+      <c r="O9" s="73"/>
+      <c r="P9" s="73"/>
+      <c r="Q9" s="73"/>
+      <c r="R9" s="73"/>
+      <c r="S9" s="73"/>
+      <c r="T9" s="73"/>
+      <c r="U9" s="73"/>
+      <c r="V9" s="73"/>
+      <c r="W9" s="73"/>
+      <c r="X9" s="73"/>
+      <c r="Y9" s="73"/>
+      <c r="Z9" s="73"/>
+      <c r="AA9" s="73"/>
+      <c r="AB9" s="73"/>
+      <c r="AC9" s="73"/>
+      <c r="AD9" s="73"/>
+      <c r="AE9" s="73"/>
+      <c r="AF9" s="73"/>
+      <c r="AG9" s="73"/>
+      <c r="AH9" s="73"/>
+      <c r="AI9" s="73"/>
+      <c r="AJ9" s="73"/>
+      <c r="AK9" s="73"/>
       <c r="AL9" s="10"/>
       <c r="AM9" s="10"/>
       <c r="AN9" s="10"/>
       <c r="AO9" s="10"/>
       <c r="AP9" s="25"/>
       <c r="AQ9" s="10"/>
       <c r="AR9" s="9"/>
       <c r="AS9" s="9"/>
     </row>
     <row r="10" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
@@ -2348,82 +2269,80 @@
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="3"/>
       <c r="AK10" s="3"/>
       <c r="AL10" s="3"/>
       <c r="AM10" s="3"/>
       <c r="AN10" s="3"/>
       <c r="AO10" s="3"/>
       <c r="AP10" s="26"/>
       <c r="AQ10" s="3"/>
       <c r="AR10" s="3"/>
       <c r="AS10" s="3"/>
     </row>
     <row r="11" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C11" s="68" t="s">
+      <c r="C11" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="D11" s="68"/>
-[...27 lines deleted...]
-      <c r="AD11" s="80"/>
+      <c r="D11" s="65"/>
+      <c r="E11" s="65"/>
+      <c r="F11" s="65"/>
+      <c r="G11" s="65"/>
+      <c r="H11" s="65"/>
+      <c r="I11" s="65"/>
+      <c r="J11" s="54"/>
+      <c r="K11" s="54"/>
+      <c r="L11" s="54"/>
+      <c r="M11" s="54"/>
+      <c r="N11" s="54"/>
+      <c r="O11" s="54"/>
+      <c r="P11" s="54"/>
+      <c r="Q11" s="54"/>
+      <c r="R11" s="54"/>
+      <c r="S11" s="54"/>
+      <c r="T11" s="54"/>
+      <c r="U11" s="54"/>
+      <c r="V11" s="54"/>
+      <c r="W11" s="54"/>
+      <c r="X11" s="54"/>
+      <c r="Y11" s="54"/>
+      <c r="Z11" s="54"/>
+      <c r="AA11" s="54"/>
+      <c r="AB11" s="54"/>
+      <c r="AC11" s="54"/>
+      <c r="AD11" s="54"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AQ11" s="5"/>
       <c r="AR11" s="5"/>
       <c r="AW11" s="1"/>
       <c r="AX11" s="1"/>
       <c r="AY11" s="1"/>
     </row>
     <row r="12" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
@@ -2441,100 +2360,100 @@
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
       <c r="Z12" s="3"/>
       <c r="AA12" s="3"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="3"/>
       <c r="AK12" s="3"/>
       <c r="AL12" s="3"/>
       <c r="AM12" s="3"/>
       <c r="AN12" s="3"/>
       <c r="AO12" s="3"/>
       <c r="AP12" s="26"/>
       <c r="AQ12" s="3"/>
       <c r="AR12" s="3"/>
       <c r="AS12" s="3"/>
     </row>
     <row r="13" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C13" s="68" t="s">
+      <c r="C13" s="65" t="s">
         <v>8</v>
       </c>
-      <c r="D13" s="68"/>
-[...4 lines deleted...]
-      <c r="I13" s="68"/>
+      <c r="D13" s="65"/>
+      <c r="E13" s="65"/>
+      <c r="F13" s="65"/>
+      <c r="G13" s="65"/>
+      <c r="H13" s="65"/>
+      <c r="I13" s="65"/>
       <c r="J13" s="54"/>
       <c r="K13" s="54"/>
       <c r="L13" s="54"/>
       <c r="M13" s="54"/>
       <c r="N13" s="54"/>
       <c r="O13" s="54"/>
       <c r="P13" s="54"/>
       <c r="Q13" s="54"/>
       <c r="R13" s="54"/>
       <c r="S13" s="54"/>
       <c r="T13" s="54"/>
       <c r="U13" s="54"/>
       <c r="V13" s="54"/>
       <c r="W13" s="54"/>
       <c r="X13" s="54"/>
       <c r="Y13" s="54"/>
       <c r="Z13" s="54"/>
       <c r="AA13" s="54"/>
       <c r="AB13" s="54"/>
       <c r="AC13" s="54"/>
       <c r="AD13" s="54"/>
-      <c r="AE13" s="68" t="s">
+      <c r="AE13" s="65" t="s">
         <v>9</v>
       </c>
-      <c r="AF13" s="68"/>
-[...5 lines deleted...]
-      <c r="AL13" s="68"/>
+      <c r="AF13" s="65"/>
+      <c r="AG13" s="65"/>
+      <c r="AH13" s="65"/>
+      <c r="AI13" s="65"/>
+      <c r="AJ13" s="65"/>
+      <c r="AK13" s="65"/>
+      <c r="AL13" s="65"/>
       <c r="AQ13" s="5"/>
       <c r="AR13" s="5"/>
       <c r="AW13" s="1"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1"/>
     </row>
     <row r="14" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="15" spans="1:51" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C15" s="55" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="D15" s="55"/>
       <c r="E15" s="55"/>
       <c r="F15" s="55"/>
       <c r="G15" s="55"/>
       <c r="H15" s="55"/>
       <c r="I15" s="55"/>
       <c r="J15" s="55"/>
       <c r="K15" s="55"/>
       <c r="L15" s="55"/>
       <c r="M15" s="55"/>
       <c r="N15" s="55"/>
       <c r="O15" s="55"/>
       <c r="P15" s="55"/>
       <c r="Q15" s="55"/>
       <c r="R15" s="55"/>
       <c r="S15" s="55"/>
       <c r="T15" s="55"/>
       <c r="U15" s="55"/>
       <c r="V15" s="55"/>
       <c r="W15" s="55"/>
       <c r="X15" s="55"/>
       <c r="Y15" s="55"/>
       <c r="Z15" s="55"/>
       <c r="AA15" s="55"/>
@@ -2569,59 +2488,59 @@
       <c r="T16" s="14"/>
       <c r="U16" s="14"/>
       <c r="V16" s="14"/>
       <c r="W16" s="14"/>
       <c r="X16" s="14"/>
       <c r="Y16" s="14"/>
       <c r="Z16" s="14"/>
       <c r="AA16" s="14"/>
       <c r="AB16" s="14"/>
       <c r="AC16" s="14"/>
       <c r="AD16" s="14"/>
       <c r="AE16" s="14"/>
       <c r="AF16" s="14"/>
       <c r="AG16" s="14"/>
       <c r="AH16" s="14"/>
       <c r="AI16" s="14"/>
       <c r="AJ16" s="14"/>
       <c r="AK16" s="14"/>
       <c r="AQ16" s="5"/>
       <c r="AR16" s="5"/>
       <c r="AW16" s="1"/>
       <c r="AX16" s="1"/>
       <c r="AY16" s="1"/>
     </row>
     <row r="17" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C17" s="68" t="s">
+      <c r="C17" s="65" t="s">
         <v>10</v>
       </c>
-      <c r="D17" s="68"/>
-[...4 lines deleted...]
-      <c r="I17" s="68"/>
+      <c r="D17" s="65"/>
+      <c r="E17" s="65"/>
+      <c r="F17" s="65"/>
+      <c r="G17" s="65"/>
+      <c r="H17" s="65"/>
+      <c r="I17" s="65"/>
       <c r="J17" s="54"/>
       <c r="K17" s="54"/>
       <c r="L17" s="54"/>
       <c r="M17" s="54"/>
       <c r="N17" s="54"/>
       <c r="O17" s="54"/>
       <c r="P17" s="54"/>
       <c r="Q17" s="54"/>
       <c r="R17" s="54"/>
       <c r="S17" s="54"/>
       <c r="T17" s="54"/>
       <c r="U17" s="54"/>
       <c r="V17" s="54"/>
       <c r="W17" s="54"/>
       <c r="X17" s="54"/>
       <c r="Y17" s="54"/>
       <c r="Z17" s="54"/>
       <c r="AA17" s="54"/>
       <c r="AB17" s="54"/>
       <c r="AC17" s="54"/>
       <c r="AD17" s="54"/>
       <c r="AE17" s="3"/>
       <c r="AF17" s="3"/>
       <c r="AG17" s="3"/>
       <c r="AH17" s="3"/>
@@ -2727,59 +2646,59 @@
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
       <c r="Y20" s="14"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="14"/>
       <c r="AB20" s="14"/>
       <c r="AC20" s="14"/>
       <c r="AD20" s="14"/>
       <c r="AE20" s="14"/>
       <c r="AF20" s="14"/>
       <c r="AG20" s="14"/>
       <c r="AH20" s="14"/>
       <c r="AI20" s="14"/>
       <c r="AJ20" s="14"/>
       <c r="AK20" s="14"/>
       <c r="AQ20" s="5"/>
       <c r="AR20" s="5"/>
       <c r="AW20" s="1"/>
       <c r="AX20" s="1"/>
       <c r="AY20" s="1"/>
     </row>
     <row r="21" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C21" s="68" t="s">
+      <c r="C21" s="65" t="s">
         <v>25</v>
       </c>
-      <c r="D21" s="68"/>
-[...4 lines deleted...]
-      <c r="I21" s="68"/>
+      <c r="D21" s="65"/>
+      <c r="E21" s="65"/>
+      <c r="F21" s="65"/>
+      <c r="G21" s="65"/>
+      <c r="H21" s="65"/>
+      <c r="I21" s="65"/>
       <c r="J21" s="54"/>
       <c r="K21" s="54"/>
       <c r="L21" s="54"/>
       <c r="M21" s="54"/>
       <c r="N21" s="54"/>
       <c r="O21" s="54"/>
       <c r="P21" s="54"/>
       <c r="Q21" s="54"/>
       <c r="R21" s="54"/>
       <c r="S21" s="54"/>
       <c r="T21" s="54"/>
       <c r="U21" s="54"/>
       <c r="V21" s="54"/>
       <c r="W21" s="54"/>
       <c r="X21" s="54"/>
       <c r="Y21" s="54"/>
       <c r="Z21" s="54"/>
       <c r="AA21" s="54"/>
       <c r="AB21" s="54"/>
       <c r="AC21" s="54"/>
       <c r="AD21" s="54"/>
       <c r="AE21" s="3"/>
       <c r="AF21" s="3"/>
       <c r="AG21" s="3"/>
       <c r="AH21" s="3"/>
@@ -2806,59 +2725,59 @@
       <c r="T22" s="14"/>
       <c r="U22" s="14"/>
       <c r="V22" s="14"/>
       <c r="W22" s="14"/>
       <c r="X22" s="14"/>
       <c r="Y22" s="14"/>
       <c r="Z22" s="14"/>
       <c r="AA22" s="14"/>
       <c r="AB22" s="14"/>
       <c r="AC22" s="14"/>
       <c r="AD22" s="14"/>
       <c r="AE22" s="14"/>
       <c r="AF22" s="14"/>
       <c r="AG22" s="14"/>
       <c r="AH22" s="14"/>
       <c r="AI22" s="14"/>
       <c r="AJ22" s="14"/>
       <c r="AK22" s="14"/>
       <c r="AQ22" s="5"/>
       <c r="AR22" s="5"/>
       <c r="AW22" s="1"/>
       <c r="AX22" s="1"/>
       <c r="AY22" s="1"/>
     </row>
     <row r="23" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C23" s="68" t="s">
+      <c r="C23" s="65" t="s">
         <v>11</v>
       </c>
-      <c r="D23" s="68"/>
-[...4 lines deleted...]
-      <c r="I23" s="68"/>
+      <c r="D23" s="65"/>
+      <c r="E23" s="65"/>
+      <c r="F23" s="65"/>
+      <c r="G23" s="65"/>
+      <c r="H23" s="65"/>
+      <c r="I23" s="65"/>
       <c r="J23" s="54"/>
       <c r="K23" s="54"/>
       <c r="L23" s="54"/>
       <c r="M23" s="54"/>
       <c r="N23" s="54"/>
       <c r="O23" s="54"/>
       <c r="P23" s="54"/>
       <c r="Q23" s="54"/>
       <c r="R23" s="54"/>
       <c r="S23" s="54"/>
       <c r="T23" s="54"/>
       <c r="U23" s="54"/>
       <c r="V23" s="54"/>
       <c r="W23" s="54"/>
       <c r="X23" s="54"/>
       <c r="Y23" s="54"/>
       <c r="Z23" s="54"/>
       <c r="AA23" s="54"/>
       <c r="AB23" s="54"/>
       <c r="AC23" s="54"/>
       <c r="AD23" s="54"/>
       <c r="AE23" s="3"/>
       <c r="AF23" s="3"/>
       <c r="AG23" s="3"/>
       <c r="AH23" s="3"/>
@@ -2885,59 +2804,59 @@
       <c r="T24" s="14"/>
       <c r="U24" s="14"/>
       <c r="V24" s="14"/>
       <c r="W24" s="14"/>
       <c r="X24" s="14"/>
       <c r="Y24" s="14"/>
       <c r="Z24" s="14"/>
       <c r="AA24" s="14"/>
       <c r="AB24" s="14"/>
       <c r="AC24" s="14"/>
       <c r="AD24" s="14"/>
       <c r="AE24" s="14"/>
       <c r="AF24" s="14"/>
       <c r="AG24" s="14"/>
       <c r="AH24" s="14"/>
       <c r="AI24" s="14"/>
       <c r="AJ24" s="14"/>
       <c r="AK24" s="14"/>
       <c r="AQ24" s="5"/>
       <c r="AR24" s="5"/>
       <c r="AW24" s="1"/>
       <c r="AX24" s="1"/>
       <c r="AY24" s="1"/>
     </row>
     <row r="25" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C25" s="68" t="s">
+      <c r="C25" s="65" t="s">
         <v>12</v>
       </c>
-      <c r="D25" s="68"/>
-[...4 lines deleted...]
-      <c r="I25" s="68"/>
+      <c r="D25" s="65"/>
+      <c r="E25" s="65"/>
+      <c r="F25" s="65"/>
+      <c r="G25" s="65"/>
+      <c r="H25" s="65"/>
+      <c r="I25" s="65"/>
       <c r="J25" s="54"/>
       <c r="K25" s="54"/>
       <c r="L25" s="54"/>
       <c r="M25" s="54"/>
       <c r="N25" s="54"/>
       <c r="O25" s="54"/>
       <c r="P25" s="54"/>
       <c r="Q25" s="54"/>
       <c r="R25" s="54"/>
       <c r="S25" s="54"/>
       <c r="T25" s="54"/>
       <c r="U25" s="54"/>
       <c r="V25" s="54"/>
       <c r="W25" s="54"/>
       <c r="X25" s="54"/>
       <c r="Y25" s="54"/>
       <c r="Z25" s="54"/>
       <c r="AA25" s="54"/>
       <c r="AB25" s="54"/>
       <c r="AC25" s="54"/>
       <c r="AD25" s="54"/>
       <c r="AE25" s="3"/>
       <c r="AF25" s="3"/>
       <c r="AG25" s="3"/>
       <c r="AH25" s="3"/>
@@ -2964,223 +2883,223 @@
       <c r="T26" s="14"/>
       <c r="U26" s="14"/>
       <c r="V26" s="14"/>
       <c r="W26" s="14"/>
       <c r="X26" s="14"/>
       <c r="Y26" s="14"/>
       <c r="Z26" s="14"/>
       <c r="AA26" s="14"/>
       <c r="AB26" s="14"/>
       <c r="AC26" s="14"/>
       <c r="AD26" s="14"/>
       <c r="AE26" s="14"/>
       <c r="AF26" s="14"/>
       <c r="AG26" s="14"/>
       <c r="AH26" s="14"/>
       <c r="AI26" s="14"/>
       <c r="AJ26" s="14"/>
       <c r="AK26" s="14"/>
       <c r="AQ26" s="5"/>
       <c r="AR26" s="5"/>
       <c r="AW26" s="1"/>
       <c r="AX26" s="1"/>
       <c r="AY26" s="1"/>
     </row>
     <row r="27" spans="1:51" ht="39.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C27" s="76" t="s">
+      <c r="C27" s="75" t="s">
         <v>26</v>
       </c>
-      <c r="D27" s="76"/>
-[...32 lines deleted...]
-      <c r="AK27" s="76"/>
+      <c r="D27" s="75"/>
+      <c r="E27" s="75"/>
+      <c r="F27" s="75"/>
+      <c r="G27" s="75"/>
+      <c r="H27" s="75"/>
+      <c r="I27" s="75"/>
+      <c r="J27" s="75"/>
+      <c r="K27" s="75"/>
+      <c r="L27" s="75"/>
+      <c r="M27" s="75"/>
+      <c r="N27" s="75"/>
+      <c r="O27" s="75"/>
+      <c r="P27" s="75"/>
+      <c r="Q27" s="75"/>
+      <c r="R27" s="75"/>
+      <c r="S27" s="75"/>
+      <c r="T27" s="75"/>
+      <c r="U27" s="75"/>
+      <c r="V27" s="75"/>
+      <c r="W27" s="75"/>
+      <c r="X27" s="75"/>
+      <c r="Y27" s="75"/>
+      <c r="Z27" s="75"/>
+      <c r="AA27" s="75"/>
+      <c r="AB27" s="75"/>
+      <c r="AC27" s="75"/>
+      <c r="AD27" s="75"/>
+      <c r="AE27" s="75"/>
+      <c r="AF27" s="75"/>
+      <c r="AG27" s="75"/>
+      <c r="AH27" s="75"/>
+      <c r="AI27" s="75"/>
+      <c r="AJ27" s="75"/>
+      <c r="AK27" s="75"/>
       <c r="AL27" s="15"/>
       <c r="AM27" s="15"/>
       <c r="AN27" s="15"/>
       <c r="AO27" s="15"/>
       <c r="AP27" s="27"/>
       <c r="AQ27" s="15"/>
     </row>
     <row r="28" spans="1:51" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C28" s="78" t="s">
-[...35 lines deleted...]
-      <c r="AK28" s="78"/>
+      <c r="C28" s="77" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" s="77"/>
+      <c r="E28" s="77"/>
+      <c r="F28" s="77"/>
+      <c r="G28" s="77"/>
+      <c r="H28" s="77"/>
+      <c r="I28" s="77"/>
+      <c r="J28" s="77"/>
+      <c r="K28" s="77"/>
+      <c r="L28" s="77"/>
+      <c r="M28" s="77"/>
+      <c r="N28" s="77"/>
+      <c r="O28" s="77"/>
+      <c r="P28" s="77"/>
+      <c r="Q28" s="77"/>
+      <c r="R28" s="77"/>
+      <c r="S28" s="77"/>
+      <c r="T28" s="77"/>
+      <c r="U28" s="77"/>
+      <c r="V28" s="77"/>
+      <c r="W28" s="77"/>
+      <c r="X28" s="77"/>
+      <c r="Y28" s="77"/>
+      <c r="Z28" s="77"/>
+      <c r="AA28" s="77"/>
+      <c r="AB28" s="77"/>
+      <c r="AC28" s="77"/>
+      <c r="AD28" s="77"/>
+      <c r="AE28" s="77"/>
+      <c r="AF28" s="77"/>
+      <c r="AG28" s="77"/>
+      <c r="AH28" s="77"/>
+      <c r="AI28" s="77"/>
+      <c r="AJ28" s="77"/>
+      <c r="AK28" s="77"/>
     </row>
     <row r="29" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="30" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="73" t="s">
+      <c r="A30" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="B30" s="73"/>
-[...34 lines deleted...]
-      <c r="AK30" s="73"/>
+      <c r="B30" s="72"/>
+      <c r="C30" s="72"/>
+      <c r="D30" s="72"/>
+      <c r="E30" s="72"/>
+      <c r="F30" s="72"/>
+      <c r="G30" s="72"/>
+      <c r="H30" s="72"/>
+      <c r="I30" s="72"/>
+      <c r="J30" s="72"/>
+      <c r="K30" s="72"/>
+      <c r="L30" s="72"/>
+      <c r="M30" s="72"/>
+      <c r="N30" s="72"/>
+      <c r="O30" s="72"/>
+      <c r="P30" s="72"/>
+      <c r="Q30" s="72"/>
+      <c r="R30" s="72"/>
+      <c r="S30" s="72"/>
+      <c r="T30" s="72"/>
+      <c r="U30" s="72"/>
+      <c r="V30" s="72"/>
+      <c r="W30" s="72"/>
+      <c r="X30" s="72"/>
+      <c r="Y30" s="72"/>
+      <c r="Z30" s="72"/>
+      <c r="AA30" s="72"/>
+      <c r="AB30" s="72"/>
+      <c r="AC30" s="72"/>
+      <c r="AD30" s="72"/>
+      <c r="AE30" s="72"/>
+      <c r="AF30" s="72"/>
+      <c r="AG30" s="72"/>
+      <c r="AH30" s="72"/>
+      <c r="AI30" s="72"/>
+      <c r="AJ30" s="72"/>
+      <c r="AK30" s="72"/>
       <c r="AL30" s="20"/>
       <c r="AM30" s="20"/>
       <c r="AN30" s="20"/>
       <c r="AO30" s="20"/>
       <c r="AP30" s="24"/>
       <c r="AQ30" s="20"/>
       <c r="AR30" s="20"/>
       <c r="AS30" s="20"/>
     </row>
     <row r="31" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="10"/>
-      <c r="B31" s="74" t="s">
+      <c r="B31" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="C31" s="74"/>
-[...33 lines deleted...]
-      <c r="AK31" s="74"/>
+      <c r="C31" s="73"/>
+      <c r="D31" s="73"/>
+      <c r="E31" s="73"/>
+      <c r="F31" s="73"/>
+      <c r="G31" s="73"/>
+      <c r="H31" s="73"/>
+      <c r="I31" s="73"/>
+      <c r="J31" s="73"/>
+      <c r="K31" s="73"/>
+      <c r="L31" s="73"/>
+      <c r="M31" s="73"/>
+      <c r="N31" s="73"/>
+      <c r="O31" s="73"/>
+      <c r="P31" s="73"/>
+      <c r="Q31" s="73"/>
+      <c r="R31" s="73"/>
+      <c r="S31" s="73"/>
+      <c r="T31" s="73"/>
+      <c r="U31" s="73"/>
+      <c r="V31" s="73"/>
+      <c r="W31" s="73"/>
+      <c r="X31" s="73"/>
+      <c r="Y31" s="73"/>
+      <c r="Z31" s="73"/>
+      <c r="AA31" s="73"/>
+      <c r="AB31" s="73"/>
+      <c r="AC31" s="73"/>
+      <c r="AD31" s="73"/>
+      <c r="AE31" s="73"/>
+      <c r="AF31" s="73"/>
+      <c r="AG31" s="73"/>
+      <c r="AH31" s="73"/>
+      <c r="AI31" s="73"/>
+      <c r="AJ31" s="73"/>
+      <c r="AK31" s="73"/>
       <c r="AL31" s="10"/>
       <c r="AM31" s="10"/>
       <c r="AN31" s="10"/>
       <c r="AO31" s="10"/>
       <c r="AP31" s="25"/>
       <c r="AQ31" s="10"/>
       <c r="AR31" s="12"/>
       <c r="AS31" s="12"/>
     </row>
     <row r="32" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="10"/>
       <c r="B32" s="11"/>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11"/>
       <c r="F32" s="11"/>
       <c r="G32" s="11"/>
       <c r="H32" s="11"/>
       <c r="I32" s="11"/>
       <c r="J32" s="11"/>
       <c r="K32" s="11"/>
       <c r="L32" s="11"/>
       <c r="M32" s="11"/>
       <c r="N32" s="11"/>
       <c r="O32" s="11"/>
@@ -3243,298 +3162,298 @@
       <c r="Z33" s="57"/>
       <c r="AA33" s="57"/>
       <c r="AB33" s="57"/>
       <c r="AC33" s="57"/>
       <c r="AD33" s="57"/>
       <c r="AE33" s="57"/>
       <c r="AF33" s="57"/>
       <c r="AG33" s="57"/>
       <c r="AH33" s="57"/>
       <c r="AI33" s="57"/>
       <c r="AJ33" s="57"/>
       <c r="AK33" s="57"/>
       <c r="AL33" s="57"/>
       <c r="AM33" s="2"/>
       <c r="AN33" s="2"/>
       <c r="AO33" s="2"/>
       <c r="AP33" s="29" t="b">
         <v>0</v>
       </c>
       <c r="AQ33" s="2"/>
       <c r="AR33" s="2"/>
       <c r="AW33" s="7"/>
     </row>
     <row r="34" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="35" spans="1:51" s="35" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E35" s="76" t="s">
+      <c r="E35" s="75" t="s">
         <v>15</v>
       </c>
-      <c r="F35" s="76"/>
-[...31 lines deleted...]
-      <c r="AL35" s="76"/>
+      <c r="F35" s="75"/>
+      <c r="G35" s="75"/>
+      <c r="H35" s="75"/>
+      <c r="I35" s="75"/>
+      <c r="J35" s="75"/>
+      <c r="K35" s="75"/>
+      <c r="L35" s="75"/>
+      <c r="M35" s="75"/>
+      <c r="N35" s="75"/>
+      <c r="O35" s="75"/>
+      <c r="P35" s="75"/>
+      <c r="Q35" s="75"/>
+      <c r="R35" s="75"/>
+      <c r="S35" s="75"/>
+      <c r="T35" s="75"/>
+      <c r="U35" s="75"/>
+      <c r="V35" s="75"/>
+      <c r="W35" s="75"/>
+      <c r="X35" s="75"/>
+      <c r="Y35" s="75"/>
+      <c r="Z35" s="75"/>
+      <c r="AA35" s="75"/>
+      <c r="AB35" s="75"/>
+      <c r="AC35" s="75"/>
+      <c r="AD35" s="75"/>
+      <c r="AE35" s="75"/>
+      <c r="AF35" s="75"/>
+      <c r="AG35" s="75"/>
+      <c r="AH35" s="75"/>
+      <c r="AI35" s="75"/>
+      <c r="AJ35" s="75"/>
+      <c r="AK35" s="75"/>
+      <c r="AL35" s="75"/>
       <c r="AP35" s="36"/>
       <c r="AQ35" s="37"/>
       <c r="AR35" s="37"/>
     </row>
     <row r="36" spans="1:51" s="35" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E36" s="75" t="s">
+      <c r="E36" s="74" t="s">
         <v>16</v>
       </c>
-      <c r="F36" s="75"/>
-[...31 lines deleted...]
-      <c r="AL36" s="75"/>
+      <c r="F36" s="74"/>
+      <c r="G36" s="74"/>
+      <c r="H36" s="74"/>
+      <c r="I36" s="74"/>
+      <c r="J36" s="74"/>
+      <c r="K36" s="74"/>
+      <c r="L36" s="74"/>
+      <c r="M36" s="74"/>
+      <c r="N36" s="74"/>
+      <c r="O36" s="74"/>
+      <c r="P36" s="74"/>
+      <c r="Q36" s="74"/>
+      <c r="R36" s="74"/>
+      <c r="S36" s="74"/>
+      <c r="T36" s="74"/>
+      <c r="U36" s="74"/>
+      <c r="V36" s="74"/>
+      <c r="W36" s="74"/>
+      <c r="X36" s="74"/>
+      <c r="Y36" s="74"/>
+      <c r="Z36" s="74"/>
+      <c r="AA36" s="74"/>
+      <c r="AB36" s="74"/>
+      <c r="AC36" s="74"/>
+      <c r="AD36" s="74"/>
+      <c r="AE36" s="74"/>
+      <c r="AF36" s="74"/>
+      <c r="AG36" s="74"/>
+      <c r="AH36" s="74"/>
+      <c r="AI36" s="74"/>
+      <c r="AJ36" s="74"/>
+      <c r="AK36" s="74"/>
+      <c r="AL36" s="74"/>
       <c r="AP36" s="36"/>
       <c r="AQ36" s="37"/>
       <c r="AR36" s="37"/>
     </row>
     <row r="37" spans="1:51" s="35" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F37" s="77" t="s">
+      <c r="F37" s="76" t="s">
         <v>0</v>
       </c>
-      <c r="G37" s="77"/>
-[...28 lines deleted...]
-      <c r="AJ37" s="77"/>
+      <c r="G37" s="76"/>
+      <c r="H37" s="76"/>
+      <c r="I37" s="76"/>
+      <c r="J37" s="76"/>
+      <c r="K37" s="76"/>
+      <c r="L37" s="76"/>
+      <c r="M37" s="76"/>
+      <c r="N37" s="76"/>
+      <c r="O37" s="76"/>
+      <c r="P37" s="76"/>
+      <c r="Q37" s="76"/>
+      <c r="R37" s="76"/>
+      <c r="S37" s="76"/>
+      <c r="T37" s="76"/>
+      <c r="U37" s="76"/>
+      <c r="V37" s="76"/>
+      <c r="W37" s="76"/>
+      <c r="X37" s="76"/>
+      <c r="Y37" s="76"/>
+      <c r="Z37" s="76"/>
+      <c r="AA37" s="76"/>
+      <c r="AB37" s="76"/>
+      <c r="AC37" s="76"/>
+      <c r="AD37" s="76"/>
+      <c r="AE37" s="76"/>
+      <c r="AF37" s="76"/>
+      <c r="AG37" s="76"/>
+      <c r="AH37" s="76"/>
+      <c r="AI37" s="76"/>
+      <c r="AJ37" s="76"/>
       <c r="AK37" s="38"/>
       <c r="AL37" s="38"/>
       <c r="AP37" s="36"/>
       <c r="AQ37" s="37"/>
       <c r="AR37" s="37"/>
     </row>
     <row r="38" spans="1:51" s="35" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E38" s="79" t="s">
+      <c r="E38" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="F38" s="79"/>
-[...29 lines deleted...]
-      <c r="AJ38" s="79"/>
+      <c r="F38" s="78"/>
+      <c r="G38" s="78"/>
+      <c r="H38" s="78"/>
+      <c r="I38" s="78"/>
+      <c r="J38" s="78"/>
+      <c r="K38" s="78"/>
+      <c r="L38" s="78"/>
+      <c r="M38" s="78"/>
+      <c r="N38" s="78"/>
+      <c r="O38" s="78"/>
+      <c r="P38" s="78"/>
+      <c r="Q38" s="78"/>
+      <c r="R38" s="78"/>
+      <c r="S38" s="78"/>
+      <c r="T38" s="78"/>
+      <c r="U38" s="78"/>
+      <c r="V38" s="78"/>
+      <c r="W38" s="78"/>
+      <c r="X38" s="78"/>
+      <c r="Y38" s="78"/>
+      <c r="Z38" s="78"/>
+      <c r="AA38" s="78"/>
+      <c r="AB38" s="78"/>
+      <c r="AC38" s="78"/>
+      <c r="AD38" s="78"/>
+      <c r="AE38" s="78"/>
+      <c r="AF38" s="78"/>
+      <c r="AG38" s="78"/>
+      <c r="AH38" s="78"/>
+      <c r="AI38" s="78"/>
+      <c r="AJ38" s="78"/>
       <c r="AK38" s="34"/>
       <c r="AL38" s="34"/>
       <c r="AP38" s="36"/>
       <c r="AQ38" s="37"/>
       <c r="AR38" s="37"/>
     </row>
     <row r="39" spans="1:51" s="35" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F39" s="77" t="s">
+      <c r="F39" s="76" t="s">
         <v>1</v>
       </c>
-      <c r="G39" s="77"/>
-[...28 lines deleted...]
-      <c r="AJ39" s="77"/>
+      <c r="G39" s="76"/>
+      <c r="H39" s="76"/>
+      <c r="I39" s="76"/>
+      <c r="J39" s="76"/>
+      <c r="K39" s="76"/>
+      <c r="L39" s="76"/>
+      <c r="M39" s="76"/>
+      <c r="N39" s="76"/>
+      <c r="O39" s="76"/>
+      <c r="P39" s="76"/>
+      <c r="Q39" s="76"/>
+      <c r="R39" s="76"/>
+      <c r="S39" s="76"/>
+      <c r="T39" s="76"/>
+      <c r="U39" s="76"/>
+      <c r="V39" s="76"/>
+      <c r="W39" s="76"/>
+      <c r="X39" s="76"/>
+      <c r="Y39" s="76"/>
+      <c r="Z39" s="76"/>
+      <c r="AA39" s="76"/>
+      <c r="AB39" s="76"/>
+      <c r="AC39" s="76"/>
+      <c r="AD39" s="76"/>
+      <c r="AE39" s="76"/>
+      <c r="AF39" s="76"/>
+      <c r="AG39" s="76"/>
+      <c r="AH39" s="76"/>
+      <c r="AI39" s="76"/>
+      <c r="AJ39" s="76"/>
       <c r="AK39" s="38"/>
       <c r="AL39" s="38"/>
       <c r="AP39" s="36"/>
       <c r="AQ39" s="37"/>
       <c r="AR39" s="37"/>
     </row>
     <row r="40" spans="1:51" s="4" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AP40" s="30"/>
       <c r="AW40" s="6"/>
       <c r="AX40" s="6"/>
       <c r="AY40" s="6"/>
     </row>
     <row r="41" spans="1:51" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="73" t="s">
-[...37 lines deleted...]
-      <c r="AK41" s="73"/>
+      <c r="A41" s="72" t="s">
+        <v>29</v>
+      </c>
+      <c r="B41" s="72"/>
+      <c r="C41" s="72"/>
+      <c r="D41" s="72"/>
+      <c r="E41" s="72"/>
+      <c r="F41" s="72"/>
+      <c r="G41" s="72"/>
+      <c r="H41" s="72"/>
+      <c r="I41" s="72"/>
+      <c r="J41" s="72"/>
+      <c r="K41" s="72"/>
+      <c r="L41" s="72"/>
+      <c r="M41" s="72"/>
+      <c r="N41" s="72"/>
+      <c r="O41" s="72"/>
+      <c r="P41" s="72"/>
+      <c r="Q41" s="72"/>
+      <c r="R41" s="72"/>
+      <c r="S41" s="72"/>
+      <c r="T41" s="72"/>
+      <c r="U41" s="72"/>
+      <c r="V41" s="72"/>
+      <c r="W41" s="72"/>
+      <c r="X41" s="72"/>
+      <c r="Y41" s="72"/>
+      <c r="Z41" s="72"/>
+      <c r="AA41" s="72"/>
+      <c r="AB41" s="72"/>
+      <c r="AC41" s="72"/>
+      <c r="AD41" s="72"/>
+      <c r="AE41" s="72"/>
+      <c r="AF41" s="72"/>
+      <c r="AG41" s="72"/>
+      <c r="AH41" s="72"/>
+      <c r="AI41" s="72"/>
+      <c r="AJ41" s="72"/>
+      <c r="AK41" s="72"/>
       <c r="AL41" s="20"/>
       <c r="AM41" s="20"/>
       <c r="AN41" s="20"/>
       <c r="AO41" s="20"/>
       <c r="AP41" s="24"/>
       <c r="AQ41" s="20"/>
       <c r="AR41" s="20"/>
       <c r="AS41" s="20"/>
       <c r="AW41" s="13"/>
       <c r="AX41" s="13"/>
       <c r="AY41" s="13"/>
     </row>
     <row r="42" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
@@ -3563,75 +3482,75 @@
       <c r="AI42" s="3"/>
       <c r="AJ42" s="3"/>
       <c r="AK42" s="3"/>
       <c r="AL42" s="3"/>
       <c r="AM42" s="3"/>
       <c r="AN42" s="3"/>
       <c r="AO42" s="3"/>
       <c r="AP42" s="26"/>
       <c r="AQ42" s="3"/>
       <c r="AR42" s="3"/>
       <c r="AS42" s="3"/>
     </row>
     <row r="43" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C43" s="32" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="32"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="14"/>
       <c r="J43" s="33"/>
       <c r="K43" s="33"/>
       <c r="L43" s="33"/>
-      <c r="M43" s="61" t="str">
+      <c r="M43" s="60">
         <f>J11</f>
-        <v>AP: Authorized Participants</v>
-[...21 lines deleted...]
-      <c r="AH43" s="61"/>
+        <v>0</v>
+      </c>
+      <c r="N43" s="60"/>
+      <c r="O43" s="60"/>
+      <c r="P43" s="60"/>
+      <c r="Q43" s="60"/>
+      <c r="R43" s="60"/>
+      <c r="S43" s="60"/>
+      <c r="T43" s="60"/>
+      <c r="U43" s="60"/>
+      <c r="V43" s="60"/>
+      <c r="W43" s="60"/>
+      <c r="X43" s="60"/>
+      <c r="Y43" s="60"/>
+      <c r="Z43" s="60"/>
+      <c r="AA43" s="60"/>
+      <c r="AB43" s="60"/>
+      <c r="AC43" s="60"/>
+      <c r="AD43" s="60"/>
+      <c r="AE43" s="60"/>
+      <c r="AF43" s="60"/>
+      <c r="AG43" s="60"/>
+      <c r="AH43" s="60"/>
       <c r="AI43" s="3"/>
       <c r="AJ43" s="3"/>
       <c r="AK43" s="3"/>
       <c r="AQ43" s="5"/>
       <c r="AR43" s="5"/>
     </row>
     <row r="44" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="3"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="M44" s="3"/>
       <c r="N44" s="3"/>
       <c r="O44" s="3"/>
       <c r="P44" s="3"/>
       <c r="Q44" s="3"/>
       <c r="R44" s="3"/>
       <c r="S44" s="3"/>
       <c r="T44" s="3"/>
       <c r="U44" s="3"/>
@@ -3639,160 +3558,160 @@
       <c r="W44" s="3"/>
       <c r="X44" s="3"/>
       <c r="Y44" s="3"/>
       <c r="Z44" s="3"/>
       <c r="AA44" s="3"/>
       <c r="AB44" s="3"/>
       <c r="AC44" s="3"/>
       <c r="AD44" s="3"/>
       <c r="AE44" s="3"/>
       <c r="AF44" s="3"/>
       <c r="AG44" s="3"/>
       <c r="AH44" s="3"/>
       <c r="AI44" s="3"/>
       <c r="AJ44" s="3"/>
       <c r="AK44" s="3"/>
       <c r="AL44" s="3"/>
       <c r="AM44" s="3"/>
       <c r="AN44" s="3"/>
       <c r="AO44" s="3"/>
       <c r="AP44" s="26"/>
       <c r="AQ44" s="3"/>
       <c r="AR44" s="3"/>
       <c r="AS44" s="3"/>
     </row>
     <row r="45" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C45" s="68" t="s">
+      <c r="C45" s="65" t="s">
         <v>7</v>
       </c>
-      <c r="D45" s="68"/>
-[...8 lines deleted...]
-      <c r="M45" s="61">
+      <c r="D45" s="65"/>
+      <c r="E45" s="65"/>
+      <c r="F45" s="65"/>
+      <c r="G45" s="65"/>
+      <c r="H45" s="65"/>
+      <c r="I45" s="65"/>
+      <c r="J45" s="65"/>
+      <c r="K45" s="65"/>
+      <c r="L45" s="65"/>
+      <c r="M45" s="60">
         <f>J13</f>
         <v>0</v>
       </c>
-      <c r="N45" s="61"/>
-[...19 lines deleted...]
-      <c r="AH45" s="61"/>
+      <c r="N45" s="60"/>
+      <c r="O45" s="60"/>
+      <c r="P45" s="60"/>
+      <c r="Q45" s="60"/>
+      <c r="R45" s="60"/>
+      <c r="S45" s="60"/>
+      <c r="T45" s="60"/>
+      <c r="U45" s="60"/>
+      <c r="V45" s="60"/>
+      <c r="W45" s="60"/>
+      <c r="X45" s="60"/>
+      <c r="Y45" s="60"/>
+      <c r="Z45" s="60"/>
+      <c r="AA45" s="60"/>
+      <c r="AB45" s="60"/>
+      <c r="AC45" s="60"/>
+      <c r="AD45" s="60"/>
+      <c r="AE45" s="60"/>
+      <c r="AF45" s="60"/>
+      <c r="AG45" s="60"/>
+      <c r="AH45" s="60"/>
       <c r="AI45" s="3"/>
       <c r="AJ45" s="3"/>
       <c r="AK45" s="3"/>
       <c r="AQ45" s="5"/>
       <c r="AR45" s="5"/>
     </row>
     <row r="46" spans="1:51" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M46" s="14"/>
       <c r="N46" s="14"/>
       <c r="O46" s="14"/>
       <c r="P46" s="14"/>
       <c r="Q46" s="14"/>
       <c r="R46" s="14"/>
       <c r="S46" s="14"/>
       <c r="T46" s="14"/>
       <c r="U46" s="14"/>
       <c r="V46" s="14"/>
       <c r="W46" s="14"/>
       <c r="X46" s="14"/>
       <c r="Y46" s="14"/>
       <c r="Z46" s="14"/>
       <c r="AA46" s="14"/>
       <c r="AB46" s="14"/>
       <c r="AC46" s="14"/>
       <c r="AD46" s="14"/>
       <c r="AE46" s="14"/>
       <c r="AF46" s="14"/>
       <c r="AG46" s="14"/>
       <c r="AH46" s="14"/>
       <c r="AI46" s="14"/>
       <c r="AJ46" s="14"/>
       <c r="AK46" s="14"/>
       <c r="AQ46" s="5"/>
       <c r="AR46" s="5"/>
     </row>
     <row r="47" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C47" s="68" t="s">
+      <c r="C47" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="D47" s="68"/>
-[...8 lines deleted...]
-      <c r="M47" s="61">
+      <c r="D47" s="65"/>
+      <c r="E47" s="65"/>
+      <c r="F47" s="65"/>
+      <c r="G47" s="65"/>
+      <c r="H47" s="65"/>
+      <c r="I47" s="65"/>
+      <c r="J47" s="65"/>
+      <c r="K47" s="65"/>
+      <c r="L47" s="65"/>
+      <c r="M47" s="60">
         <f>J17</f>
         <v>0</v>
       </c>
-      <c r="N47" s="61"/>
-[...19 lines deleted...]
-      <c r="AH47" s="61"/>
+      <c r="N47" s="60"/>
+      <c r="O47" s="60"/>
+      <c r="P47" s="60"/>
+      <c r="Q47" s="60"/>
+      <c r="R47" s="60"/>
+      <c r="S47" s="60"/>
+      <c r="T47" s="60"/>
+      <c r="U47" s="60"/>
+      <c r="V47" s="60"/>
+      <c r="W47" s="60"/>
+      <c r="X47" s="60"/>
+      <c r="Y47" s="60"/>
+      <c r="Z47" s="60"/>
+      <c r="AA47" s="60"/>
+      <c r="AB47" s="60"/>
+      <c r="AC47" s="60"/>
+      <c r="AD47" s="60"/>
+      <c r="AE47" s="60"/>
+      <c r="AF47" s="60"/>
+      <c r="AG47" s="60"/>
+      <c r="AH47" s="60"/>
       <c r="AI47" s="3"/>
       <c r="AJ47" s="3"/>
       <c r="AK47" s="3"/>
       <c r="AQ47" s="5"/>
       <c r="AR47" s="5"/>
     </row>
     <row r="48" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
       <c r="Q48" s="3"/>
       <c r="R48" s="3"/>
@@ -3804,51 +3723,51 @@
       <c r="X48" s="3"/>
       <c r="Y48" s="3"/>
       <c r="Z48" s="3"/>
       <c r="AA48" s="3"/>
       <c r="AB48" s="3"/>
       <c r="AC48" s="3"/>
       <c r="AD48" s="3"/>
       <c r="AE48" s="3"/>
       <c r="AF48" s="3"/>
       <c r="AG48" s="3"/>
       <c r="AH48" s="3"/>
       <c r="AI48" s="3"/>
       <c r="AJ48" s="3"/>
       <c r="AK48" s="3"/>
       <c r="AL48" s="3"/>
       <c r="AM48" s="3"/>
       <c r="AN48" s="3"/>
       <c r="AO48" s="3"/>
       <c r="AP48" s="26"/>
       <c r="AQ48" s="3"/>
       <c r="AR48" s="3"/>
       <c r="AS48" s="3"/>
     </row>
     <row r="49" spans="1:53" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C49" s="57" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D49" s="57"/>
       <c r="E49" s="57"/>
       <c r="F49" s="57"/>
       <c r="G49" s="57"/>
       <c r="H49" s="57"/>
       <c r="I49" s="57"/>
       <c r="M49" s="59"/>
       <c r="N49" s="59"/>
       <c r="O49" s="59"/>
       <c r="P49" s="59"/>
       <c r="Q49" s="59"/>
       <c r="R49" s="59"/>
       <c r="S49" s="59"/>
       <c r="T49" s="59"/>
       <c r="U49" s="59"/>
       <c r="V49" s="59"/>
       <c r="W49" s="59"/>
       <c r="X49" s="59"/>
       <c r="Y49" s="59"/>
       <c r="Z49" s="59"/>
       <c r="AA49" s="59"/>
       <c r="AB49" s="59"/>
       <c r="AC49" s="59"/>
       <c r="AD49" s="59"/>
@@ -3875,568 +3794,405 @@
       <c r="S50" s="17"/>
       <c r="T50" s="17"/>
       <c r="U50" s="17"/>
       <c r="V50" s="17"/>
       <c r="W50" s="17"/>
       <c r="X50" s="17"/>
       <c r="Y50" s="17"/>
       <c r="Z50" s="17"/>
       <c r="AA50" s="17"/>
       <c r="AB50" s="17"/>
       <c r="AC50" s="17"/>
       <c r="AD50" s="17"/>
       <c r="AE50" s="17"/>
       <c r="AF50" s="17"/>
       <c r="AG50" s="17"/>
       <c r="AH50" s="17"/>
       <c r="AI50" s="17"/>
       <c r="AJ50" s="17"/>
       <c r="AP50" s="6"/>
       <c r="AR50" s="17"/>
       <c r="AW50" s="16"/>
       <c r="AX50" s="6"/>
       <c r="AY50" s="6"/>
     </row>
     <row r="51" spans="1:53" ht="53.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="84"/>
-[...53 lines deleted...]
-      <c r="BA51" s="84"/>
+      <c r="A51"/>
+      <c r="B51"/>
+      <c r="C51" s="61" t="s">
+        <v>50</v>
+      </c>
+      <c r="D51" s="61"/>
+      <c r="E51" s="61"/>
+      <c r="F51" s="61"/>
+      <c r="G51" s="61"/>
+      <c r="H51" s="61"/>
+      <c r="I51" s="61"/>
+      <c r="J51" s="61"/>
+      <c r="K51" s="61"/>
+      <c r="L51" s="61"/>
+      <c r="M51" s="61"/>
+      <c r="N51" s="61"/>
+      <c r="O51" s="61"/>
+      <c r="P51" s="61"/>
+      <c r="Q51" s="61"/>
+      <c r="R51" s="61"/>
+      <c r="S51" s="61"/>
+      <c r="T51" s="61"/>
+      <c r="U51" s="61"/>
+      <c r="V51" s="61"/>
+      <c r="W51" s="61"/>
+      <c r="X51" s="61"/>
+      <c r="Y51" s="61"/>
+      <c r="Z51" s="61"/>
+      <c r="AA51" s="61"/>
+      <c r="AB51" s="61"/>
+      <c r="AC51" s="61"/>
+      <c r="AD51" s="61"/>
+      <c r="AE51" s="61"/>
+      <c r="AF51" s="61"/>
+      <c r="AG51" s="61"/>
+      <c r="AH51" s="61"/>
+      <c r="AI51" s="61"/>
+      <c r="AJ51" s="61"/>
+      <c r="AK51" s="61"/>
+      <c r="AL51" s="15"/>
+      <c r="AM51" s="15"/>
+      <c r="AN51" s="15"/>
+      <c r="AO51" s="15"/>
+      <c r="AP51" s="27"/>
+      <c r="AQ51" s="15"/>
+      <c r="AR51"/>
+      <c r="AS51"/>
+      <c r="AT51"/>
+      <c r="AU51"/>
+      <c r="AV51"/>
+      <c r="AW51"/>
+      <c r="AX51"/>
+      <c r="AY51"/>
+      <c r="AZ51"/>
+      <c r="BA51"/>
     </row>
     <row r="52" spans="1:53" s="4" customFormat="1" ht="86.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="85"/>
-[...55 lines deleted...]
-    <row r="53" spans="1:53" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C52" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="D52" s="67"/>
+      <c r="E52" s="67"/>
+      <c r="F52" s="67"/>
+      <c r="G52" s="67"/>
+      <c r="H52" s="67"/>
+      <c r="I52" s="67"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="67"/>
+      <c r="M52" s="67"/>
+      <c r="N52" s="67"/>
+      <c r="O52" s="67"/>
+      <c r="P52" s="67"/>
+      <c r="Q52" s="67"/>
+      <c r="R52" s="67"/>
+      <c r="S52" s="67"/>
+      <c r="T52" s="67"/>
+      <c r="U52" s="67"/>
+      <c r="V52" s="67"/>
+      <c r="W52" s="67"/>
+      <c r="X52" s="67"/>
+      <c r="Y52" s="67"/>
+      <c r="Z52" s="67"/>
+      <c r="AA52" s="67"/>
+      <c r="AB52" s="67"/>
+      <c r="AC52" s="67"/>
+      <c r="AD52" s="67"/>
+      <c r="AE52" s="67"/>
+      <c r="AF52" s="67"/>
+      <c r="AG52" s="67"/>
+      <c r="AH52" s="67"/>
+      <c r="AP52" s="30"/>
+      <c r="AW52" s="16"/>
+      <c r="AX52" s="6"/>
+      <c r="AY52" s="6"/>
+    </row>
+    <row r="53" spans="1:53" s="4" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G53" s="18"/>
       <c r="H53" s="18"/>
       <c r="I53" s="18"/>
-      <c r="M53" s="60" t="s">
-[...24 lines deleted...]
-      <c r="AH53" s="60"/>
+      <c r="M53" s="18"/>
+      <c r="N53" s="18"/>
+      <c r="O53" s="18"/>
+      <c r="P53" s="18"/>
+      <c r="R53" s="17"/>
+      <c r="S53" s="17"/>
+      <c r="T53" s="17"/>
+      <c r="U53" s="17"/>
+      <c r="V53" s="17"/>
+      <c r="W53" s="17"/>
+      <c r="X53" s="17"/>
+      <c r="Y53" s="17"/>
+      <c r="Z53" s="17"/>
+      <c r="AA53" s="17"/>
+      <c r="AB53" s="17"/>
+      <c r="AC53" s="17"/>
+      <c r="AD53" s="17"/>
+      <c r="AE53" s="17"/>
+      <c r="AF53" s="17"/>
+      <c r="AG53" s="17"/>
+      <c r="AH53" s="17"/>
       <c r="AI53" s="17"/>
       <c r="AJ53" s="17"/>
-    </row>
-[...33 lines deleted...]
-      <c r="AH54" s="65"/>
+      <c r="AP53" s="6"/>
+      <c r="AR53" s="17"/>
+    </row>
+    <row r="54" spans="1:53" ht="6.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C54" s="31"/>
+      <c r="D54" s="31"/>
+      <c r="E54" s="31"/>
+      <c r="F54" s="31"/>
+      <c r="G54" s="31"/>
+      <c r="H54" s="31"/>
+      <c r="I54" s="31"/>
+      <c r="J54" s="31"/>
+      <c r="K54" s="31"/>
+      <c r="L54" s="31"/>
+      <c r="M54" s="31"/>
+      <c r="N54" s="31"/>
+      <c r="O54" s="31"/>
+      <c r="P54" s="31"/>
+      <c r="Q54" s="31"/>
+      <c r="R54" s="31"/>
+      <c r="S54" s="31"/>
+      <c r="T54" s="31"/>
+      <c r="U54" s="31"/>
+      <c r="V54" s="31"/>
+      <c r="W54" s="31"/>
+      <c r="X54" s="31"/>
+      <c r="Y54" s="31"/>
+      <c r="Z54" s="31"/>
+      <c r="AA54" s="31"/>
+      <c r="AB54" s="31"/>
+      <c r="AC54" s="31"/>
+      <c r="AD54" s="31"/>
+      <c r="AE54" s="31"/>
+      <c r="AF54" s="31"/>
+      <c r="AG54" s="31"/>
+      <c r="AH54" s="31"/>
       <c r="AI54" s="31"/>
-      <c r="AJ54" s="31"/>
-[...135 lines deleted...]
-      <c r="AK58" s="3"/>
+      <c r="AJ54" s="3"/>
+      <c r="AK54" s="3"/>
+      <c r="AQ54" s="5"/>
+      <c r="AR54" s="5"/>
+      <c r="AW54" s="1"/>
+      <c r="AX54" s="1"/>
+      <c r="AY54" s="1"/>
+    </row>
+    <row r="55" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J55" s="62" t="s">
+        <v>19</v>
+      </c>
+      <c r="K55" s="63"/>
+      <c r="L55" s="63"/>
+      <c r="M55" s="63"/>
+      <c r="N55" s="63"/>
+      <c r="O55" s="63"/>
+      <c r="P55" s="63"/>
+      <c r="Q55" s="63"/>
+      <c r="R55" s="63"/>
+      <c r="S55" s="63"/>
+      <c r="T55" s="63"/>
+      <c r="U55" s="63"/>
+      <c r="V55" s="63"/>
+      <c r="W55" s="63"/>
+      <c r="X55" s="63"/>
+      <c r="Y55" s="63"/>
+      <c r="Z55" s="63"/>
+      <c r="AA55" s="63"/>
+      <c r="AB55" s="64"/>
+      <c r="AW55" s="1"/>
+      <c r="AX55" s="1"/>
+      <c r="AY55" s="1"/>
+    </row>
+    <row r="56" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J56" s="48" t="s">
+        <v>24</v>
+      </c>
+      <c r="K56" s="49"/>
+      <c r="L56" s="49"/>
+      <c r="M56" s="49"/>
+      <c r="N56" s="49"/>
+      <c r="O56" s="49"/>
+      <c r="P56" s="49"/>
+      <c r="Q56" s="49"/>
+      <c r="R56" s="49"/>
+      <c r="S56" s="49"/>
+      <c r="T56" s="49"/>
+      <c r="U56" s="49"/>
+      <c r="V56" s="49"/>
+      <c r="W56" s="49"/>
+      <c r="X56" s="49"/>
+      <c r="Y56" s="49"/>
+      <c r="Z56" s="49"/>
+      <c r="AA56" s="49"/>
+      <c r="AB56" s="50"/>
+      <c r="AW56" s="1"/>
+      <c r="AX56" s="1"/>
+      <c r="AY56" s="1"/>
+    </row>
+    <row r="57" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J57" s="48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" s="49"/>
+      <c r="L57" s="49"/>
+      <c r="M57" s="49"/>
+      <c r="N57" s="49"/>
+      <c r="O57" s="49"/>
+      <c r="P57" s="49"/>
+      <c r="Q57" s="49"/>
+      <c r="R57" s="49"/>
+      <c r="S57" s="49"/>
+      <c r="T57" s="49"/>
+      <c r="U57" s="49"/>
+      <c r="V57" s="49"/>
+      <c r="W57" s="49"/>
+      <c r="X57" s="49"/>
+      <c r="Y57" s="49"/>
+      <c r="Z57" s="49"/>
+      <c r="AA57" s="49"/>
+      <c r="AB57" s="50"/>
+      <c r="AQ57" s="5"/>
+      <c r="AR57" s="5"/>
+      <c r="AW57" s="1"/>
+      <c r="AX57" s="1"/>
+      <c r="AY57" s="1"/>
+    </row>
+    <row r="58" spans="1:53" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="J58" s="68" t="s">
+        <v>21</v>
+      </c>
+      <c r="K58" s="69"/>
+      <c r="L58" s="69"/>
+      <c r="M58" s="69"/>
+      <c r="N58" s="69"/>
+      <c r="O58" s="69"/>
+      <c r="P58" s="69"/>
+      <c r="Q58" s="69"/>
+      <c r="R58" s="69"/>
+      <c r="S58" s="69"/>
+      <c r="T58" s="69"/>
+      <c r="U58" s="69"/>
+      <c r="V58" s="69"/>
+      <c r="W58" s="69"/>
+      <c r="X58" s="69"/>
+      <c r="Y58" s="69"/>
+      <c r="Z58" s="69"/>
+      <c r="AA58" s="69"/>
+      <c r="AB58" s="70"/>
       <c r="AQ58" s="5"/>
       <c r="AR58" s="5"/>
       <c r="AW58" s="1"/>
       <c r="AX58" s="1"/>
       <c r="AY58" s="1"/>
     </row>
-    <row r="59" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-[...115 lines deleted...]
-      <c r="AL63" s="51"/>
+    <row r="59" spans="1:53" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AG59" s="51" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH59" s="51"/>
+      <c r="AI59" s="51"/>
+      <c r="AJ59" s="51"/>
+      <c r="AK59" s="51"/>
+      <c r="AL59" s="51"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" insertRows="0" deleteRows="0"/>
-  <mergeCells count="53">
-[...3 lines deleted...]
-    <mergeCell ref="F39:AJ39"/>
+  <mergeCells count="46">
     <mergeCell ref="J21:AD21"/>
     <mergeCell ref="J23:AD23"/>
     <mergeCell ref="J25:AD25"/>
     <mergeCell ref="C27:AK27"/>
     <mergeCell ref="C21:I21"/>
     <mergeCell ref="C23:I23"/>
     <mergeCell ref="C25:I25"/>
-    <mergeCell ref="J62:AB62"/>
+    <mergeCell ref="E36:AL36"/>
+    <mergeCell ref="E35:AL35"/>
+    <mergeCell ref="F37:AJ37"/>
+    <mergeCell ref="A41:AK41"/>
+    <mergeCell ref="C28:AK28"/>
+    <mergeCell ref="E38:AJ38"/>
+    <mergeCell ref="F39:AJ39"/>
+    <mergeCell ref="J55:AB55"/>
+    <mergeCell ref="C47:L47"/>
+    <mergeCell ref="C52:AH52"/>
+    <mergeCell ref="J58:AB58"/>
     <mergeCell ref="S6:Z6"/>
     <mergeCell ref="C11:I11"/>
     <mergeCell ref="C13:I13"/>
     <mergeCell ref="A8:AK8"/>
     <mergeCell ref="A30:AK30"/>
     <mergeCell ref="B31:AK31"/>
     <mergeCell ref="B9:AK9"/>
     <mergeCell ref="J13:AD13"/>
     <mergeCell ref="M43:AH43"/>
     <mergeCell ref="AE13:AL13"/>
     <mergeCell ref="C17:I17"/>
     <mergeCell ref="C45:L45"/>
-    <mergeCell ref="E36:AL36"/>
-[...14 lines deleted...]
-    <mergeCell ref="AG63:AL63"/>
+    <mergeCell ref="J57:AB57"/>
+    <mergeCell ref="AG59:AL59"/>
     <mergeCell ref="A1:AL4"/>
     <mergeCell ref="AA6:AL6"/>
     <mergeCell ref="J11:AD11"/>
     <mergeCell ref="C15:AK15"/>
     <mergeCell ref="J17:AD17"/>
     <mergeCell ref="J19:AD19"/>
     <mergeCell ref="F33:AL33"/>
     <mergeCell ref="C19:I19"/>
-    <mergeCell ref="C54:H54"/>
-    <mergeCell ref="C56:H56"/>
     <mergeCell ref="M49:AH49"/>
-    <mergeCell ref="X53:AH53"/>
     <mergeCell ref="M45:AH45"/>
+    <mergeCell ref="J56:AB56"/>
+    <mergeCell ref="C51:AK51"/>
+    <mergeCell ref="M47:AH47"/>
+    <mergeCell ref="C49:I49"/>
   </mergeCells>
   <phoneticPr fontId="6"/>
   <conditionalFormatting sqref="C19">
     <cfRule type="expression" dxfId="2" priority="26">
       <formula>$J$11="AP: Authorized Participants"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C28:AK28">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>$J$11="AP: Authorized Participants"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J19:AD19">
     <cfRule type="expression" dxfId="0" priority="24">
       <formula>$J$11="AP: Authorized Participants"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J11:AD11" xr:uid="{DBCA276F-38DF-495B-9E44-B6A9E5AA2872}">
-      <formula1>"AP: Authorized Participants,MM: Market Makers (excluding trading participants)"</formula1>
+      <formula1>"AP: Authorized Participants,AM: Asset Management Companies"</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J13:AD13" xr:uid="{9B271A48-783B-4775-AB93-E3A4F25F9442}">
       <formula1>5</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J19:AD19" xr:uid="{FB4B7F15-0E9B-411B-84C2-D03555982A3D}">
       <formula1>"Prop,Agency"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F37" r:id="rId1" xr:uid="{886ADC93-CB85-4EEB-9B15-7BF391D801D2}"/>
     <hyperlink ref="F39" r:id="rId2" xr:uid="{0CB97087-F0D0-4B4F-BC74-2A08ECEB93E2}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.86614173228346458" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId4"/>
   </customProperties>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId7" name="Check Box 3">
@@ -4445,57 +4201,57 @@
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1032" r:id="rId8" name="Group Box 8">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>160020</xdr:colOff>
-                    <xdr:row>56</xdr:row>
+                    <xdr:row>52</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>106680</xdr:colOff>
-                    <xdr:row>62</xdr:row>
+                    <xdr:row>58</xdr:row>
                     <xdr:rowOff>30480</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1034" r:id="rId9" name="Group Box 10">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>160020</xdr:colOff>
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>106680</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>487680</xdr:rowOff>
                   </to>
                 </anchor>
@@ -4514,228 +4270,210 @@
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>106680</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>480060</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2863AA6-6B7F-4418-82BA-E550B1936F7F}">
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="M2" sqref="M2"/>
+      <selection activeCell="L3" sqref="L3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="45" x14ac:dyDescent="0.2">
       <c r="A1" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="39" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1" s="39" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="E1" s="40" t="s">
         <v>35</v>
       </c>
-      <c r="B1" s="39" t="s">
+      <c r="F1" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="C1" s="39" t="s">
+      <c r="G1" s="40" t="s">
         <v>37</v>
       </c>
-      <c r="D1" s="40" t="s">
+      <c r="H1" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="E1" s="40" t="s">
+      <c r="I1" s="40" t="s">
         <v>39</v>
       </c>
-      <c r="F1" s="41" t="s">
+      <c r="J1" s="40" t="s">
         <v>40</v>
       </c>
-      <c r="G1" s="40" t="s">
+      <c r="K1" s="40" t="s">
         <v>41</v>
       </c>
-      <c r="H1" s="40" t="s">
+      <c r="L1" s="40" t="s">
         <v>42</v>
       </c>
-      <c r="I1" s="40" t="s">
+      <c r="M1" s="40" t="s">
         <v>43</v>
       </c>
-      <c r="J1" s="40" t="s">
+      <c r="N1" s="40" t="s">
         <v>44</v>
       </c>
-      <c r="K1" s="40" t="s">
+      <c r="O1" s="40" t="s">
         <v>45</v>
       </c>
-      <c r="L1" s="40" t="s">
-[...8 lines deleted...]
-      <c r="O1" s="40" t="s">
+      <c r="P1" s="40" t="s">
         <v>49</v>
       </c>
-      <c r="P1" s="40" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="47">
+      <c r="A2" s="46">
         <f>'UT-12'!AA6</f>
         <v>0</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D2" s="42"/>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F2" s="45">
         <f>'UT-12'!$AA$6</f>
         <v>0</v>
       </c>
-      <c r="G2" s="44" t="str">
+      <c r="G2" s="44">
         <f>'UT-12'!$J$11</f>
-        <v>AP: Authorized Participants</v>
+        <v>0</v>
       </c>
       <c r="H2" s="44">
         <f>'UT-12'!$J$13</f>
         <v>0</v>
       </c>
       <c r="I2" s="44">
         <f>'UT-12'!$J$17</f>
         <v>0</v>
       </c>
       <c r="J2" s="44">
         <f>'UT-12'!$M$47</f>
         <v>0</v>
       </c>
-      <c r="K2" s="46" t="str" cm="1">
+      <c r="K2" t="str" cm="1">
         <f t="array" ref="K2">_xlfn.IFS(G$2="MM: Market Makers (excluding trading participants)","",'UT-12'!$J$19="Prop","自己",'UT-12'!$J$19="Agency","委託",'UT-12'!$J$19="","")</f>
         <v/>
       </c>
       <c r="L2" s="44">
         <f>'UT-12'!$M$49</f>
         <v>0</v>
       </c>
-      <c r="M2" s="44">
-[...11 lines deleted...]
-      <c r="P2" s="46" t="str" cm="1">
+      <c r="M2" s="47"/>
+      <c r="N2" s="47"/>
+      <c r="O2" s="42"/>
+      <c r="P2" t="str" cm="1">
         <f t="array" ref="P2">_xlfn.IFS('UT-12'!J19="Prop","申込",'UT-12'!J19="Agency","申込承認",'UT-12'!J19="","")</f>
         <v/>
       </c>
     </row>
     <row r="3" spans="1:16" s="43" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!$J$19="Prop",'UT-12'!AA6,""))</f>
         <v/>
       </c>
       <c r="B3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!$J$19="Prop","追加（新規）",""))</f>
         <v/>
       </c>
       <c r="C3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop","未反映",""))</f>
         <v/>
       </c>
       <c r="D3" s="42"/>
       <c r="E3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop","テスト",""))</f>
         <v/>
       </c>
       <c r="F3" s="45" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop",'UT-12'!$AA$6,""))</f>
         <v/>
       </c>
-      <c r="G3" s="46" t="str">
+      <c r="G3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop",'UT-12'!$J$11,""))</f>
         <v/>
       </c>
-      <c r="H3" s="46" t="str">
+      <c r="H3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop",'UT-12'!$J$13,""))</f>
         <v/>
       </c>
-      <c r="I3" s="46" t="str">
+      <c r="I3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop",'UT-12'!$J$17,""))</f>
         <v/>
       </c>
-      <c r="J3" s="46" t="str">
+      <c r="J3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop",'UT-12'!$M$47,""))</f>
         <v/>
       </c>
-      <c r="K3" s="46" t="str" cm="1">
+      <c r="K3" t="str" cm="1">
         <f t="array" ref="K3">_xlfn.IFS(G$2="MM: Market Makers (excluding trading participants)","",'UT-12'!$J$19="Prop","自己",'UT-12'!$J$19="Agency","委託",'UT-12'!$J$19="","")</f>
         <v/>
       </c>
-      <c r="L3" s="46" t="str">
+      <c r="L3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop",'UT-12'!$M$49,""))</f>
         <v/>
       </c>
-      <c r="M3" s="46" t="str">
-[...11 lines deleted...]
-      <c r="P3" s="46" t="str">
+      <c r="M3" s="47"/>
+      <c r="N3" s="47"/>
+      <c r="O3" s="42"/>
+      <c r="P3" t="str">
         <f>IF(G2="MM: Market Makers (excluding trading participants)","",IF('UT-12'!J19="Prop","承認",""))</f>
         <v/>
       </c>
     </row>
     <row r="4" spans="1:16" s="43" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:16" s="43" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:16" s="43" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="7" spans="1:16" s="43" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="6"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4765,41 +4503,41 @@
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="checksum">
     <vt:filetime>2023-02-01T06:36:32Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SiteId">
     <vt:lpwstr>fe7a9aa7-6097-47a2-9163-81d624f8cbfd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_SetDate">
-    <vt:lpwstr>2025-08-06T13:51:52Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-13T15:48:19Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Name">
     <vt:lpwstr>【2GVDI】社外秘</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_525b0843-b663-4345-b413-7675981e8467_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>