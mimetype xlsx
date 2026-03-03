--- v0 (2025-11-23)
+++ v1 (2026-03-03)
@@ -11,87 +11,138 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4A5F60C-E746-4A13-842F-9E6FBC47382D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38470E42-F017-4D27-98F4-71B68999E391}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="UT-21" sheetId="2" r:id="rId1"/>
     <sheet name="組織マスタ_メンテ台帳" sheetId="7" state="hidden" r:id="rId2"/>
     <sheet name="ユーザー登録_メンテ台帳" sheetId="8" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'UT-21'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'UT-21'!$A$1:$AL$119</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A3" i="8" l="1"/>
+  <c r="L3" i="8" l="1"/>
+  <c r="L4" i="8"/>
+  <c r="L5" i="8"/>
+  <c r="L6" i="8"/>
+  <c r="L7" i="8"/>
+  <c r="L8" i="8"/>
+  <c r="L9" i="8"/>
+  <c r="L10" i="8"/>
+  <c r="L11" i="8"/>
+  <c r="L12" i="8"/>
+  <c r="L13" i="8"/>
+  <c r="L14" i="8"/>
+  <c r="L15" i="8"/>
+  <c r="L16" i="8"/>
+  <c r="L17" i="8"/>
+  <c r="L18" i="8"/>
+  <c r="L19" i="8"/>
+  <c r="L20" i="8"/>
+  <c r="L21" i="8"/>
+  <c r="L22" i="8"/>
+  <c r="L23" i="8"/>
+  <c r="L24" i="8"/>
+  <c r="L25" i="8"/>
+  <c r="L26" i="8"/>
+  <c r="L27" i="8"/>
+  <c r="L28" i="8"/>
+  <c r="L29" i="8"/>
+  <c r="L30" i="8"/>
+  <c r="L31" i="8"/>
+  <c r="L32" i="8"/>
+  <c r="L33" i="8"/>
+  <c r="L34" i="8"/>
+  <c r="L35" i="8"/>
+  <c r="L36" i="8"/>
+  <c r="L37" i="8"/>
+  <c r="L38" i="8"/>
+  <c r="L39" i="8"/>
+  <c r="L40" i="8"/>
+  <c r="L41" i="8"/>
+  <c r="L42" i="8"/>
+  <c r="L43" i="8"/>
+  <c r="L44" i="8"/>
+  <c r="L45" i="8"/>
+  <c r="L46" i="8"/>
+  <c r="L47" i="8"/>
+  <c r="L48" i="8"/>
+  <c r="L49" i="8"/>
+  <c r="L50" i="8"/>
+  <c r="L51" i="8"/>
+  <c r="L52" i="8"/>
+  <c r="L2" i="8"/>
+  <c r="A3" i="8"/>
   <c r="A4" i="8"/>
   <c r="A5" i="8"/>
   <c r="A6" i="8"/>
   <c r="A7" i="8"/>
   <c r="A8" i="8"/>
   <c r="A9" i="8"/>
   <c r="A10" i="8"/>
   <c r="A11" i="8"/>
   <c r="A12" i="8"/>
   <c r="A13" i="8"/>
   <c r="A14" i="8"/>
   <c r="A15" i="8"/>
   <c r="A16" i="8"/>
   <c r="A17" i="8"/>
   <c r="A18" i="8"/>
   <c r="A19" i="8"/>
   <c r="A20" i="8"/>
   <c r="A21" i="8"/>
   <c r="A22" i="8"/>
   <c r="A23" i="8"/>
   <c r="A24" i="8"/>
   <c r="A25" i="8"/>
   <c r="A26" i="8"/>
   <c r="A27" i="8"/>
   <c r="A28" i="8"/>
@@ -929,330 +980,310 @@
   <c r="H5" i="8"/>
   <c r="I5" i="8"/>
   <c r="J5" i="8"/>
   <c r="M5" i="8"/>
   <c r="N5" i="8"/>
   <c r="O5" i="8"/>
   <c r="P5" i="8"/>
   <c r="Q5" i="8"/>
   <c r="R5" i="8"/>
   <c r="F4" i="8"/>
   <c r="G4" i="8"/>
   <c r="K4" i="8" s="1"/>
   <c r="H4" i="8"/>
   <c r="I4" i="8"/>
   <c r="J4" i="8"/>
   <c r="M4" i="8"/>
   <c r="N4" i="8"/>
   <c r="O4" i="8"/>
   <c r="P4" i="8"/>
   <c r="Q4" i="8"/>
   <c r="R4" i="8"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="128">
   <si>
     <t>メールアドレス</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>https://www.jpx.co.jp/corporate/governance/security/personal-information/</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>* 日本取引所グループの個人情報の取扱いについては、下記のウェブサイトをご参照ください。</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>名</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>姓</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>2. 同意事項</t>
     <rPh sb="3" eb="5">
       <t>ドウイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ジコウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>申込日</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>申込みを行うために、以下の事項に同意してください。</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>オコナ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>イカ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>ジコウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ドウイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>お問合せ・申込書のご送付先</t>
     <rPh sb="5" eb="8">
       <t>モウシコミショ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ソウフ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>サキ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>電話番号：　　03-3666-0141（代表）</t>
-    <phoneticPr fontId="3"/>
-[...3 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>* 記入いただいた個人情報は、CredNexに係る各種ご連絡等、運営業務のために利用し、他の目的のために利用しません。</t>
     <rPh sb="30" eb="31">
       <t>トウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>会社コード</t>
     <rPh sb="0" eb="2">
       <t>カイシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>電話番号</t>
     <rPh sb="0" eb="4">
       <t>デンワバンゴウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>組織区分</t>
     <rPh sb="0" eb="4">
       <t>ソシキクブン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>会社名（日本語）</t>
     <rPh sb="0" eb="3">
       <t>カイシャメイ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>ニホンゴ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>会社名（英語）</t>
     <rPh sb="0" eb="3">
       <t>カイシャメイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>エイゴ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>組織区分</t>
     <rPh sb="0" eb="2">
       <t>ソシキ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>クブン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>東京証券取引所 株式部 CredNex担当</t>
     <rPh sb="19" eb="21">
       <t>タントウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>メール：　　　ask-crednex@jpx.co.jp</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>1. 今回申請する事務連絡担当者</t>
     <rPh sb="3" eb="7">
       <t>コンカイシンセイ</t>
     </rPh>
     <rPh sb="9" eb="13">
       <t>ジムレンラク</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>タントウシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>氏名</t>
     <rPh sb="0" eb="2">
       <t>シメイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>＊届出済みの担当者のみ申請可能です。初回登録や担当者を増やす場合は、「事務連絡担当者届出書」を合わせてご提出ください。</t>
     <rPh sb="1" eb="4">
       <t>トドケデズ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>タントウ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>シャ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>カノウ</t>
     </rPh>
     <rPh sb="18" eb="22">
       <t>ショカイトウロク</t>
     </rPh>
     <rPh sb="23" eb="26">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="27" eb="28">
       <t>フ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>バアイ</t>
     </rPh>
     <rPh sb="35" eb="37">
       <t>ジム</t>
     </rPh>
     <rPh sb="37" eb="39">
       <t>レンラク</t>
     </rPh>
     <rPh sb="39" eb="42">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="42" eb="45">
       <t>トドケデショ</t>
     </rPh>
     <rPh sb="47" eb="48">
       <t>ア</t>
     </rPh>
     <rPh sb="52" eb="54">
       <t>テイシュツ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>CredNex　本番利用申請書
 （本番環境での登録）</t>
     <rPh sb="8" eb="10">
       <t>ホンバン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>ショ</t>
     </rPh>
     <rPh sb="17" eb="21">
       <t>ホンバンカンキョウ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>トウロク</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...15 lines deleted...]
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>会社名</t>
     <rPh sb="0" eb="3">
       <t>カイシャメイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>権限</t>
     <rPh sb="0" eb="2">
       <t>ケンゲン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>#</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>1</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>2</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
@@ -1308,78 +1339,78 @@
     <t>27</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>3. 組織情報の本番登録</t>
     <rPh sb="3" eb="5">
       <t>ソシキ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ジョウホウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ホンバン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>トウロク</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>「個人情報の取扱い」及び「CredNex利用規約」に同意する</t>
     <rPh sb="10" eb="11">
       <t>オヨ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>キヤク</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>* CredNex利用規約は、下記のウェブサイトをご参照ください。</t>
     <rPh sb="9" eb="11">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>キヤク</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>https://jpxsystem.com/doc/etfpf/doku.php</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>38</t>
   </si>
@@ -1408,549 +1439,600 @@
     <t>46</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>自己委託区分</t>
     <rPh sb="0" eb="2">
       <t>ジコ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イタク</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>クブン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>　＊自社株等の理由で現物設定を利用しない銘柄です。銘柄コードの末尾に「0」を付与した、5桁コードをご記入ください。</t>
     <rPh sb="25" eb="27">
       <t>メイガラ</t>
     </rPh>
     <rPh sb="31" eb="33">
       <t>マツビ</t>
     </rPh>
     <rPh sb="38" eb="40">
       <t>フヨ</t>
     </rPh>
     <rPh sb="44" eb="45">
       <t>ケタ</t>
     </rPh>
     <rPh sb="50" eb="52">
       <t>キニュウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">[AP/AM/TBのみ] </t>
     </r>
     <r>
       <rPr>
         <sz val="10.5"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>清算制度利用</t>
     </r>
     <rPh sb="13" eb="17">
       <t>セイサンセイド</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>リヨウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">[APのみ] </t>
     </r>
     <r>
       <rPr>
         <sz val="10.5"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>金銭受付対象銘柄</t>
     </r>
     <rPh sb="7" eb="9">
       <t>キンセン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ウケツケ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>タイショウ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>メイガラ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">[APのみ] </t>
     </r>
     <r>
       <rPr>
         <sz val="10.5"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>機構加入者コード</t>
     </r>
     <rPh sb="7" eb="9">
       <t>キコウ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>カニュウシャ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>設定時</t>
     <rPh sb="0" eb="2">
       <t>セッテイジ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>交換時</t>
     <rPh sb="0" eb="2">
       <t>コウカンジ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>#</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>申込日</t>
     <rPh sb="0" eb="3">
       <t>モウシコミビ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>組織区分</t>
     <rPh sb="0" eb="4">
       <t>ソシキクブン</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>会社コード（５桁）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>自己委託区分</t>
   </si>
   <si>
     <t>更新依頼日</t>
     <rPh sb="0" eb="2">
       <t>コウシン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イライ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ビ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>更新内容</t>
     <rPh sb="0" eb="4">
       <t>コウシンナイヨウ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>ステータス</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>＃</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>処理区分</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>会社コード</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>組織区分</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>自己委託区分</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>会社名称（日本語）</t>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>会社名称（英語）</t>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>保振決済口座情報（設定）</t>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>保振決済口座情報（交換）</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>最終更新日時</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>追加</t>
     <rPh sb="0" eb="2">
       <t>ツイカ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>未反映</t>
     <rPh sb="0" eb="3">
       <t>ミハンエイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>ADD</t>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>環境</t>
     <rPh sb="0" eb="2">
       <t>カンキョウ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>会社名称（日本語）</t>
     <rPh sb="0" eb="1">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
     <rPh sb="2" eb="4">
       <t xml:space="preserve">メイショウ </t>
     </rPh>
     <rPh sb="5" eb="6">
       <t xml:space="preserve">ニチ </t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>会社名称（英語）</t>
     <rPh sb="0" eb="1">
       <t xml:space="preserve">カイシャ </t>
     </rPh>
     <rPh sb="2" eb="4">
       <t xml:space="preserve">メイショウ </t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>エイゴ</t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>本番利用の開始予定日</t>
     <rPh sb="0" eb="2">
       <t>ホンバン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>カイシ</t>
     </rPh>
     <rPh sb="7" eb="10">
       <t>ヨテイビ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>清算制度利用有無</t>
     <rPh sb="0" eb="4">
       <t xml:space="preserve">セイサンセイド </t>
     </rPh>
     <rPh sb="4" eb="8">
       <t xml:space="preserve">リヨウウム </t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>金銭受付対象銘柄①（5桁コード）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">キンセン </t>
     </rPh>
     <rPh sb="2" eb="4">
       <t xml:space="preserve">ウケツケ </t>
     </rPh>
     <rPh sb="4" eb="6">
       <t xml:space="preserve">タイショウ </t>
     </rPh>
     <rPh sb="6" eb="8">
       <t xml:space="preserve">メイガラ </t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>金銭受付対象銘柄②（5桁コード）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">キンセン </t>
     </rPh>
     <rPh sb="2" eb="4">
       <t xml:space="preserve">ウケツケ </t>
     </rPh>
     <rPh sb="4" eb="6">
       <t xml:space="preserve">タイショウ </t>
     </rPh>
     <rPh sb="6" eb="8">
       <t xml:space="preserve">メイガラ </t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>金銭受付対象銘柄③（5桁コード）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">キンセン </t>
     </rPh>
     <rPh sb="2" eb="4">
       <t xml:space="preserve">ウケツケ </t>
     </rPh>
     <rPh sb="4" eb="6">
       <t xml:space="preserve">タイショウ </t>
     </rPh>
     <rPh sb="6" eb="8">
       <t xml:space="preserve">メイガラ </t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>機構加入者コード（設定）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">キコウ </t>
     </rPh>
     <rPh sb="2" eb="5">
       <t xml:space="preserve">カニュウシャ </t>
     </rPh>
     <rPh sb="9" eb="11">
       <t xml:space="preserve">セッテイ </t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>機構加入者コード（交換）</t>
     <rPh sb="0" eb="2">
       <t xml:space="preserve">キコウ </t>
     </rPh>
     <rPh sb="2" eb="5">
       <t xml:space="preserve">カニュウシャ </t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>コウカン</t>
     </rPh>
-    <phoneticPr fontId="1"/>
+    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>姓</t>
     <rPh sb="0" eb="1">
       <t>セイ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>名</t>
     <rPh sb="0" eb="1">
       <t>メイ</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>メールアドレス</t>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>権限</t>
     <rPh sb="0" eb="2">
       <t>ケンゲン</t>
     </rPh>
-    <phoneticPr fontId="26"/>
+    <phoneticPr fontId="28"/>
   </si>
   <si>
     <t>申請は届出を行っている事務連絡担当者のみ可能です。初回登録をする事務連絡担当者を記載してください。(*)</t>
     <rPh sb="0" eb="2">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>トドケデ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>オコナ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ジム</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>レンラク</t>
     </rPh>
     <rPh sb="15" eb="18">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>カノウ</t>
     </rPh>
     <rPh sb="25" eb="29">
       <t>ショカイトウロク</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>ジム</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>レンラク</t>
     </rPh>
     <rPh sb="36" eb="39">
       <t>タントウシャ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>キサイ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>本番</t>
     <rPh sb="0" eb="2">
       <t>ホンバン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>本番利用の開始予定日</t>
+    <rPh sb="0" eb="2">
+      <t>ホンバン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>リヨウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>カイシ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ヨテイ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>ヒ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>4. 新規登録するユーザー情報(GUI)
-*MMの場合は、API接続のため記載不要。Crednexからの業務メールを通知希望の場合のみ記入ください。</t>
+*API接続の場合は記載不要。Crednexからの業務メールを通知希望の場合のみ記入ください。</t>
     <rPh sb="3" eb="5">
       <t>シンキ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>トウロク</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>ジョウホウ</t>
     </rPh>
     <rPh sb="25" eb="27">
+      <t>セツゾク</t>
+    </rPh>
+    <rPh sb="28" eb="30">
       <t>バアイ</t>
     </rPh>
-    <rPh sb="32" eb="34">
-[...2 lines deleted...]
-    <rPh sb="37" eb="39">
+    <rPh sb="31" eb="33">
       <t>キサイ</t>
     </rPh>
-    <rPh sb="39" eb="41">
+    <rPh sb="33" eb="35">
       <t>フヨウ</t>
     </rPh>
+    <rPh sb="46" eb="48">
+      <t>ギョウム</t>
+    </rPh>
     <rPh sb="52" eb="54">
-      <t>ギョウム</t>
-[...1 lines deleted...]
-    <rPh sb="58" eb="60">
       <t>ツウチ</t>
     </rPh>
-    <rPh sb="60" eb="62">
+    <rPh sb="54" eb="56">
       <t>キボウ</t>
     </rPh>
-    <rPh sb="63" eb="65">
+    <rPh sb="57" eb="59">
       <t>バアイ</t>
     </rPh>
-    <rPh sb="67" eb="69">
+    <rPh sb="61" eb="63">
       <t>キニュウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>v20251009</t>
-    <phoneticPr fontId="3"/>
+    <t>v20260107</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>　　＊AP：取引参加者コード　AM：ETF特別清算参加者コード　TB：清算参加者コード</t>
+    <rPh sb="21" eb="23">
+      <t>トクベツ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>セイサン</t>
+    </rPh>
+    <rPh sb="25" eb="28">
+      <t>サンカシャ</t>
+    </rPh>
+    <rPh sb="35" eb="40">
+      <t>セイサンサンカシャ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
@@ -2447,375 +2529,383 @@
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  </cellStyleXfs>
+  <cellXfs count="108">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...26 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...11 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="25" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="25" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="27" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="56" fontId="0" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="56" fontId="0" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="16" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="56" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="56" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="13" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="14" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="6">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{CB6D536F-7D7E-4DC0-BB4F-C27B525594E9}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{62DB4807-4CAC-4DBB-8871-E988CA55038A}"/>
+    <cellStyle name="標準 3 2" xfId="4" xr:uid="{AAE19030-C14B-43E0-A48C-69680D4E0538}"/>
+    <cellStyle name="標準 3 3" xfId="5" xr:uid="{CB23B606-7EFC-499C-B727-51D73F264CDE}"/>
   </cellStyles>
-  <dxfs count="19">
+  <dxfs count="18">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
@@ -2882,55 +2972,50 @@
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
-    </dxf>
-[...3 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
@@ -3125,59 +3210,66 @@
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent3"/>
         </a:lnRef>
         <a:fillRef idx="2">
           <a:schemeClr val="accent3"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent3"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="1">
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
-            <a:t>全ユーザー共通</a:t>
+            <a:t>AP/AM/TB</a:t>
           </a:r>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050" b="1">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+          </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9714</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>6212</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>91440</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="正方形/長方形 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
@@ -3926,254 +4018,254 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jpxsystem.com/doc/etfpf/doku.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jpx.co.jp/corporate/governance/security/personal-information/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AY120"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="177" zoomScaleNormal="177" zoomScaleSheetLayoutView="177" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="B9" sqref="B9:AK9"/>
+      <selection activeCell="AQ10" sqref="AQ10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.44140625" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="6" width="2.44140625" style="1"/>
     <col min="7" max="10" width="2.44140625" style="1" customWidth="1"/>
     <col min="11" max="12" width="2.44140625" style="1"/>
     <col min="13" max="13" width="2.44140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="2.44140625" style="1"/>
     <col min="15" max="17" width="2.44140625" style="1" customWidth="1"/>
     <col min="18" max="19" width="2.44140625" style="1"/>
     <col min="20" max="24" width="2.44140625" style="1" customWidth="1"/>
     <col min="25" max="31" width="2.44140625" style="1"/>
     <col min="32" max="32" width="2.44140625" style="1" customWidth="1"/>
     <col min="33" max="41" width="2.44140625" style="1"/>
     <col min="42" max="42" width="2.44140625" style="29" customWidth="1"/>
     <col min="43" max="48" width="2.44140625" style="1"/>
     <col min="49" max="51" width="2.44140625" style="6" customWidth="1"/>
     <col min="52" max="16384" width="2.44140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="81" t="s">
-[...38 lines deleted...]
-      <c r="AL1" s="81"/>
+      <c r="A1" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="79"/>
+      <c r="C1" s="79"/>
+      <c r="D1" s="79"/>
+      <c r="E1" s="79"/>
+      <c r="F1" s="79"/>
+      <c r="G1" s="79"/>
+      <c r="H1" s="79"/>
+      <c r="I1" s="79"/>
+      <c r="J1" s="79"/>
+      <c r="K1" s="79"/>
+      <c r="L1" s="79"/>
+      <c r="M1" s="79"/>
+      <c r="N1" s="79"/>
+      <c r="O1" s="79"/>
+      <c r="P1" s="79"/>
+      <c r="Q1" s="79"/>
+      <c r="R1" s="79"/>
+      <c r="S1" s="79"/>
+      <c r="T1" s="79"/>
+      <c r="U1" s="79"/>
+      <c r="V1" s="79"/>
+      <c r="W1" s="79"/>
+      <c r="X1" s="79"/>
+      <c r="Y1" s="79"/>
+      <c r="Z1" s="79"/>
+      <c r="AA1" s="79"/>
+      <c r="AB1" s="79"/>
+      <c r="AC1" s="79"/>
+      <c r="AD1" s="79"/>
+      <c r="AE1" s="79"/>
+      <c r="AF1" s="79"/>
+      <c r="AG1" s="79"/>
+      <c r="AH1" s="79"/>
+      <c r="AI1" s="79"/>
+      <c r="AJ1" s="79"/>
+      <c r="AK1" s="79"/>
+      <c r="AL1" s="79"/>
       <c r="AM1" s="25"/>
       <c r="AN1" s="25"/>
       <c r="AO1" s="25"/>
       <c r="AP1" s="27"/>
       <c r="AQ1" s="25"/>
       <c r="AR1" s="25"/>
       <c r="AS1" s="25"/>
     </row>
     <row r="2" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="81"/>
-[...36 lines deleted...]
-      <c r="AL2" s="81"/>
+      <c r="A2" s="79"/>
+      <c r="B2" s="79"/>
+      <c r="C2" s="79"/>
+      <c r="D2" s="79"/>
+      <c r="E2" s="79"/>
+      <c r="F2" s="79"/>
+      <c r="G2" s="79"/>
+      <c r="H2" s="79"/>
+      <c r="I2" s="79"/>
+      <c r="J2" s="79"/>
+      <c r="K2" s="79"/>
+      <c r="L2" s="79"/>
+      <c r="M2" s="79"/>
+      <c r="N2" s="79"/>
+      <c r="O2" s="79"/>
+      <c r="P2" s="79"/>
+      <c r="Q2" s="79"/>
+      <c r="R2" s="79"/>
+      <c r="S2" s="79"/>
+      <c r="T2" s="79"/>
+      <c r="U2" s="79"/>
+      <c r="V2" s="79"/>
+      <c r="W2" s="79"/>
+      <c r="X2" s="79"/>
+      <c r="Y2" s="79"/>
+      <c r="Z2" s="79"/>
+      <c r="AA2" s="79"/>
+      <c r="AB2" s="79"/>
+      <c r="AC2" s="79"/>
+      <c r="AD2" s="79"/>
+      <c r="AE2" s="79"/>
+      <c r="AF2" s="79"/>
+      <c r="AG2" s="79"/>
+      <c r="AH2" s="79"/>
+      <c r="AI2" s="79"/>
+      <c r="AJ2" s="79"/>
+      <c r="AK2" s="79"/>
+      <c r="AL2" s="79"/>
       <c r="AM2" s="25"/>
       <c r="AN2" s="25"/>
       <c r="AO2" s="25"/>
       <c r="AP2" s="27"/>
       <c r="AQ2" s="25"/>
       <c r="AR2" s="25"/>
       <c r="AS2" s="25"/>
     </row>
     <row r="3" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="81"/>
-[...36 lines deleted...]
-      <c r="AL3" s="81"/>
+      <c r="A3" s="79"/>
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="H3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+      <c r="O3" s="79"/>
+      <c r="P3" s="79"/>
+      <c r="Q3" s="79"/>
+      <c r="R3" s="79"/>
+      <c r="S3" s="79"/>
+      <c r="T3" s="79"/>
+      <c r="U3" s="79"/>
+      <c r="V3" s="79"/>
+      <c r="W3" s="79"/>
+      <c r="X3" s="79"/>
+      <c r="Y3" s="79"/>
+      <c r="Z3" s="79"/>
+      <c r="AA3" s="79"/>
+      <c r="AB3" s="79"/>
+      <c r="AC3" s="79"/>
+      <c r="AD3" s="79"/>
+      <c r="AE3" s="79"/>
+      <c r="AF3" s="79"/>
+      <c r="AG3" s="79"/>
+      <c r="AH3" s="79"/>
+      <c r="AI3" s="79"/>
+      <c r="AJ3" s="79"/>
+      <c r="AK3" s="79"/>
+      <c r="AL3" s="79"/>
       <c r="AM3" s="25"/>
       <c r="AN3" s="25"/>
       <c r="AO3" s="25"/>
       <c r="AP3" s="27"/>
       <c r="AQ3" s="25"/>
       <c r="AR3" s="25"/>
       <c r="AS3" s="25"/>
     </row>
     <row r="4" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="81"/>
-[...36 lines deleted...]
-      <c r="AL4" s="81"/>
+      <c r="A4" s="79"/>
+      <c r="B4" s="79"/>
+      <c r="C4" s="79"/>
+      <c r="D4" s="79"/>
+      <c r="E4" s="79"/>
+      <c r="F4" s="79"/>
+      <c r="G4" s="79"/>
+      <c r="H4" s="79"/>
+      <c r="I4" s="79"/>
+      <c r="J4" s="79"/>
+      <c r="K4" s="79"/>
+      <c r="L4" s="79"/>
+      <c r="M4" s="79"/>
+      <c r="N4" s="79"/>
+      <c r="O4" s="79"/>
+      <c r="P4" s="79"/>
+      <c r="Q4" s="79"/>
+      <c r="R4" s="79"/>
+      <c r="S4" s="79"/>
+      <c r="T4" s="79"/>
+      <c r="U4" s="79"/>
+      <c r="V4" s="79"/>
+      <c r="W4" s="79"/>
+      <c r="X4" s="79"/>
+      <c r="Y4" s="79"/>
+      <c r="Z4" s="79"/>
+      <c r="AA4" s="79"/>
+      <c r="AB4" s="79"/>
+      <c r="AC4" s="79"/>
+      <c r="AD4" s="79"/>
+      <c r="AE4" s="79"/>
+      <c r="AF4" s="79"/>
+      <c r="AG4" s="79"/>
+      <c r="AH4" s="79"/>
+      <c r="AI4" s="79"/>
+      <c r="AJ4" s="79"/>
+      <c r="AK4" s="79"/>
+      <c r="AL4" s="79"/>
       <c r="AM4" s="25"/>
       <c r="AN4" s="25"/>
       <c r="AO4" s="25"/>
       <c r="AP4" s="27"/>
       <c r="AQ4" s="25"/>
       <c r="AR4" s="25"/>
       <c r="AS4" s="25"/>
     </row>
     <row r="5" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
@@ -4184,164 +4276,164 @@
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
       <c r="AC5" s="2"/>
       <c r="AD5" s="2"/>
       <c r="AG5" s="2"/>
       <c r="AH5" s="2"/>
       <c r="AI5" s="2"/>
       <c r="AJ5" s="2"/>
       <c r="AK5" s="2"/>
       <c r="AL5" s="2"/>
       <c r="AM5" s="2"/>
       <c r="AN5" s="2"/>
       <c r="AO5" s="2"/>
       <c r="AP5" s="28"/>
       <c r="AQ5" s="2"/>
       <c r="AR5" s="2"/>
       <c r="AS5" s="2"/>
     </row>
     <row r="6" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="W6" s="82" t="s">
+      <c r="W6" s="80" t="s">
         <v>6</v>
       </c>
-      <c r="X6" s="82"/>
-      <c r="Y6" s="82"/>
+      <c r="X6" s="80"/>
+      <c r="Y6" s="80"/>
       <c r="Z6" s="17"/>
-      <c r="AA6" s="83"/>
-[...10 lines deleted...]
-      <c r="AL6" s="84"/>
+      <c r="AA6" s="81"/>
+      <c r="AB6" s="82"/>
+      <c r="AC6" s="82"/>
+      <c r="AD6" s="82"/>
+      <c r="AE6" s="82"/>
+      <c r="AF6" s="82"/>
+      <c r="AG6" s="82"/>
+      <c r="AH6" s="82"/>
+      <c r="AI6" s="82"/>
+      <c r="AJ6" s="82"/>
+      <c r="AK6" s="82"/>
+      <c r="AL6" s="82"/>
       <c r="AQ6" s="6"/>
       <c r="AR6" s="6"/>
       <c r="AW6" s="1"/>
       <c r="AX6" s="1"/>
       <c r="AY6" s="1"/>
     </row>
     <row r="7" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="64" t="s">
-[...37 lines deleted...]
-      <c r="AK8" s="64"/>
+      <c r="A8" s="62" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="62"/>
+      <c r="C8" s="62"/>
+      <c r="D8" s="62"/>
+      <c r="E8" s="62"/>
+      <c r="F8" s="62"/>
+      <c r="G8" s="62"/>
+      <c r="H8" s="62"/>
+      <c r="I8" s="62"/>
+      <c r="J8" s="62"/>
+      <c r="K8" s="62"/>
+      <c r="L8" s="62"/>
+      <c r="M8" s="62"/>
+      <c r="N8" s="62"/>
+      <c r="O8" s="62"/>
+      <c r="P8" s="62"/>
+      <c r="Q8" s="62"/>
+      <c r="R8" s="62"/>
+      <c r="S8" s="62"/>
+      <c r="T8" s="62"/>
+      <c r="U8" s="62"/>
+      <c r="V8" s="62"/>
+      <c r="W8" s="62"/>
+      <c r="X8" s="62"/>
+      <c r="Y8" s="62"/>
+      <c r="Z8" s="62"/>
+      <c r="AA8" s="62"/>
+      <c r="AB8" s="62"/>
+      <c r="AC8" s="62"/>
+      <c r="AD8" s="62"/>
+      <c r="AE8" s="62"/>
+      <c r="AF8" s="62"/>
+      <c r="AG8" s="62"/>
+      <c r="AH8" s="62"/>
+      <c r="AI8" s="62"/>
+      <c r="AJ8" s="62"/>
+      <c r="AK8" s="62"/>
       <c r="AL8" s="26"/>
       <c r="AM8" s="26"/>
       <c r="AN8" s="26"/>
       <c r="AO8" s="26"/>
       <c r="AP8" s="30"/>
       <c r="AQ8" s="26"/>
       <c r="AR8" s="26"/>
       <c r="AS8" s="26"/>
     </row>
     <row r="9" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="11"/>
-      <c r="B9" s="85" t="s">
-[...36 lines deleted...]
-      <c r="AK9" s="85"/>
+      <c r="B9" s="83" t="s">
+        <v>122</v>
+      </c>
+      <c r="C9" s="83"/>
+      <c r="D9" s="83"/>
+      <c r="E9" s="83"/>
+      <c r="F9" s="83"/>
+      <c r="G9" s="83"/>
+      <c r="H9" s="83"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="83"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="83"/>
+      <c r="M9" s="83"/>
+      <c r="N9" s="83"/>
+      <c r="O9" s="83"/>
+      <c r="P9" s="83"/>
+      <c r="Q9" s="83"/>
+      <c r="R9" s="83"/>
+      <c r="S9" s="83"/>
+      <c r="T9" s="83"/>
+      <c r="U9" s="83"/>
+      <c r="V9" s="83"/>
+      <c r="W9" s="83"/>
+      <c r="X9" s="83"/>
+      <c r="Y9" s="83"/>
+      <c r="Z9" s="83"/>
+      <c r="AA9" s="83"/>
+      <c r="AB9" s="83"/>
+      <c r="AC9" s="83"/>
+      <c r="AD9" s="83"/>
+      <c r="AE9" s="83"/>
+      <c r="AF9" s="83"/>
+      <c r="AG9" s="83"/>
+      <c r="AH9" s="83"/>
+      <c r="AI9" s="83"/>
+      <c r="AJ9" s="83"/>
+      <c r="AK9" s="83"/>
       <c r="AL9" s="12"/>
       <c r="AM9" s="12"/>
       <c r="AN9" s="12"/>
       <c r="AO9" s="12"/>
       <c r="AP9" s="31"/>
       <c r="AQ9" s="12"/>
       <c r="AR9" s="11"/>
       <c r="AS9" s="11"/>
     </row>
     <row r="10" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
@@ -4355,80 +4447,80 @@
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="3"/>
       <c r="AK10" s="3"/>
       <c r="AL10" s="3"/>
       <c r="AM10" s="3"/>
       <c r="AN10" s="3"/>
       <c r="AO10" s="3"/>
       <c r="AP10" s="32"/>
       <c r="AQ10" s="3"/>
       <c r="AR10" s="3"/>
       <c r="AS10" s="3"/>
     </row>
     <row r="11" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C11" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H11" s="63"/>
+      <c r="C11" s="61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="61"/>
+      <c r="E11" s="61"/>
+      <c r="F11" s="61"/>
+      <c r="G11" s="61"/>
+      <c r="H11" s="61"/>
       <c r="I11" s="2"/>
-      <c r="J11" s="62"/>
-[...19 lines deleted...]
-      <c r="AD11" s="62"/>
+      <c r="J11" s="60"/>
+      <c r="K11" s="60"/>
+      <c r="L11" s="60"/>
+      <c r="M11" s="60"/>
+      <c r="N11" s="60"/>
+      <c r="O11" s="60"/>
+      <c r="P11" s="60"/>
+      <c r="Q11" s="60"/>
+      <c r="R11" s="60"/>
+      <c r="S11" s="60"/>
+      <c r="T11" s="60"/>
+      <c r="U11" s="60"/>
+      <c r="V11" s="60"/>
+      <c r="W11" s="60"/>
+      <c r="X11" s="60"/>
+      <c r="Y11" s="60"/>
+      <c r="Z11" s="60"/>
+      <c r="AA11" s="60"/>
+      <c r="AB11" s="60"/>
+      <c r="AC11" s="60"/>
+      <c r="AD11" s="60"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AQ11" s="6"/>
       <c r="AR11" s="6"/>
       <c r="AW11" s="1"/>
       <c r="AX11" s="1"/>
       <c r="AY11" s="1"/>
     </row>
     <row r="12" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
@@ -4446,706 +4538,706 @@
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
       <c r="Z12" s="3"/>
       <c r="AA12" s="3"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="3"/>
       <c r="AK12" s="3"/>
       <c r="AL12" s="3"/>
       <c r="AM12" s="3"/>
       <c r="AN12" s="3"/>
       <c r="AO12" s="3"/>
       <c r="AP12" s="32"/>
       <c r="AQ12" s="3"/>
       <c r="AR12" s="3"/>
       <c r="AS12" s="3"/>
     </row>
     <row r="13" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C13" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H13" s="63"/>
+      <c r="C13" s="61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="61"/>
+      <c r="E13" s="61"/>
+      <c r="F13" s="61"/>
+      <c r="G13" s="61"/>
+      <c r="H13" s="61"/>
       <c r="I13" s="2"/>
-      <c r="J13" s="62"/>
-[...19 lines deleted...]
-      <c r="AD13" s="62"/>
+      <c r="J13" s="60"/>
+      <c r="K13" s="60"/>
+      <c r="L13" s="60"/>
+      <c r="M13" s="60"/>
+      <c r="N13" s="60"/>
+      <c r="O13" s="60"/>
+      <c r="P13" s="60"/>
+      <c r="Q13" s="60"/>
+      <c r="R13" s="60"/>
+      <c r="S13" s="60"/>
+      <c r="T13" s="60"/>
+      <c r="U13" s="60"/>
+      <c r="V13" s="60"/>
+      <c r="W13" s="60"/>
+      <c r="X13" s="60"/>
+      <c r="Y13" s="60"/>
+      <c r="Z13" s="60"/>
+      <c r="AA13" s="60"/>
+      <c r="AB13" s="60"/>
+      <c r="AC13" s="60"/>
+      <c r="AD13" s="60"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="3"/>
       <c r="AK13" s="3"/>
       <c r="AQ13" s="6"/>
       <c r="AR13" s="6"/>
       <c r="AW13" s="1"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1"/>
     </row>
     <row r="14" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="15" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C15" s="80" t="s">
-[...35 lines deleted...]
-      <c r="AK15" s="80"/>
+      <c r="C15" s="78" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" s="78"/>
+      <c r="E15" s="78"/>
+      <c r="F15" s="78"/>
+      <c r="G15" s="78"/>
+      <c r="H15" s="78"/>
+      <c r="I15" s="78"/>
+      <c r="J15" s="78"/>
+      <c r="K15" s="78"/>
+      <c r="L15" s="78"/>
+      <c r="M15" s="78"/>
+      <c r="N15" s="78"/>
+      <c r="O15" s="78"/>
+      <c r="P15" s="78"/>
+      <c r="Q15" s="78"/>
+      <c r="R15" s="78"/>
+      <c r="S15" s="78"/>
+      <c r="T15" s="78"/>
+      <c r="U15" s="78"/>
+      <c r="V15" s="78"/>
+      <c r="W15" s="78"/>
+      <c r="X15" s="78"/>
+      <c r="Y15" s="78"/>
+      <c r="Z15" s="78"/>
+      <c r="AA15" s="78"/>
+      <c r="AB15" s="78"/>
+      <c r="AC15" s="78"/>
+      <c r="AD15" s="78"/>
+      <c r="AE15" s="78"/>
+      <c r="AF15" s="78"/>
+      <c r="AG15" s="78"/>
+      <c r="AH15" s="78"/>
+      <c r="AI15" s="78"/>
+      <c r="AJ15" s="78"/>
+      <c r="AK15" s="78"/>
       <c r="AL15" s="19"/>
       <c r="AM15" s="19"/>
       <c r="AN15" s="19"/>
       <c r="AO15" s="19"/>
       <c r="AP15" s="33"/>
       <c r="AQ15" s="19"/>
     </row>
     <row r="16" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J16" s="18"/>
       <c r="K16" s="18"/>
       <c r="L16" s="18"/>
       <c r="M16" s="18"/>
       <c r="N16" s="18"/>
       <c r="O16" s="18"/>
       <c r="P16" s="18"/>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
       <c r="S16" s="18"/>
       <c r="T16" s="18"/>
       <c r="U16" s="18"/>
       <c r="V16" s="18"/>
       <c r="W16" s="18"/>
       <c r="X16" s="18"/>
       <c r="Y16" s="18"/>
       <c r="Z16" s="18"/>
       <c r="AA16" s="18"/>
       <c r="AB16" s="18"/>
       <c r="AC16" s="18"/>
       <c r="AD16" s="18"/>
       <c r="AE16" s="18"/>
       <c r="AF16" s="18"/>
       <c r="AG16" s="18"/>
       <c r="AH16" s="18"/>
       <c r="AI16" s="18"/>
       <c r="AJ16" s="18"/>
       <c r="AK16" s="18"/>
       <c r="AQ16" s="6"/>
       <c r="AR16" s="6"/>
       <c r="AW16" s="1"/>
       <c r="AX16" s="1"/>
       <c r="AY16" s="1"/>
     </row>
     <row r="17" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C17" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H17" s="63"/>
+      <c r="C17" s="61" t="s">
+        <v>23</v>
+      </c>
+      <c r="D17" s="61"/>
+      <c r="E17" s="61"/>
+      <c r="F17" s="61"/>
+      <c r="G17" s="61"/>
+      <c r="H17" s="61"/>
       <c r="I17" s="2"/>
-      <c r="J17" s="62"/>
-[...19 lines deleted...]
-      <c r="AD17" s="62"/>
+      <c r="J17" s="60"/>
+      <c r="K17" s="60"/>
+      <c r="L17" s="60"/>
+      <c r="M17" s="60"/>
+      <c r="N17" s="60"/>
+      <c r="O17" s="60"/>
+      <c r="P17" s="60"/>
+      <c r="Q17" s="60"/>
+      <c r="R17" s="60"/>
+      <c r="S17" s="60"/>
+      <c r="T17" s="60"/>
+      <c r="U17" s="60"/>
+      <c r="V17" s="60"/>
+      <c r="W17" s="60"/>
+      <c r="X17" s="60"/>
+      <c r="Y17" s="60"/>
+      <c r="Z17" s="60"/>
+      <c r="AA17" s="60"/>
+      <c r="AB17" s="60"/>
+      <c r="AC17" s="60"/>
+      <c r="AD17" s="60"/>
       <c r="AE17" s="3"/>
       <c r="AF17" s="3"/>
       <c r="AG17" s="3"/>
       <c r="AH17" s="3"/>
       <c r="AI17" s="3"/>
       <c r="AJ17" s="3"/>
       <c r="AK17" s="3"/>
       <c r="AQ17" s="6"/>
       <c r="AR17" s="6"/>
       <c r="AW17" s="1"/>
       <c r="AX17" s="1"/>
       <c r="AY17" s="1"/>
     </row>
     <row r="18" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J18" s="18"/>
       <c r="K18" s="18"/>
       <c r="L18" s="18"/>
       <c r="M18" s="18"/>
       <c r="N18" s="18"/>
       <c r="O18" s="18"/>
       <c r="P18" s="18"/>
       <c r="Q18" s="18"/>
       <c r="R18" s="18"/>
       <c r="S18" s="18"/>
       <c r="T18" s="18"/>
       <c r="U18" s="18"/>
       <c r="V18" s="18"/>
       <c r="W18" s="18"/>
       <c r="X18" s="18"/>
       <c r="Y18" s="18"/>
       <c r="Z18" s="18"/>
       <c r="AA18" s="18"/>
       <c r="AB18" s="18"/>
       <c r="AC18" s="18"/>
       <c r="AD18" s="18"/>
       <c r="AE18" s="18"/>
       <c r="AF18" s="18"/>
       <c r="AG18" s="18"/>
       <c r="AH18" s="18"/>
       <c r="AI18" s="18"/>
       <c r="AJ18" s="18"/>
       <c r="AK18" s="18"/>
       <c r="AQ18" s="6"/>
       <c r="AR18" s="6"/>
       <c r="AW18" s="1"/>
       <c r="AX18" s="1"/>
       <c r="AY18" s="1"/>
     </row>
     <row r="19" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C19" s="86" t="s">
-[...28 lines deleted...]
-      <c r="AD19" s="87"/>
+      <c r="C19" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="84"/>
+      <c r="E19" s="84"/>
+      <c r="F19" s="84"/>
+      <c r="G19" s="84"/>
+      <c r="H19" s="84"/>
+      <c r="I19" s="84"/>
+      <c r="J19" s="85"/>
+      <c r="K19" s="85"/>
+      <c r="L19" s="85"/>
+      <c r="M19" s="85"/>
+      <c r="N19" s="85"/>
+      <c r="O19" s="85"/>
+      <c r="P19" s="85"/>
+      <c r="Q19" s="85"/>
+      <c r="R19" s="85"/>
+      <c r="S19" s="85"/>
+      <c r="T19" s="85"/>
+      <c r="U19" s="85"/>
+      <c r="V19" s="85"/>
+      <c r="W19" s="85"/>
+      <c r="X19" s="85"/>
+      <c r="Y19" s="85"/>
+      <c r="Z19" s="85"/>
+      <c r="AA19" s="85"/>
+      <c r="AB19" s="85"/>
+      <c r="AC19" s="85"/>
+      <c r="AD19" s="85"/>
       <c r="AE19" s="3"/>
       <c r="AF19" s="3"/>
       <c r="AG19" s="3"/>
       <c r="AH19" s="3"/>
       <c r="AI19" s="3"/>
       <c r="AJ19" s="3"/>
       <c r="AK19" s="3"/>
       <c r="AQ19" s="6"/>
       <c r="AR19" s="6"/>
       <c r="AW19" s="1"/>
       <c r="AX19" s="1"/>
       <c r="AY19" s="1"/>
     </row>
     <row r="20" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J20" s="18"/>
       <c r="K20" s="18"/>
       <c r="L20" s="18"/>
       <c r="M20" s="18"/>
       <c r="N20" s="18"/>
       <c r="O20" s="18"/>
       <c r="P20" s="18"/>
       <c r="Q20" s="18"/>
       <c r="R20" s="18"/>
       <c r="S20" s="18"/>
       <c r="T20" s="18"/>
       <c r="U20" s="18"/>
       <c r="V20" s="18"/>
       <c r="W20" s="18"/>
       <c r="X20" s="18"/>
       <c r="Y20" s="18"/>
       <c r="Z20" s="18"/>
       <c r="AA20" s="18"/>
       <c r="AB20" s="18"/>
       <c r="AC20" s="18"/>
       <c r="AD20" s="18"/>
       <c r="AE20" s="18"/>
       <c r="AF20" s="18"/>
       <c r="AG20" s="18"/>
       <c r="AH20" s="18"/>
       <c r="AI20" s="18"/>
       <c r="AJ20" s="18"/>
       <c r="AK20" s="18"/>
       <c r="AQ20" s="6"/>
       <c r="AR20" s="6"/>
       <c r="AW20" s="1"/>
       <c r="AX20" s="1"/>
       <c r="AY20" s="1"/>
     </row>
     <row r="21" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C21" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H21" s="63"/>
+      <c r="C21" s="61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="61"/>
+      <c r="E21" s="61"/>
+      <c r="F21" s="61"/>
+      <c r="G21" s="61"/>
+      <c r="H21" s="61"/>
       <c r="I21" s="2"/>
-      <c r="J21" s="62"/>
-[...19 lines deleted...]
-      <c r="AD21" s="62"/>
+      <c r="J21" s="60"/>
+      <c r="K21" s="60"/>
+      <c r="L21" s="60"/>
+      <c r="M21" s="60"/>
+      <c r="N21" s="60"/>
+      <c r="O21" s="60"/>
+      <c r="P21" s="60"/>
+      <c r="Q21" s="60"/>
+      <c r="R21" s="60"/>
+      <c r="S21" s="60"/>
+      <c r="T21" s="60"/>
+      <c r="U21" s="60"/>
+      <c r="V21" s="60"/>
+      <c r="W21" s="60"/>
+      <c r="X21" s="60"/>
+      <c r="Y21" s="60"/>
+      <c r="Z21" s="60"/>
+      <c r="AA21" s="60"/>
+      <c r="AB21" s="60"/>
+      <c r="AC21" s="60"/>
+      <c r="AD21" s="60"/>
       <c r="AE21" s="3"/>
       <c r="AF21" s="3"/>
       <c r="AG21" s="3"/>
       <c r="AH21" s="3"/>
       <c r="AI21" s="3"/>
       <c r="AJ21" s="3"/>
       <c r="AK21" s="3"/>
       <c r="AQ21" s="6"/>
       <c r="AR21" s="6"/>
       <c r="AW21" s="1"/>
       <c r="AX21" s="1"/>
       <c r="AY21" s="1"/>
     </row>
     <row r="22" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J22" s="18"/>
       <c r="K22" s="18"/>
       <c r="L22" s="18"/>
       <c r="M22" s="18"/>
       <c r="N22" s="18"/>
       <c r="O22" s="18"/>
       <c r="P22" s="18"/>
       <c r="Q22" s="18"/>
       <c r="R22" s="18"/>
       <c r="S22" s="18"/>
       <c r="T22" s="18"/>
       <c r="U22" s="18"/>
       <c r="V22" s="18"/>
       <c r="W22" s="18"/>
       <c r="X22" s="18"/>
       <c r="Y22" s="18"/>
       <c r="Z22" s="18"/>
       <c r="AA22" s="18"/>
       <c r="AB22" s="18"/>
       <c r="AC22" s="18"/>
       <c r="AD22" s="18"/>
       <c r="AE22" s="18"/>
       <c r="AF22" s="18"/>
       <c r="AG22" s="18"/>
       <c r="AH22" s="18"/>
       <c r="AI22" s="18"/>
       <c r="AJ22" s="18"/>
       <c r="AK22" s="18"/>
       <c r="AQ22" s="6"/>
       <c r="AR22" s="6"/>
       <c r="AW22" s="1"/>
       <c r="AX22" s="1"/>
       <c r="AY22" s="1"/>
     </row>
     <row r="23" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C23" s="63" t="s">
+      <c r="C23" s="61" t="s">
         <v>0</v>
       </c>
-      <c r="D23" s="63"/>
-[...3 lines deleted...]
-      <c r="H23" s="63"/>
+      <c r="D23" s="61"/>
+      <c r="E23" s="61"/>
+      <c r="F23" s="61"/>
+      <c r="G23" s="61"/>
+      <c r="H23" s="61"/>
       <c r="I23" s="2"/>
-      <c r="J23" s="62"/>
-[...19 lines deleted...]
-      <c r="AD23" s="62"/>
+      <c r="J23" s="60"/>
+      <c r="K23" s="60"/>
+      <c r="L23" s="60"/>
+      <c r="M23" s="60"/>
+      <c r="N23" s="60"/>
+      <c r="O23" s="60"/>
+      <c r="P23" s="60"/>
+      <c r="Q23" s="60"/>
+      <c r="R23" s="60"/>
+      <c r="S23" s="60"/>
+      <c r="T23" s="60"/>
+      <c r="U23" s="60"/>
+      <c r="V23" s="60"/>
+      <c r="W23" s="60"/>
+      <c r="X23" s="60"/>
+      <c r="Y23" s="60"/>
+      <c r="Z23" s="60"/>
+      <c r="AA23" s="60"/>
+      <c r="AB23" s="60"/>
+      <c r="AC23" s="60"/>
+      <c r="AD23" s="60"/>
       <c r="AE23" s="3"/>
       <c r="AF23" s="3"/>
       <c r="AG23" s="3"/>
       <c r="AH23" s="3"/>
       <c r="AI23" s="3"/>
       <c r="AJ23" s="3"/>
       <c r="AK23" s="3"/>
       <c r="AQ23" s="6"/>
       <c r="AR23" s="6"/>
       <c r="AW23" s="1"/>
       <c r="AX23" s="1"/>
       <c r="AY23" s="1"/>
     </row>
     <row r="24" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J24" s="18"/>
       <c r="K24" s="18"/>
       <c r="L24" s="18"/>
       <c r="M24" s="18"/>
       <c r="N24" s="18"/>
       <c r="O24" s="18"/>
       <c r="P24" s="18"/>
       <c r="Q24" s="18"/>
       <c r="R24" s="18"/>
       <c r="S24" s="18"/>
       <c r="T24" s="18"/>
       <c r="U24" s="18"/>
       <c r="V24" s="18"/>
       <c r="W24" s="18"/>
       <c r="X24" s="18"/>
       <c r="Y24" s="18"/>
       <c r="Z24" s="18"/>
       <c r="AA24" s="18"/>
       <c r="AB24" s="18"/>
       <c r="AC24" s="18"/>
       <c r="AD24" s="18"/>
       <c r="AE24" s="18"/>
       <c r="AF24" s="18"/>
       <c r="AG24" s="18"/>
       <c r="AH24" s="18"/>
       <c r="AI24" s="18"/>
       <c r="AJ24" s="18"/>
       <c r="AK24" s="18"/>
       <c r="AQ24" s="6"/>
       <c r="AR24" s="6"/>
       <c r="AW24" s="1"/>
       <c r="AX24" s="1"/>
       <c r="AY24" s="1"/>
     </row>
     <row r="25" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C25" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H25" s="63"/>
+      <c r="C25" s="61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" s="61"/>
+      <c r="E25" s="61"/>
+      <c r="F25" s="61"/>
+      <c r="G25" s="61"/>
+      <c r="H25" s="61"/>
       <c r="I25" s="2"/>
-      <c r="J25" s="62"/>
-[...19 lines deleted...]
-      <c r="AD25" s="62"/>
+      <c r="J25" s="60"/>
+      <c r="K25" s="60"/>
+      <c r="L25" s="60"/>
+      <c r="M25" s="60"/>
+      <c r="N25" s="60"/>
+      <c r="O25" s="60"/>
+      <c r="P25" s="60"/>
+      <c r="Q25" s="60"/>
+      <c r="R25" s="60"/>
+      <c r="S25" s="60"/>
+      <c r="T25" s="60"/>
+      <c r="U25" s="60"/>
+      <c r="V25" s="60"/>
+      <c r="W25" s="60"/>
+      <c r="X25" s="60"/>
+      <c r="Y25" s="60"/>
+      <c r="Z25" s="60"/>
+      <c r="AA25" s="60"/>
+      <c r="AB25" s="60"/>
+      <c r="AC25" s="60"/>
+      <c r="AD25" s="60"/>
       <c r="AE25" s="3"/>
       <c r="AF25" s="3"/>
       <c r="AG25" s="3"/>
       <c r="AH25" s="3"/>
       <c r="AI25" s="3"/>
       <c r="AJ25" s="3"/>
       <c r="AK25" s="3"/>
       <c r="AQ25" s="6"/>
       <c r="AR25" s="6"/>
       <c r="AW25" s="1"/>
       <c r="AX25" s="1"/>
       <c r="AY25" s="1"/>
     </row>
     <row r="26" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="J26" s="18"/>
       <c r="K26" s="18"/>
       <c r="L26" s="18"/>
       <c r="M26" s="18"/>
       <c r="N26" s="18"/>
       <c r="O26" s="18"/>
       <c r="P26" s="18"/>
       <c r="Q26" s="18"/>
       <c r="R26" s="18"/>
       <c r="S26" s="18"/>
       <c r="T26" s="18"/>
       <c r="U26" s="18"/>
       <c r="V26" s="18"/>
       <c r="W26" s="18"/>
       <c r="X26" s="18"/>
       <c r="Y26" s="18"/>
       <c r="Z26" s="18"/>
       <c r="AA26" s="18"/>
       <c r="AB26" s="18"/>
       <c r="AC26" s="18"/>
       <c r="AD26" s="18"/>
       <c r="AE26" s="18"/>
       <c r="AF26" s="18"/>
       <c r="AG26" s="18"/>
       <c r="AH26" s="18"/>
       <c r="AI26" s="18"/>
       <c r="AJ26" s="18"/>
       <c r="AK26" s="18"/>
       <c r="AQ26" s="6"/>
       <c r="AR26" s="6"/>
       <c r="AW26" s="1"/>
       <c r="AX26" s="1"/>
       <c r="AY26" s="1"/>
     </row>
     <row r="27" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C27" s="88" t="s">
-[...35 lines deleted...]
-      <c r="AK27" s="88"/>
+      <c r="C27" s="86" t="s">
+        <v>21</v>
+      </c>
+      <c r="D27" s="86"/>
+      <c r="E27" s="86"/>
+      <c r="F27" s="86"/>
+      <c r="G27" s="86"/>
+      <c r="H27" s="86"/>
+      <c r="I27" s="86"/>
+      <c r="J27" s="86"/>
+      <c r="K27" s="86"/>
+      <c r="L27" s="86"/>
+      <c r="M27" s="86"/>
+      <c r="N27" s="86"/>
+      <c r="O27" s="86"/>
+      <c r="P27" s="86"/>
+      <c r="Q27" s="86"/>
+      <c r="R27" s="86"/>
+      <c r="S27" s="86"/>
+      <c r="T27" s="86"/>
+      <c r="U27" s="86"/>
+      <c r="V27" s="86"/>
+      <c r="W27" s="86"/>
+      <c r="X27" s="86"/>
+      <c r="Y27" s="86"/>
+      <c r="Z27" s="86"/>
+      <c r="AA27" s="86"/>
+      <c r="AB27" s="86"/>
+      <c r="AC27" s="86"/>
+      <c r="AD27" s="86"/>
+      <c r="AE27" s="86"/>
+      <c r="AF27" s="86"/>
+      <c r="AG27" s="86"/>
+      <c r="AH27" s="86"/>
+      <c r="AI27" s="86"/>
+      <c r="AJ27" s="86"/>
+      <c r="AK27" s="86"/>
       <c r="AL27" s="19"/>
       <c r="AM27" s="19"/>
       <c r="AN27" s="19"/>
       <c r="AO27" s="19"/>
       <c r="AP27" s="33"/>
       <c r="AQ27" s="19"/>
     </row>
     <row r="28" spans="1:51" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C28" s="19"/>
     </row>
     <row r="29" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="64" t="s">
+      <c r="A29" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="B29" s="64"/>
-[...34 lines deleted...]
-      <c r="AK29" s="64"/>
+      <c r="B29" s="62"/>
+      <c r="C29" s="62"/>
+      <c r="D29" s="62"/>
+      <c r="E29" s="62"/>
+      <c r="F29" s="62"/>
+      <c r="G29" s="62"/>
+      <c r="H29" s="62"/>
+      <c r="I29" s="62"/>
+      <c r="J29" s="62"/>
+      <c r="K29" s="62"/>
+      <c r="L29" s="62"/>
+      <c r="M29" s="62"/>
+      <c r="N29" s="62"/>
+      <c r="O29" s="62"/>
+      <c r="P29" s="62"/>
+      <c r="Q29" s="62"/>
+      <c r="R29" s="62"/>
+      <c r="S29" s="62"/>
+      <c r="T29" s="62"/>
+      <c r="U29" s="62"/>
+      <c r="V29" s="62"/>
+      <c r="W29" s="62"/>
+      <c r="X29" s="62"/>
+      <c r="Y29" s="62"/>
+      <c r="Z29" s="62"/>
+      <c r="AA29" s="62"/>
+      <c r="AB29" s="62"/>
+      <c r="AC29" s="62"/>
+      <c r="AD29" s="62"/>
+      <c r="AE29" s="62"/>
+      <c r="AF29" s="62"/>
+      <c r="AG29" s="62"/>
+      <c r="AH29" s="62"/>
+      <c r="AI29" s="62"/>
+      <c r="AJ29" s="62"/>
+      <c r="AK29" s="62"/>
       <c r="AL29" s="26"/>
       <c r="AM29" s="26"/>
       <c r="AN29" s="26"/>
       <c r="AO29" s="26"/>
       <c r="AP29" s="30"/>
       <c r="AQ29" s="26"/>
       <c r="AR29" s="26"/>
       <c r="AS29" s="26"/>
     </row>
     <row r="30" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="12"/>
-      <c r="B30" s="89" t="s">
+      <c r="B30" s="87" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="89"/>
-[...33 lines deleted...]
-      <c r="AK30" s="89"/>
+      <c r="C30" s="87"/>
+      <c r="D30" s="87"/>
+      <c r="E30" s="87"/>
+      <c r="F30" s="87"/>
+      <c r="G30" s="87"/>
+      <c r="H30" s="87"/>
+      <c r="I30" s="87"/>
+      <c r="J30" s="87"/>
+      <c r="K30" s="87"/>
+      <c r="L30" s="87"/>
+      <c r="M30" s="87"/>
+      <c r="N30" s="87"/>
+      <c r="O30" s="87"/>
+      <c r="P30" s="87"/>
+      <c r="Q30" s="87"/>
+      <c r="R30" s="87"/>
+      <c r="S30" s="87"/>
+      <c r="T30" s="87"/>
+      <c r="U30" s="87"/>
+      <c r="V30" s="87"/>
+      <c r="W30" s="87"/>
+      <c r="X30" s="87"/>
+      <c r="Y30" s="87"/>
+      <c r="Z30" s="87"/>
+      <c r="AA30" s="87"/>
+      <c r="AB30" s="87"/>
+      <c r="AC30" s="87"/>
+      <c r="AD30" s="87"/>
+      <c r="AE30" s="87"/>
+      <c r="AF30" s="87"/>
+      <c r="AG30" s="87"/>
+      <c r="AH30" s="87"/>
+      <c r="AI30" s="87"/>
+      <c r="AJ30" s="87"/>
+      <c r="AK30" s="87"/>
       <c r="AL30" s="12"/>
       <c r="AM30" s="12"/>
       <c r="AN30" s="12"/>
       <c r="AO30" s="12"/>
       <c r="AP30" s="31"/>
       <c r="AQ30" s="12"/>
       <c r="AR30" s="14"/>
       <c r="AS30" s="14"/>
     </row>
     <row r="31" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="12"/>
       <c r="B31" s="13"/>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="13"/>
       <c r="G31" s="13"/>
       <c r="H31" s="13"/>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="13"/>
       <c r="L31" s="13"/>
       <c r="M31" s="13"/>
       <c r="N31" s="13"/>
       <c r="O31" s="13"/>
@@ -5162,341 +5254,341 @@
       <c r="Z31" s="13"/>
       <c r="AA31" s="13"/>
       <c r="AB31" s="13"/>
       <c r="AC31" s="13"/>
       <c r="AD31" s="13"/>
       <c r="AE31" s="13"/>
       <c r="AF31" s="13"/>
       <c r="AG31" s="13"/>
       <c r="AH31" s="13"/>
       <c r="AI31" s="13"/>
       <c r="AJ31" s="13"/>
       <c r="AK31" s="13"/>
       <c r="AL31" s="13"/>
       <c r="AM31" s="13"/>
       <c r="AN31" s="13"/>
       <c r="AO31" s="13"/>
       <c r="AP31" s="34"/>
       <c r="AQ31" s="13"/>
       <c r="AR31" s="14"/>
       <c r="AS31" s="14"/>
     </row>
     <row r="32" spans="1:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C32" s="10"/>
       <c r="D32" s="10"/>
       <c r="F32" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="23"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
       <c r="X32" s="2"/>
       <c r="Y32" s="2"/>
       <c r="Z32" s="2"/>
       <c r="AC32" s="2"/>
       <c r="AD32" s="2"/>
       <c r="AE32" s="2"/>
       <c r="AF32" s="2"/>
       <c r="AG32" s="2"/>
       <c r="AH32" s="2"/>
       <c r="AI32" s="2"/>
       <c r="AJ32" s="2"/>
       <c r="AK32" s="2"/>
       <c r="AL32" s="2"/>
       <c r="AM32" s="2"/>
       <c r="AN32" s="2"/>
       <c r="AO32" s="2"/>
       <c r="AP32" s="35" t="b">
         <v>0</v>
       </c>
       <c r="AQ32" s="2"/>
       <c r="AR32" s="2"/>
       <c r="AW32" s="8"/>
     </row>
     <row r="33" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E34" s="100" t="s">
-[...34 lines deleted...]
-      <c r="AL34" s="100"/>
+      <c r="E34" s="98" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" s="98"/>
+      <c r="G34" s="98"/>
+      <c r="H34" s="98"/>
+      <c r="I34" s="98"/>
+      <c r="J34" s="98"/>
+      <c r="K34" s="98"/>
+      <c r="L34" s="98"/>
+      <c r="M34" s="98"/>
+      <c r="N34" s="98"/>
+      <c r="O34" s="98"/>
+      <c r="P34" s="98"/>
+      <c r="Q34" s="98"/>
+      <c r="R34" s="98"/>
+      <c r="S34" s="98"/>
+      <c r="T34" s="98"/>
+      <c r="U34" s="98"/>
+      <c r="V34" s="98"/>
+      <c r="W34" s="98"/>
+      <c r="X34" s="98"/>
+      <c r="Y34" s="98"/>
+      <c r="Z34" s="98"/>
+      <c r="AA34" s="98"/>
+      <c r="AB34" s="98"/>
+      <c r="AC34" s="98"/>
+      <c r="AD34" s="98"/>
+      <c r="AE34" s="98"/>
+      <c r="AF34" s="98"/>
+      <c r="AG34" s="98"/>
+      <c r="AH34" s="98"/>
+      <c r="AI34" s="98"/>
+      <c r="AJ34" s="98"/>
+      <c r="AK34" s="98"/>
+      <c r="AL34" s="98"/>
       <c r="AP34" s="36"/>
       <c r="AQ34" s="7"/>
       <c r="AR34" s="7"/>
     </row>
     <row r="35" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E35" s="60" t="s">
+      <c r="E35" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="F35" s="60"/>
-[...29 lines deleted...]
-      <c r="AJ35" s="60"/>
+      <c r="F35" s="58"/>
+      <c r="G35" s="58"/>
+      <c r="H35" s="58"/>
+      <c r="I35" s="58"/>
+      <c r="J35" s="58"/>
+      <c r="K35" s="58"/>
+      <c r="L35" s="58"/>
+      <c r="M35" s="58"/>
+      <c r="N35" s="58"/>
+      <c r="O35" s="58"/>
+      <c r="P35" s="58"/>
+      <c r="Q35" s="58"/>
+      <c r="R35" s="58"/>
+      <c r="S35" s="58"/>
+      <c r="T35" s="58"/>
+      <c r="U35" s="58"/>
+      <c r="V35" s="58"/>
+      <c r="W35" s="58"/>
+      <c r="X35" s="58"/>
+      <c r="Y35" s="58"/>
+      <c r="Z35" s="58"/>
+      <c r="AA35" s="58"/>
+      <c r="AB35" s="58"/>
+      <c r="AC35" s="58"/>
+      <c r="AD35" s="58"/>
+      <c r="AE35" s="58"/>
+      <c r="AF35" s="58"/>
+      <c r="AG35" s="58"/>
+      <c r="AH35" s="58"/>
+      <c r="AI35" s="58"/>
+      <c r="AJ35" s="58"/>
       <c r="AK35" s="15"/>
       <c r="AL35" s="15"/>
       <c r="AP35" s="36"/>
       <c r="AQ35" s="7"/>
       <c r="AR35" s="7"/>
     </row>
     <row r="36" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F36" s="61" t="s">
+      <c r="F36" s="59" t="s">
         <v>1</v>
       </c>
-      <c r="G36" s="61"/>
-[...28 lines deleted...]
-      <c r="AJ36" s="61"/>
+      <c r="G36" s="59"/>
+      <c r="H36" s="59"/>
+      <c r="I36" s="59"/>
+      <c r="J36" s="59"/>
+      <c r="K36" s="59"/>
+      <c r="L36" s="59"/>
+      <c r="M36" s="59"/>
+      <c r="N36" s="59"/>
+      <c r="O36" s="59"/>
+      <c r="P36" s="59"/>
+      <c r="Q36" s="59"/>
+      <c r="R36" s="59"/>
+      <c r="S36" s="59"/>
+      <c r="T36" s="59"/>
+      <c r="U36" s="59"/>
+      <c r="V36" s="59"/>
+      <c r="W36" s="59"/>
+      <c r="X36" s="59"/>
+      <c r="Y36" s="59"/>
+      <c r="Z36" s="59"/>
+      <c r="AA36" s="59"/>
+      <c r="AB36" s="59"/>
+      <c r="AC36" s="59"/>
+      <c r="AD36" s="59"/>
+      <c r="AE36" s="59"/>
+      <c r="AF36" s="59"/>
+      <c r="AG36" s="59"/>
+      <c r="AH36" s="59"/>
+      <c r="AI36" s="59"/>
+      <c r="AJ36" s="59"/>
       <c r="AK36" s="9"/>
       <c r="AL36" s="9"/>
       <c r="AP36" s="36"/>
       <c r="AQ36" s="7"/>
       <c r="AR36" s="7"/>
     </row>
     <row r="37" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E37" s="60" t="s">
-[...32 lines deleted...]
-      <c r="AJ37" s="60"/>
+      <c r="E37" s="58" t="s">
+        <v>58</v>
+      </c>
+      <c r="F37" s="58"/>
+      <c r="G37" s="58"/>
+      <c r="H37" s="58"/>
+      <c r="I37" s="58"/>
+      <c r="J37" s="58"/>
+      <c r="K37" s="58"/>
+      <c r="L37" s="58"/>
+      <c r="M37" s="58"/>
+      <c r="N37" s="58"/>
+      <c r="O37" s="58"/>
+      <c r="P37" s="58"/>
+      <c r="Q37" s="58"/>
+      <c r="R37" s="58"/>
+      <c r="S37" s="58"/>
+      <c r="T37" s="58"/>
+      <c r="U37" s="58"/>
+      <c r="V37" s="58"/>
+      <c r="W37" s="58"/>
+      <c r="X37" s="58"/>
+      <c r="Y37" s="58"/>
+      <c r="Z37" s="58"/>
+      <c r="AA37" s="58"/>
+      <c r="AB37" s="58"/>
+      <c r="AC37" s="58"/>
+      <c r="AD37" s="58"/>
+      <c r="AE37" s="58"/>
+      <c r="AF37" s="58"/>
+      <c r="AG37" s="58"/>
+      <c r="AH37" s="58"/>
+      <c r="AI37" s="58"/>
+      <c r="AJ37" s="58"/>
       <c r="AK37" s="15"/>
       <c r="AL37" s="15"/>
       <c r="AP37" s="36"/>
       <c r="AQ37" s="7"/>
       <c r="AR37" s="7"/>
     </row>
     <row r="38" spans="1:51" s="4" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F38" s="61" t="s">
-[...31 lines deleted...]
-      <c r="AJ38" s="61"/>
+      <c r="F38" s="59" t="s">
+        <v>59</v>
+      </c>
+      <c r="G38" s="59"/>
+      <c r="H38" s="59"/>
+      <c r="I38" s="59"/>
+      <c r="J38" s="59"/>
+      <c r="K38" s="59"/>
+      <c r="L38" s="59"/>
+      <c r="M38" s="59"/>
+      <c r="N38" s="59"/>
+      <c r="O38" s="59"/>
+      <c r="P38" s="59"/>
+      <c r="Q38" s="59"/>
+      <c r="R38" s="59"/>
+      <c r="S38" s="59"/>
+      <c r="T38" s="59"/>
+      <c r="U38" s="59"/>
+      <c r="V38" s="59"/>
+      <c r="W38" s="59"/>
+      <c r="X38" s="59"/>
+      <c r="Y38" s="59"/>
+      <c r="Z38" s="59"/>
+      <c r="AA38" s="59"/>
+      <c r="AB38" s="59"/>
+      <c r="AC38" s="59"/>
+      <c r="AD38" s="59"/>
+      <c r="AE38" s="59"/>
+      <c r="AF38" s="59"/>
+      <c r="AG38" s="59"/>
+      <c r="AH38" s="59"/>
+      <c r="AI38" s="59"/>
+      <c r="AJ38" s="59"/>
       <c r="AK38" s="9"/>
       <c r="AL38" s="9"/>
       <c r="AP38" s="36"/>
       <c r="AQ38" s="7"/>
       <c r="AR38" s="7"/>
     </row>
     <row r="39" spans="1:51" s="4" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AP39" s="36"/>
       <c r="AW39" s="7"/>
       <c r="AX39" s="7"/>
       <c r="AY39" s="7"/>
     </row>
     <row r="40" spans="1:51" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="64" t="s">
-[...37 lines deleted...]
-      <c r="AK40" s="64"/>
+      <c r="A40" s="62" t="s">
+        <v>56</v>
+      </c>
+      <c r="B40" s="62"/>
+      <c r="C40" s="62"/>
+      <c r="D40" s="62"/>
+      <c r="E40" s="62"/>
+      <c r="F40" s="62"/>
+      <c r="G40" s="62"/>
+      <c r="H40" s="62"/>
+      <c r="I40" s="62"/>
+      <c r="J40" s="62"/>
+      <c r="K40" s="62"/>
+      <c r="L40" s="62"/>
+      <c r="M40" s="62"/>
+      <c r="N40" s="62"/>
+      <c r="O40" s="62"/>
+      <c r="P40" s="62"/>
+      <c r="Q40" s="62"/>
+      <c r="R40" s="62"/>
+      <c r="S40" s="62"/>
+      <c r="T40" s="62"/>
+      <c r="U40" s="62"/>
+      <c r="V40" s="62"/>
+      <c r="W40" s="62"/>
+      <c r="X40" s="62"/>
+      <c r="Y40" s="62"/>
+      <c r="Z40" s="62"/>
+      <c r="AA40" s="62"/>
+      <c r="AB40" s="62"/>
+      <c r="AC40" s="62"/>
+      <c r="AD40" s="62"/>
+      <c r="AE40" s="62"/>
+      <c r="AF40" s="62"/>
+      <c r="AG40" s="62"/>
+      <c r="AH40" s="62"/>
+      <c r="AI40" s="62"/>
+      <c r="AJ40" s="62"/>
+      <c r="AK40" s="62"/>
       <c r="AL40" s="26"/>
       <c r="AM40" s="26"/>
       <c r="AN40" s="26"/>
       <c r="AO40" s="26"/>
       <c r="AP40" s="30"/>
       <c r="AQ40" s="26"/>
       <c r="AR40" s="26"/>
       <c r="AS40" s="26"/>
       <c r="AW40" s="16"/>
       <c r="AX40" s="16"/>
       <c r="AY40" s="16"/>
     </row>
     <row r="41" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="3"/>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
@@ -5513,571 +5605,571 @@
       <c r="W41" s="3"/>
       <c r="X41" s="3"/>
       <c r="Y41" s="3"/>
       <c r="Z41" s="3"/>
       <c r="AA41" s="3"/>
       <c r="AB41" s="3"/>
       <c r="AC41" s="3"/>
       <c r="AD41" s="3"/>
       <c r="AE41" s="3"/>
       <c r="AF41" s="3"/>
       <c r="AG41" s="3"/>
       <c r="AH41" s="3"/>
       <c r="AI41" s="3"/>
       <c r="AJ41" s="3"/>
       <c r="AK41" s="3"/>
       <c r="AL41" s="3"/>
       <c r="AM41" s="3"/>
       <c r="AN41" s="3"/>
       <c r="AO41" s="3"/>
       <c r="AP41" s="32"/>
       <c r="AQ41" s="3"/>
       <c r="AR41" s="3"/>
       <c r="AS41" s="3"/>
     </row>
     <row r="42" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C42" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H42" s="63"/>
+      <c r="C42" s="61" t="s">
+        <v>16</v>
+      </c>
+      <c r="D42" s="61"/>
+      <c r="E42" s="61"/>
+      <c r="F42" s="61"/>
+      <c r="G42" s="61"/>
+      <c r="H42" s="61"/>
       <c r="I42" s="2"/>
-      <c r="M42" s="98">
+      <c r="M42" s="96">
         <f>J11</f>
         <v>0</v>
       </c>
-      <c r="N42" s="99"/>
-[...19 lines deleted...]
-      <c r="AH42" s="99"/>
+      <c r="N42" s="97"/>
+      <c r="O42" s="97"/>
+      <c r="P42" s="97"/>
+      <c r="Q42" s="97"/>
+      <c r="R42" s="97"/>
+      <c r="S42" s="97"/>
+      <c r="T42" s="97"/>
+      <c r="U42" s="97"/>
+      <c r="V42" s="97"/>
+      <c r="W42" s="97"/>
+      <c r="X42" s="97"/>
+      <c r="Y42" s="97"/>
+      <c r="Z42" s="97"/>
+      <c r="AA42" s="97"/>
+      <c r="AB42" s="97"/>
+      <c r="AC42" s="97"/>
+      <c r="AD42" s="97"/>
+      <c r="AE42" s="97"/>
+      <c r="AF42" s="97"/>
+      <c r="AG42" s="97"/>
+      <c r="AH42" s="97"/>
       <c r="AI42" s="3"/>
       <c r="AJ42" s="3"/>
       <c r="AK42" s="3"/>
       <c r="AQ42" s="6"/>
     </row>
     <row r="43" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
       <c r="Q43" s="3"/>
       <c r="R43" s="3"/>
       <c r="S43" s="3"/>
       <c r="T43" s="3"/>
       <c r="U43" s="3"/>
       <c r="V43" s="3"/>
       <c r="W43" s="3"/>
       <c r="X43" s="3"/>
       <c r="Y43" s="3"/>
       <c r="Z43" s="3"/>
       <c r="AA43" s="3"/>
       <c r="AB43" s="3"/>
       <c r="AC43" s="3"/>
       <c r="AD43" s="3"/>
       <c r="AE43" s="3"/>
       <c r="AF43" s="3"/>
       <c r="AG43" s="3"/>
       <c r="AH43" s="3"/>
       <c r="AI43" s="18"/>
       <c r="AJ43" s="18"/>
       <c r="AK43" s="18"/>
       <c r="AQ43" s="6"/>
     </row>
     <row r="44" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C44" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H44" s="63"/>
+      <c r="C44" s="61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" s="61"/>
+      <c r="E44" s="61"/>
+      <c r="F44" s="61"/>
+      <c r="G44" s="61"/>
+      <c r="H44" s="61"/>
       <c r="I44" s="2"/>
-      <c r="M44" s="98">
+      <c r="M44" s="96">
         <f>J13</f>
         <v>0</v>
       </c>
-      <c r="N44" s="99"/>
-[...19 lines deleted...]
-      <c r="AH44" s="99"/>
+      <c r="N44" s="97"/>
+      <c r="O44" s="97"/>
+      <c r="P44" s="97"/>
+      <c r="Q44" s="97"/>
+      <c r="R44" s="97"/>
+      <c r="S44" s="97"/>
+      <c r="T44" s="97"/>
+      <c r="U44" s="97"/>
+      <c r="V44" s="97"/>
+      <c r="W44" s="97"/>
+      <c r="X44" s="97"/>
+      <c r="Y44" s="97"/>
+      <c r="Z44" s="97"/>
+      <c r="AA44" s="97"/>
+      <c r="AB44" s="97"/>
+      <c r="AC44" s="97"/>
+      <c r="AD44" s="97"/>
+      <c r="AE44" s="97"/>
+      <c r="AF44" s="97"/>
+      <c r="AG44" s="97"/>
+      <c r="AH44" s="97"/>
       <c r="AI44" s="3"/>
       <c r="AJ44" s="3"/>
       <c r="AK44" s="3"/>
       <c r="AQ44" s="6"/>
     </row>
     <row r="45" spans="1:51" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M45" s="18"/>
       <c r="N45" s="18"/>
       <c r="O45" s="18"/>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
       <c r="S45" s="18"/>
       <c r="T45" s="18"/>
       <c r="U45" s="18"/>
       <c r="V45" s="18"/>
       <c r="W45" s="18"/>
       <c r="X45" s="18"/>
       <c r="Y45" s="18"/>
       <c r="Z45" s="18"/>
       <c r="AA45" s="18"/>
       <c r="AB45" s="18"/>
       <c r="AC45" s="18"/>
       <c r="AD45" s="18"/>
       <c r="AE45" s="18"/>
       <c r="AF45" s="18"/>
       <c r="AG45" s="18"/>
       <c r="AH45" s="18"/>
       <c r="AI45" s="18"/>
       <c r="AJ45" s="18"/>
       <c r="AK45" s="18"/>
       <c r="AQ45" s="6"/>
     </row>
     <row r="46" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C46" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H46" s="63"/>
+      <c r="C46" s="61" t="s">
+        <v>14</v>
+      </c>
+      <c r="D46" s="61"/>
+      <c r="E46" s="61"/>
+      <c r="F46" s="61"/>
+      <c r="G46" s="61"/>
+      <c r="H46" s="61"/>
       <c r="I46" s="2"/>
-      <c r="M46" s="98">
+      <c r="M46" s="96">
         <f>J17</f>
         <v>0</v>
       </c>
-      <c r="N46" s="99"/>
-[...19 lines deleted...]
-      <c r="AH46" s="99"/>
+      <c r="N46" s="97"/>
+      <c r="O46" s="97"/>
+      <c r="P46" s="97"/>
+      <c r="Q46" s="97"/>
+      <c r="R46" s="97"/>
+      <c r="S46" s="97"/>
+      <c r="T46" s="97"/>
+      <c r="U46" s="97"/>
+      <c r="V46" s="97"/>
+      <c r="W46" s="97"/>
+      <c r="X46" s="97"/>
+      <c r="Y46" s="97"/>
+      <c r="Z46" s="97"/>
+      <c r="AA46" s="97"/>
+      <c r="AB46" s="97"/>
+      <c r="AC46" s="97"/>
+      <c r="AD46" s="97"/>
+      <c r="AE46" s="97"/>
+      <c r="AF46" s="97"/>
+      <c r="AG46" s="97"/>
+      <c r="AH46" s="97"/>
       <c r="AI46" s="3"/>
       <c r="AJ46" s="3"/>
       <c r="AK46" s="3"/>
       <c r="AQ46" s="6"/>
     </row>
     <row r="47" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="3"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="M47" s="3"/>
       <c r="N47" s="3"/>
       <c r="O47" s="3"/>
       <c r="P47" s="3"/>
       <c r="Q47" s="3"/>
       <c r="R47" s="3"/>
       <c r="S47" s="3"/>
       <c r="T47" s="3"/>
       <c r="U47" s="3"/>
       <c r="V47" s="3"/>
       <c r="W47" s="3"/>
       <c r="X47" s="3"/>
       <c r="Y47" s="3"/>
       <c r="Z47" s="3"/>
       <c r="AA47" s="3"/>
       <c r="AB47" s="3"/>
       <c r="AC47" s="3"/>
       <c r="AD47" s="3"/>
       <c r="AE47" s="3"/>
       <c r="AF47" s="3"/>
       <c r="AG47" s="3"/>
       <c r="AH47" s="3"/>
       <c r="AI47" s="3"/>
       <c r="AJ47" s="3"/>
       <c r="AK47" s="3"/>
       <c r="AL47" s="3"/>
       <c r="AM47" s="3"/>
       <c r="AN47" s="3"/>
       <c r="AO47" s="3"/>
       <c r="AP47" s="32"/>
       <c r="AQ47" s="3"/>
     </row>
     <row r="48" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C48" s="63" t="s">
-[...6 lines deleted...]
-      <c r="H48" s="63"/>
+      <c r="C48" s="61" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" s="61"/>
+      <c r="E48" s="61"/>
+      <c r="F48" s="61"/>
+      <c r="G48" s="61"/>
+      <c r="H48" s="61"/>
       <c r="I48" s="2"/>
-      <c r="M48" s="62"/>
-[...20 lines deleted...]
-      <c r="AH48" s="62"/>
+      <c r="M48" s="60"/>
+      <c r="N48" s="60"/>
+      <c r="O48" s="60"/>
+      <c r="P48" s="60"/>
+      <c r="Q48" s="60"/>
+      <c r="R48" s="60"/>
+      <c r="S48" s="60"/>
+      <c r="T48" s="60"/>
+      <c r="U48" s="60"/>
+      <c r="V48" s="60"/>
+      <c r="W48" s="60"/>
+      <c r="X48" s="60"/>
+      <c r="Y48" s="60"/>
+      <c r="Z48" s="60"/>
+      <c r="AA48" s="60"/>
+      <c r="AB48" s="60"/>
+      <c r="AC48" s="60"/>
+      <c r="AD48" s="60"/>
+      <c r="AE48" s="60"/>
+      <c r="AF48" s="60"/>
+      <c r="AG48" s="60"/>
+      <c r="AH48" s="60"/>
       <c r="AI48" s="3"/>
       <c r="AJ48" s="3"/>
       <c r="AK48" s="3"/>
       <c r="AQ48" s="6"/>
     </row>
     <row r="49" spans="1:51" s="4" customFormat="1" ht="6.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G49" s="24"/>
       <c r="H49" s="24"/>
       <c r="I49" s="24"/>
       <c r="M49" s="24"/>
       <c r="N49" s="24"/>
       <c r="O49" s="24"/>
       <c r="P49" s="24"/>
       <c r="R49" s="21"/>
       <c r="S49" s="21"/>
       <c r="T49" s="21"/>
       <c r="U49" s="21"/>
       <c r="V49" s="21"/>
       <c r="W49" s="21"/>
       <c r="X49" s="21"/>
       <c r="Y49" s="21"/>
       <c r="Z49" s="21"/>
       <c r="AA49" s="21"/>
       <c r="AB49" s="21"/>
       <c r="AC49" s="21"/>
       <c r="AD49" s="21"/>
       <c r="AE49" s="21"/>
       <c r="AF49" s="21"/>
       <c r="AG49" s="21"/>
       <c r="AH49" s="21"/>
       <c r="AI49" s="21"/>
       <c r="AJ49" s="21"/>
       <c r="AP49" s="7"/>
     </row>
     <row r="50" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C50" s="86" t="s">
-[...32 lines deleted...]
-      <c r="AH50" s="97"/>
+      <c r="C50" s="84" t="s">
+        <v>82</v>
+      </c>
+      <c r="D50" s="84"/>
+      <c r="E50" s="84"/>
+      <c r="F50" s="84"/>
+      <c r="G50" s="84"/>
+      <c r="H50" s="84"/>
+      <c r="I50" s="84"/>
+      <c r="J50" s="84"/>
+      <c r="K50" s="84"/>
+      <c r="L50" s="84"/>
+      <c r="M50" s="95"/>
+      <c r="N50" s="95"/>
+      <c r="O50" s="95"/>
+      <c r="P50" s="95"/>
+      <c r="Q50" s="95"/>
+      <c r="R50" s="95"/>
+      <c r="S50" s="95"/>
+      <c r="T50" s="95"/>
+      <c r="U50" s="95"/>
+      <c r="V50" s="95"/>
+      <c r="W50" s="95"/>
+      <c r="X50" s="95"/>
+      <c r="Y50" s="95"/>
+      <c r="Z50" s="95"/>
+      <c r="AA50" s="95"/>
+      <c r="AB50" s="95"/>
+      <c r="AC50" s="95"/>
+      <c r="AD50" s="95"/>
+      <c r="AE50" s="95"/>
+      <c r="AF50" s="95"/>
+      <c r="AG50" s="95"/>
+      <c r="AH50" s="95"/>
       <c r="AI50" s="3"/>
       <c r="AJ50" s="3"/>
       <c r="AK50" s="3"/>
       <c r="AQ50" s="6"/>
       <c r="AR50" s="6"/>
       <c r="AW50" s="1"/>
       <c r="AX50" s="1"/>
       <c r="AY50" s="1"/>
     </row>
     <row r="51" spans="1:51" s="4" customFormat="1" ht="6.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G51" s="24"/>
       <c r="H51" s="24"/>
       <c r="I51" s="24"/>
       <c r="J51" s="24"/>
       <c r="K51" s="24"/>
       <c r="L51" s="24"/>
       <c r="M51" s="24"/>
       <c r="O51" s="21"/>
       <c r="P51" s="21"/>
       <c r="Q51" s="21"/>
       <c r="R51" s="21"/>
       <c r="S51" s="21"/>
       <c r="T51" s="21"/>
       <c r="U51" s="21"/>
       <c r="V51" s="21"/>
       <c r="W51" s="21"/>
       <c r="X51" s="21"/>
       <c r="Y51" s="21"/>
       <c r="Z51" s="21"/>
       <c r="AA51" s="21"/>
       <c r="AB51" s="21"/>
       <c r="AC51" s="21"/>
       <c r="AD51" s="21"/>
       <c r="AE51" s="21"/>
       <c r="AF51" s="21"/>
       <c r="AG51" s="21"/>
       <c r="AH51" s="21"/>
       <c r="AI51" s="21"/>
       <c r="AJ51" s="21"/>
       <c r="AP51" s="7"/>
       <c r="AR51" s="21"/>
       <c r="AW51" s="20"/>
       <c r="AX51" s="7"/>
       <c r="AY51" s="7"/>
     </row>
     <row r="52" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C52" s="86" t="s">
-[...28 lines deleted...]
-      <c r="AH52" s="97"/>
+      <c r="C52" s="84" t="s">
+        <v>83</v>
+      </c>
+      <c r="D52" s="84"/>
+      <c r="E52" s="84"/>
+      <c r="F52" s="84"/>
+      <c r="G52" s="84"/>
+      <c r="H52" s="84"/>
+      <c r="I52" s="84"/>
+      <c r="J52" s="84"/>
+      <c r="K52" s="84"/>
+      <c r="L52" s="84"/>
+      <c r="M52" s="95"/>
+      <c r="N52" s="95"/>
+      <c r="O52" s="95"/>
+      <c r="P52" s="95"/>
+      <c r="Q52" s="95"/>
+      <c r="R52" s="95"/>
+      <c r="U52" s="95"/>
+      <c r="V52" s="95"/>
+      <c r="W52" s="95"/>
+      <c r="X52" s="95"/>
+      <c r="Y52" s="95"/>
+      <c r="Z52" s="95"/>
+      <c r="AC52" s="95"/>
+      <c r="AD52" s="95"/>
+      <c r="AE52" s="95"/>
+      <c r="AF52" s="95"/>
+      <c r="AG52" s="95"/>
+      <c r="AH52" s="95"/>
       <c r="AI52" s="3"/>
       <c r="AJ52" s="3"/>
       <c r="AK52" s="3"/>
       <c r="AP52" s="1"/>
       <c r="AW52" s="1"/>
       <c r="AX52" s="1"/>
       <c r="AY52" s="1"/>
     </row>
     <row r="53" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="54" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C54" s="106" t="s">
-[...36 lines deleted...]
-      <c r="AL54" s="106"/>
+      <c r="C54" s="104" t="s">
+        <v>81</v>
+      </c>
+      <c r="D54" s="104"/>
+      <c r="E54" s="104"/>
+      <c r="F54" s="104"/>
+      <c r="G54" s="104"/>
+      <c r="H54" s="104"/>
+      <c r="I54" s="104"/>
+      <c r="J54" s="104"/>
+      <c r="K54" s="104"/>
+      <c r="L54" s="104"/>
+      <c r="M54" s="104"/>
+      <c r="N54" s="104"/>
+      <c r="O54" s="104"/>
+      <c r="P54" s="104"/>
+      <c r="Q54" s="104"/>
+      <c r="R54" s="104"/>
+      <c r="S54" s="104"/>
+      <c r="T54" s="104"/>
+      <c r="U54" s="104"/>
+      <c r="V54" s="104"/>
+      <c r="W54" s="104"/>
+      <c r="X54" s="104"/>
+      <c r="Y54" s="104"/>
+      <c r="Z54" s="104"/>
+      <c r="AA54" s="104"/>
+      <c r="AB54" s="104"/>
+      <c r="AC54" s="104"/>
+      <c r="AD54" s="104"/>
+      <c r="AE54" s="104"/>
+      <c r="AF54" s="104"/>
+      <c r="AG54" s="104"/>
+      <c r="AH54" s="104"/>
+      <c r="AI54" s="104"/>
+      <c r="AJ54" s="104"/>
+      <c r="AK54" s="104"/>
+      <c r="AL54" s="104"/>
       <c r="AM54" s="19"/>
       <c r="AN54" s="19"/>
       <c r="AO54" s="19"/>
       <c r="AP54" s="33"/>
       <c r="AQ54" s="19"/>
     </row>
     <row r="55" spans="1:51" s="4" customFormat="1" ht="6.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G55" s="24"/>
       <c r="H55" s="24"/>
       <c r="I55" s="24"/>
       <c r="J55" s="24"/>
       <c r="K55" s="24"/>
       <c r="L55" s="24"/>
       <c r="M55" s="24"/>
       <c r="O55" s="21"/>
       <c r="P55" s="21"/>
       <c r="Q55" s="21"/>
       <c r="R55" s="21"/>
       <c r="S55" s="21"/>
       <c r="T55" s="21"/>
       <c r="U55" s="21"/>
       <c r="V55" s="21"/>
       <c r="W55" s="21"/>
       <c r="X55" s="21"/>
       <c r="Y55" s="21"/>
       <c r="Z55" s="21"/>
       <c r="AA55" s="21"/>
       <c r="AB55" s="21"/>
       <c r="AC55" s="21"/>
       <c r="AD55" s="21"/>
       <c r="AE55" s="21"/>
       <c r="AF55" s="21"/>
       <c r="AG55" s="21"/>
       <c r="AH55" s="21"/>
       <c r="AI55" s="21"/>
       <c r="AJ55" s="21"/>
       <c r="AP55" s="7"/>
       <c r="AR55" s="21"/>
       <c r="AW55" s="20"/>
       <c r="AX55" s="7"/>
       <c r="AY55" s="7"/>
     </row>
     <row r="56" spans="1:51" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C56" s="86" t="s">
-[...34 lines deleted...]
-      <c r="AH56" s="108"/>
+      <c r="C56" s="84" t="s">
+        <v>84</v>
+      </c>
+      <c r="D56" s="84"/>
+      <c r="E56" s="84"/>
+      <c r="F56" s="84"/>
+      <c r="G56" s="84"/>
+      <c r="H56" s="84"/>
+      <c r="I56" s="84"/>
+      <c r="J56" s="84"/>
+      <c r="K56" s="84"/>
+      <c r="L56" s="84"/>
+      <c r="M56" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="N56" s="105"/>
+      <c r="O56" s="105"/>
+      <c r="P56" s="105"/>
+      <c r="Q56" s="105"/>
+      <c r="R56" s="105"/>
+      <c r="S56" s="106"/>
+      <c r="T56" s="106"/>
+      <c r="U56" s="106"/>
+      <c r="V56" s="106"/>
+      <c r="W56" s="106"/>
+      <c r="X56" s="106"/>
+      <c r="Y56" s="106"/>
+      <c r="Z56" s="106"/>
+      <c r="AA56" s="106"/>
+      <c r="AB56" s="106"/>
+      <c r="AC56" s="106"/>
+      <c r="AD56" s="106"/>
+      <c r="AE56" s="106"/>
+      <c r="AF56" s="106"/>
+      <c r="AG56" s="106"/>
+      <c r="AH56" s="106"/>
       <c r="AI56" s="3"/>
       <c r="AJ56" s="3"/>
       <c r="AK56" s="3"/>
       <c r="AQ56" s="6"/>
       <c r="AR56" s="6"/>
       <c r="AW56" s="1"/>
       <c r="AX56" s="1"/>
       <c r="AY56" s="1"/>
     </row>
     <row r="57" spans="1:51" s="4" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C57" s="22"/>
       <c r="D57" s="22"/>
       <c r="E57" s="22"/>
       <c r="F57" s="22"/>
       <c r="G57" s="22"/>
       <c r="H57" s="22"/>
       <c r="I57" s="22"/>
       <c r="J57" s="22"/>
       <c r="K57" s="22"/>
       <c r="L57" s="22"/>
       <c r="M57" s="42"/>
       <c r="N57" s="42"/>
       <c r="O57" s="42"/>
       <c r="P57" s="42"/>
       <c r="Q57" s="42"/>
@@ -6094,224 +6186,199 @@
       <c r="AB57" s="44"/>
       <c r="AC57" s="44"/>
       <c r="AD57" s="44"/>
       <c r="AE57" s="44"/>
       <c r="AF57" s="44"/>
       <c r="AG57" s="44"/>
       <c r="AH57" s="44"/>
       <c r="AI57" s="22"/>
       <c r="AJ57" s="22"/>
       <c r="AP57" s="37"/>
       <c r="AW57" s="20"/>
       <c r="AX57" s="7"/>
       <c r="AY57" s="7"/>
     </row>
     <row r="58" spans="1:51" s="4" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C58" s="22"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="22"/>
       <c r="G58" s="22"/>
       <c r="H58" s="22"/>
       <c r="I58" s="22"/>
       <c r="J58" s="22"/>
       <c r="K58" s="22"/>
       <c r="L58" s="22"/>
-      <c r="M58" s="107" t="s">
-[...22 lines deleted...]
-      <c r="AH58" s="108"/>
+      <c r="M58" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="N58" s="105"/>
+      <c r="O58" s="105"/>
+      <c r="P58" s="105"/>
+      <c r="Q58" s="105"/>
+      <c r="R58" s="105"/>
+      <c r="S58" s="106"/>
+      <c r="T58" s="106"/>
+      <c r="U58" s="106"/>
+      <c r="V58" s="106"/>
+      <c r="W58" s="106"/>
+      <c r="X58" s="106"/>
+      <c r="Y58" s="106"/>
+      <c r="Z58" s="106"/>
+      <c r="AA58" s="106"/>
+      <c r="AB58" s="106"/>
+      <c r="AC58" s="106"/>
+      <c r="AD58" s="106"/>
+      <c r="AE58" s="106"/>
+      <c r="AF58" s="106"/>
+      <c r="AG58" s="106"/>
+      <c r="AH58" s="106"/>
       <c r="AI58" s="22"/>
       <c r="AJ58" s="22"/>
       <c r="AP58" s="37"/>
       <c r="AW58" s="20"/>
       <c r="AX58" s="7"/>
       <c r="AY58" s="7"/>
     </row>
-    <row r="59" spans="1:51" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...77 lines deleted...]
-      <c r="AY60" s="7"/>
+    <row r="60" spans="1:51" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60"/>
+      <c r="B60"/>
+      <c r="C60" s="61" t="s">
+        <v>124</v>
+      </c>
+      <c r="D60" s="61"/>
+      <c r="E60" s="61"/>
+      <c r="F60" s="61"/>
+      <c r="G60" s="61"/>
+      <c r="H60" s="61"/>
+      <c r="I60" s="61"/>
+      <c r="J60" s="61"/>
+      <c r="K60" s="61"/>
+      <c r="L60" s="61"/>
+      <c r="M60" s="107"/>
+      <c r="N60" s="107"/>
+      <c r="O60" s="107"/>
+      <c r="P60" s="107"/>
+      <c r="Q60" s="107"/>
+      <c r="R60" s="107"/>
+      <c r="S60" s="107"/>
+      <c r="T60" s="107"/>
+      <c r="U60" s="107"/>
+      <c r="V60" s="107"/>
+      <c r="W60" s="107"/>
+      <c r="X60" s="107"/>
+      <c r="Y60" s="107"/>
+      <c r="Z60" s="107"/>
+      <c r="AA60" s="107"/>
+      <c r="AB60" s="107"/>
+      <c r="AC60" s="107"/>
+      <c r="AD60" s="107"/>
+      <c r="AE60" s="107"/>
+      <c r="AF60" s="107"/>
+      <c r="AG60" s="107"/>
+      <c r="AH60" s="107"/>
+      <c r="AI60" s="3"/>
+      <c r="AJ60" s="3"/>
+      <c r="AK60" s="3"/>
+      <c r="AL60"/>
+      <c r="AM60"/>
+      <c r="AN60"/>
+      <c r="AO60"/>
+      <c r="AP60"/>
+      <c r="AQ60" s="6"/>
+      <c r="AR60"/>
+      <c r="AS60"/>
+      <c r="AT60"/>
+      <c r="AU60"/>
+      <c r="AV60"/>
+      <c r="AW60"/>
+      <c r="AX60"/>
+      <c r="AY60"/>
     </row>
     <row r="61" spans="1:51" s="4" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C61" s="23"/>
       <c r="D61" s="23"/>
       <c r="E61" s="1"/>
       <c r="F61" s="22"/>
       <c r="G61" s="22"/>
       <c r="H61" s="22"/>
       <c r="I61" s="22"/>
       <c r="J61" s="22"/>
       <c r="K61" s="23"/>
       <c r="L61" s="1"/>
       <c r="M61" s="22"/>
       <c r="N61" s="22"/>
       <c r="O61" s="22"/>
       <c r="P61" s="22"/>
       <c r="Q61" s="22"/>
       <c r="R61" s="22"/>
       <c r="S61" s="22"/>
       <c r="AP61" s="36"/>
       <c r="AW61" s="20"/>
       <c r="AX61" s="7"/>
       <c r="AY61" s="7"/>
     </row>
     <row r="62" spans="1:51" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="90" t="s">
-[...37 lines deleted...]
-      <c r="AK62" s="91"/>
+      <c r="A62" s="88" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" s="89"/>
+      <c r="C62" s="89"/>
+      <c r="D62" s="89"/>
+      <c r="E62" s="89"/>
+      <c r="F62" s="89"/>
+      <c r="G62" s="89"/>
+      <c r="H62" s="89"/>
+      <c r="I62" s="89"/>
+      <c r="J62" s="89"/>
+      <c r="K62" s="89"/>
+      <c r="L62" s="89"/>
+      <c r="M62" s="89"/>
+      <c r="N62" s="89"/>
+      <c r="O62" s="89"/>
+      <c r="P62" s="89"/>
+      <c r="Q62" s="89"/>
+      <c r="R62" s="89"/>
+      <c r="S62" s="89"/>
+      <c r="T62" s="89"/>
+      <c r="U62" s="89"/>
+      <c r="V62" s="89"/>
+      <c r="W62" s="89"/>
+      <c r="X62" s="89"/>
+      <c r="Y62" s="89"/>
+      <c r="Z62" s="89"/>
+      <c r="AA62" s="89"/>
+      <c r="AB62" s="89"/>
+      <c r="AC62" s="89"/>
+      <c r="AD62" s="89"/>
+      <c r="AE62" s="89"/>
+      <c r="AF62" s="89"/>
+      <c r="AG62" s="89"/>
+      <c r="AH62" s="89"/>
+      <c r="AI62" s="89"/>
+      <c r="AJ62" s="89"/>
+      <c r="AK62" s="89"/>
       <c r="AL62" s="26"/>
       <c r="AM62" s="26"/>
       <c r="AN62" s="26"/>
       <c r="AO62" s="26"/>
       <c r="AP62" s="30"/>
       <c r="AQ62" s="26"/>
       <c r="AR62" s="26"/>
       <c r="AS62" s="26"/>
       <c r="AW62" s="16"/>
       <c r="AX62" s="16"/>
       <c r="AY62" s="16"/>
     </row>
     <row r="63" spans="1:51" ht="6.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="12"/>
       <c r="B63" s="13"/>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="13"/>
       <c r="F63" s="13"/>
       <c r="G63" s="13"/>
       <c r="H63" s="13"/>
       <c r="I63" s="13"/>
       <c r="J63" s="13"/>
       <c r="K63" s="13"/>
       <c r="L63" s="13"/>
@@ -6329,2392 +6396,2392 @@
       <c r="X63" s="13"/>
       <c r="Y63" s="13"/>
       <c r="Z63" s="13"/>
       <c r="AA63" s="13"/>
       <c r="AB63" s="13"/>
       <c r="AC63" s="13"/>
       <c r="AD63" s="13"/>
       <c r="AE63" s="13"/>
       <c r="AF63" s="13"/>
       <c r="AG63" s="13"/>
       <c r="AH63" s="13"/>
       <c r="AI63" s="13"/>
       <c r="AJ63" s="13"/>
       <c r="AK63" s="13"/>
       <c r="AL63" s="12"/>
       <c r="AM63" s="12"/>
       <c r="AN63" s="12"/>
       <c r="AO63" s="12"/>
       <c r="AP63" s="31"/>
       <c r="AQ63" s="12"/>
       <c r="AR63" s="14"/>
       <c r="AS63" s="14"/>
     </row>
     <row r="64" spans="1:51" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B64" s="39" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C64" s="92" t="s">
+        <v>25</v>
+      </c>
+      <c r="C64" s="90" t="s">
         <v>4</v>
       </c>
-      <c r="D64" s="93"/>
-[...5 lines deleted...]
-      <c r="J64" s="95" t="s">
+      <c r="D64" s="91"/>
+      <c r="E64" s="91"/>
+      <c r="F64" s="91"/>
+      <c r="G64" s="91"/>
+      <c r="H64" s="91"/>
+      <c r="I64" s="92"/>
+      <c r="J64" s="93" t="s">
         <v>3</v>
       </c>
-      <c r="K64" s="93"/>
-[...5 lines deleted...]
-      <c r="Q64" s="75" t="s">
+      <c r="K64" s="91"/>
+      <c r="L64" s="91"/>
+      <c r="M64" s="91"/>
+      <c r="N64" s="91"/>
+      <c r="O64" s="91"/>
+      <c r="P64" s="94"/>
+      <c r="Q64" s="73" t="s">
         <v>0</v>
       </c>
-      <c r="R64" s="75"/>
-[...19 lines deleted...]
-      <c r="AJ64" s="76"/>
+      <c r="R64" s="73"/>
+      <c r="S64" s="73"/>
+      <c r="T64" s="73"/>
+      <c r="U64" s="73"/>
+      <c r="V64" s="73"/>
+      <c r="W64" s="73"/>
+      <c r="X64" s="73"/>
+      <c r="Y64" s="73"/>
+      <c r="Z64" s="73"/>
+      <c r="AA64" s="73"/>
+      <c r="AB64" s="73"/>
+      <c r="AC64" s="73"/>
+      <c r="AD64" s="73"/>
+      <c r="AE64" s="74" t="s">
+        <v>24</v>
+      </c>
+      <c r="AF64" s="74"/>
+      <c r="AG64" s="74"/>
+      <c r="AH64" s="74"/>
+      <c r="AI64" s="74"/>
+      <c r="AJ64" s="74"/>
       <c r="AM64" s="8"/>
       <c r="AW64" s="1"/>
       <c r="AX64" s="1"/>
       <c r="AY64" s="1"/>
     </row>
     <row r="65" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B65" s="40" t="s">
-        <v>28</v>
-[...34 lines deleted...]
-      <c r="AJ65" s="79"/>
+        <v>26</v>
+      </c>
+      <c r="C65" s="99"/>
+      <c r="D65" s="100"/>
+      <c r="E65" s="100"/>
+      <c r="F65" s="100"/>
+      <c r="G65" s="100"/>
+      <c r="H65" s="100"/>
+      <c r="I65" s="101"/>
+      <c r="J65" s="102"/>
+      <c r="K65" s="100"/>
+      <c r="L65" s="100"/>
+      <c r="M65" s="100"/>
+      <c r="N65" s="100"/>
+      <c r="O65" s="100"/>
+      <c r="P65" s="103"/>
+      <c r="Q65" s="75"/>
+      <c r="R65" s="75"/>
+      <c r="S65" s="75"/>
+      <c r="T65" s="75"/>
+      <c r="U65" s="75"/>
+      <c r="V65" s="75"/>
+      <c r="W65" s="75"/>
+      <c r="X65" s="75"/>
+      <c r="Y65" s="75"/>
+      <c r="Z65" s="75"/>
+      <c r="AA65" s="75"/>
+      <c r="AB65" s="75"/>
+      <c r="AC65" s="75"/>
+      <c r="AD65" s="75"/>
+      <c r="AE65" s="76"/>
+      <c r="AF65" s="77"/>
+      <c r="AG65" s="77"/>
+      <c r="AH65" s="77"/>
+      <c r="AI65" s="77"/>
+      <c r="AJ65" s="77"/>
       <c r="AM65" s="8"/>
       <c r="AW65" s="1"/>
       <c r="AX65" s="1"/>
       <c r="AY65" s="1"/>
     </row>
     <row r="66" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B66" s="40" t="s">
-        <v>29</v>
-[...34 lines deleted...]
-      <c r="AJ66" s="79"/>
+        <v>27</v>
+      </c>
+      <c r="C66" s="99"/>
+      <c r="D66" s="100"/>
+      <c r="E66" s="100"/>
+      <c r="F66" s="100"/>
+      <c r="G66" s="100"/>
+      <c r="H66" s="100"/>
+      <c r="I66" s="101"/>
+      <c r="J66" s="102"/>
+      <c r="K66" s="100"/>
+      <c r="L66" s="100"/>
+      <c r="M66" s="100"/>
+      <c r="N66" s="100"/>
+      <c r="O66" s="100"/>
+      <c r="P66" s="103"/>
+      <c r="Q66" s="75"/>
+      <c r="R66" s="75"/>
+      <c r="S66" s="75"/>
+      <c r="T66" s="75"/>
+      <c r="U66" s="75"/>
+      <c r="V66" s="75"/>
+      <c r="W66" s="75"/>
+      <c r="X66" s="75"/>
+      <c r="Y66" s="75"/>
+      <c r="Z66" s="75"/>
+      <c r="AA66" s="75"/>
+      <c r="AB66" s="75"/>
+      <c r="AC66" s="75"/>
+      <c r="AD66" s="75"/>
+      <c r="AE66" s="76"/>
+      <c r="AF66" s="77"/>
+      <c r="AG66" s="77"/>
+      <c r="AH66" s="77"/>
+      <c r="AI66" s="77"/>
+      <c r="AJ66" s="77"/>
       <c r="AM66" s="8"/>
       <c r="AW66" s="1"/>
       <c r="AX66" s="1"/>
       <c r="AY66" s="1"/>
     </row>
     <row r="67" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B67" s="40" t="s">
-        <v>30</v>
-[...34 lines deleted...]
-      <c r="AJ67" s="79"/>
+        <v>28</v>
+      </c>
+      <c r="C67" s="99"/>
+      <c r="D67" s="100"/>
+      <c r="E67" s="100"/>
+      <c r="F67" s="100"/>
+      <c r="G67" s="100"/>
+      <c r="H67" s="100"/>
+      <c r="I67" s="101"/>
+      <c r="J67" s="102"/>
+      <c r="K67" s="100"/>
+      <c r="L67" s="100"/>
+      <c r="M67" s="100"/>
+      <c r="N67" s="100"/>
+      <c r="O67" s="100"/>
+      <c r="P67" s="103"/>
+      <c r="Q67" s="75"/>
+      <c r="R67" s="75"/>
+      <c r="S67" s="75"/>
+      <c r="T67" s="75"/>
+      <c r="U67" s="75"/>
+      <c r="V67" s="75"/>
+      <c r="W67" s="75"/>
+      <c r="X67" s="75"/>
+      <c r="Y67" s="75"/>
+      <c r="Z67" s="75"/>
+      <c r="AA67" s="75"/>
+      <c r="AB67" s="75"/>
+      <c r="AC67" s="75"/>
+      <c r="AD67" s="75"/>
+      <c r="AE67" s="76"/>
+      <c r="AF67" s="77"/>
+      <c r="AG67" s="77"/>
+      <c r="AH67" s="77"/>
+      <c r="AI67" s="77"/>
+      <c r="AJ67" s="77"/>
       <c r="AM67" s="8"/>
       <c r="AW67" s="1"/>
       <c r="AX67" s="1"/>
       <c r="AY67" s="1"/>
     </row>
     <row r="68" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B68" s="40" t="s">
-        <v>31</v>
-[...34 lines deleted...]
-      <c r="AJ68" s="79"/>
+        <v>29</v>
+      </c>
+      <c r="C68" s="99"/>
+      <c r="D68" s="100"/>
+      <c r="E68" s="100"/>
+      <c r="F68" s="100"/>
+      <c r="G68" s="100"/>
+      <c r="H68" s="100"/>
+      <c r="I68" s="101"/>
+      <c r="J68" s="102"/>
+      <c r="K68" s="100"/>
+      <c r="L68" s="100"/>
+      <c r="M68" s="100"/>
+      <c r="N68" s="100"/>
+      <c r="O68" s="100"/>
+      <c r="P68" s="103"/>
+      <c r="Q68" s="75"/>
+      <c r="R68" s="75"/>
+      <c r="S68" s="75"/>
+      <c r="T68" s="75"/>
+      <c r="U68" s="75"/>
+      <c r="V68" s="75"/>
+      <c r="W68" s="75"/>
+      <c r="X68" s="75"/>
+      <c r="Y68" s="75"/>
+      <c r="Z68" s="75"/>
+      <c r="AA68" s="75"/>
+      <c r="AB68" s="75"/>
+      <c r="AC68" s="75"/>
+      <c r="AD68" s="75"/>
+      <c r="AE68" s="76"/>
+      <c r="AF68" s="77"/>
+      <c r="AG68" s="77"/>
+      <c r="AH68" s="77"/>
+      <c r="AI68" s="77"/>
+      <c r="AJ68" s="77"/>
       <c r="AM68" s="8"/>
       <c r="AW68" s="1"/>
       <c r="AX68" s="1"/>
       <c r="AY68" s="1"/>
     </row>
     <row r="69" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B69" s="40" t="s">
-        <v>32</v>
-[...34 lines deleted...]
-      <c r="AJ69" s="79"/>
+        <v>30</v>
+      </c>
+      <c r="C69" s="99"/>
+      <c r="D69" s="100"/>
+      <c r="E69" s="100"/>
+      <c r="F69" s="100"/>
+      <c r="G69" s="100"/>
+      <c r="H69" s="100"/>
+      <c r="I69" s="101"/>
+      <c r="J69" s="102"/>
+      <c r="K69" s="100"/>
+      <c r="L69" s="100"/>
+      <c r="M69" s="100"/>
+      <c r="N69" s="100"/>
+      <c r="O69" s="100"/>
+      <c r="P69" s="103"/>
+      <c r="Q69" s="75"/>
+      <c r="R69" s="75"/>
+      <c r="S69" s="75"/>
+      <c r="T69" s="75"/>
+      <c r="U69" s="75"/>
+      <c r="V69" s="75"/>
+      <c r="W69" s="75"/>
+      <c r="X69" s="75"/>
+      <c r="Y69" s="75"/>
+      <c r="Z69" s="75"/>
+      <c r="AA69" s="75"/>
+      <c r="AB69" s="75"/>
+      <c r="AC69" s="75"/>
+      <c r="AD69" s="75"/>
+      <c r="AE69" s="76"/>
+      <c r="AF69" s="77"/>
+      <c r="AG69" s="77"/>
+      <c r="AH69" s="77"/>
+      <c r="AI69" s="77"/>
+      <c r="AJ69" s="77"/>
       <c r="AM69" s="8"/>
       <c r="AW69" s="1"/>
       <c r="AX69" s="1"/>
       <c r="AY69" s="1"/>
     </row>
     <row r="70" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B70" s="40" t="s">
-        <v>33</v>
-[...34 lines deleted...]
-      <c r="AJ70" s="79"/>
+        <v>31</v>
+      </c>
+      <c r="C70" s="99"/>
+      <c r="D70" s="100"/>
+      <c r="E70" s="100"/>
+      <c r="F70" s="100"/>
+      <c r="G70" s="100"/>
+      <c r="H70" s="100"/>
+      <c r="I70" s="101"/>
+      <c r="J70" s="102"/>
+      <c r="K70" s="100"/>
+      <c r="L70" s="100"/>
+      <c r="M70" s="100"/>
+      <c r="N70" s="100"/>
+      <c r="O70" s="100"/>
+      <c r="P70" s="103"/>
+      <c r="Q70" s="75"/>
+      <c r="R70" s="75"/>
+      <c r="S70" s="75"/>
+      <c r="T70" s="75"/>
+      <c r="U70" s="75"/>
+      <c r="V70" s="75"/>
+      <c r="W70" s="75"/>
+      <c r="X70" s="75"/>
+      <c r="Y70" s="75"/>
+      <c r="Z70" s="75"/>
+      <c r="AA70" s="75"/>
+      <c r="AB70" s="75"/>
+      <c r="AC70" s="75"/>
+      <c r="AD70" s="75"/>
+      <c r="AE70" s="76"/>
+      <c r="AF70" s="77"/>
+      <c r="AG70" s="77"/>
+      <c r="AH70" s="77"/>
+      <c r="AI70" s="77"/>
+      <c r="AJ70" s="77"/>
       <c r="AM70" s="8"/>
       <c r="AW70" s="1"/>
       <c r="AX70" s="1"/>
       <c r="AY70" s="1"/>
     </row>
     <row r="71" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B71" s="40" t="s">
-        <v>34</v>
-[...34 lines deleted...]
-      <c r="AJ71" s="79"/>
+        <v>32</v>
+      </c>
+      <c r="C71" s="99"/>
+      <c r="D71" s="100"/>
+      <c r="E71" s="100"/>
+      <c r="F71" s="100"/>
+      <c r="G71" s="100"/>
+      <c r="H71" s="100"/>
+      <c r="I71" s="101"/>
+      <c r="J71" s="102"/>
+      <c r="K71" s="100"/>
+      <c r="L71" s="100"/>
+      <c r="M71" s="100"/>
+      <c r="N71" s="100"/>
+      <c r="O71" s="100"/>
+      <c r="P71" s="103"/>
+      <c r="Q71" s="75"/>
+      <c r="R71" s="75"/>
+      <c r="S71" s="75"/>
+      <c r="T71" s="75"/>
+      <c r="U71" s="75"/>
+      <c r="V71" s="75"/>
+      <c r="W71" s="75"/>
+      <c r="X71" s="75"/>
+      <c r="Y71" s="75"/>
+      <c r="Z71" s="75"/>
+      <c r="AA71" s="75"/>
+      <c r="AB71" s="75"/>
+      <c r="AC71" s="75"/>
+      <c r="AD71" s="75"/>
+      <c r="AE71" s="76"/>
+      <c r="AF71" s="77"/>
+      <c r="AG71" s="77"/>
+      <c r="AH71" s="77"/>
+      <c r="AI71" s="77"/>
+      <c r="AJ71" s="77"/>
       <c r="AM71" s="8"/>
       <c r="AW71" s="1"/>
       <c r="AX71" s="1"/>
       <c r="AY71" s="1"/>
     </row>
     <row r="72" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B72" s="40" t="s">
-        <v>35</v>
-[...34 lines deleted...]
-      <c r="AJ72" s="79"/>
+        <v>33</v>
+      </c>
+      <c r="C72" s="99"/>
+      <c r="D72" s="100"/>
+      <c r="E72" s="100"/>
+      <c r="F72" s="100"/>
+      <c r="G72" s="100"/>
+      <c r="H72" s="100"/>
+      <c r="I72" s="101"/>
+      <c r="J72" s="102"/>
+      <c r="K72" s="100"/>
+      <c r="L72" s="100"/>
+      <c r="M72" s="100"/>
+      <c r="N72" s="100"/>
+      <c r="O72" s="100"/>
+      <c r="P72" s="103"/>
+      <c r="Q72" s="75"/>
+      <c r="R72" s="75"/>
+      <c r="S72" s="75"/>
+      <c r="T72" s="75"/>
+      <c r="U72" s="75"/>
+      <c r="V72" s="75"/>
+      <c r="W72" s="75"/>
+      <c r="X72" s="75"/>
+      <c r="Y72" s="75"/>
+      <c r="Z72" s="75"/>
+      <c r="AA72" s="75"/>
+      <c r="AB72" s="75"/>
+      <c r="AC72" s="75"/>
+      <c r="AD72" s="75"/>
+      <c r="AE72" s="76"/>
+      <c r="AF72" s="77"/>
+      <c r="AG72" s="77"/>
+      <c r="AH72" s="77"/>
+      <c r="AI72" s="77"/>
+      <c r="AJ72" s="77"/>
       <c r="AM72" s="8"/>
       <c r="AW72" s="1"/>
       <c r="AX72" s="1"/>
       <c r="AY72" s="1"/>
     </row>
     <row r="73" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B73" s="40" t="s">
-        <v>36</v>
-[...34 lines deleted...]
-      <c r="AJ73" s="79"/>
+        <v>34</v>
+      </c>
+      <c r="C73" s="99"/>
+      <c r="D73" s="100"/>
+      <c r="E73" s="100"/>
+      <c r="F73" s="100"/>
+      <c r="G73" s="100"/>
+      <c r="H73" s="100"/>
+      <c r="I73" s="101"/>
+      <c r="J73" s="102"/>
+      <c r="K73" s="100"/>
+      <c r="L73" s="100"/>
+      <c r="M73" s="100"/>
+      <c r="N73" s="100"/>
+      <c r="O73" s="100"/>
+      <c r="P73" s="103"/>
+      <c r="Q73" s="75"/>
+      <c r="R73" s="75"/>
+      <c r="S73" s="75"/>
+      <c r="T73" s="75"/>
+      <c r="U73" s="75"/>
+      <c r="V73" s="75"/>
+      <c r="W73" s="75"/>
+      <c r="X73" s="75"/>
+      <c r="Y73" s="75"/>
+      <c r="Z73" s="75"/>
+      <c r="AA73" s="75"/>
+      <c r="AB73" s="75"/>
+      <c r="AC73" s="75"/>
+      <c r="AD73" s="75"/>
+      <c r="AE73" s="76"/>
+      <c r="AF73" s="77"/>
+      <c r="AG73" s="77"/>
+      <c r="AH73" s="77"/>
+      <c r="AI73" s="77"/>
+      <c r="AJ73" s="77"/>
       <c r="AM73" s="8"/>
       <c r="AW73" s="1"/>
       <c r="AX73" s="1"/>
       <c r="AY73" s="1"/>
     </row>
     <row r="74" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B74" s="40" t="s">
-        <v>37</v>
-[...34 lines deleted...]
-      <c r="AJ74" s="79"/>
+        <v>35</v>
+      </c>
+      <c r="C74" s="99"/>
+      <c r="D74" s="100"/>
+      <c r="E74" s="100"/>
+      <c r="F74" s="100"/>
+      <c r="G74" s="100"/>
+      <c r="H74" s="100"/>
+      <c r="I74" s="101"/>
+      <c r="J74" s="102"/>
+      <c r="K74" s="100"/>
+      <c r="L74" s="100"/>
+      <c r="M74" s="100"/>
+      <c r="N74" s="100"/>
+      <c r="O74" s="100"/>
+      <c r="P74" s="103"/>
+      <c r="Q74" s="75"/>
+      <c r="R74" s="75"/>
+      <c r="S74" s="75"/>
+      <c r="T74" s="75"/>
+      <c r="U74" s="75"/>
+      <c r="V74" s="75"/>
+      <c r="W74" s="75"/>
+      <c r="X74" s="75"/>
+      <c r="Y74" s="75"/>
+      <c r="Z74" s="75"/>
+      <c r="AA74" s="75"/>
+      <c r="AB74" s="75"/>
+      <c r="AC74" s="75"/>
+      <c r="AD74" s="75"/>
+      <c r="AE74" s="76"/>
+      <c r="AF74" s="77"/>
+      <c r="AG74" s="77"/>
+      <c r="AH74" s="77"/>
+      <c r="AI74" s="77"/>
+      <c r="AJ74" s="77"/>
       <c r="AM74" s="8"/>
       <c r="AW74" s="1"/>
       <c r="AX74" s="1"/>
       <c r="AY74" s="1"/>
     </row>
     <row r="75" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B75" s="40" t="s">
-        <v>38</v>
-[...34 lines deleted...]
-      <c r="AJ75" s="79"/>
+        <v>36</v>
+      </c>
+      <c r="C75" s="99"/>
+      <c r="D75" s="100"/>
+      <c r="E75" s="100"/>
+      <c r="F75" s="100"/>
+      <c r="G75" s="100"/>
+      <c r="H75" s="100"/>
+      <c r="I75" s="101"/>
+      <c r="J75" s="102"/>
+      <c r="K75" s="100"/>
+      <c r="L75" s="100"/>
+      <c r="M75" s="100"/>
+      <c r="N75" s="100"/>
+      <c r="O75" s="100"/>
+      <c r="P75" s="103"/>
+      <c r="Q75" s="75"/>
+      <c r="R75" s="75"/>
+      <c r="S75" s="75"/>
+      <c r="T75" s="75"/>
+      <c r="U75" s="75"/>
+      <c r="V75" s="75"/>
+      <c r="W75" s="75"/>
+      <c r="X75" s="75"/>
+      <c r="Y75" s="75"/>
+      <c r="Z75" s="75"/>
+      <c r="AA75" s="75"/>
+      <c r="AB75" s="75"/>
+      <c r="AC75" s="75"/>
+      <c r="AD75" s="75"/>
+      <c r="AE75" s="76"/>
+      <c r="AF75" s="77"/>
+      <c r="AG75" s="77"/>
+      <c r="AH75" s="77"/>
+      <c r="AI75" s="77"/>
+      <c r="AJ75" s="77"/>
       <c r="AM75" s="8"/>
       <c r="AW75" s="1"/>
       <c r="AX75" s="1"/>
       <c r="AY75" s="1"/>
     </row>
     <row r="76" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B76" s="40" t="s">
-        <v>39</v>
-[...34 lines deleted...]
-      <c r="AJ76" s="79"/>
+        <v>37</v>
+      </c>
+      <c r="C76" s="99"/>
+      <c r="D76" s="100"/>
+      <c r="E76" s="100"/>
+      <c r="F76" s="100"/>
+      <c r="G76" s="100"/>
+      <c r="H76" s="100"/>
+      <c r="I76" s="101"/>
+      <c r="J76" s="102"/>
+      <c r="K76" s="100"/>
+      <c r="L76" s="100"/>
+      <c r="M76" s="100"/>
+      <c r="N76" s="100"/>
+      <c r="O76" s="100"/>
+      <c r="P76" s="103"/>
+      <c r="Q76" s="75"/>
+      <c r="R76" s="75"/>
+      <c r="S76" s="75"/>
+      <c r="T76" s="75"/>
+      <c r="U76" s="75"/>
+      <c r="V76" s="75"/>
+      <c r="W76" s="75"/>
+      <c r="X76" s="75"/>
+      <c r="Y76" s="75"/>
+      <c r="Z76" s="75"/>
+      <c r="AA76" s="75"/>
+      <c r="AB76" s="75"/>
+      <c r="AC76" s="75"/>
+      <c r="AD76" s="75"/>
+      <c r="AE76" s="76"/>
+      <c r="AF76" s="77"/>
+      <c r="AG76" s="77"/>
+      <c r="AH76" s="77"/>
+      <c r="AI76" s="77"/>
+      <c r="AJ76" s="77"/>
       <c r="AM76" s="8"/>
       <c r="AW76" s="1"/>
       <c r="AX76" s="1"/>
       <c r="AY76" s="1"/>
     </row>
     <row r="77" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B77" s="40" t="s">
-        <v>40</v>
-[...34 lines deleted...]
-      <c r="AJ77" s="79"/>
+        <v>38</v>
+      </c>
+      <c r="C77" s="99"/>
+      <c r="D77" s="100"/>
+      <c r="E77" s="100"/>
+      <c r="F77" s="100"/>
+      <c r="G77" s="100"/>
+      <c r="H77" s="100"/>
+      <c r="I77" s="101"/>
+      <c r="J77" s="102"/>
+      <c r="K77" s="100"/>
+      <c r="L77" s="100"/>
+      <c r="M77" s="100"/>
+      <c r="N77" s="100"/>
+      <c r="O77" s="100"/>
+      <c r="P77" s="103"/>
+      <c r="Q77" s="75"/>
+      <c r="R77" s="75"/>
+      <c r="S77" s="75"/>
+      <c r="T77" s="75"/>
+      <c r="U77" s="75"/>
+      <c r="V77" s="75"/>
+      <c r="W77" s="75"/>
+      <c r="X77" s="75"/>
+      <c r="Y77" s="75"/>
+      <c r="Z77" s="75"/>
+      <c r="AA77" s="75"/>
+      <c r="AB77" s="75"/>
+      <c r="AC77" s="75"/>
+      <c r="AD77" s="75"/>
+      <c r="AE77" s="76"/>
+      <c r="AF77" s="77"/>
+      <c r="AG77" s="77"/>
+      <c r="AH77" s="77"/>
+      <c r="AI77" s="77"/>
+      <c r="AJ77" s="77"/>
       <c r="AM77" s="8"/>
       <c r="AW77" s="1"/>
       <c r="AX77" s="1"/>
       <c r="AY77" s="1"/>
     </row>
     <row r="78" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B78" s="40" t="s">
-        <v>41</v>
-[...34 lines deleted...]
-      <c r="AJ78" s="79"/>
+        <v>39</v>
+      </c>
+      <c r="C78" s="99"/>
+      <c r="D78" s="100"/>
+      <c r="E78" s="100"/>
+      <c r="F78" s="100"/>
+      <c r="G78" s="100"/>
+      <c r="H78" s="100"/>
+      <c r="I78" s="101"/>
+      <c r="J78" s="102"/>
+      <c r="K78" s="100"/>
+      <c r="L78" s="100"/>
+      <c r="M78" s="100"/>
+      <c r="N78" s="100"/>
+      <c r="O78" s="100"/>
+      <c r="P78" s="103"/>
+      <c r="Q78" s="75"/>
+      <c r="R78" s="75"/>
+      <c r="S78" s="75"/>
+      <c r="T78" s="75"/>
+      <c r="U78" s="75"/>
+      <c r="V78" s="75"/>
+      <c r="W78" s="75"/>
+      <c r="X78" s="75"/>
+      <c r="Y78" s="75"/>
+      <c r="Z78" s="75"/>
+      <c r="AA78" s="75"/>
+      <c r="AB78" s="75"/>
+      <c r="AC78" s="75"/>
+      <c r="AD78" s="75"/>
+      <c r="AE78" s="76"/>
+      <c r="AF78" s="77"/>
+      <c r="AG78" s="77"/>
+      <c r="AH78" s="77"/>
+      <c r="AI78" s="77"/>
+      <c r="AJ78" s="77"/>
       <c r="AM78" s="8"/>
       <c r="AW78" s="1"/>
       <c r="AX78" s="1"/>
       <c r="AY78" s="1"/>
     </row>
     <row r="79" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B79" s="40" t="s">
-        <v>42</v>
-[...34 lines deleted...]
-      <c r="AJ79" s="79"/>
+        <v>40</v>
+      </c>
+      <c r="C79" s="99"/>
+      <c r="D79" s="100"/>
+      <c r="E79" s="100"/>
+      <c r="F79" s="100"/>
+      <c r="G79" s="100"/>
+      <c r="H79" s="100"/>
+      <c r="I79" s="101"/>
+      <c r="J79" s="102"/>
+      <c r="K79" s="100"/>
+      <c r="L79" s="100"/>
+      <c r="M79" s="100"/>
+      <c r="N79" s="100"/>
+      <c r="O79" s="100"/>
+      <c r="P79" s="103"/>
+      <c r="Q79" s="75"/>
+      <c r="R79" s="75"/>
+      <c r="S79" s="75"/>
+      <c r="T79" s="75"/>
+      <c r="U79" s="75"/>
+      <c r="V79" s="75"/>
+      <c r="W79" s="75"/>
+      <c r="X79" s="75"/>
+      <c r="Y79" s="75"/>
+      <c r="Z79" s="75"/>
+      <c r="AA79" s="75"/>
+      <c r="AB79" s="75"/>
+      <c r="AC79" s="75"/>
+      <c r="AD79" s="75"/>
+      <c r="AE79" s="76"/>
+      <c r="AF79" s="77"/>
+      <c r="AG79" s="77"/>
+      <c r="AH79" s="77"/>
+      <c r="AI79" s="77"/>
+      <c r="AJ79" s="77"/>
       <c r="AM79" s="8"/>
       <c r="AW79" s="1"/>
       <c r="AX79" s="1"/>
       <c r="AY79" s="1"/>
     </row>
     <row r="80" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B80" s="40" t="s">
-        <v>43</v>
-[...34 lines deleted...]
-      <c r="AJ80" s="79"/>
+        <v>41</v>
+      </c>
+      <c r="C80" s="99"/>
+      <c r="D80" s="100"/>
+      <c r="E80" s="100"/>
+      <c r="F80" s="100"/>
+      <c r="G80" s="100"/>
+      <c r="H80" s="100"/>
+      <c r="I80" s="101"/>
+      <c r="J80" s="102"/>
+      <c r="K80" s="100"/>
+      <c r="L80" s="100"/>
+      <c r="M80" s="100"/>
+      <c r="N80" s="100"/>
+      <c r="O80" s="100"/>
+      <c r="P80" s="103"/>
+      <c r="Q80" s="75"/>
+      <c r="R80" s="75"/>
+      <c r="S80" s="75"/>
+      <c r="T80" s="75"/>
+      <c r="U80" s="75"/>
+      <c r="V80" s="75"/>
+      <c r="W80" s="75"/>
+      <c r="X80" s="75"/>
+      <c r="Y80" s="75"/>
+      <c r="Z80" s="75"/>
+      <c r="AA80" s="75"/>
+      <c r="AB80" s="75"/>
+      <c r="AC80" s="75"/>
+      <c r="AD80" s="75"/>
+      <c r="AE80" s="76"/>
+      <c r="AF80" s="77"/>
+      <c r="AG80" s="77"/>
+      <c r="AH80" s="77"/>
+      <c r="AI80" s="77"/>
+      <c r="AJ80" s="77"/>
       <c r="AM80" s="8"/>
       <c r="AW80" s="1"/>
       <c r="AX80" s="1"/>
       <c r="AY80" s="1"/>
     </row>
     <row r="81" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B81" s="40" t="s">
-        <v>44</v>
-[...34 lines deleted...]
-      <c r="AJ81" s="79"/>
+        <v>42</v>
+      </c>
+      <c r="C81" s="99"/>
+      <c r="D81" s="100"/>
+      <c r="E81" s="100"/>
+      <c r="F81" s="100"/>
+      <c r="G81" s="100"/>
+      <c r="H81" s="100"/>
+      <c r="I81" s="101"/>
+      <c r="J81" s="102"/>
+      <c r="K81" s="100"/>
+      <c r="L81" s="100"/>
+      <c r="M81" s="100"/>
+      <c r="N81" s="100"/>
+      <c r="O81" s="100"/>
+      <c r="P81" s="103"/>
+      <c r="Q81" s="75"/>
+      <c r="R81" s="75"/>
+      <c r="S81" s="75"/>
+      <c r="T81" s="75"/>
+      <c r="U81" s="75"/>
+      <c r="V81" s="75"/>
+      <c r="W81" s="75"/>
+      <c r="X81" s="75"/>
+      <c r="Y81" s="75"/>
+      <c r="Z81" s="75"/>
+      <c r="AA81" s="75"/>
+      <c r="AB81" s="75"/>
+      <c r="AC81" s="75"/>
+      <c r="AD81" s="75"/>
+      <c r="AE81" s="76"/>
+      <c r="AF81" s="77"/>
+      <c r="AG81" s="77"/>
+      <c r="AH81" s="77"/>
+      <c r="AI81" s="77"/>
+      <c r="AJ81" s="77"/>
       <c r="AM81" s="8"/>
       <c r="AW81" s="1"/>
       <c r="AX81" s="1"/>
       <c r="AY81" s="1"/>
     </row>
     <row r="82" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B82" s="40" t="s">
-        <v>45</v>
-[...34 lines deleted...]
-      <c r="AJ82" s="79"/>
+        <v>43</v>
+      </c>
+      <c r="C82" s="99"/>
+      <c r="D82" s="100"/>
+      <c r="E82" s="100"/>
+      <c r="F82" s="100"/>
+      <c r="G82" s="100"/>
+      <c r="H82" s="100"/>
+      <c r="I82" s="101"/>
+      <c r="J82" s="102"/>
+      <c r="K82" s="100"/>
+      <c r="L82" s="100"/>
+      <c r="M82" s="100"/>
+      <c r="N82" s="100"/>
+      <c r="O82" s="100"/>
+      <c r="P82" s="103"/>
+      <c r="Q82" s="75"/>
+      <c r="R82" s="75"/>
+      <c r="S82" s="75"/>
+      <c r="T82" s="75"/>
+      <c r="U82" s="75"/>
+      <c r="V82" s="75"/>
+      <c r="W82" s="75"/>
+      <c r="X82" s="75"/>
+      <c r="Y82" s="75"/>
+      <c r="Z82" s="75"/>
+      <c r="AA82" s="75"/>
+      <c r="AB82" s="75"/>
+      <c r="AC82" s="75"/>
+      <c r="AD82" s="75"/>
+      <c r="AE82" s="76"/>
+      <c r="AF82" s="77"/>
+      <c r="AG82" s="77"/>
+      <c r="AH82" s="77"/>
+      <c r="AI82" s="77"/>
+      <c r="AJ82" s="77"/>
       <c r="AM82" s="8"/>
       <c r="AW82" s="1"/>
       <c r="AX82" s="1"/>
       <c r="AY82" s="1"/>
     </row>
     <row r="83" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B83" s="40" t="s">
-        <v>46</v>
-[...34 lines deleted...]
-      <c r="AJ83" s="79"/>
+        <v>44</v>
+      </c>
+      <c r="C83" s="99"/>
+      <c r="D83" s="100"/>
+      <c r="E83" s="100"/>
+      <c r="F83" s="100"/>
+      <c r="G83" s="100"/>
+      <c r="H83" s="100"/>
+      <c r="I83" s="101"/>
+      <c r="J83" s="102"/>
+      <c r="K83" s="100"/>
+      <c r="L83" s="100"/>
+      <c r="M83" s="100"/>
+      <c r="N83" s="100"/>
+      <c r="O83" s="100"/>
+      <c r="P83" s="103"/>
+      <c r="Q83" s="75"/>
+      <c r="R83" s="75"/>
+      <c r="S83" s="75"/>
+      <c r="T83" s="75"/>
+      <c r="U83" s="75"/>
+      <c r="V83" s="75"/>
+      <c r="W83" s="75"/>
+      <c r="X83" s="75"/>
+      <c r="Y83" s="75"/>
+      <c r="Z83" s="75"/>
+      <c r="AA83" s="75"/>
+      <c r="AB83" s="75"/>
+      <c r="AC83" s="75"/>
+      <c r="AD83" s="75"/>
+      <c r="AE83" s="76"/>
+      <c r="AF83" s="77"/>
+      <c r="AG83" s="77"/>
+      <c r="AH83" s="77"/>
+      <c r="AI83" s="77"/>
+      <c r="AJ83" s="77"/>
       <c r="AM83" s="8"/>
       <c r="AW83" s="1"/>
       <c r="AX83" s="1"/>
       <c r="AY83" s="1"/>
     </row>
     <row r="84" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B84" s="40" t="s">
-        <v>47</v>
-[...34 lines deleted...]
-      <c r="AJ84" s="79"/>
+        <v>45</v>
+      </c>
+      <c r="C84" s="99"/>
+      <c r="D84" s="100"/>
+      <c r="E84" s="100"/>
+      <c r="F84" s="100"/>
+      <c r="G84" s="100"/>
+      <c r="H84" s="100"/>
+      <c r="I84" s="101"/>
+      <c r="J84" s="102"/>
+      <c r="K84" s="100"/>
+      <c r="L84" s="100"/>
+      <c r="M84" s="100"/>
+      <c r="N84" s="100"/>
+      <c r="O84" s="100"/>
+      <c r="P84" s="103"/>
+      <c r="Q84" s="75"/>
+      <c r="R84" s="75"/>
+      <c r="S84" s="75"/>
+      <c r="T84" s="75"/>
+      <c r="U84" s="75"/>
+      <c r="V84" s="75"/>
+      <c r="W84" s="75"/>
+      <c r="X84" s="75"/>
+      <c r="Y84" s="75"/>
+      <c r="Z84" s="75"/>
+      <c r="AA84" s="75"/>
+      <c r="AB84" s="75"/>
+      <c r="AC84" s="75"/>
+      <c r="AD84" s="75"/>
+      <c r="AE84" s="76"/>
+      <c r="AF84" s="77"/>
+      <c r="AG84" s="77"/>
+      <c r="AH84" s="77"/>
+      <c r="AI84" s="77"/>
+      <c r="AJ84" s="77"/>
       <c r="AM84" s="8"/>
       <c r="AW84" s="1"/>
       <c r="AX84" s="1"/>
       <c r="AY84" s="1"/>
     </row>
     <row r="85" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B85" s="40" t="s">
-        <v>48</v>
-[...34 lines deleted...]
-      <c r="AJ85" s="79"/>
+        <v>46</v>
+      </c>
+      <c r="C85" s="99"/>
+      <c r="D85" s="100"/>
+      <c r="E85" s="100"/>
+      <c r="F85" s="100"/>
+      <c r="G85" s="100"/>
+      <c r="H85" s="100"/>
+      <c r="I85" s="101"/>
+      <c r="J85" s="102"/>
+      <c r="K85" s="100"/>
+      <c r="L85" s="100"/>
+      <c r="M85" s="100"/>
+      <c r="N85" s="100"/>
+      <c r="O85" s="100"/>
+      <c r="P85" s="103"/>
+      <c r="Q85" s="75"/>
+      <c r="R85" s="75"/>
+      <c r="S85" s="75"/>
+      <c r="T85" s="75"/>
+      <c r="U85" s="75"/>
+      <c r="V85" s="75"/>
+      <c r="W85" s="75"/>
+      <c r="X85" s="75"/>
+      <c r="Y85" s="75"/>
+      <c r="Z85" s="75"/>
+      <c r="AA85" s="75"/>
+      <c r="AB85" s="75"/>
+      <c r="AC85" s="75"/>
+      <c r="AD85" s="75"/>
+      <c r="AE85" s="76"/>
+      <c r="AF85" s="77"/>
+      <c r="AG85" s="77"/>
+      <c r="AH85" s="77"/>
+      <c r="AI85" s="77"/>
+      <c r="AJ85" s="77"/>
       <c r="AM85" s="8"/>
       <c r="AW85" s="1"/>
       <c r="AX85" s="1"/>
       <c r="AY85" s="1"/>
     </row>
     <row r="86" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B86" s="40" t="s">
-        <v>49</v>
-[...34 lines deleted...]
-      <c r="AJ86" s="79"/>
+        <v>47</v>
+      </c>
+      <c r="C86" s="99"/>
+      <c r="D86" s="100"/>
+      <c r="E86" s="100"/>
+      <c r="F86" s="100"/>
+      <c r="G86" s="100"/>
+      <c r="H86" s="100"/>
+      <c r="I86" s="101"/>
+      <c r="J86" s="102"/>
+      <c r="K86" s="100"/>
+      <c r="L86" s="100"/>
+      <c r="M86" s="100"/>
+      <c r="N86" s="100"/>
+      <c r="O86" s="100"/>
+      <c r="P86" s="103"/>
+      <c r="Q86" s="75"/>
+      <c r="R86" s="75"/>
+      <c r="S86" s="75"/>
+      <c r="T86" s="75"/>
+      <c r="U86" s="75"/>
+      <c r="V86" s="75"/>
+      <c r="W86" s="75"/>
+      <c r="X86" s="75"/>
+      <c r="Y86" s="75"/>
+      <c r="Z86" s="75"/>
+      <c r="AA86" s="75"/>
+      <c r="AB86" s="75"/>
+      <c r="AC86" s="75"/>
+      <c r="AD86" s="75"/>
+      <c r="AE86" s="76"/>
+      <c r="AF86" s="77"/>
+      <c r="AG86" s="77"/>
+      <c r="AH86" s="77"/>
+      <c r="AI86" s="77"/>
+      <c r="AJ86" s="77"/>
       <c r="AM86" s="8"/>
       <c r="AW86" s="1"/>
       <c r="AX86" s="1"/>
       <c r="AY86" s="1"/>
     </row>
     <row r="87" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B87" s="40" t="s">
-        <v>50</v>
-[...34 lines deleted...]
-      <c r="AJ87" s="79"/>
+        <v>48</v>
+      </c>
+      <c r="C87" s="99"/>
+      <c r="D87" s="100"/>
+      <c r="E87" s="100"/>
+      <c r="F87" s="100"/>
+      <c r="G87" s="100"/>
+      <c r="H87" s="100"/>
+      <c r="I87" s="101"/>
+      <c r="J87" s="102"/>
+      <c r="K87" s="100"/>
+      <c r="L87" s="100"/>
+      <c r="M87" s="100"/>
+      <c r="N87" s="100"/>
+      <c r="O87" s="100"/>
+      <c r="P87" s="103"/>
+      <c r="Q87" s="75"/>
+      <c r="R87" s="75"/>
+      <c r="S87" s="75"/>
+      <c r="T87" s="75"/>
+      <c r="U87" s="75"/>
+      <c r="V87" s="75"/>
+      <c r="W87" s="75"/>
+      <c r="X87" s="75"/>
+      <c r="Y87" s="75"/>
+      <c r="Z87" s="75"/>
+      <c r="AA87" s="75"/>
+      <c r="AB87" s="75"/>
+      <c r="AC87" s="75"/>
+      <c r="AD87" s="75"/>
+      <c r="AE87" s="76"/>
+      <c r="AF87" s="77"/>
+      <c r="AG87" s="77"/>
+      <c r="AH87" s="77"/>
+      <c r="AI87" s="77"/>
+      <c r="AJ87" s="77"/>
       <c r="AM87" s="8"/>
       <c r="AW87" s="1"/>
       <c r="AX87" s="1"/>
       <c r="AY87" s="1"/>
     </row>
     <row r="88" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B88" s="40" t="s">
-        <v>51</v>
-[...34 lines deleted...]
-      <c r="AJ88" s="79"/>
+        <v>49</v>
+      </c>
+      <c r="C88" s="99"/>
+      <c r="D88" s="100"/>
+      <c r="E88" s="100"/>
+      <c r="F88" s="100"/>
+      <c r="G88" s="100"/>
+      <c r="H88" s="100"/>
+      <c r="I88" s="101"/>
+      <c r="J88" s="102"/>
+      <c r="K88" s="100"/>
+      <c r="L88" s="100"/>
+      <c r="M88" s="100"/>
+      <c r="N88" s="100"/>
+      <c r="O88" s="100"/>
+      <c r="P88" s="103"/>
+      <c r="Q88" s="75"/>
+      <c r="R88" s="75"/>
+      <c r="S88" s="75"/>
+      <c r="T88" s="75"/>
+      <c r="U88" s="75"/>
+      <c r="V88" s="75"/>
+      <c r="W88" s="75"/>
+      <c r="X88" s="75"/>
+      <c r="Y88" s="75"/>
+      <c r="Z88" s="75"/>
+      <c r="AA88" s="75"/>
+      <c r="AB88" s="75"/>
+      <c r="AC88" s="75"/>
+      <c r="AD88" s="75"/>
+      <c r="AE88" s="76"/>
+      <c r="AF88" s="77"/>
+      <c r="AG88" s="77"/>
+      <c r="AH88" s="77"/>
+      <c r="AI88" s="77"/>
+      <c r="AJ88" s="77"/>
       <c r="AM88" s="8"/>
       <c r="AW88" s="1"/>
       <c r="AX88" s="1"/>
       <c r="AY88" s="1"/>
     </row>
     <row r="89" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B89" s="40" t="s">
-        <v>52</v>
-[...34 lines deleted...]
-      <c r="AJ89" s="79"/>
+        <v>50</v>
+      </c>
+      <c r="C89" s="99"/>
+      <c r="D89" s="100"/>
+      <c r="E89" s="100"/>
+      <c r="F89" s="100"/>
+      <c r="G89" s="100"/>
+      <c r="H89" s="100"/>
+      <c r="I89" s="101"/>
+      <c r="J89" s="102"/>
+      <c r="K89" s="100"/>
+      <c r="L89" s="100"/>
+      <c r="M89" s="100"/>
+      <c r="N89" s="100"/>
+      <c r="O89" s="100"/>
+      <c r="P89" s="103"/>
+      <c r="Q89" s="75"/>
+      <c r="R89" s="75"/>
+      <c r="S89" s="75"/>
+      <c r="T89" s="75"/>
+      <c r="U89" s="75"/>
+      <c r="V89" s="75"/>
+      <c r="W89" s="75"/>
+      <c r="X89" s="75"/>
+      <c r="Y89" s="75"/>
+      <c r="Z89" s="75"/>
+      <c r="AA89" s="75"/>
+      <c r="AB89" s="75"/>
+      <c r="AC89" s="75"/>
+      <c r="AD89" s="75"/>
+      <c r="AE89" s="76"/>
+      <c r="AF89" s="77"/>
+      <c r="AG89" s="77"/>
+      <c r="AH89" s="77"/>
+      <c r="AI89" s="77"/>
+      <c r="AJ89" s="77"/>
       <c r="AM89" s="8"/>
       <c r="AW89" s="1"/>
       <c r="AX89" s="1"/>
       <c r="AY89" s="1"/>
     </row>
     <row r="90" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B90" s="40" t="s">
-        <v>53</v>
-[...34 lines deleted...]
-      <c r="AJ90" s="79"/>
+        <v>51</v>
+      </c>
+      <c r="C90" s="99"/>
+      <c r="D90" s="100"/>
+      <c r="E90" s="100"/>
+      <c r="F90" s="100"/>
+      <c r="G90" s="100"/>
+      <c r="H90" s="100"/>
+      <c r="I90" s="101"/>
+      <c r="J90" s="102"/>
+      <c r="K90" s="100"/>
+      <c r="L90" s="100"/>
+      <c r="M90" s="100"/>
+      <c r="N90" s="100"/>
+      <c r="O90" s="100"/>
+      <c r="P90" s="103"/>
+      <c r="Q90" s="75"/>
+      <c r="R90" s="75"/>
+      <c r="S90" s="75"/>
+      <c r="T90" s="75"/>
+      <c r="U90" s="75"/>
+      <c r="V90" s="75"/>
+      <c r="W90" s="75"/>
+      <c r="X90" s="75"/>
+      <c r="Y90" s="75"/>
+      <c r="Z90" s="75"/>
+      <c r="AA90" s="75"/>
+      <c r="AB90" s="75"/>
+      <c r="AC90" s="75"/>
+      <c r="AD90" s="75"/>
+      <c r="AE90" s="76"/>
+      <c r="AF90" s="77"/>
+      <c r="AG90" s="77"/>
+      <c r="AH90" s="77"/>
+      <c r="AI90" s="77"/>
+      <c r="AJ90" s="77"/>
       <c r="AM90" s="8"/>
       <c r="AW90" s="1"/>
       <c r="AX90" s="1"/>
       <c r="AY90" s="1"/>
     </row>
     <row r="91" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B91" s="40" t="s">
-        <v>54</v>
-[...34 lines deleted...]
-      <c r="AJ91" s="79"/>
+        <v>52</v>
+      </c>
+      <c r="C91" s="99"/>
+      <c r="D91" s="100"/>
+      <c r="E91" s="100"/>
+      <c r="F91" s="100"/>
+      <c r="G91" s="100"/>
+      <c r="H91" s="100"/>
+      <c r="I91" s="101"/>
+      <c r="J91" s="102"/>
+      <c r="K91" s="100"/>
+      <c r="L91" s="100"/>
+      <c r="M91" s="100"/>
+      <c r="N91" s="100"/>
+      <c r="O91" s="100"/>
+      <c r="P91" s="103"/>
+      <c r="Q91" s="75"/>
+      <c r="R91" s="75"/>
+      <c r="S91" s="75"/>
+      <c r="T91" s="75"/>
+      <c r="U91" s="75"/>
+      <c r="V91" s="75"/>
+      <c r="W91" s="75"/>
+      <c r="X91" s="75"/>
+      <c r="Y91" s="75"/>
+      <c r="Z91" s="75"/>
+      <c r="AA91" s="75"/>
+      <c r="AB91" s="75"/>
+      <c r="AC91" s="75"/>
+      <c r="AD91" s="75"/>
+      <c r="AE91" s="76"/>
+      <c r="AF91" s="77"/>
+      <c r="AG91" s="77"/>
+      <c r="AH91" s="77"/>
+      <c r="AI91" s="77"/>
+      <c r="AJ91" s="77"/>
       <c r="AM91" s="8"/>
       <c r="AW91" s="1"/>
       <c r="AX91" s="1"/>
       <c r="AY91" s="1"/>
     </row>
     <row r="92" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B92" s="40" t="s">
-        <v>55</v>
-[...34 lines deleted...]
-      <c r="AJ92" s="79"/>
+        <v>53</v>
+      </c>
+      <c r="C92" s="99"/>
+      <c r="D92" s="100"/>
+      <c r="E92" s="100"/>
+      <c r="F92" s="100"/>
+      <c r="G92" s="100"/>
+      <c r="H92" s="100"/>
+      <c r="I92" s="101"/>
+      <c r="J92" s="102"/>
+      <c r="K92" s="100"/>
+      <c r="L92" s="100"/>
+      <c r="M92" s="100"/>
+      <c r="N92" s="100"/>
+      <c r="O92" s="100"/>
+      <c r="P92" s="103"/>
+      <c r="Q92" s="75"/>
+      <c r="R92" s="75"/>
+      <c r="S92" s="75"/>
+      <c r="T92" s="75"/>
+      <c r="U92" s="75"/>
+      <c r="V92" s="75"/>
+      <c r="W92" s="75"/>
+      <c r="X92" s="75"/>
+      <c r="Y92" s="75"/>
+      <c r="Z92" s="75"/>
+      <c r="AA92" s="75"/>
+      <c r="AB92" s="75"/>
+      <c r="AC92" s="75"/>
+      <c r="AD92" s="75"/>
+      <c r="AE92" s="76"/>
+      <c r="AF92" s="77"/>
+      <c r="AG92" s="77"/>
+      <c r="AH92" s="77"/>
+      <c r="AI92" s="77"/>
+      <c r="AJ92" s="77"/>
       <c r="AM92" s="8"/>
       <c r="AW92" s="1"/>
       <c r="AX92" s="1"/>
       <c r="AY92" s="1"/>
     </row>
     <row r="93" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B93" s="40" t="s">
-        <v>56</v>
-[...34 lines deleted...]
-      <c r="AJ93" s="79"/>
+        <v>54</v>
+      </c>
+      <c r="C93" s="99"/>
+      <c r="D93" s="100"/>
+      <c r="E93" s="100"/>
+      <c r="F93" s="100"/>
+      <c r="G93" s="100"/>
+      <c r="H93" s="100"/>
+      <c r="I93" s="101"/>
+      <c r="J93" s="102"/>
+      <c r="K93" s="100"/>
+      <c r="L93" s="100"/>
+      <c r="M93" s="100"/>
+      <c r="N93" s="100"/>
+      <c r="O93" s="100"/>
+      <c r="P93" s="103"/>
+      <c r="Q93" s="75"/>
+      <c r="R93" s="75"/>
+      <c r="S93" s="75"/>
+      <c r="T93" s="75"/>
+      <c r="U93" s="75"/>
+      <c r="V93" s="75"/>
+      <c r="W93" s="75"/>
+      <c r="X93" s="75"/>
+      <c r="Y93" s="75"/>
+      <c r="Z93" s="75"/>
+      <c r="AA93" s="75"/>
+      <c r="AB93" s="75"/>
+      <c r="AC93" s="75"/>
+      <c r="AD93" s="75"/>
+      <c r="AE93" s="76"/>
+      <c r="AF93" s="77"/>
+      <c r="AG93" s="77"/>
+      <c r="AH93" s="77"/>
+      <c r="AI93" s="77"/>
+      <c r="AJ93" s="77"/>
       <c r="AM93" s="8"/>
       <c r="AW93" s="1"/>
       <c r="AX93" s="1"/>
       <c r="AY93" s="1"/>
     </row>
     <row r="94" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B94" s="40" t="s">
-        <v>57</v>
-[...34 lines deleted...]
-      <c r="AJ94" s="79"/>
+        <v>55</v>
+      </c>
+      <c r="C94" s="99"/>
+      <c r="D94" s="100"/>
+      <c r="E94" s="100"/>
+      <c r="F94" s="100"/>
+      <c r="G94" s="100"/>
+      <c r="H94" s="100"/>
+      <c r="I94" s="101"/>
+      <c r="J94" s="102"/>
+      <c r="K94" s="100"/>
+      <c r="L94" s="100"/>
+      <c r="M94" s="100"/>
+      <c r="N94" s="100"/>
+      <c r="O94" s="100"/>
+      <c r="P94" s="103"/>
+      <c r="Q94" s="75"/>
+      <c r="R94" s="75"/>
+      <c r="S94" s="75"/>
+      <c r="T94" s="75"/>
+      <c r="U94" s="75"/>
+      <c r="V94" s="75"/>
+      <c r="W94" s="75"/>
+      <c r="X94" s="75"/>
+      <c r="Y94" s="75"/>
+      <c r="Z94" s="75"/>
+      <c r="AA94" s="75"/>
+      <c r="AB94" s="75"/>
+      <c r="AC94" s="75"/>
+      <c r="AD94" s="75"/>
+      <c r="AE94" s="76"/>
+      <c r="AF94" s="77"/>
+      <c r="AG94" s="77"/>
+      <c r="AH94" s="77"/>
+      <c r="AI94" s="77"/>
+      <c r="AJ94" s="77"/>
       <c r="AM94" s="8"/>
       <c r="AW94" s="1"/>
       <c r="AX94" s="1"/>
       <c r="AY94" s="1"/>
     </row>
     <row r="95" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B95" s="40" t="s">
-        <v>62</v>
-[...34 lines deleted...]
-      <c r="AJ95" s="79"/>
+        <v>60</v>
+      </c>
+      <c r="C95" s="99"/>
+      <c r="D95" s="100"/>
+      <c r="E95" s="100"/>
+      <c r="F95" s="100"/>
+      <c r="G95" s="100"/>
+      <c r="H95" s="100"/>
+      <c r="I95" s="101"/>
+      <c r="J95" s="102"/>
+      <c r="K95" s="100"/>
+      <c r="L95" s="100"/>
+      <c r="M95" s="100"/>
+      <c r="N95" s="100"/>
+      <c r="O95" s="100"/>
+      <c r="P95" s="103"/>
+      <c r="Q95" s="75"/>
+      <c r="R95" s="75"/>
+      <c r="S95" s="75"/>
+      <c r="T95" s="75"/>
+      <c r="U95" s="75"/>
+      <c r="V95" s="75"/>
+      <c r="W95" s="75"/>
+      <c r="X95" s="75"/>
+      <c r="Y95" s="75"/>
+      <c r="Z95" s="75"/>
+      <c r="AA95" s="75"/>
+      <c r="AB95" s="75"/>
+      <c r="AC95" s="75"/>
+      <c r="AD95" s="75"/>
+      <c r="AE95" s="76"/>
+      <c r="AF95" s="77"/>
+      <c r="AG95" s="77"/>
+      <c r="AH95" s="77"/>
+      <c r="AI95" s="77"/>
+      <c r="AJ95" s="77"/>
       <c r="AM95" s="8"/>
       <c r="AW95" s="1"/>
       <c r="AX95" s="1"/>
       <c r="AY95" s="1"/>
     </row>
     <row r="96" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B96" s="40" t="s">
-        <v>63</v>
-[...34 lines deleted...]
-      <c r="AJ96" s="79"/>
+        <v>61</v>
+      </c>
+      <c r="C96" s="99"/>
+      <c r="D96" s="100"/>
+      <c r="E96" s="100"/>
+      <c r="F96" s="100"/>
+      <c r="G96" s="100"/>
+      <c r="H96" s="100"/>
+      <c r="I96" s="101"/>
+      <c r="J96" s="102"/>
+      <c r="K96" s="100"/>
+      <c r="L96" s="100"/>
+      <c r="M96" s="100"/>
+      <c r="N96" s="100"/>
+      <c r="O96" s="100"/>
+      <c r="P96" s="103"/>
+      <c r="Q96" s="75"/>
+      <c r="R96" s="75"/>
+      <c r="S96" s="75"/>
+      <c r="T96" s="75"/>
+      <c r="U96" s="75"/>
+      <c r="V96" s="75"/>
+      <c r="W96" s="75"/>
+      <c r="X96" s="75"/>
+      <c r="Y96" s="75"/>
+      <c r="Z96" s="75"/>
+      <c r="AA96" s="75"/>
+      <c r="AB96" s="75"/>
+      <c r="AC96" s="75"/>
+      <c r="AD96" s="75"/>
+      <c r="AE96" s="76"/>
+      <c r="AF96" s="77"/>
+      <c r="AG96" s="77"/>
+      <c r="AH96" s="77"/>
+      <c r="AI96" s="77"/>
+      <c r="AJ96" s="77"/>
       <c r="AM96" s="8"/>
       <c r="AW96" s="1"/>
       <c r="AX96" s="1"/>
       <c r="AY96" s="1"/>
     </row>
     <row r="97" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B97" s="40" t="s">
-        <v>64</v>
-[...34 lines deleted...]
-      <c r="AJ97" s="79"/>
+        <v>62</v>
+      </c>
+      <c r="C97" s="99"/>
+      <c r="D97" s="100"/>
+      <c r="E97" s="100"/>
+      <c r="F97" s="100"/>
+      <c r="G97" s="100"/>
+      <c r="H97" s="100"/>
+      <c r="I97" s="101"/>
+      <c r="J97" s="102"/>
+      <c r="K97" s="100"/>
+      <c r="L97" s="100"/>
+      <c r="M97" s="100"/>
+      <c r="N97" s="100"/>
+      <c r="O97" s="100"/>
+      <c r="P97" s="103"/>
+      <c r="Q97" s="75"/>
+      <c r="R97" s="75"/>
+      <c r="S97" s="75"/>
+      <c r="T97" s="75"/>
+      <c r="U97" s="75"/>
+      <c r="V97" s="75"/>
+      <c r="W97" s="75"/>
+      <c r="X97" s="75"/>
+      <c r="Y97" s="75"/>
+      <c r="Z97" s="75"/>
+      <c r="AA97" s="75"/>
+      <c r="AB97" s="75"/>
+      <c r="AC97" s="75"/>
+      <c r="AD97" s="75"/>
+      <c r="AE97" s="76"/>
+      <c r="AF97" s="77"/>
+      <c r="AG97" s="77"/>
+      <c r="AH97" s="77"/>
+      <c r="AI97" s="77"/>
+      <c r="AJ97" s="77"/>
       <c r="AM97" s="8"/>
       <c r="AW97" s="1"/>
       <c r="AX97" s="1"/>
       <c r="AY97" s="1"/>
     </row>
     <row r="98" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B98" s="40" t="s">
-        <v>65</v>
-[...34 lines deleted...]
-      <c r="AJ98" s="79"/>
+        <v>63</v>
+      </c>
+      <c r="C98" s="99"/>
+      <c r="D98" s="100"/>
+      <c r="E98" s="100"/>
+      <c r="F98" s="100"/>
+      <c r="G98" s="100"/>
+      <c r="H98" s="100"/>
+      <c r="I98" s="101"/>
+      <c r="J98" s="102"/>
+      <c r="K98" s="100"/>
+      <c r="L98" s="100"/>
+      <c r="M98" s="100"/>
+      <c r="N98" s="100"/>
+      <c r="O98" s="100"/>
+      <c r="P98" s="103"/>
+      <c r="Q98" s="75"/>
+      <c r="R98" s="75"/>
+      <c r="S98" s="75"/>
+      <c r="T98" s="75"/>
+      <c r="U98" s="75"/>
+      <c r="V98" s="75"/>
+      <c r="W98" s="75"/>
+      <c r="X98" s="75"/>
+      <c r="Y98" s="75"/>
+      <c r="Z98" s="75"/>
+      <c r="AA98" s="75"/>
+      <c r="AB98" s="75"/>
+      <c r="AC98" s="75"/>
+      <c r="AD98" s="75"/>
+      <c r="AE98" s="76"/>
+      <c r="AF98" s="77"/>
+      <c r="AG98" s="77"/>
+      <c r="AH98" s="77"/>
+      <c r="AI98" s="77"/>
+      <c r="AJ98" s="77"/>
       <c r="AM98" s="8"/>
       <c r="AW98" s="1"/>
       <c r="AX98" s="1"/>
       <c r="AY98" s="1"/>
     </row>
     <row r="99" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B99" s="40" t="s">
-        <v>66</v>
-[...34 lines deleted...]
-      <c r="AJ99" s="79"/>
+        <v>64</v>
+      </c>
+      <c r="C99" s="99"/>
+      <c r="D99" s="100"/>
+      <c r="E99" s="100"/>
+      <c r="F99" s="100"/>
+      <c r="G99" s="100"/>
+      <c r="H99" s="100"/>
+      <c r="I99" s="101"/>
+      <c r="J99" s="102"/>
+      <c r="K99" s="100"/>
+      <c r="L99" s="100"/>
+      <c r="M99" s="100"/>
+      <c r="N99" s="100"/>
+      <c r="O99" s="100"/>
+      <c r="P99" s="103"/>
+      <c r="Q99" s="75"/>
+      <c r="R99" s="75"/>
+      <c r="S99" s="75"/>
+      <c r="T99" s="75"/>
+      <c r="U99" s="75"/>
+      <c r="V99" s="75"/>
+      <c r="W99" s="75"/>
+      <c r="X99" s="75"/>
+      <c r="Y99" s="75"/>
+      <c r="Z99" s="75"/>
+      <c r="AA99" s="75"/>
+      <c r="AB99" s="75"/>
+      <c r="AC99" s="75"/>
+      <c r="AD99" s="75"/>
+      <c r="AE99" s="76"/>
+      <c r="AF99" s="77"/>
+      <c r="AG99" s="77"/>
+      <c r="AH99" s="77"/>
+      <c r="AI99" s="77"/>
+      <c r="AJ99" s="77"/>
       <c r="AM99" s="8"/>
       <c r="AW99" s="1"/>
       <c r="AX99" s="1"/>
       <c r="AY99" s="1"/>
     </row>
     <row r="100" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B100" s="40" t="s">
-        <v>67</v>
-[...34 lines deleted...]
-      <c r="AJ100" s="79"/>
+        <v>65</v>
+      </c>
+      <c r="C100" s="99"/>
+      <c r="D100" s="100"/>
+      <c r="E100" s="100"/>
+      <c r="F100" s="100"/>
+      <c r="G100" s="100"/>
+      <c r="H100" s="100"/>
+      <c r="I100" s="101"/>
+      <c r="J100" s="102"/>
+      <c r="K100" s="100"/>
+      <c r="L100" s="100"/>
+      <c r="M100" s="100"/>
+      <c r="N100" s="100"/>
+      <c r="O100" s="100"/>
+      <c r="P100" s="103"/>
+      <c r="Q100" s="75"/>
+      <c r="R100" s="75"/>
+      <c r="S100" s="75"/>
+      <c r="T100" s="75"/>
+      <c r="U100" s="75"/>
+      <c r="V100" s="75"/>
+      <c r="W100" s="75"/>
+      <c r="X100" s="75"/>
+      <c r="Y100" s="75"/>
+      <c r="Z100" s="75"/>
+      <c r="AA100" s="75"/>
+      <c r="AB100" s="75"/>
+      <c r="AC100" s="75"/>
+      <c r="AD100" s="75"/>
+      <c r="AE100" s="76"/>
+      <c r="AF100" s="77"/>
+      <c r="AG100" s="77"/>
+      <c r="AH100" s="77"/>
+      <c r="AI100" s="77"/>
+      <c r="AJ100" s="77"/>
       <c r="AM100" s="8"/>
       <c r="AW100" s="1"/>
       <c r="AX100" s="1"/>
       <c r="AY100" s="1"/>
     </row>
     <row r="101" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B101" s="40" t="s">
-        <v>68</v>
-[...34 lines deleted...]
-      <c r="AJ101" s="79"/>
+        <v>66</v>
+      </c>
+      <c r="C101" s="99"/>
+      <c r="D101" s="100"/>
+      <c r="E101" s="100"/>
+      <c r="F101" s="100"/>
+      <c r="G101" s="100"/>
+      <c r="H101" s="100"/>
+      <c r="I101" s="101"/>
+      <c r="J101" s="102"/>
+      <c r="K101" s="100"/>
+      <c r="L101" s="100"/>
+      <c r="M101" s="100"/>
+      <c r="N101" s="100"/>
+      <c r="O101" s="100"/>
+      <c r="P101" s="103"/>
+      <c r="Q101" s="75"/>
+      <c r="R101" s="75"/>
+      <c r="S101" s="75"/>
+      <c r="T101" s="75"/>
+      <c r="U101" s="75"/>
+      <c r="V101" s="75"/>
+      <c r="W101" s="75"/>
+      <c r="X101" s="75"/>
+      <c r="Y101" s="75"/>
+      <c r="Z101" s="75"/>
+      <c r="AA101" s="75"/>
+      <c r="AB101" s="75"/>
+      <c r="AC101" s="75"/>
+      <c r="AD101" s="75"/>
+      <c r="AE101" s="76"/>
+      <c r="AF101" s="77"/>
+      <c r="AG101" s="77"/>
+      <c r="AH101" s="77"/>
+      <c r="AI101" s="77"/>
+      <c r="AJ101" s="77"/>
       <c r="AM101" s="8"/>
       <c r="AW101" s="1"/>
       <c r="AX101" s="1"/>
       <c r="AY101" s="1"/>
     </row>
     <row r="102" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B102" s="40" t="s">
-        <v>69</v>
-[...34 lines deleted...]
-      <c r="AJ102" s="79"/>
+        <v>67</v>
+      </c>
+      <c r="C102" s="99"/>
+      <c r="D102" s="100"/>
+      <c r="E102" s="100"/>
+      <c r="F102" s="100"/>
+      <c r="G102" s="100"/>
+      <c r="H102" s="100"/>
+      <c r="I102" s="101"/>
+      <c r="J102" s="102"/>
+      <c r="K102" s="100"/>
+      <c r="L102" s="100"/>
+      <c r="M102" s="100"/>
+      <c r="N102" s="100"/>
+      <c r="O102" s="100"/>
+      <c r="P102" s="103"/>
+      <c r="Q102" s="75"/>
+      <c r="R102" s="75"/>
+      <c r="S102" s="75"/>
+      <c r="T102" s="75"/>
+      <c r="U102" s="75"/>
+      <c r="V102" s="75"/>
+      <c r="W102" s="75"/>
+      <c r="X102" s="75"/>
+      <c r="Y102" s="75"/>
+      <c r="Z102" s="75"/>
+      <c r="AA102" s="75"/>
+      <c r="AB102" s="75"/>
+      <c r="AC102" s="75"/>
+      <c r="AD102" s="75"/>
+      <c r="AE102" s="76"/>
+      <c r="AF102" s="77"/>
+      <c r="AG102" s="77"/>
+      <c r="AH102" s="77"/>
+      <c r="AI102" s="77"/>
+      <c r="AJ102" s="77"/>
       <c r="AM102" s="8"/>
       <c r="AW102" s="1"/>
       <c r="AX102" s="1"/>
       <c r="AY102" s="1"/>
     </row>
     <row r="103" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B103" s="40" t="s">
-        <v>70</v>
-[...34 lines deleted...]
-      <c r="AJ103" s="79"/>
+        <v>68</v>
+      </c>
+      <c r="C103" s="99"/>
+      <c r="D103" s="100"/>
+      <c r="E103" s="100"/>
+      <c r="F103" s="100"/>
+      <c r="G103" s="100"/>
+      <c r="H103" s="100"/>
+      <c r="I103" s="101"/>
+      <c r="J103" s="102"/>
+      <c r="K103" s="100"/>
+      <c r="L103" s="100"/>
+      <c r="M103" s="100"/>
+      <c r="N103" s="100"/>
+      <c r="O103" s="100"/>
+      <c r="P103" s="103"/>
+      <c r="Q103" s="75"/>
+      <c r="R103" s="75"/>
+      <c r="S103" s="75"/>
+      <c r="T103" s="75"/>
+      <c r="U103" s="75"/>
+      <c r="V103" s="75"/>
+      <c r="W103" s="75"/>
+      <c r="X103" s="75"/>
+      <c r="Y103" s="75"/>
+      <c r="Z103" s="75"/>
+      <c r="AA103" s="75"/>
+      <c r="AB103" s="75"/>
+      <c r="AC103" s="75"/>
+      <c r="AD103" s="75"/>
+      <c r="AE103" s="76"/>
+      <c r="AF103" s="77"/>
+      <c r="AG103" s="77"/>
+      <c r="AH103" s="77"/>
+      <c r="AI103" s="77"/>
+      <c r="AJ103" s="77"/>
       <c r="AM103" s="8"/>
       <c r="AW103" s="1"/>
       <c r="AX103" s="1"/>
       <c r="AY103" s="1"/>
     </row>
     <row r="104" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B104" s="40" t="s">
-        <v>71</v>
-[...34 lines deleted...]
-      <c r="AJ104" s="79"/>
+        <v>69</v>
+      </c>
+      <c r="C104" s="99"/>
+      <c r="D104" s="100"/>
+      <c r="E104" s="100"/>
+      <c r="F104" s="100"/>
+      <c r="G104" s="100"/>
+      <c r="H104" s="100"/>
+      <c r="I104" s="101"/>
+      <c r="J104" s="102"/>
+      <c r="K104" s="100"/>
+      <c r="L104" s="100"/>
+      <c r="M104" s="100"/>
+      <c r="N104" s="100"/>
+      <c r="O104" s="100"/>
+      <c r="P104" s="103"/>
+      <c r="Q104" s="75"/>
+      <c r="R104" s="75"/>
+      <c r="S104" s="75"/>
+      <c r="T104" s="75"/>
+      <c r="U104" s="75"/>
+      <c r="V104" s="75"/>
+      <c r="W104" s="75"/>
+      <c r="X104" s="75"/>
+      <c r="Y104" s="75"/>
+      <c r="Z104" s="75"/>
+      <c r="AA104" s="75"/>
+      <c r="AB104" s="75"/>
+      <c r="AC104" s="75"/>
+      <c r="AD104" s="75"/>
+      <c r="AE104" s="76"/>
+      <c r="AF104" s="77"/>
+      <c r="AG104" s="77"/>
+      <c r="AH104" s="77"/>
+      <c r="AI104" s="77"/>
+      <c r="AJ104" s="77"/>
       <c r="AM104" s="8"/>
       <c r="AW104" s="1"/>
       <c r="AX104" s="1"/>
       <c r="AY104" s="1"/>
     </row>
     <row r="105" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B105" s="40" t="s">
-        <v>72</v>
-[...34 lines deleted...]
-      <c r="AJ105" s="79"/>
+        <v>70</v>
+      </c>
+      <c r="C105" s="99"/>
+      <c r="D105" s="100"/>
+      <c r="E105" s="100"/>
+      <c r="F105" s="100"/>
+      <c r="G105" s="100"/>
+      <c r="H105" s="100"/>
+      <c r="I105" s="101"/>
+      <c r="J105" s="102"/>
+      <c r="K105" s="100"/>
+      <c r="L105" s="100"/>
+      <c r="M105" s="100"/>
+      <c r="N105" s="100"/>
+      <c r="O105" s="100"/>
+      <c r="P105" s="103"/>
+      <c r="Q105" s="75"/>
+      <c r="R105" s="75"/>
+      <c r="S105" s="75"/>
+      <c r="T105" s="75"/>
+      <c r="U105" s="75"/>
+      <c r="V105" s="75"/>
+      <c r="W105" s="75"/>
+      <c r="X105" s="75"/>
+      <c r="Y105" s="75"/>
+      <c r="Z105" s="75"/>
+      <c r="AA105" s="75"/>
+      <c r="AB105" s="75"/>
+      <c r="AC105" s="75"/>
+      <c r="AD105" s="75"/>
+      <c r="AE105" s="76"/>
+      <c r="AF105" s="77"/>
+      <c r="AG105" s="77"/>
+      <c r="AH105" s="77"/>
+      <c r="AI105" s="77"/>
+      <c r="AJ105" s="77"/>
       <c r="AM105" s="8"/>
       <c r="AW105" s="1"/>
       <c r="AX105" s="1"/>
       <c r="AY105" s="1"/>
     </row>
     <row r="106" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B106" s="40" t="s">
-        <v>73</v>
-[...34 lines deleted...]
-      <c r="AJ106" s="79"/>
+        <v>71</v>
+      </c>
+      <c r="C106" s="99"/>
+      <c r="D106" s="100"/>
+      <c r="E106" s="100"/>
+      <c r="F106" s="100"/>
+      <c r="G106" s="100"/>
+      <c r="H106" s="100"/>
+      <c r="I106" s="101"/>
+      <c r="J106" s="102"/>
+      <c r="K106" s="100"/>
+      <c r="L106" s="100"/>
+      <c r="M106" s="100"/>
+      <c r="N106" s="100"/>
+      <c r="O106" s="100"/>
+      <c r="P106" s="103"/>
+      <c r="Q106" s="75"/>
+      <c r="R106" s="75"/>
+      <c r="S106" s="75"/>
+      <c r="T106" s="75"/>
+      <c r="U106" s="75"/>
+      <c r="V106" s="75"/>
+      <c r="W106" s="75"/>
+      <c r="X106" s="75"/>
+      <c r="Y106" s="75"/>
+      <c r="Z106" s="75"/>
+      <c r="AA106" s="75"/>
+      <c r="AB106" s="75"/>
+      <c r="AC106" s="75"/>
+      <c r="AD106" s="75"/>
+      <c r="AE106" s="76"/>
+      <c r="AF106" s="77"/>
+      <c r="AG106" s="77"/>
+      <c r="AH106" s="77"/>
+      <c r="AI106" s="77"/>
+      <c r="AJ106" s="77"/>
       <c r="AM106" s="8"/>
       <c r="AW106" s="1"/>
       <c r="AX106" s="1"/>
       <c r="AY106" s="1"/>
     </row>
     <row r="107" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B107" s="40" t="s">
-        <v>74</v>
-[...34 lines deleted...]
-      <c r="AJ107" s="79"/>
+        <v>72</v>
+      </c>
+      <c r="C107" s="99"/>
+      <c r="D107" s="100"/>
+      <c r="E107" s="100"/>
+      <c r="F107" s="100"/>
+      <c r="G107" s="100"/>
+      <c r="H107" s="100"/>
+      <c r="I107" s="101"/>
+      <c r="J107" s="102"/>
+      <c r="K107" s="100"/>
+      <c r="L107" s="100"/>
+      <c r="M107" s="100"/>
+      <c r="N107" s="100"/>
+      <c r="O107" s="100"/>
+      <c r="P107" s="103"/>
+      <c r="Q107" s="75"/>
+      <c r="R107" s="75"/>
+      <c r="S107" s="75"/>
+      <c r="T107" s="75"/>
+      <c r="U107" s="75"/>
+      <c r="V107" s="75"/>
+      <c r="W107" s="75"/>
+      <c r="X107" s="75"/>
+      <c r="Y107" s="75"/>
+      <c r="Z107" s="75"/>
+      <c r="AA107" s="75"/>
+      <c r="AB107" s="75"/>
+      <c r="AC107" s="75"/>
+      <c r="AD107" s="75"/>
+      <c r="AE107" s="76"/>
+      <c r="AF107" s="77"/>
+      <c r="AG107" s="77"/>
+      <c r="AH107" s="77"/>
+      <c r="AI107" s="77"/>
+      <c r="AJ107" s="77"/>
       <c r="AM107" s="8"/>
       <c r="AW107" s="1"/>
       <c r="AX107" s="1"/>
       <c r="AY107" s="1"/>
     </row>
     <row r="108" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B108" s="40" t="s">
-        <v>75</v>
-[...34 lines deleted...]
-      <c r="AJ108" s="79"/>
+        <v>73</v>
+      </c>
+      <c r="C108" s="99"/>
+      <c r="D108" s="100"/>
+      <c r="E108" s="100"/>
+      <c r="F108" s="100"/>
+      <c r="G108" s="100"/>
+      <c r="H108" s="100"/>
+      <c r="I108" s="101"/>
+      <c r="J108" s="102"/>
+      <c r="K108" s="100"/>
+      <c r="L108" s="100"/>
+      <c r="M108" s="100"/>
+      <c r="N108" s="100"/>
+      <c r="O108" s="100"/>
+      <c r="P108" s="103"/>
+      <c r="Q108" s="75"/>
+      <c r="R108" s="75"/>
+      <c r="S108" s="75"/>
+      <c r="T108" s="75"/>
+      <c r="U108" s="75"/>
+      <c r="V108" s="75"/>
+      <c r="W108" s="75"/>
+      <c r="X108" s="75"/>
+      <c r="Y108" s="75"/>
+      <c r="Z108" s="75"/>
+      <c r="AA108" s="75"/>
+      <c r="AB108" s="75"/>
+      <c r="AC108" s="75"/>
+      <c r="AD108" s="75"/>
+      <c r="AE108" s="76"/>
+      <c r="AF108" s="77"/>
+      <c r="AG108" s="77"/>
+      <c r="AH108" s="77"/>
+      <c r="AI108" s="77"/>
+      <c r="AJ108" s="77"/>
       <c r="AM108" s="8"/>
       <c r="AW108" s="1"/>
       <c r="AX108" s="1"/>
       <c r="AY108" s="1"/>
     </row>
     <row r="109" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B109" s="40" t="s">
-        <v>76</v>
-[...34 lines deleted...]
-      <c r="AJ109" s="79"/>
+        <v>74</v>
+      </c>
+      <c r="C109" s="99"/>
+      <c r="D109" s="100"/>
+      <c r="E109" s="100"/>
+      <c r="F109" s="100"/>
+      <c r="G109" s="100"/>
+      <c r="H109" s="100"/>
+      <c r="I109" s="101"/>
+      <c r="J109" s="102"/>
+      <c r="K109" s="100"/>
+      <c r="L109" s="100"/>
+      <c r="M109" s="100"/>
+      <c r="N109" s="100"/>
+      <c r="O109" s="100"/>
+      <c r="P109" s="103"/>
+      <c r="Q109" s="75"/>
+      <c r="R109" s="75"/>
+      <c r="S109" s="75"/>
+      <c r="T109" s="75"/>
+      <c r="U109" s="75"/>
+      <c r="V109" s="75"/>
+      <c r="W109" s="75"/>
+      <c r="X109" s="75"/>
+      <c r="Y109" s="75"/>
+      <c r="Z109" s="75"/>
+      <c r="AA109" s="75"/>
+      <c r="AB109" s="75"/>
+      <c r="AC109" s="75"/>
+      <c r="AD109" s="75"/>
+      <c r="AE109" s="76"/>
+      <c r="AF109" s="77"/>
+      <c r="AG109" s="77"/>
+      <c r="AH109" s="77"/>
+      <c r="AI109" s="77"/>
+      <c r="AJ109" s="77"/>
       <c r="AW109" s="8"/>
       <c r="AX109" s="8"/>
       <c r="AY109" s="8"/>
     </row>
     <row r="110" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B110" s="40" t="s">
-        <v>77</v>
-[...34 lines deleted...]
-      <c r="AJ110" s="79"/>
+        <v>75</v>
+      </c>
+      <c r="C110" s="99"/>
+      <c r="D110" s="100"/>
+      <c r="E110" s="100"/>
+      <c r="F110" s="100"/>
+      <c r="G110" s="100"/>
+      <c r="H110" s="100"/>
+      <c r="I110" s="101"/>
+      <c r="J110" s="102"/>
+      <c r="K110" s="100"/>
+      <c r="L110" s="100"/>
+      <c r="M110" s="100"/>
+      <c r="N110" s="100"/>
+      <c r="O110" s="100"/>
+      <c r="P110" s="103"/>
+      <c r="Q110" s="75"/>
+      <c r="R110" s="75"/>
+      <c r="S110" s="75"/>
+      <c r="T110" s="75"/>
+      <c r="U110" s="75"/>
+      <c r="V110" s="75"/>
+      <c r="W110" s="75"/>
+      <c r="X110" s="75"/>
+      <c r="Y110" s="75"/>
+      <c r="Z110" s="75"/>
+      <c r="AA110" s="75"/>
+      <c r="AB110" s="75"/>
+      <c r="AC110" s="75"/>
+      <c r="AD110" s="75"/>
+      <c r="AE110" s="76"/>
+      <c r="AF110" s="77"/>
+      <c r="AG110" s="77"/>
+      <c r="AH110" s="77"/>
+      <c r="AI110" s="77"/>
+      <c r="AJ110" s="77"/>
       <c r="AK110" s="41"/>
       <c r="AL110" s="4"/>
       <c r="AQ110" s="6"/>
       <c r="AR110" s="6"/>
       <c r="AW110" s="1"/>
       <c r="AX110" s="1"/>
       <c r="AY110" s="1"/>
     </row>
     <row r="111" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B111" s="40" t="s">
-        <v>78</v>
-[...34 lines deleted...]
-      <c r="AJ111" s="79"/>
+        <v>76</v>
+      </c>
+      <c r="C111" s="99"/>
+      <c r="D111" s="100"/>
+      <c r="E111" s="100"/>
+      <c r="F111" s="100"/>
+      <c r="G111" s="100"/>
+      <c r="H111" s="100"/>
+      <c r="I111" s="101"/>
+      <c r="J111" s="102"/>
+      <c r="K111" s="100"/>
+      <c r="L111" s="100"/>
+      <c r="M111" s="100"/>
+      <c r="N111" s="100"/>
+      <c r="O111" s="100"/>
+      <c r="P111" s="103"/>
+      <c r="Q111" s="75"/>
+      <c r="R111" s="75"/>
+      <c r="S111" s="75"/>
+      <c r="T111" s="75"/>
+      <c r="U111" s="75"/>
+      <c r="V111" s="75"/>
+      <c r="W111" s="75"/>
+      <c r="X111" s="75"/>
+      <c r="Y111" s="75"/>
+      <c r="Z111" s="75"/>
+      <c r="AA111" s="75"/>
+      <c r="AB111" s="75"/>
+      <c r="AC111" s="75"/>
+      <c r="AD111" s="75"/>
+      <c r="AE111" s="76"/>
+      <c r="AF111" s="77"/>
+      <c r="AG111" s="77"/>
+      <c r="AH111" s="77"/>
+      <c r="AI111" s="77"/>
+      <c r="AJ111" s="77"/>
       <c r="AK111" s="41"/>
       <c r="AL111" s="5"/>
       <c r="AQ111" s="6"/>
       <c r="AR111" s="6"/>
       <c r="AW111" s="1"/>
       <c r="AX111" s="1"/>
       <c r="AY111" s="1"/>
     </row>
     <row r="112" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B112" s="40" t="s">
-        <v>79</v>
-[...34 lines deleted...]
-      <c r="AJ112" s="79"/>
+        <v>77</v>
+      </c>
+      <c r="C112" s="99"/>
+      <c r="D112" s="100"/>
+      <c r="E112" s="100"/>
+      <c r="F112" s="100"/>
+      <c r="G112" s="100"/>
+      <c r="H112" s="100"/>
+      <c r="I112" s="101"/>
+      <c r="J112" s="102"/>
+      <c r="K112" s="100"/>
+      <c r="L112" s="100"/>
+      <c r="M112" s="100"/>
+      <c r="N112" s="100"/>
+      <c r="O112" s="100"/>
+      <c r="P112" s="103"/>
+      <c r="Q112" s="75"/>
+      <c r="R112" s="75"/>
+      <c r="S112" s="75"/>
+      <c r="T112" s="75"/>
+      <c r="U112" s="75"/>
+      <c r="V112" s="75"/>
+      <c r="W112" s="75"/>
+      <c r="X112" s="75"/>
+      <c r="Y112" s="75"/>
+      <c r="Z112" s="75"/>
+      <c r="AA112" s="75"/>
+      <c r="AB112" s="75"/>
+      <c r="AC112" s="75"/>
+      <c r="AD112" s="75"/>
+      <c r="AE112" s="76"/>
+      <c r="AF112" s="77"/>
+      <c r="AG112" s="77"/>
+      <c r="AH112" s="77"/>
+      <c r="AI112" s="77"/>
+      <c r="AJ112" s="77"/>
       <c r="AK112" s="41"/>
       <c r="AL112" s="5"/>
       <c r="AQ112" s="6"/>
       <c r="AR112" s="6"/>
       <c r="AW112" s="1"/>
       <c r="AX112" s="1"/>
       <c r="AY112" s="1"/>
     </row>
     <row r="113" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B113" s="40" t="s">
-        <v>80</v>
-[...34 lines deleted...]
-      <c r="AJ113" s="79"/>
+        <v>78</v>
+      </c>
+      <c r="C113" s="99"/>
+      <c r="D113" s="100"/>
+      <c r="E113" s="100"/>
+      <c r="F113" s="100"/>
+      <c r="G113" s="100"/>
+      <c r="H113" s="100"/>
+      <c r="I113" s="101"/>
+      <c r="J113" s="102"/>
+      <c r="K113" s="100"/>
+      <c r="L113" s="100"/>
+      <c r="M113" s="100"/>
+      <c r="N113" s="100"/>
+      <c r="O113" s="100"/>
+      <c r="P113" s="103"/>
+      <c r="Q113" s="75"/>
+      <c r="R113" s="75"/>
+      <c r="S113" s="75"/>
+      <c r="T113" s="75"/>
+      <c r="U113" s="75"/>
+      <c r="V113" s="75"/>
+      <c r="W113" s="75"/>
+      <c r="X113" s="75"/>
+      <c r="Y113" s="75"/>
+      <c r="Z113" s="75"/>
+      <c r="AA113" s="75"/>
+      <c r="AB113" s="75"/>
+      <c r="AC113" s="75"/>
+      <c r="AD113" s="75"/>
+      <c r="AE113" s="76"/>
+      <c r="AF113" s="77"/>
+      <c r="AG113" s="77"/>
+      <c r="AH113" s="77"/>
+      <c r="AI113" s="77"/>
+      <c r="AJ113" s="77"/>
       <c r="AK113" s="41"/>
       <c r="AQ113" s="6"/>
       <c r="AR113" s="6"/>
       <c r="AW113" s="1"/>
       <c r="AX113" s="1"/>
       <c r="AY113" s="1"/>
     </row>
     <row r="114" spans="2:51" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B114" s="40" t="s">
-        <v>81</v>
-[...34 lines deleted...]
-      <c r="AJ114" s="79"/>
+        <v>79</v>
+      </c>
+      <c r="C114" s="99"/>
+      <c r="D114" s="100"/>
+      <c r="E114" s="100"/>
+      <c r="F114" s="100"/>
+      <c r="G114" s="100"/>
+      <c r="H114" s="100"/>
+      <c r="I114" s="101"/>
+      <c r="J114" s="102"/>
+      <c r="K114" s="100"/>
+      <c r="L114" s="100"/>
+      <c r="M114" s="100"/>
+      <c r="N114" s="100"/>
+      <c r="O114" s="100"/>
+      <c r="P114" s="103"/>
+      <c r="Q114" s="75"/>
+      <c r="R114" s="75"/>
+      <c r="S114" s="75"/>
+      <c r="T114" s="75"/>
+      <c r="U114" s="75"/>
+      <c r="V114" s="75"/>
+      <c r="W114" s="75"/>
+      <c r="X114" s="75"/>
+      <c r="Y114" s="75"/>
+      <c r="Z114" s="75"/>
+      <c r="AA114" s="75"/>
+      <c r="AB114" s="75"/>
+      <c r="AC114" s="75"/>
+      <c r="AD114" s="75"/>
+      <c r="AE114" s="76"/>
+      <c r="AF114" s="77"/>
+      <c r="AG114" s="77"/>
+      <c r="AH114" s="77"/>
+      <c r="AI114" s="77"/>
+      <c r="AJ114" s="77"/>
       <c r="AQ114" s="6"/>
       <c r="AR114" s="6"/>
       <c r="AW114" s="1"/>
       <c r="AX114" s="1"/>
       <c r="AY114" s="1"/>
     </row>
     <row r="115" spans="2:51" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="AQ115" s="6"/>
       <c r="AR115" s="6"/>
       <c r="AW115" s="1"/>
       <c r="AX115" s="1"/>
       <c r="AY115" s="1"/>
     </row>
     <row r="116" spans="2:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J116" s="66" t="s">
+      <c r="J116" s="64" t="s">
         <v>8</v>
       </c>
-      <c r="K116" s="67"/>
-[...16 lines deleted...]
-      <c r="AB116" s="68"/>
+      <c r="K116" s="65"/>
+      <c r="L116" s="65"/>
+      <c r="M116" s="65"/>
+      <c r="N116" s="65"/>
+      <c r="O116" s="65"/>
+      <c r="P116" s="65"/>
+      <c r="Q116" s="65"/>
+      <c r="R116" s="65"/>
+      <c r="S116" s="65"/>
+      <c r="T116" s="65"/>
+      <c r="U116" s="65"/>
+      <c r="V116" s="65"/>
+      <c r="W116" s="65"/>
+      <c r="X116" s="65"/>
+      <c r="Y116" s="65"/>
+      <c r="Z116" s="65"/>
+      <c r="AA116" s="65"/>
+      <c r="AB116" s="66"/>
       <c r="AQ116" s="6"/>
       <c r="AR116" s="6"/>
       <c r="AW116" s="1"/>
       <c r="AX116" s="1"/>
       <c r="AY116" s="1"/>
     </row>
     <row r="117" spans="2:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J117" s="69" t="s">
-[...19 lines deleted...]
-      <c r="AB117" s="71"/>
+      <c r="J117" s="67" t="s">
+        <v>17</v>
+      </c>
+      <c r="K117" s="68"/>
+      <c r="L117" s="68"/>
+      <c r="M117" s="68"/>
+      <c r="N117" s="68"/>
+      <c r="O117" s="68"/>
+      <c r="P117" s="68"/>
+      <c r="Q117" s="68"/>
+      <c r="R117" s="68"/>
+      <c r="S117" s="68"/>
+      <c r="T117" s="68"/>
+      <c r="U117" s="68"/>
+      <c r="V117" s="68"/>
+      <c r="W117" s="68"/>
+      <c r="X117" s="68"/>
+      <c r="Y117" s="68"/>
+      <c r="Z117" s="68"/>
+      <c r="AA117" s="68"/>
+      <c r="AB117" s="69"/>
       <c r="AQ117" s="6"/>
       <c r="AR117" s="6"/>
       <c r="AW117" s="1"/>
       <c r="AX117" s="1"/>
       <c r="AY117" s="1"/>
     </row>
     <row r="118" spans="2:51" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="J118" s="69" t="s">
-[...19 lines deleted...]
-      <c r="AB118" s="71"/>
+      <c r="J118" s="67" t="s">
+        <v>18</v>
+      </c>
+      <c r="K118" s="68"/>
+      <c r="L118" s="68"/>
+      <c r="M118" s="68"/>
+      <c r="N118" s="68"/>
+      <c r="O118" s="68"/>
+      <c r="P118" s="68"/>
+      <c r="Q118" s="68"/>
+      <c r="R118" s="68"/>
+      <c r="S118" s="68"/>
+      <c r="T118" s="68"/>
+      <c r="U118" s="68"/>
+      <c r="V118" s="68"/>
+      <c r="W118" s="68"/>
+      <c r="X118" s="68"/>
+      <c r="Y118" s="68"/>
+      <c r="Z118" s="68"/>
+      <c r="AA118" s="68"/>
+      <c r="AB118" s="69"/>
       <c r="AQ118" s="6"/>
       <c r="AR118" s="6"/>
       <c r="AW118" s="1"/>
       <c r="AX118" s="1"/>
       <c r="AY118" s="1"/>
     </row>
     <row r="119" spans="2:51" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="J119" s="72" t="s">
+      <c r="J119" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="K119" s="73"/>
-[...16 lines deleted...]
-      <c r="AB119" s="74"/>
+      <c r="K119" s="71"/>
+      <c r="L119" s="71"/>
+      <c r="M119" s="71"/>
+      <c r="N119" s="71"/>
+      <c r="O119" s="71"/>
+      <c r="P119" s="71"/>
+      <c r="Q119" s="71"/>
+      <c r="R119" s="71"/>
+      <c r="S119" s="71"/>
+      <c r="T119" s="71"/>
+      <c r="U119" s="71"/>
+      <c r="V119" s="71"/>
+      <c r="W119" s="71"/>
+      <c r="X119" s="71"/>
+      <c r="Y119" s="71"/>
+      <c r="Z119" s="71"/>
+      <c r="AA119" s="71"/>
+      <c r="AB119" s="72"/>
       <c r="AQ119" s="6"/>
       <c r="AR119" s="6"/>
       <c r="AW119" s="1"/>
       <c r="AX119" s="1"/>
       <c r="AY119" s="1"/>
     </row>
     <row r="120" spans="2:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="AG120" s="65" t="s">
-[...6 lines deleted...]
-      <c r="AL120" s="65"/>
+      <c r="AG120" s="63" t="s">
+        <v>126</v>
+      </c>
+      <c r="AH120" s="63"/>
+      <c r="AI120" s="63"/>
+      <c r="AJ120" s="63"/>
+      <c r="AK120" s="63"/>
+      <c r="AL120" s="63"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" insertRows="0" deleteRows="0"/>
-  <mergeCells count="259">
+  <mergeCells count="261">
     <mergeCell ref="C114:I114"/>
     <mergeCell ref="J114:P114"/>
     <mergeCell ref="C111:I111"/>
     <mergeCell ref="J111:P111"/>
     <mergeCell ref="C112:I112"/>
     <mergeCell ref="J112:P112"/>
     <mergeCell ref="C113:I113"/>
     <mergeCell ref="J113:P113"/>
     <mergeCell ref="Q111:AD111"/>
     <mergeCell ref="C108:I108"/>
     <mergeCell ref="J108:P108"/>
     <mergeCell ref="C109:I109"/>
     <mergeCell ref="J109:P109"/>
     <mergeCell ref="C110:I110"/>
     <mergeCell ref="J110:P110"/>
     <mergeCell ref="Q108:AD108"/>
     <mergeCell ref="AE108:AJ108"/>
     <mergeCell ref="Q109:AD109"/>
     <mergeCell ref="AE109:AJ109"/>
     <mergeCell ref="Q110:AD110"/>
     <mergeCell ref="AE110:AJ110"/>
     <mergeCell ref="C105:I105"/>
     <mergeCell ref="J105:P105"/>
     <mergeCell ref="C106:I106"/>
     <mergeCell ref="J106:P106"/>
@@ -8867,50 +8934,52 @@
     <mergeCell ref="Q69:AD69"/>
     <mergeCell ref="AE69:AJ69"/>
     <mergeCell ref="Q70:AD70"/>
     <mergeCell ref="AE70:AJ70"/>
     <mergeCell ref="Q71:AD71"/>
     <mergeCell ref="AE71:AJ71"/>
     <mergeCell ref="C67:I67"/>
     <mergeCell ref="J67:P67"/>
     <mergeCell ref="C68:I68"/>
     <mergeCell ref="J68:P68"/>
     <mergeCell ref="AE66:AJ66"/>
     <mergeCell ref="Q67:AD67"/>
     <mergeCell ref="AE67:AJ67"/>
     <mergeCell ref="Q68:AD68"/>
     <mergeCell ref="AE68:AJ68"/>
     <mergeCell ref="C65:I65"/>
     <mergeCell ref="J65:P65"/>
     <mergeCell ref="C66:I66"/>
     <mergeCell ref="J66:P66"/>
     <mergeCell ref="C54:AL54"/>
     <mergeCell ref="C50:L50"/>
     <mergeCell ref="M56:R56"/>
     <mergeCell ref="S56:AH56"/>
     <mergeCell ref="M58:R58"/>
     <mergeCell ref="S58:AH58"/>
+    <mergeCell ref="C60:L60"/>
+    <mergeCell ref="M60:AH60"/>
     <mergeCell ref="C27:AK27"/>
     <mergeCell ref="B30:AK30"/>
     <mergeCell ref="E35:AJ35"/>
     <mergeCell ref="F36:AJ36"/>
     <mergeCell ref="C23:H23"/>
     <mergeCell ref="J23:AD23"/>
     <mergeCell ref="A62:AK62"/>
     <mergeCell ref="C64:I64"/>
     <mergeCell ref="J64:P64"/>
     <mergeCell ref="M48:AH48"/>
     <mergeCell ref="M50:AH50"/>
     <mergeCell ref="C52:L52"/>
     <mergeCell ref="M52:R52"/>
     <mergeCell ref="U52:Z52"/>
     <mergeCell ref="AC52:AH52"/>
     <mergeCell ref="C56:L56"/>
     <mergeCell ref="M42:AH42"/>
     <mergeCell ref="M44:AH44"/>
     <mergeCell ref="M46:AH46"/>
     <mergeCell ref="C46:H46"/>
     <mergeCell ref="C48:H48"/>
     <mergeCell ref="C25:H25"/>
     <mergeCell ref="J25:AD25"/>
     <mergeCell ref="E34:AL34"/>
     <mergeCell ref="C15:AK15"/>
@@ -8931,151 +9000,149 @@
     <mergeCell ref="E37:AJ37"/>
     <mergeCell ref="F38:AJ38"/>
     <mergeCell ref="J21:AD21"/>
     <mergeCell ref="C44:H44"/>
     <mergeCell ref="A40:AK40"/>
     <mergeCell ref="C42:H42"/>
     <mergeCell ref="A29:AK29"/>
     <mergeCell ref="AG120:AL120"/>
     <mergeCell ref="J116:AB116"/>
     <mergeCell ref="J117:AB117"/>
     <mergeCell ref="J118:AB118"/>
     <mergeCell ref="J119:AB119"/>
     <mergeCell ref="Q64:AD64"/>
     <mergeCell ref="AE64:AJ64"/>
     <mergeCell ref="Q65:AD65"/>
     <mergeCell ref="AE65:AJ65"/>
     <mergeCell ref="Q66:AD66"/>
     <mergeCell ref="AE111:AJ111"/>
     <mergeCell ref="Q112:AD112"/>
     <mergeCell ref="AE112:AJ112"/>
     <mergeCell ref="Q113:AD113"/>
     <mergeCell ref="AE113:AJ113"/>
     <mergeCell ref="Q114:AD114"/>
     <mergeCell ref="AE114:AJ114"/>
   </mergeCells>
-  <phoneticPr fontId="3"/>
-[...1 lines deleted...]
-    <cfRule type="expression" dxfId="18" priority="23">
+  <phoneticPr fontId="5"/>
+  <conditionalFormatting sqref="C19 M58:R58 M60:R60">
+    <cfRule type="expression" dxfId="17" priority="23">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C50">
-    <cfRule type="expression" dxfId="17" priority="7">
+    <cfRule type="expression" dxfId="16" priority="7">
       <formula>$J$11="AM：管理会社"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="16" priority="8">
+    <cfRule type="expression" dxfId="15" priority="8">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="15" priority="21">
+    <cfRule type="expression" dxfId="14" priority="21">
       <formula>$J$11="TB：信託銀行"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C52">
-    <cfRule type="expression" dxfId="14" priority="11">
+    <cfRule type="expression" dxfId="13" priority="11">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C54">
-    <cfRule type="expression" dxfId="13" priority="16">
+    <cfRule type="expression" dxfId="12" priority="16">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C56">
-    <cfRule type="expression" dxfId="12" priority="10">
+    <cfRule type="expression" dxfId="11" priority="10">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J19:AD19">
-    <cfRule type="expression" dxfId="11" priority="22">
+    <cfRule type="expression" dxfId="10" priority="22">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M52:R52 U52:Z52 AC52:AH52">
-    <cfRule type="expression" dxfId="10" priority="14">
+    <cfRule type="expression" dxfId="9" priority="14">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="9" priority="18">
+    <cfRule type="expression" dxfId="8" priority="18">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M56:R56">
-    <cfRule type="expression" dxfId="8" priority="4">
-[...4 lines deleted...]
-    <cfRule type="expression" dxfId="7" priority="3">
+    <cfRule type="expression" dxfId="7" priority="4">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M50:AH50">
     <cfRule type="expression" dxfId="6" priority="5">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="5" priority="6">
       <formula>$J$11="TB：信託銀行"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="4" priority="17">
       <formula>$J$11="AM：管理会社"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S56:AH56">
     <cfRule type="expression" dxfId="3" priority="2">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S58:AH58">
     <cfRule type="expression" dxfId="2" priority="1">
       <formula>$J$11="AP：指定参加者"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE64:AJ64">
     <cfRule type="expression" dxfId="1" priority="13">
       <formula>$J$19="自己"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE65:AJ114">
     <cfRule type="expression" dxfId="0" priority="12">
       <formula>$J$19="自己"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="5">
+  <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J11:AD11" xr:uid="{E683FEDF-DC2E-4809-A516-EC9E5BAA3E43}">
-      <formula1>"AP：指定参加者,AM：管理会社,TB：信託銀行,MM：マーケットメイカー（証券会社を除く）"</formula1>
+      <formula1>"AP：指定参加者,AM：管理会社,TB：信託銀行"</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J13:AD13 M52:R52 U52:Z52 AC52:AH52" xr:uid="{27184AE3-5CA8-4BBB-9265-36972C267059}">
       <formula1>5</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M50" xr:uid="{B8930F34-A3F9-4050-B71F-8C0A475CFD14}">
       <formula1>"あり,なし"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J19:AD19" xr:uid="{9633CE60-7693-476E-A125-5995857FD39E}">
       <formula1>"自己,委託"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE65:AJ114" xr:uid="{8692F113-12A3-4867-BB80-7908526DC59B}">
       <formula1>"申込,承認"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M60:AH60" xr:uid="{3F4AF951-7609-4516-B46B-229887C34045}">
+      <formula1>"本稼働（2026/6/29）以降,その他"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F36" r:id="rId1" xr:uid="{B509C653-5A91-4D88-8665-2DC6BE03E3F3}"/>
     <hyperlink ref="F38" r:id="rId2" xr:uid="{C2BE4A5B-F397-40B9-B27F-FC3D27D5C0D9}"/>
   </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.86614173228346458" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="61" max="37" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="layoutContexts" r:id="rId4"/>
   </customProperties>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId7" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
@@ -9156,4789 +9223,4841 @@
                     <xdr:row>53</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CFD8B6C7-8BFB-49E8-8123-8BB5C50C05C9}">
   <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:13" s="38" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-      <c r="A1" s="48" t="s">
+      <c r="A1" s="47" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="C1" s="47" t="s">
         <v>94</v>
       </c>
-      <c r="B1" s="48" t="s">
+      <c r="D1" s="47" t="s">
         <v>95</v>
       </c>
-      <c r="C1" s="48" t="s">
+      <c r="E1" s="48" t="s">
         <v>96</v>
       </c>
-      <c r="D1" s="48" t="s">
+      <c r="F1" s="48" t="s">
         <v>97</v>
       </c>
-      <c r="E1" s="49" t="s">
+      <c r="G1" s="49" t="s">
         <v>98</v>
       </c>
-      <c r="F1" s="49" t="s">
+      <c r="H1" s="48" t="s">
         <v>99</v>
       </c>
-      <c r="G1" s="50" t="s">
+      <c r="I1" s="48" t="s">
         <v>100</v>
       </c>
-      <c r="H1" s="49" t="s">
+      <c r="J1" s="48" t="s">
         <v>101</v>
       </c>
-      <c r="I1" s="49" t="s">
+      <c r="K1" s="48" t="s">
         <v>102</v>
       </c>
-      <c r="J1" s="49" t="s">
+      <c r="L1" s="48" t="s">
         <v>103</v>
       </c>
-      <c r="K1" s="49" t="s">
+      <c r="M1" s="48" t="s">
         <v>104</v>
       </c>
-      <c r="L1" s="49" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A2" s="58">
+      <c r="A2" s="55">
         <f>'UT-21'!AA6</f>
         <v>0</v>
       </c>
-      <c r="B2" s="51" t="s">
+      <c r="B2" s="50" t="s">
+        <v>105</v>
+      </c>
+      <c r="C2" s="50" t="s">
+        <v>106</v>
+      </c>
+      <c r="D2" s="50"/>
+      <c r="E2" t="s">
         <v>107</v>
       </c>
-      <c r="C2" s="51" t="s">
-[...6 lines deleted...]
-      <c r="F2" s="52">
+      <c r="F2" s="51">
         <f>'UT-21'!J13</f>
         <v>0</v>
       </c>
-      <c r="G2" s="52">
+      <c r="G2" s="51">
         <f>'UT-21'!J11</f>
         <v>0</v>
       </c>
-      <c r="H2" s="55">
+      <c r="H2">
         <f>IF(G2="MM：マーケットメイカー（証券会社を除く）","",'UT-21'!J$19)</f>
         <v>0</v>
       </c>
-      <c r="I2" s="52">
+      <c r="I2" s="51">
         <f>'UT-21'!J17</f>
         <v>0</v>
       </c>
-      <c r="J2" s="52">
+      <c r="J2" s="51">
         <f>'UT-21'!M$48</f>
         <v>0</v>
       </c>
-      <c r="K2" s="55">
+      <c r="K2">
         <f>'UT-21'!S$56</f>
         <v>0</v>
       </c>
-      <c r="L2" s="56">
+      <c r="L2" s="54">
         <f>'UT-21'!S$58</f>
         <v>0</v>
       </c>
-      <c r="M2" s="57"/>
+      <c r="M2" s="50"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A3" s="47"/>
-[...11 lines deleted...]
-      <c r="M3" s="47"/>
+      <c r="A3" s="46"/>
+      <c r="B3" s="46"/>
+      <c r="C3" s="46"/>
+      <c r="D3" s="46"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="46"/>
+      <c r="G3" s="46"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="46"/>
+      <c r="J3" s="46"/>
+      <c r="K3" s="46"/>
+      <c r="L3" s="46"/>
+      <c r="M3" s="46"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A4" s="47"/>
-[...11 lines deleted...]
-      <c r="M4" s="47"/>
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="46"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="46"/>
+      <c r="I4" s="46"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+      <c r="L4" s="46"/>
+      <c r="M4" s="46"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A5" s="47"/>
-[...11 lines deleted...]
-      <c r="M5" s="47"/>
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="46"/>
+      <c r="E5" s="46"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="46"/>
+      <c r="I5" s="46"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+      <c r="L5" s="46"/>
+      <c r="M5" s="46"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A6" s="47"/>
-[...11 lines deleted...]
-      <c r="M6" s="47"/>
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="46"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="46"/>
+      <c r="I6" s="46"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+      <c r="L6" s="46"/>
+      <c r="M6" s="46"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A7" s="47"/>
-[...11 lines deleted...]
-      <c r="M7" s="47"/>
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="46"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="46"/>
+      <c r="I7" s="46"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+      <c r="L7" s="46"/>
+      <c r="M7" s="46"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A8" s="47"/>
-[...11 lines deleted...]
-      <c r="M8" s="47"/>
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="46"/>
+      <c r="I8" s="46"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+      <c r="L8" s="46"/>
+      <c r="M8" s="46"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A9" s="47"/>
-[...11 lines deleted...]
-      <c r="M9" s="47"/>
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="46"/>
+      <c r="I9" s="46"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+      <c r="L9" s="46"/>
+      <c r="M9" s="46"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A10" s="47"/>
-[...11 lines deleted...]
-      <c r="M10" s="47"/>
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="46"/>
+      <c r="I10" s="46"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+      <c r="L10" s="46"/>
+      <c r="M10" s="46"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A11" s="47"/>
-[...11 lines deleted...]
-      <c r="M11" s="47"/>
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="46"/>
+      <c r="I11" s="46"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+      <c r="L11" s="46"/>
+      <c r="M11" s="46"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A12" s="47"/>
-[...11 lines deleted...]
-      <c r="M12" s="47"/>
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="46"/>
+      <c r="I12" s="46"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+      <c r="L12" s="46"/>
+      <c r="M12" s="46"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A13" s="47"/>
-[...11 lines deleted...]
-      <c r="M13" s="47"/>
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="46"/>
+      <c r="I13" s="46"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+      <c r="L13" s="46"/>
+      <c r="M13" s="46"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A14" s="47"/>
-[...11 lines deleted...]
-      <c r="M14" s="47"/>
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="46"/>
+      <c r="I14" s="46"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+      <c r="L14" s="46"/>
+      <c r="M14" s="46"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A15" s="47"/>
-[...11 lines deleted...]
-      <c r="M15" s="47"/>
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="46"/>
+      <c r="I15" s="46"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+      <c r="L15" s="46"/>
+      <c r="M15" s="46"/>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A16" s="47"/>
-[...11 lines deleted...]
-      <c r="M16" s="47"/>
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="46"/>
+      <c r="I16" s="46"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+      <c r="L16" s="46"/>
+      <c r="M16" s="46"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A17" s="47"/>
-[...11 lines deleted...]
-      <c r="M17" s="47"/>
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="46"/>
+      <c r="I17" s="46"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+      <c r="L17" s="46"/>
+      <c r="M17" s="46"/>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A18" s="47"/>
-[...11 lines deleted...]
-      <c r="M18" s="47"/>
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="46"/>
+      <c r="I18" s="46"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+      <c r="L18" s="46"/>
+      <c r="M18" s="46"/>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A19" s="47"/>
-[...11 lines deleted...]
-      <c r="M19" s="47"/>
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="46"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A20" s="47"/>
-[...11 lines deleted...]
-      <c r="M20" s="47"/>
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="46"/>
+      <c r="I20" s="46"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+      <c r="L20" s="46"/>
+      <c r="M20" s="46"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A21" s="47"/>
-[...11 lines deleted...]
-      <c r="M21" s="47"/>
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="46"/>
+      <c r="I21" s="46"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+      <c r="L21" s="46"/>
+      <c r="M21" s="46"/>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A22" s="47"/>
-[...11 lines deleted...]
-      <c r="M22" s="47"/>
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="46"/>
+      <c r="I22" s="46"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+      <c r="L22" s="46"/>
+      <c r="M22" s="46"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A23" s="47"/>
-[...11 lines deleted...]
-      <c r="M23" s="47"/>
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="46"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+      <c r="L23" s="46"/>
+      <c r="M23" s="46"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A24" s="46"/>
-[...11 lines deleted...]
-      <c r="M24" s="46"/>
+      <c r="A24" s="45"/>
+      <c r="B24" s="45"/>
+      <c r="C24" s="45"/>
+      <c r="D24" s="45"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="45"/>
+      <c r="H24" s="45"/>
+      <c r="I24" s="45"/>
+      <c r="J24" s="45"/>
+      <c r="K24" s="45"/>
+      <c r="L24" s="45"/>
+      <c r="M24" s="45"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="3"/>
+  <phoneticPr fontId="5"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3C574E4-B4A0-4666-B8A9-9E678E9DFE30}">
   <dimension ref="A1:V52"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4"/>
+      <selection activeCell="O14" sqref="O14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="10.5546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="23" max="25" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="60" x14ac:dyDescent="0.2">
-      <c r="A1" s="48" t="s">
+      <c r="A1" s="47" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="C1" s="47" t="s">
         <v>94</v>
       </c>
-      <c r="B1" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="49" t="s">
+      <c r="D1" s="48" t="s">
+        <v>87</v>
+      </c>
+      <c r="E1" s="48" t="s">
+        <v>108</v>
+      </c>
+      <c r="F1" s="49" t="s">
+        <v>88</v>
+      </c>
+      <c r="G1" s="48" t="s">
         <v>89</v>
       </c>
-      <c r="E1" s="49" t="s">
+      <c r="H1" s="48" t="s">
+        <v>90</v>
+      </c>
+      <c r="I1" s="48" t="s">
+        <v>109</v>
+      </c>
+      <c r="J1" s="48" t="s">
         <v>110</v>
       </c>
-      <c r="F1" s="50" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="49" t="s">
+      <c r="K1" s="48" t="s">
         <v>91</v>
       </c>
-      <c r="H1" s="49" t="s">
-[...2 lines deleted...]
-      <c r="I1" s="49" t="s">
+      <c r="L1" s="48" t="s">
         <v>111</v>
       </c>
-      <c r="J1" s="49" t="s">
+      <c r="M1" s="48" t="s">
         <v>112</v>
       </c>
-      <c r="K1" s="49" t="s">
-[...2 lines deleted...]
-      <c r="L1" s="49" t="s">
+      <c r="N1" s="48" t="s">
         <v>113</v>
       </c>
-      <c r="M1" s="49" t="s">
+      <c r="O1" s="48" t="s">
         <v>114</v>
       </c>
-      <c r="N1" s="49" t="s">
+      <c r="P1" s="48" t="s">
         <v>115</v>
       </c>
-      <c r="O1" s="49" t="s">
+      <c r="Q1" s="48" t="s">
         <v>116</v>
       </c>
-      <c r="P1" s="49" t="s">
+      <c r="R1" s="48" t="s">
         <v>117</v>
       </c>
-      <c r="Q1" s="49" t="s">
+      <c r="S1" s="48" t="s">
         <v>118</v>
       </c>
-      <c r="R1" s="49" t="s">
+      <c r="T1" s="48" t="s">
         <v>119</v>
       </c>
-      <c r="S1" s="49" t="s">
+      <c r="U1" s="48" t="s">
         <v>120</v>
       </c>
-      <c r="T1" s="49" t="s">
+      <c r="V1" s="48" t="s">
         <v>121</v>
       </c>
-      <c r="U1" s="49" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A2" s="59">
+      <c r="A2" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C2" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D2" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D2" s="52"/>
       <c r="E2" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F2" s="54">
+        <v>123</v>
+      </c>
+      <c r="F2" s="53">
         <f>'UT-21'!AA$6</f>
         <v>0</v>
       </c>
-      <c r="G2" s="52">
+      <c r="G2" s="51">
         <f>'UT-21'!J$11</f>
         <v>0</v>
       </c>
-      <c r="H2" s="52">
+      <c r="H2" s="51">
         <f>'UT-21'!J$13</f>
         <v>0</v>
       </c>
-      <c r="I2" s="52">
+      <c r="I2" s="51">
         <f>'UT-21'!J$17</f>
         <v>0</v>
       </c>
-      <c r="J2" s="52">
+      <c r="J2" s="51">
         <f>'UT-21'!M$48</f>
         <v>0</v>
       </c>
-      <c r="K2" s="55" t="str">
+      <c r="K2" t="str">
         <f>IF(G2="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L2" s="57" t="s">
-[...2 lines deleted...]
-      <c r="M2" s="52">
+      <c r="L2" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
+      </c>
+      <c r="M2" s="51">
         <f>'UT-21'!M$50</f>
         <v>0</v>
       </c>
-      <c r="N2" s="55" t="str">
+      <c r="N2" t="str">
         <f>IF('UT-21'!M$52="","",'UT-21'!M$52)</f>
         <v/>
       </c>
-      <c r="O2" s="55" t="str">
+      <c r="O2" t="str">
         <f>IF('UT-21'!U$52="","",'UT-21'!U$52)</f>
         <v/>
       </c>
-      <c r="P2" s="55" t="str">
+      <c r="P2" t="str">
         <f>IF('UT-21'!AC$52="","",'UT-21'!AC$52)</f>
         <v/>
       </c>
-      <c r="Q2" s="55" t="str">
+      <c r="Q2" t="str">
         <f>IF('UT-21'!S$56="","",'UT-21'!S$56)</f>
         <v/>
       </c>
-      <c r="R2" s="55" t="str">
+      <c r="R2" t="str">
         <f>IF('UT-21'!S$58="","",'UT-21'!S$58)</f>
         <v/>
       </c>
-      <c r="S2" s="55" t="str">
+      <c r="S2" t="str">
         <f>IF('UT-21'!C65="","",'UT-21'!C65)</f>
         <v/>
       </c>
-      <c r="T2" s="55" t="str">
+      <c r="T2" t="str">
         <f>IF('UT-21'!J65="","",'UT-21'!J65)</f>
         <v/>
       </c>
-      <c r="U2" s="55" t="str">
+      <c r="U2" t="str">
         <f>IF('UT-21'!Q65="","",'UT-21'!Q65)</f>
         <v/>
       </c>
-      <c r="V2" s="55" t="str">
+      <c r="V2" t="str">
         <f>IF('UT-21'!AE65="","",'UT-21'!AE65)</f>
         <v/>
       </c>
     </row>
     <row r="3" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A3" s="59">
+      <c r="A3" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C3" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D3" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D3" s="52"/>
       <c r="E3" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F3" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F3" s="53" t="str">
         <f>IF(S3="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G3" t="str">
         <f>IF(S3="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H3" t="str">
         <f>IF(S3="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I3" t="str">
         <f>IF(S3="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J3" t="str">
         <f>IF(S3="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K3" s="55" t="str">
+      <c r="K3" t="str">
         <f>IF(G3="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L3" s="57" t="s">
-        <v>10</v>
+      <c r="L3" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M3" t="str">
         <f>IF(S3="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N3" t="str">
         <f>IF(S3="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O3" t="str">
         <f>IF(S3="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P3" t="str">
         <f>IF(S3="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q3" t="str">
         <f>IF(S3="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R3" t="str">
         <f>IF(S3="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S3" t="str">
         <f>IF('UT-21'!C66="","",'UT-21'!C66)</f>
         <v/>
       </c>
       <c r="T3" t="str">
         <f>IF('UT-21'!J66="","",'UT-21'!J66)</f>
         <v/>
       </c>
       <c r="U3" t="str">
         <f>IF('UT-21'!Q66="","",'UT-21'!Q66)</f>
         <v/>
       </c>
       <c r="V3" t="str">
         <f>IF('UT-21'!AE66="","",'UT-21'!AE66)</f>
         <v/>
       </c>
     </row>
     <row r="4" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A4" s="59">
+      <c r="A4" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C4" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D4" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D4" s="52"/>
       <c r="E4" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F4" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F4" s="53" t="str">
         <f>IF(S4="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G4" t="str">
         <f>IF(S4="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H4" t="str">
         <f>IF(S4="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I4" t="str">
         <f>IF(S4="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J4" t="str">
         <f>IF(S4="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K4" s="55" t="str">
+      <c r="K4" t="str">
         <f>IF(G4="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L4" s="57" t="s">
-        <v>10</v>
+      <c r="L4" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M4" t="str">
         <f>IF(S4="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N4" t="str">
         <f>IF(S4="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O4" t="str">
         <f>IF(S4="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P4" t="str">
         <f>IF(S4="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q4" t="str">
         <f>IF(S4="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R4" t="str">
         <f>IF(S4="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S4" t="str">
         <f>IF('UT-21'!C67="","",'UT-21'!C67)</f>
         <v/>
       </c>
       <c r="T4" t="str">
         <f>IF('UT-21'!J67="","",'UT-21'!J67)</f>
         <v/>
       </c>
       <c r="U4" t="str">
         <f>IF('UT-21'!Q67="","",'UT-21'!Q67)</f>
         <v/>
       </c>
       <c r="V4" t="str">
         <f>IF('UT-21'!AE67="","",'UT-21'!AE67)</f>
         <v/>
       </c>
     </row>
     <row r="5" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A5" s="59">
+      <c r="A5" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B5" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C5" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D5" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D5" s="52"/>
       <c r="E5" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F5" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F5" s="53" t="str">
         <f>IF(S5="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G5" t="str">
         <f>IF(S5="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H5" t="str">
         <f>IF(S5="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I5" t="str">
         <f>IF(S5="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J5" t="str">
         <f>IF(S5="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K5" s="55" t="str">
+      <c r="K5" t="str">
         <f>IF(G5="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L5" s="57" t="s">
-        <v>10</v>
+      <c r="L5" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M5" t="str">
         <f>IF(S5="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N5" t="str">
         <f>IF(S5="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O5" t="str">
         <f>IF(S5="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P5" t="str">
         <f>IF(S5="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q5" t="str">
         <f>IF(S5="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R5" t="str">
         <f>IF(S5="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S5" t="str">
         <f>IF('UT-21'!C68="","",'UT-21'!C68)</f>
         <v/>
       </c>
       <c r="T5" t="str">
         <f>IF('UT-21'!J68="","",'UT-21'!J68)</f>
         <v/>
       </c>
       <c r="U5" t="str">
         <f>IF('UT-21'!Q68="","",'UT-21'!Q68)</f>
         <v/>
       </c>
       <c r="V5" t="str">
         <f>IF('UT-21'!AE68="","",'UT-21'!AE68)</f>
         <v/>
       </c>
     </row>
     <row r="6" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A6" s="59">
+      <c r="A6" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B6" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C6" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D6" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D6" s="52"/>
       <c r="E6" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F6" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F6" s="53" t="str">
         <f>IF(S6="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G6" t="str">
         <f>IF(S6="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H6" t="str">
         <f>IF(S6="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I6" t="str">
         <f>IF(S6="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J6" t="str">
         <f>IF(S6="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K6" s="55" t="str">
+      <c r="K6" t="str">
         <f>IF(G6="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L6" s="57" t="s">
-        <v>10</v>
+      <c r="L6" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M6" t="str">
         <f>IF(S6="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N6" t="str">
         <f>IF(S6="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O6" t="str">
         <f>IF(S6="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P6" t="str">
         <f>IF(S6="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q6" t="str">
         <f>IF(S6="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R6" t="str">
         <f>IF(S6="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S6" t="str">
         <f>IF('UT-21'!C69="","",'UT-21'!C69)</f>
         <v/>
       </c>
       <c r="T6" t="str">
         <f>IF('UT-21'!J69="","",'UT-21'!J69)</f>
         <v/>
       </c>
       <c r="U6" t="str">
         <f>IF('UT-21'!Q69="","",'UT-21'!Q69)</f>
         <v/>
       </c>
       <c r="V6" t="str">
         <f>IF('UT-21'!AE69="","",'UT-21'!AE69)</f>
         <v/>
       </c>
     </row>
     <row r="7" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A7" s="59">
+      <c r="A7" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B7" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C7" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D7" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D7" s="52"/>
       <c r="E7" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F7" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F7" s="53" t="str">
         <f>IF(S7="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G7" t="str">
         <f>IF(S7="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H7" t="str">
         <f>IF(S7="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I7" t="str">
         <f>IF(S7="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J7" t="str">
         <f>IF(S7="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K7" s="55" t="str">
+      <c r="K7" t="str">
         <f>IF(G7="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L7" s="57" t="s">
-        <v>10</v>
+      <c r="L7" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M7" t="str">
         <f>IF(S7="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N7" t="str">
         <f>IF(S7="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O7" t="str">
         <f>IF(S7="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P7" t="str">
         <f>IF(S7="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q7" t="str">
         <f>IF(S7="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R7" t="str">
         <f>IF(S7="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S7" t="str">
         <f>IF('UT-21'!C70="","",'UT-21'!C70)</f>
         <v/>
       </c>
       <c r="T7" t="str">
         <f>IF('UT-21'!J70="","",'UT-21'!J70)</f>
         <v/>
       </c>
       <c r="U7" t="str">
         <f>IF('UT-21'!Q70="","",'UT-21'!Q70)</f>
         <v/>
       </c>
       <c r="V7" t="str">
         <f>IF('UT-21'!AE70="","",'UT-21'!AE70)</f>
         <v/>
       </c>
     </row>
     <row r="8" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A8" s="59">
+      <c r="A8" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B8" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C8" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D8" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D8" s="52"/>
       <c r="E8" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F8" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F8" s="53" t="str">
         <f>IF(S8="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G8" t="str">
         <f>IF(S8="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H8" t="str">
         <f>IF(S8="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I8" t="str">
         <f>IF(S8="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J8" t="str">
         <f>IF(S8="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K8" s="55" t="str">
+      <c r="K8" t="str">
         <f>IF(G8="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L8" s="57" t="s">
-        <v>10</v>
+      <c r="L8" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M8" t="str">
         <f>IF(S8="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N8" t="str">
         <f>IF(S8="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O8" t="str">
         <f>IF(S8="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P8" t="str">
         <f>IF(S8="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q8" t="str">
         <f>IF(S8="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R8" t="str">
         <f>IF(S8="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S8" t="str">
         <f>IF('UT-21'!C71="","",'UT-21'!C71)</f>
         <v/>
       </c>
       <c r="T8" t="str">
         <f>IF('UT-21'!J71="","",'UT-21'!J71)</f>
         <v/>
       </c>
       <c r="U8" t="str">
         <f>IF('UT-21'!Q71="","",'UT-21'!Q71)</f>
         <v/>
       </c>
       <c r="V8" t="str">
         <f>IF('UT-21'!AE71="","",'UT-21'!AE71)</f>
         <v/>
       </c>
     </row>
     <row r="9" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A9" s="59">
+      <c r="A9" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B9" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D9" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D9" s="52"/>
       <c r="E9" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F9" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F9" s="53" t="str">
         <f>IF(S9="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G9" t="str">
         <f>IF(S9="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H9" t="str">
         <f>IF(S9="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I9" t="str">
         <f>IF(S9="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J9" t="str">
         <f>IF(S9="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K9" s="55" t="str">
+      <c r="K9" t="str">
         <f>IF(G9="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L9" s="57" t="s">
-        <v>10</v>
+      <c r="L9" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M9" t="str">
         <f>IF(S9="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N9" t="str">
         <f>IF(S9="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O9" t="str">
         <f>IF(S9="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P9" t="str">
         <f>IF(S9="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q9" t="str">
         <f>IF(S9="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R9" t="str">
         <f>IF(S9="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S9" t="str">
         <f>IF('UT-21'!C72="","",'UT-21'!C72)</f>
         <v/>
       </c>
       <c r="T9" t="str">
         <f>IF('UT-21'!J72="","",'UT-21'!J72)</f>
         <v/>
       </c>
       <c r="U9" t="str">
         <f>IF('UT-21'!Q72="","",'UT-21'!Q72)</f>
         <v/>
       </c>
       <c r="V9" t="str">
         <f>IF('UT-21'!AE72="","",'UT-21'!AE72)</f>
         <v/>
       </c>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A10" s="59">
+      <c r="A10" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B10" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C10" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D10" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D10" s="52"/>
       <c r="E10" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F10" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F10" s="53" t="str">
         <f>IF(S10="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G10" t="str">
         <f>IF(S10="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H10" t="str">
         <f>IF(S10="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I10" t="str">
         <f>IF(S10="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J10" t="str">
         <f>IF(S10="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K10" s="55" t="str">
+      <c r="K10" t="str">
         <f>IF(G10="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L10" s="57" t="s">
-        <v>10</v>
+      <c r="L10" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M10" t="str">
         <f>IF(S10="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N10" t="str">
         <f>IF(S10="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O10" t="str">
         <f>IF(S10="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P10" t="str">
         <f>IF(S10="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q10" t="str">
         <f>IF(S10="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R10" t="str">
         <f>IF(S10="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S10" t="str">
         <f>IF('UT-21'!C73="","",'UT-21'!C73)</f>
         <v/>
       </c>
       <c r="T10" t="str">
         <f>IF('UT-21'!J73="","",'UT-21'!J73)</f>
         <v/>
       </c>
       <c r="U10" t="str">
         <f>IF('UT-21'!Q73="","",'UT-21'!Q73)</f>
         <v/>
       </c>
       <c r="V10" t="str">
         <f>IF('UT-21'!AE73="","",'UT-21'!AE73)</f>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A11" s="59">
+      <c r="A11" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B11" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D11" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D11" s="52"/>
       <c r="E11" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F11" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F11" s="53" t="str">
         <f>IF(S11="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G11" t="str">
         <f>IF(S11="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H11" t="str">
         <f>IF(S11="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I11" t="str">
         <f>IF(S11="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J11" t="str">
         <f>IF(S11="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K11" s="55" t="str">
+      <c r="K11" t="str">
         <f>IF(G11="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L11" s="57" t="s">
-        <v>10</v>
+      <c r="L11" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M11" t="str">
         <f>IF(S11="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N11" t="str">
         <f>IF(S11="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O11" t="str">
         <f>IF(S11="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P11" t="str">
         <f>IF(S11="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q11" t="str">
         <f>IF(S11="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R11" t="str">
         <f>IF(S11="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S11" t="str">
         <f>IF('UT-21'!C74="","",'UT-21'!C74)</f>
         <v/>
       </c>
       <c r="T11" t="str">
         <f>IF('UT-21'!J74="","",'UT-21'!J74)</f>
         <v/>
       </c>
       <c r="U11" t="str">
         <f>IF('UT-21'!Q74="","",'UT-21'!Q74)</f>
         <v/>
       </c>
       <c r="V11" t="str">
         <f>IF('UT-21'!AE74="","",'UT-21'!AE74)</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A12" s="59">
+      <c r="A12" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D12" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D12" s="52"/>
       <c r="E12" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F12" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F12" s="53" t="str">
         <f>IF(S12="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G12" t="str">
         <f>IF(S12="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H12" t="str">
         <f>IF(S12="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I12" t="str">
         <f>IF(S12="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J12" t="str">
         <f>IF(S12="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K12" s="55" t="str">
+      <c r="K12" t="str">
         <f>IF(G12="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L12" s="57" t="s">
-        <v>10</v>
+      <c r="L12" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M12" t="str">
         <f>IF(S12="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N12" t="str">
         <f>IF(S12="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O12" t="str">
         <f>IF(S12="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P12" t="str">
         <f>IF(S12="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q12" t="str">
         <f>IF(S12="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R12" t="str">
         <f>IF(S12="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S12" t="str">
         <f>IF('UT-21'!C75="","",'UT-21'!C75)</f>
         <v/>
       </c>
       <c r="T12" t="str">
         <f>IF('UT-21'!J75="","",'UT-21'!J75)</f>
         <v/>
       </c>
       <c r="U12" t="str">
         <f>IF('UT-21'!Q75="","",'UT-21'!Q75)</f>
         <v/>
       </c>
       <c r="V12" t="str">
         <f>IF('UT-21'!AE75="","",'UT-21'!AE75)</f>
         <v/>
       </c>
     </row>
     <row r="13" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A13" s="59">
+      <c r="A13" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D13" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D13" s="52"/>
       <c r="E13" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F13" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F13" s="53" t="str">
         <f>IF(S13="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G13" t="str">
         <f>IF(S13="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H13" t="str">
         <f>IF(S13="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I13" t="str">
         <f>IF(S13="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J13" t="str">
         <f>IF(S13="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K13" s="55" t="str">
+      <c r="K13" t="str">
         <f>IF(G13="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L13" s="57" t="s">
-        <v>10</v>
+      <c r="L13" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M13" t="str">
         <f>IF(S13="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N13" t="str">
         <f>IF(S13="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O13" t="str">
         <f>IF(S13="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P13" t="str">
         <f>IF(S13="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q13" t="str">
         <f>IF(S13="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R13" t="str">
         <f>IF(S13="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S13" t="str">
         <f>IF('UT-21'!C76="","",'UT-21'!C76)</f>
         <v/>
       </c>
       <c r="T13" t="str">
         <f>IF('UT-21'!J76="","",'UT-21'!J76)</f>
         <v/>
       </c>
       <c r="U13" t="str">
         <f>IF('UT-21'!Q76="","",'UT-21'!Q76)</f>
         <v/>
       </c>
       <c r="V13" t="str">
         <f>IF('UT-21'!AE76="","",'UT-21'!AE76)</f>
         <v/>
       </c>
     </row>
     <row r="14" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A14" s="59">
+      <c r="A14" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D14" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D14" s="52"/>
       <c r="E14" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F14" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F14" s="53" t="str">
         <f>IF(S14="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G14" t="str">
         <f>IF(S14="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H14" t="str">
         <f>IF(S14="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I14" t="str">
         <f>IF(S14="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J14" t="str">
         <f>IF(S14="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K14" s="55" t="str">
+      <c r="K14" t="str">
         <f>IF(G14="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L14" s="57" t="s">
-        <v>10</v>
+      <c r="L14" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M14" t="str">
         <f>IF(S14="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N14" t="str">
         <f>IF(S14="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O14" t="str">
         <f>IF(S14="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P14" t="str">
         <f>IF(S14="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q14" t="str">
         <f>IF(S14="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R14" t="str">
         <f>IF(S14="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S14" t="str">
         <f>IF('UT-21'!C77="","",'UT-21'!C77)</f>
         <v/>
       </c>
       <c r="T14" t="str">
         <f>IF('UT-21'!J77="","",'UT-21'!J77)</f>
         <v/>
       </c>
       <c r="U14" t="str">
         <f>IF('UT-21'!Q77="","",'UT-21'!Q77)</f>
         <v/>
       </c>
       <c r="V14" t="str">
         <f>IF('UT-21'!AE77="","",'UT-21'!AE77)</f>
         <v/>
       </c>
     </row>
     <row r="15" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A15" s="59">
+      <c r="A15" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C15" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D15" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D15" s="52"/>
       <c r="E15" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F15" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F15" s="53" t="str">
         <f>IF(S15="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G15" t="str">
         <f>IF(S15="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H15" t="str">
         <f>IF(S15="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I15" t="str">
         <f>IF(S15="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J15" t="str">
         <f>IF(S15="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K15" s="55" t="str">
+      <c r="K15" t="str">
         <f>IF(G15="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L15" s="57" t="s">
-        <v>10</v>
+      <c r="L15" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M15" t="str">
         <f>IF(S15="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N15" t="str">
         <f>IF(S15="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O15" t="str">
         <f>IF(S15="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P15" t="str">
         <f>IF(S15="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q15" t="str">
         <f>IF(S15="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R15" t="str">
         <f>IF(S15="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S15" t="str">
         <f>IF('UT-21'!C78="","",'UT-21'!C78)</f>
         <v/>
       </c>
       <c r="T15" t="str">
         <f>IF('UT-21'!J78="","",'UT-21'!J78)</f>
         <v/>
       </c>
       <c r="U15" t="str">
         <f>IF('UT-21'!Q78="","",'UT-21'!Q78)</f>
         <v/>
       </c>
       <c r="V15" t="str">
         <f>IF('UT-21'!AE78="","",'UT-21'!AE78)</f>
         <v/>
       </c>
     </row>
     <row r="16" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A16" s="59">
+      <c r="A16" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B16" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C16" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D16" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D16" s="52"/>
       <c r="E16" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F16" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F16" s="53" t="str">
         <f>IF(S16="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G16" t="str">
         <f>IF(S16="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H16" t="str">
         <f>IF(S16="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I16" t="str">
         <f>IF(S16="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J16" t="str">
         <f>IF(S16="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K16" s="55" t="str">
+      <c r="K16" t="str">
         <f>IF(G16="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L16" s="57" t="s">
-        <v>10</v>
+      <c r="L16" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M16" t="str">
         <f>IF(S16="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N16" t="str">
         <f>IF(S16="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O16" t="str">
         <f>IF(S16="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P16" t="str">
         <f>IF(S16="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q16" t="str">
         <f>IF(S16="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R16" t="str">
         <f>IF(S16="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S16" t="str">
         <f>IF('UT-21'!C79="","",'UT-21'!C79)</f>
         <v/>
       </c>
       <c r="T16" t="str">
         <f>IF('UT-21'!J79="","",'UT-21'!J79)</f>
         <v/>
       </c>
       <c r="U16" t="str">
         <f>IF('UT-21'!Q79="","",'UT-21'!Q79)</f>
         <v/>
       </c>
       <c r="V16" t="str">
         <f>IF('UT-21'!AE79="","",'UT-21'!AE79)</f>
         <v/>
       </c>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A17" s="59">
+      <c r="A17" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C17" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D17" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D17" s="52"/>
       <c r="E17" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F17" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F17" s="53" t="str">
         <f>IF(S17="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G17" t="str">
         <f>IF(S17="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H17" t="str">
         <f>IF(S17="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I17" t="str">
         <f>IF(S17="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J17" t="str">
         <f>IF(S17="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K17" s="55" t="str">
+      <c r="K17" t="str">
         <f>IF(G17="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L17" s="57" t="s">
-        <v>10</v>
+      <c r="L17" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M17" t="str">
         <f>IF(S17="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N17" t="str">
         <f>IF(S17="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O17" t="str">
         <f>IF(S17="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P17" t="str">
         <f>IF(S17="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q17" t="str">
         <f>IF(S17="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R17" t="str">
         <f>IF(S17="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S17" t="str">
         <f>IF('UT-21'!C80="","",'UT-21'!C80)</f>
         <v/>
       </c>
       <c r="T17" t="str">
         <f>IF('UT-21'!J80="","",'UT-21'!J80)</f>
         <v/>
       </c>
       <c r="U17" t="str">
         <f>IF('UT-21'!Q80="","",'UT-21'!Q80)</f>
         <v/>
       </c>
       <c r="V17" t="str">
         <f>IF('UT-21'!AE80="","",'UT-21'!AE80)</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A18" s="59">
+      <c r="A18" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B18" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C18" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D18" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D18" s="52"/>
       <c r="E18" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F18" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F18" s="53" t="str">
         <f>IF(S18="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G18" t="str">
         <f>IF(S18="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H18" t="str">
         <f>IF(S18="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I18" t="str">
         <f>IF(S18="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J18" t="str">
         <f>IF(S18="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K18" s="55" t="str">
+      <c r="K18" t="str">
         <f>IF(G18="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L18" s="57" t="s">
-        <v>10</v>
+      <c r="L18" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M18" t="str">
         <f>IF(S18="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N18" t="str">
         <f>IF(S18="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O18" t="str">
         <f>IF(S18="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P18" t="str">
         <f>IF(S18="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q18" t="str">
         <f>IF(S18="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R18" t="str">
         <f>IF(S18="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S18" t="str">
         <f>IF('UT-21'!C81="","",'UT-21'!C81)</f>
         <v/>
       </c>
       <c r="T18" t="str">
         <f>IF('UT-21'!J81="","",'UT-21'!J81)</f>
         <v/>
       </c>
       <c r="U18" t="str">
         <f>IF('UT-21'!Q81="","",'UT-21'!Q81)</f>
         <v/>
       </c>
       <c r="V18" t="str">
         <f>IF('UT-21'!AE81="","",'UT-21'!AE81)</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A19" s="59">
+      <c r="A19" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B19" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C19" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D19" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D19" s="52"/>
       <c r="E19" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F19" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F19" s="53" t="str">
         <f>IF(S19="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G19" t="str">
         <f>IF(S19="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H19" t="str">
         <f>IF(S19="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I19" t="str">
         <f>IF(S19="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J19" t="str">
         <f>IF(S19="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K19" s="55" t="str">
+      <c r="K19" t="str">
         <f>IF(G19="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L19" s="57" t="s">
-        <v>10</v>
+      <c r="L19" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M19" t="str">
         <f>IF(S19="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N19" t="str">
         <f>IF(S19="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O19" t="str">
         <f>IF(S19="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P19" t="str">
         <f>IF(S19="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q19" t="str">
         <f>IF(S19="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R19" t="str">
         <f>IF(S19="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S19" t="str">
         <f>IF('UT-21'!C82="","",'UT-21'!C82)</f>
         <v/>
       </c>
       <c r="T19" t="str">
         <f>IF('UT-21'!J82="","",'UT-21'!J82)</f>
         <v/>
       </c>
       <c r="U19" t="str">
         <f>IF('UT-21'!Q82="","",'UT-21'!Q82)</f>
         <v/>
       </c>
       <c r="V19" t="str">
         <f>IF('UT-21'!AE82="","",'UT-21'!AE82)</f>
         <v/>
       </c>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A20" s="59">
+      <c r="A20" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B20" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C20" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D20" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D20" s="52"/>
       <c r="E20" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F20" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F20" s="53" t="str">
         <f>IF(S20="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G20" t="str">
         <f>IF(S20="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H20" t="str">
         <f>IF(S20="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I20" t="str">
         <f>IF(S20="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J20" t="str">
         <f>IF(S20="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K20" s="55" t="str">
+      <c r="K20" t="str">
         <f>IF(G20="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L20" s="57" t="s">
-        <v>10</v>
+      <c r="L20" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M20" t="str">
         <f>IF(S20="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N20" t="str">
         <f>IF(S20="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O20" t="str">
         <f>IF(S20="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P20" t="str">
         <f>IF(S20="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q20" t="str">
         <f>IF(S20="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R20" t="str">
         <f>IF(S20="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S20" t="str">
         <f>IF('UT-21'!C83="","",'UT-21'!C83)</f>
         <v/>
       </c>
       <c r="T20" t="str">
         <f>IF('UT-21'!J83="","",'UT-21'!J83)</f>
         <v/>
       </c>
       <c r="U20" t="str">
         <f>IF('UT-21'!Q83="","",'UT-21'!Q83)</f>
         <v/>
       </c>
       <c r="V20" t="str">
         <f>IF('UT-21'!AE83="","",'UT-21'!AE83)</f>
         <v/>
       </c>
     </row>
     <row r="21" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A21" s="59">
+      <c r="A21" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B21" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C21" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D21" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D21" s="52"/>
       <c r="E21" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F21" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F21" s="53" t="str">
         <f>IF(S21="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G21" t="str">
         <f>IF(S21="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H21" t="str">
         <f>IF(S21="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I21" t="str">
         <f>IF(S21="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J21" t="str">
         <f>IF(S21="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K21" s="55" t="str">
+      <c r="K21" t="str">
         <f>IF(G21="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L21" s="57" t="s">
-        <v>10</v>
+      <c r="L21" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M21" t="str">
         <f>IF(S21="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N21" t="str">
         <f>IF(S21="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O21" t="str">
         <f>IF(S21="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P21" t="str">
         <f>IF(S21="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q21" t="str">
         <f>IF(S21="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R21" t="str">
         <f>IF(S21="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S21" t="str">
         <f>IF('UT-21'!C84="","",'UT-21'!C84)</f>
         <v/>
       </c>
       <c r="T21" t="str">
         <f>IF('UT-21'!J84="","",'UT-21'!J84)</f>
         <v/>
       </c>
       <c r="U21" t="str">
         <f>IF('UT-21'!Q84="","",'UT-21'!Q84)</f>
         <v/>
       </c>
       <c r="V21" t="str">
         <f>IF('UT-21'!AE84="","",'UT-21'!AE84)</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A22" s="59">
+      <c r="A22" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C22" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D22" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D22" s="52"/>
       <c r="E22" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F22" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F22" s="53" t="str">
         <f>IF(S22="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G22" t="str">
         <f>IF(S22="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H22" t="str">
         <f>IF(S22="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I22" t="str">
         <f>IF(S22="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J22" t="str">
         <f>IF(S22="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K22" s="55" t="str">
+      <c r="K22" t="str">
         <f>IF(G22="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L22" s="57" t="s">
-        <v>10</v>
+      <c r="L22" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M22" t="str">
         <f>IF(S22="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N22" t="str">
         <f>IF(S22="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O22" t="str">
         <f>IF(S22="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P22" t="str">
         <f>IF(S22="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q22" t="str">
         <f>IF(S22="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R22" t="str">
         <f>IF(S22="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S22" t="str">
         <f>IF('UT-21'!C85="","",'UT-21'!C85)</f>
         <v/>
       </c>
       <c r="T22" t="str">
         <f>IF('UT-21'!J85="","",'UT-21'!J85)</f>
         <v/>
       </c>
       <c r="U22" t="str">
         <f>IF('UT-21'!Q85="","",'UT-21'!Q85)</f>
         <v/>
       </c>
       <c r="V22" t="str">
         <f>IF('UT-21'!AE85="","",'UT-21'!AE85)</f>
         <v/>
       </c>
     </row>
     <row r="23" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A23" s="59">
+      <c r="A23" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B23" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C23" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D23" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D23" s="52"/>
       <c r="E23" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F23" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F23" s="53" t="str">
         <f>IF(S23="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G23" t="str">
         <f>IF(S23="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H23" t="str">
         <f>IF(S23="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I23" t="str">
         <f>IF(S23="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J23" t="str">
         <f>IF(S23="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K23" s="55" t="str">
+      <c r="K23" t="str">
         <f>IF(G23="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L23" s="57" t="s">
-        <v>10</v>
+      <c r="L23" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M23" t="str">
         <f>IF(S23="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N23" t="str">
         <f>IF(S23="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O23" t="str">
         <f>IF(S23="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P23" t="str">
         <f>IF(S23="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q23" t="str">
         <f>IF(S23="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R23" t="str">
         <f>IF(S23="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S23" t="str">
         <f>IF('UT-21'!C86="","",'UT-21'!C86)</f>
         <v/>
       </c>
       <c r="T23" t="str">
         <f>IF('UT-21'!J86="","",'UT-21'!J86)</f>
         <v/>
       </c>
       <c r="U23" t="str">
         <f>IF('UT-21'!Q86="","",'UT-21'!Q86)</f>
         <v/>
       </c>
       <c r="V23" t="str">
         <f>IF('UT-21'!AE86="","",'UT-21'!AE86)</f>
         <v/>
       </c>
     </row>
     <row r="24" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A24" s="59">
+      <c r="A24" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B24" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D24" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D24" s="52"/>
       <c r="E24" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F24" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F24" s="53" t="str">
         <f>IF(S24="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G24" t="str">
         <f>IF(S24="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H24" t="str">
         <f>IF(S24="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I24" t="str">
         <f>IF(S24="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J24" t="str">
         <f>IF(S24="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K24" s="55" t="str">
+      <c r="K24" t="str">
         <f>IF(G24="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L24" s="57" t="s">
-        <v>10</v>
+      <c r="L24" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M24" t="str">
         <f>IF(S24="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N24" t="str">
         <f>IF(S24="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O24" t="str">
         <f>IF(S24="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P24" t="str">
         <f>IF(S24="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q24" t="str">
         <f>IF(S24="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R24" t="str">
         <f>IF(S24="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S24" t="str">
         <f>IF('UT-21'!C87="","",'UT-21'!C87)</f>
         <v/>
       </c>
       <c r="T24" t="str">
         <f>IF('UT-21'!J87="","",'UT-21'!J87)</f>
         <v/>
       </c>
       <c r="U24" t="str">
         <f>IF('UT-21'!Q87="","",'UT-21'!Q87)</f>
         <v/>
       </c>
       <c r="V24" t="str">
         <f>IF('UT-21'!AE87="","",'UT-21'!AE87)</f>
         <v/>
       </c>
     </row>
     <row r="25" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A25" s="59">
+      <c r="A25" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B25" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D25" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D25" s="52"/>
       <c r="E25" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F25" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F25" s="53" t="str">
         <f>IF(S25="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G25" t="str">
         <f>IF(S25="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H25" t="str">
         <f>IF(S25="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I25" t="str">
         <f>IF(S25="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J25" t="str">
         <f>IF(S25="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K25" s="55" t="str">
+      <c r="K25" t="str">
         <f>IF(G25="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L25" s="57" t="s">
-        <v>10</v>
+      <c r="L25" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M25" t="str">
         <f>IF(S25="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N25" t="str">
         <f>IF(S25="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O25" t="str">
         <f>IF(S25="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P25" t="str">
         <f>IF(S25="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q25" t="str">
         <f>IF(S25="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R25" t="str">
         <f>IF(S25="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S25" t="str">
         <f>IF('UT-21'!C88="","",'UT-21'!C88)</f>
         <v/>
       </c>
       <c r="T25" t="str">
         <f>IF('UT-21'!J88="","",'UT-21'!J88)</f>
         <v/>
       </c>
       <c r="U25" t="str">
         <f>IF('UT-21'!Q88="","",'UT-21'!Q88)</f>
         <v/>
       </c>
       <c r="V25" t="str">
         <f>IF('UT-21'!AE88="","",'UT-21'!AE88)</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A26" s="59">
+      <c r="A26" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B26" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D26" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D26" s="52"/>
       <c r="E26" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F26" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F26" s="53" t="str">
         <f>IF(S26="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G26" t="str">
         <f>IF(S26="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H26" t="str">
         <f>IF(S26="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I26" t="str">
         <f>IF(S26="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J26" t="str">
         <f>IF(S26="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K26" s="55" t="str">
+      <c r="K26" t="str">
         <f>IF(G26="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L26" s="57" t="s">
-        <v>10</v>
+      <c r="L26" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M26" t="str">
         <f>IF(S26="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N26" t="str">
         <f>IF(S26="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O26" t="str">
         <f>IF(S26="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P26" t="str">
         <f>IF(S26="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q26" t="str">
         <f>IF(S26="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R26" t="str">
         <f>IF(S26="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S26" t="str">
         <f>IF('UT-21'!C89="","",'UT-21'!C89)</f>
         <v/>
       </c>
       <c r="T26" t="str">
         <f>IF('UT-21'!J89="","",'UT-21'!J89)</f>
         <v/>
       </c>
       <c r="U26" t="str">
         <f>IF('UT-21'!Q89="","",'UT-21'!Q89)</f>
         <v/>
       </c>
       <c r="V26" t="str">
         <f>IF('UT-21'!AE89="","",'UT-21'!AE89)</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A27" s="59">
+      <c r="A27" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B27" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D27" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D27" s="52"/>
       <c r="E27" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F27" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F27" s="53" t="str">
         <f>IF(S27="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G27" t="str">
         <f>IF(S27="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H27" t="str">
         <f>IF(S27="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I27" t="str">
         <f>IF(S27="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J27" t="str">
         <f>IF(S27="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K27" s="55" t="str">
+      <c r="K27" t="str">
         <f>IF(G27="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L27" s="57" t="s">
-        <v>10</v>
+      <c r="L27" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M27" t="str">
         <f>IF(S27="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N27" t="str">
         <f>IF(S27="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O27" t="str">
         <f>IF(S27="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P27" t="str">
         <f>IF(S27="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q27" t="str">
         <f>IF(S27="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R27" t="str">
         <f>IF(S27="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S27" t="str">
         <f>IF('UT-21'!C90="","",'UT-21'!C90)</f>
         <v/>
       </c>
       <c r="T27" t="str">
         <f>IF('UT-21'!J90="","",'UT-21'!J90)</f>
         <v/>
       </c>
       <c r="U27" t="str">
         <f>IF('UT-21'!Q90="","",'UT-21'!Q90)</f>
         <v/>
       </c>
       <c r="V27" t="str">
         <f>IF('UT-21'!AE90="","",'UT-21'!AE90)</f>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A28" s="59">
+      <c r="A28" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D28" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D28" s="52"/>
       <c r="E28" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F28" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F28" s="53" t="str">
         <f>IF(S28="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G28" t="str">
         <f>IF(S28="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H28" t="str">
         <f>IF(S28="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I28" t="str">
         <f>IF(S28="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J28" t="str">
         <f>IF(S28="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K28" s="55" t="str">
+      <c r="K28" t="str">
         <f>IF(G28="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L28" s="57" t="s">
-        <v>10</v>
+      <c r="L28" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M28" t="str">
         <f>IF(S28="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N28" t="str">
         <f>IF(S28="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O28" t="str">
         <f>IF(S28="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P28" t="str">
         <f>IF(S28="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q28" t="str">
         <f>IF(S28="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R28" t="str">
         <f>IF(S28="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S28" t="str">
         <f>IF('UT-21'!C91="","",'UT-21'!C91)</f>
         <v/>
       </c>
       <c r="T28" t="str">
         <f>IF('UT-21'!J91="","",'UT-21'!J91)</f>
         <v/>
       </c>
       <c r="U28" t="str">
         <f>IF('UT-21'!Q91="","",'UT-21'!Q91)</f>
         <v/>
       </c>
       <c r="V28" t="str">
         <f>IF('UT-21'!AE91="","",'UT-21'!AE91)</f>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A29" s="59">
+      <c r="A29" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B29" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C29" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D29" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D29" s="52"/>
       <c r="E29" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F29" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F29" s="53" t="str">
         <f>IF(S29="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G29" t="str">
         <f>IF(S29="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H29" t="str">
         <f>IF(S29="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I29" t="str">
         <f>IF(S29="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J29" t="str">
         <f>IF(S29="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K29" s="55" t="str">
+      <c r="K29" t="str">
         <f>IF(G29="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L29" s="57" t="s">
-        <v>10</v>
+      <c r="L29" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M29" t="str">
         <f>IF(S29="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N29" t="str">
         <f>IF(S29="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O29" t="str">
         <f>IF(S29="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P29" t="str">
         <f>IF(S29="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q29" t="str">
         <f>IF(S29="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R29" t="str">
         <f>IF(S29="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S29" t="str">
         <f>IF('UT-21'!C92="","",'UT-21'!C92)</f>
         <v/>
       </c>
       <c r="T29" t="str">
         <f>IF('UT-21'!J92="","",'UT-21'!J92)</f>
         <v/>
       </c>
       <c r="U29" t="str">
         <f>IF('UT-21'!Q92="","",'UT-21'!Q92)</f>
         <v/>
       </c>
       <c r="V29" t="str">
         <f>IF('UT-21'!AE92="","",'UT-21'!AE92)</f>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A30" s="59">
+      <c r="A30" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B30" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C30" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D30" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D30" s="52"/>
       <c r="E30" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F30" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F30" s="53" t="str">
         <f>IF(S30="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G30" t="str">
         <f>IF(S30="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H30" t="str">
         <f>IF(S30="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I30" t="str">
         <f>IF(S30="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J30" t="str">
         <f>IF(S30="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K30" s="55" t="str">
+      <c r="K30" t="str">
         <f>IF(G30="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L30" s="57" t="s">
-        <v>10</v>
+      <c r="L30" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M30" t="str">
         <f>IF(S30="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N30" t="str">
         <f>IF(S30="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O30" t="str">
         <f>IF(S30="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P30" t="str">
         <f>IF(S30="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q30" t="str">
         <f>IF(S30="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R30" t="str">
         <f>IF(S30="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S30" t="str">
         <f>IF('UT-21'!C93="","",'UT-21'!C93)</f>
         <v/>
       </c>
       <c r="T30" t="str">
         <f>IF('UT-21'!J93="","",'UT-21'!J93)</f>
         <v/>
       </c>
       <c r="U30" t="str">
         <f>IF('UT-21'!Q93="","",'UT-21'!Q93)</f>
         <v/>
       </c>
       <c r="V30" t="str">
         <f>IF('UT-21'!AE93="","",'UT-21'!AE93)</f>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A31" s="59">
+      <c r="A31" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B31" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C31" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D31" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D31" s="52"/>
       <c r="E31" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F31" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F31" s="53" t="str">
         <f>IF(S31="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G31" t="str">
         <f>IF(S31="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H31" t="str">
         <f>IF(S31="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I31" t="str">
         <f>IF(S31="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J31" t="str">
         <f>IF(S31="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K31" s="55" t="str">
+      <c r="K31" t="str">
         <f>IF(G31="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L31" s="57" t="s">
-        <v>10</v>
+      <c r="L31" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M31" t="str">
         <f>IF(S31="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N31" t="str">
         <f>IF(S31="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O31" t="str">
         <f>IF(S31="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P31" t="str">
         <f>IF(S31="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q31" t="str">
         <f>IF(S31="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R31" t="str">
         <f>IF(S31="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S31" t="str">
         <f>IF('UT-21'!C94="","",'UT-21'!C94)</f>
         <v/>
       </c>
       <c r="T31" t="str">
         <f>IF('UT-21'!J94="","",'UT-21'!J94)</f>
         <v/>
       </c>
       <c r="U31" t="str">
         <f>IF('UT-21'!Q94="","",'UT-21'!Q94)</f>
         <v/>
       </c>
       <c r="V31" t="str">
         <f>IF('UT-21'!AE94="","",'UT-21'!AE94)</f>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A32" s="59">
+      <c r="A32" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B32" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C32" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D32" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D32" s="52"/>
       <c r="E32" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F32" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F32" s="53" t="str">
         <f>IF(S32="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G32" t="str">
         <f>IF(S32="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H32" t="str">
         <f>IF(S32="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I32" t="str">
         <f>IF(S32="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J32" t="str">
         <f>IF(S32="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K32" s="55" t="str">
+      <c r="K32" t="str">
         <f>IF(G32="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L32" s="57" t="s">
-        <v>10</v>
+      <c r="L32" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M32" t="str">
         <f>IF(S32="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N32" t="str">
         <f>IF(S32="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O32" t="str">
         <f>IF(S32="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P32" t="str">
         <f>IF(S32="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q32" t="str">
         <f>IF(S32="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R32" t="str">
         <f>IF(S32="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S32" t="str">
         <f>IF('UT-21'!C95="","",'UT-21'!C95)</f>
         <v/>
       </c>
       <c r="T32" t="str">
         <f>IF('UT-21'!J95="","",'UT-21'!J95)</f>
         <v/>
       </c>
       <c r="U32" t="str">
         <f>IF('UT-21'!Q95="","",'UT-21'!Q95)</f>
         <v/>
       </c>
       <c r="V32" t="str">
         <f>IF('UT-21'!AE95="","",'UT-21'!AE95)</f>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A33" s="59">
+      <c r="A33" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C33" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D33" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D33" s="52"/>
       <c r="E33" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F33" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F33" s="53" t="str">
         <f>IF(S33="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G33" t="str">
         <f>IF(S33="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H33" t="str">
         <f>IF(S33="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I33" t="str">
         <f>IF(S33="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J33" t="str">
         <f>IF(S33="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K33" s="55" t="str">
+      <c r="K33" t="str">
         <f>IF(G33="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L33" s="57" t="s">
-        <v>10</v>
+      <c r="L33" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M33" t="str">
         <f>IF(S33="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N33" t="str">
         <f>IF(S33="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O33" t="str">
         <f>IF(S33="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P33" t="str">
         <f>IF(S33="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q33" t="str">
         <f>IF(S33="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R33" t="str">
         <f>IF(S33="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S33" t="str">
         <f>IF('UT-21'!C96="","",'UT-21'!C96)</f>
         <v/>
       </c>
       <c r="T33" t="str">
         <f>IF('UT-21'!J96="","",'UT-21'!J96)</f>
         <v/>
       </c>
       <c r="U33" t="str">
         <f>IF('UT-21'!Q96="","",'UT-21'!Q96)</f>
         <v/>
       </c>
       <c r="V33" t="str">
         <f>IF('UT-21'!AE96="","",'UT-21'!AE96)</f>
         <v/>
       </c>
     </row>
     <row r="34" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A34" s="59">
+      <c r="A34" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B34" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C34" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D34" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D34" s="52"/>
       <c r="E34" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F34" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F34" s="53" t="str">
         <f>IF(S34="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G34" t="str">
         <f>IF(S34="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H34" t="str">
         <f>IF(S34="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I34" t="str">
         <f>IF(S34="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J34" t="str">
         <f>IF(S34="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K34" s="55" t="str">
+      <c r="K34" t="str">
         <f>IF(G34="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L34" s="57" t="s">
-        <v>10</v>
+      <c r="L34" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M34" t="str">
         <f>IF(S34="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N34" t="str">
         <f>IF(S34="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O34" t="str">
         <f>IF(S34="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P34" t="str">
         <f>IF(S34="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q34" t="str">
         <f>IF(S34="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R34" t="str">
         <f>IF(S34="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S34" t="str">
         <f>IF('UT-21'!C97="","",'UT-21'!C97)</f>
         <v/>
       </c>
       <c r="T34" t="str">
         <f>IF('UT-21'!J97="","",'UT-21'!J97)</f>
         <v/>
       </c>
       <c r="U34" t="str">
         <f>IF('UT-21'!Q97="","",'UT-21'!Q97)</f>
         <v/>
       </c>
       <c r="V34" t="str">
         <f>IF('UT-21'!AE97="","",'UT-21'!AE97)</f>
         <v/>
       </c>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A35" s="59">
+      <c r="A35" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C35" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D35" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D35" s="52"/>
       <c r="E35" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F35" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F35" s="53" t="str">
         <f>IF(S35="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G35" t="str">
         <f>IF(S35="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H35" t="str">
         <f>IF(S35="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I35" t="str">
         <f>IF(S35="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J35" t="str">
         <f>IF(S35="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K35" s="55" t="str">
+      <c r="K35" t="str">
         <f>IF(G35="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L35" s="57" t="s">
-        <v>10</v>
+      <c r="L35" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M35" t="str">
         <f>IF(S35="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N35" t="str">
         <f>IF(S35="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O35" t="str">
         <f>IF(S35="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P35" t="str">
         <f>IF(S35="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q35" t="str">
         <f>IF(S35="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R35" t="str">
         <f>IF(S35="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S35" t="str">
         <f>IF('UT-21'!C98="","",'UT-21'!C98)</f>
         <v/>
       </c>
       <c r="T35" t="str">
         <f>IF('UT-21'!J98="","",'UT-21'!J98)</f>
         <v/>
       </c>
       <c r="U35" t="str">
         <f>IF('UT-21'!Q98="","",'UT-21'!Q98)</f>
         <v/>
       </c>
       <c r="V35" t="str">
         <f>IF('UT-21'!AE98="","",'UT-21'!AE98)</f>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A36" s="59">
+      <c r="A36" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B36" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D36" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D36" s="52"/>
       <c r="E36" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F36" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F36" s="53" t="str">
         <f>IF(S36="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G36" t="str">
         <f>IF(S36="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H36" t="str">
         <f>IF(S36="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I36" t="str">
         <f>IF(S36="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J36" t="str">
         <f>IF(S36="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K36" s="55" t="str">
+      <c r="K36" t="str">
         <f>IF(G36="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L36" s="57" t="s">
-        <v>10</v>
+      <c r="L36" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M36" t="str">
         <f>IF(S36="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N36" t="str">
         <f>IF(S36="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O36" t="str">
         <f>IF(S36="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P36" t="str">
         <f>IF(S36="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q36" t="str">
         <f>IF(S36="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R36" t="str">
         <f>IF(S36="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S36" t="str">
         <f>IF('UT-21'!C99="","",'UT-21'!C99)</f>
         <v/>
       </c>
       <c r="T36" t="str">
         <f>IF('UT-21'!J99="","",'UT-21'!J99)</f>
         <v/>
       </c>
       <c r="U36" t="str">
         <f>IF('UT-21'!Q99="","",'UT-21'!Q99)</f>
         <v/>
       </c>
       <c r="V36" t="str">
         <f>IF('UT-21'!AE99="","",'UT-21'!AE99)</f>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A37" s="59">
+      <c r="A37" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D37" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D37" s="52"/>
       <c r="E37" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F37" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F37" s="53" t="str">
         <f>IF(S37="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G37" t="str">
         <f>IF(S37="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H37" t="str">
         <f>IF(S37="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I37" t="str">
         <f>IF(S37="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J37" t="str">
         <f>IF(S37="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K37" s="55" t="str">
+      <c r="K37" t="str">
         <f>IF(G37="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L37" s="57" t="s">
-        <v>10</v>
+      <c r="L37" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M37" t="str">
         <f>IF(S37="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N37" t="str">
         <f>IF(S37="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O37" t="str">
         <f>IF(S37="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P37" t="str">
         <f>IF(S37="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q37" t="str">
         <f>IF(S37="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R37" t="str">
         <f>IF(S37="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S37" t="str">
         <f>IF('UT-21'!C100="","",'UT-21'!C100)</f>
         <v/>
       </c>
       <c r="T37" t="str">
         <f>IF('UT-21'!J100="","",'UT-21'!J100)</f>
         <v/>
       </c>
       <c r="U37" t="str">
         <f>IF('UT-21'!Q100="","",'UT-21'!Q100)</f>
         <v/>
       </c>
       <c r="V37" t="str">
         <f>IF('UT-21'!AE100="","",'UT-21'!AE100)</f>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A38" s="59">
+      <c r="A38" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C38" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D38" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D38" s="52"/>
       <c r="E38" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F38" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F38" s="53" t="str">
         <f>IF(S38="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G38" t="str">
         <f>IF(S38="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H38" t="str">
         <f>IF(S38="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I38" t="str">
         <f>IF(S38="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J38" t="str">
         <f>IF(S38="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K38" s="55" t="str">
+      <c r="K38" t="str">
         <f>IF(G38="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L38" s="57" t="s">
-        <v>10</v>
+      <c r="L38" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M38" t="str">
         <f>IF(S38="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N38" t="str">
         <f>IF(S38="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O38" t="str">
         <f>IF(S38="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P38" t="str">
         <f>IF(S38="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q38" t="str">
         <f>IF(S38="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R38" t="str">
         <f>IF(S38="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S38" t="str">
         <f>IF('UT-21'!C101="","",'UT-21'!C101)</f>
         <v/>
       </c>
       <c r="T38" t="str">
         <f>IF('UT-21'!J101="","",'UT-21'!J101)</f>
         <v/>
       </c>
       <c r="U38" t="str">
         <f>IF('UT-21'!Q101="","",'UT-21'!Q101)</f>
         <v/>
       </c>
       <c r="V38" t="str">
         <f>IF('UT-21'!AE101="","",'UT-21'!AE101)</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A39" s="59">
+      <c r="A39" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C39" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D39" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D39" s="52"/>
       <c r="E39" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F39" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F39" s="53" t="str">
         <f>IF(S39="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G39" t="str">
         <f>IF(S39="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H39" t="str">
         <f>IF(S39="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I39" t="str">
         <f>IF(S39="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J39" t="str">
         <f>IF(S39="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K39" s="55" t="str">
+      <c r="K39" t="str">
         <f>IF(G39="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L39" s="57" t="s">
-        <v>10</v>
+      <c r="L39" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M39" t="str">
         <f>IF(S39="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N39" t="str">
         <f>IF(S39="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O39" t="str">
         <f>IF(S39="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P39" t="str">
         <f>IF(S39="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q39" t="str">
         <f>IF(S39="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R39" t="str">
         <f>IF(S39="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S39" t="str">
         <f>IF('UT-21'!C102="","",'UT-21'!C102)</f>
         <v/>
       </c>
       <c r="T39" t="str">
         <f>IF('UT-21'!J102="","",'UT-21'!J102)</f>
         <v/>
       </c>
       <c r="U39" t="str">
         <f>IF('UT-21'!Q102="","",'UT-21'!Q102)</f>
         <v/>
       </c>
       <c r="V39" t="str">
         <f>IF('UT-21'!AE102="","",'UT-21'!AE102)</f>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A40" s="59">
+      <c r="A40" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B40" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C40" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D40" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D40" s="52"/>
       <c r="E40" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F40" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F40" s="53" t="str">
         <f>IF(S40="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G40" t="str">
         <f>IF(S40="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H40" t="str">
         <f>IF(S40="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I40" t="str">
         <f>IF(S40="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J40" t="str">
         <f>IF(S40="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K40" s="55" t="str">
+      <c r="K40" t="str">
         <f>IF(G40="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L40" s="57" t="s">
-        <v>10</v>
+      <c r="L40" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M40" t="str">
         <f>IF(S40="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N40" t="str">
         <f>IF(S40="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O40" t="str">
         <f>IF(S40="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P40" t="str">
         <f>IF(S40="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q40" t="str">
         <f>IF(S40="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R40" t="str">
         <f>IF(S40="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S40" t="str">
         <f>IF('UT-21'!C103="","",'UT-21'!C103)</f>
         <v/>
       </c>
       <c r="T40" t="str">
         <f>IF('UT-21'!J103="","",'UT-21'!J103)</f>
         <v/>
       </c>
       <c r="U40" t="str">
         <f>IF('UT-21'!Q103="","",'UT-21'!Q103)</f>
         <v/>
       </c>
       <c r="V40" t="str">
         <f>IF('UT-21'!AE103="","",'UT-21'!AE103)</f>
         <v/>
       </c>
     </row>
     <row r="41" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A41" s="59">
+      <c r="A41" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C41" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D41" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D41" s="52"/>
       <c r="E41" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F41" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F41" s="53" t="str">
         <f>IF(S41="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G41" t="str">
         <f>IF(S41="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H41" t="str">
         <f>IF(S41="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I41" t="str">
         <f>IF(S41="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J41" t="str">
         <f>IF(S41="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K41" s="55" t="str">
+      <c r="K41" t="str">
         <f>IF(G41="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L41" s="57" t="s">
-        <v>10</v>
+      <c r="L41" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M41" t="str">
         <f>IF(S41="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N41" t="str">
         <f>IF(S41="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O41" t="str">
         <f>IF(S41="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P41" t="str">
         <f>IF(S41="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q41" t="str">
         <f>IF(S41="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R41" t="str">
         <f>IF(S41="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S41" t="str">
         <f>IF('UT-21'!C104="","",'UT-21'!C104)</f>
         <v/>
       </c>
       <c r="T41" t="str">
         <f>IF('UT-21'!J104="","",'UT-21'!J104)</f>
         <v/>
       </c>
       <c r="U41" t="str">
         <f>IF('UT-21'!Q104="","",'UT-21'!Q104)</f>
         <v/>
       </c>
       <c r="V41" t="str">
         <f>IF('UT-21'!AE104="","",'UT-21'!AE104)</f>
         <v/>
       </c>
     </row>
     <row r="42" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A42" s="59">
+      <c r="A42" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B42" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D42" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D42" s="52"/>
       <c r="E42" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F42" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F42" s="53" t="str">
         <f>IF(S42="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G42" t="str">
         <f>IF(S42="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H42" t="str">
         <f>IF(S42="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I42" t="str">
         <f>IF(S42="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J42" t="str">
         <f>IF(S42="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K42" s="55" t="str">
+      <c r="K42" t="str">
         <f>IF(G42="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L42" s="57" t="s">
-        <v>10</v>
+      <c r="L42" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M42" t="str">
         <f>IF(S42="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N42" t="str">
         <f>IF(S42="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O42" t="str">
         <f>IF(S42="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P42" t="str">
         <f>IF(S42="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q42" t="str">
         <f>IF(S42="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R42" t="str">
         <f>IF(S42="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S42" t="str">
         <f>IF('UT-21'!C105="","",'UT-21'!C105)</f>
         <v/>
       </c>
       <c r="T42" t="str">
         <f>IF('UT-21'!J105="","",'UT-21'!J105)</f>
         <v/>
       </c>
       <c r="U42" t="str">
         <f>IF('UT-21'!Q105="","",'UT-21'!Q105)</f>
         <v/>
       </c>
       <c r="V42" t="str">
         <f>IF('UT-21'!AE105="","",'UT-21'!AE105)</f>
         <v/>
       </c>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A43" s="59">
+      <c r="A43" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D43" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D43" s="52"/>
       <c r="E43" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F43" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F43" s="53" t="str">
         <f>IF(S43="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G43" t="str">
         <f>IF(S43="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H43" t="str">
         <f>IF(S43="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I43" t="str">
         <f>IF(S43="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J43" t="str">
         <f>IF(S43="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K43" s="55" t="str">
+      <c r="K43" t="str">
         <f>IF(G43="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L43" s="57" t="s">
-        <v>10</v>
+      <c r="L43" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M43" t="str">
         <f>IF(S43="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N43" t="str">
         <f>IF(S43="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O43" t="str">
         <f>IF(S43="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P43" t="str">
         <f>IF(S43="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q43" t="str">
         <f>IF(S43="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R43" t="str">
         <f>IF(S43="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S43" t="str">
         <f>IF('UT-21'!C106="","",'UT-21'!C106)</f>
         <v/>
       </c>
       <c r="T43" t="str">
         <f>IF('UT-21'!J106="","",'UT-21'!J106)</f>
         <v/>
       </c>
       <c r="U43" t="str">
         <f>IF('UT-21'!Q106="","",'UT-21'!Q106)</f>
         <v/>
       </c>
       <c r="V43" t="str">
         <f>IF('UT-21'!AE106="","",'UT-21'!AE106)</f>
         <v/>
       </c>
     </row>
     <row r="44" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A44" s="59">
+      <c r="A44" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B44" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C44" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D44" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D44" s="52"/>
       <c r="E44" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F44" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F44" s="53" t="str">
         <f>IF(S44="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G44" t="str">
         <f>IF(S44="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H44" t="str">
         <f>IF(S44="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I44" t="str">
         <f>IF(S44="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J44" t="str">
         <f>IF(S44="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K44" s="55" t="str">
+      <c r="K44" t="str">
         <f>IF(G44="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L44" s="57" t="s">
-        <v>10</v>
+      <c r="L44" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M44" t="str">
         <f>IF(S44="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N44" t="str">
         <f>IF(S44="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O44" t="str">
         <f>IF(S44="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P44" t="str">
         <f>IF(S44="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q44" t="str">
         <f>IF(S44="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R44" t="str">
         <f>IF(S44="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S44" t="str">
         <f>IF('UT-21'!C107="","",'UT-21'!C107)</f>
         <v/>
       </c>
       <c r="T44" t="str">
         <f>IF('UT-21'!J107="","",'UT-21'!J107)</f>
         <v/>
       </c>
       <c r="U44" t="str">
         <f>IF('UT-21'!Q107="","",'UT-21'!Q107)</f>
         <v/>
       </c>
       <c r="V44" t="str">
         <f>IF('UT-21'!AE107="","",'UT-21'!AE107)</f>
         <v/>
       </c>
     </row>
     <row r="45" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A45" s="59">
+      <c r="A45" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B45" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C45" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D45" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D45" s="52"/>
       <c r="E45" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F45" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F45" s="53" t="str">
         <f>IF(S45="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G45" t="str">
         <f>IF(S45="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H45" t="str">
         <f>IF(S45="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I45" t="str">
         <f>IF(S45="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J45" t="str">
         <f>IF(S45="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K45" s="55" t="str">
+      <c r="K45" t="str">
         <f>IF(G45="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L45" s="57" t="s">
-        <v>10</v>
+      <c r="L45" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M45" t="str">
         <f>IF(S45="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N45" t="str">
         <f>IF(S45="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O45" t="str">
         <f>IF(S45="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P45" t="str">
         <f>IF(S45="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q45" t="str">
         <f>IF(S45="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R45" t="str">
         <f>IF(S45="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S45" t="str">
         <f>IF('UT-21'!C108="","",'UT-21'!C108)</f>
         <v/>
       </c>
       <c r="T45" t="str">
         <f>IF('UT-21'!J108="","",'UT-21'!J108)</f>
         <v/>
       </c>
       <c r="U45" t="str">
         <f>IF('UT-21'!Q108="","",'UT-21'!Q108)</f>
         <v/>
       </c>
       <c r="V45" t="str">
         <f>IF('UT-21'!AE108="","",'UT-21'!AE108)</f>
         <v/>
       </c>
     </row>
     <row r="46" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A46" s="59">
+      <c r="A46" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B46" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C46" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D46" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D46" s="52"/>
       <c r="E46" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F46" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F46" s="53" t="str">
         <f>IF(S46="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G46" t="str">
         <f>IF(S46="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H46" t="str">
         <f>IF(S46="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I46" t="str">
         <f>IF(S46="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J46" t="str">
         <f>IF(S46="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K46" s="55" t="str">
+      <c r="K46" t="str">
         <f>IF(G46="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L46" s="57" t="s">
-        <v>10</v>
+      <c r="L46" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M46" t="str">
         <f>IF(S46="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N46" t="str">
         <f>IF(S46="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O46" t="str">
         <f>IF(S46="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P46" t="str">
         <f>IF(S46="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q46" t="str">
         <f>IF(S46="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R46" t="str">
         <f>IF(S46="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S46" t="str">
         <f>IF('UT-21'!C109="","",'UT-21'!C109)</f>
         <v/>
       </c>
       <c r="T46" t="str">
         <f>IF('UT-21'!J109="","",'UT-21'!J109)</f>
         <v/>
       </c>
       <c r="U46" t="str">
         <f>IF('UT-21'!Q109="","",'UT-21'!Q109)</f>
         <v/>
       </c>
       <c r="V46" t="str">
         <f>IF('UT-21'!AE109="","",'UT-21'!AE109)</f>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A47" s="59">
+      <c r="A47" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C47" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D47" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D47" s="52"/>
       <c r="E47" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F47" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F47" s="53" t="str">
         <f>IF(S47="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G47" t="str">
         <f>IF(S47="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H47" t="str">
         <f>IF(S47="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I47" t="str">
         <f>IF(S47="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J47" t="str">
         <f>IF(S47="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K47" s="55" t="str">
+      <c r="K47" t="str">
         <f>IF(G47="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L47" s="57" t="s">
-        <v>10</v>
+      <c r="L47" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M47" t="str">
         <f>IF(S47="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N47" t="str">
         <f>IF(S47="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O47" t="str">
         <f>IF(S47="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P47" t="str">
         <f>IF(S47="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q47" t="str">
         <f>IF(S47="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R47" t="str">
         <f>IF(S47="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S47" t="str">
         <f>IF('UT-21'!C110="","",'UT-21'!C110)</f>
         <v/>
       </c>
       <c r="T47" t="str">
         <f>IF('UT-21'!J110="","",'UT-21'!J110)</f>
         <v/>
       </c>
       <c r="U47" t="str">
         <f>IF('UT-21'!Q110="","",'UT-21'!Q110)</f>
         <v/>
       </c>
       <c r="V47" t="str">
         <f>IF('UT-21'!AE110="","",'UT-21'!AE110)</f>
         <v/>
       </c>
     </row>
     <row r="48" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A48" s="59">
+      <c r="A48" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B48" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C48" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D48" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D48" s="52"/>
       <c r="E48" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F48" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F48" s="53" t="str">
         <f>IF(S48="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G48" t="str">
         <f>IF(S48="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H48" t="str">
         <f>IF(S48="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I48" t="str">
         <f>IF(S48="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J48" t="str">
         <f>IF(S48="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K48" s="55" t="str">
+      <c r="K48" t="str">
         <f>IF(G48="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L48" s="57" t="s">
-        <v>10</v>
+      <c r="L48" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M48" t="str">
         <f>IF(S48="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N48" t="str">
         <f>IF(S48="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O48" t="str">
         <f>IF(S48="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P48" t="str">
         <f>IF(S48="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q48" t="str">
         <f>IF(S48="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R48" t="str">
         <f>IF(S48="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S48" t="str">
         <f>IF('UT-21'!C111="","",'UT-21'!C111)</f>
         <v/>
       </c>
       <c r="T48" t="str">
         <f>IF('UT-21'!J111="","",'UT-21'!J111)</f>
         <v/>
       </c>
       <c r="U48" t="str">
         <f>IF('UT-21'!Q111="","",'UT-21'!Q111)</f>
         <v/>
       </c>
       <c r="V48" t="str">
         <f>IF('UT-21'!AE111="","",'UT-21'!AE111)</f>
         <v/>
       </c>
     </row>
     <row r="49" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A49" s="59">
+      <c r="A49" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B49" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C49" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D49" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D49" s="52"/>
       <c r="E49" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F49" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F49" s="53" t="str">
         <f>IF(S49="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G49" t="str">
         <f>IF(S49="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H49" t="str">
         <f>IF(S49="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I49" t="str">
         <f>IF(S49="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J49" t="str">
         <f>IF(S49="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K49" s="55" t="str">
+      <c r="K49" t="str">
         <f>IF(G49="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L49" s="57" t="s">
-        <v>10</v>
+      <c r="L49" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M49" t="str">
         <f>IF(S49="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N49" t="str">
         <f>IF(S49="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O49" t="str">
         <f>IF(S49="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P49" t="str">
         <f>IF(S49="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q49" t="str">
         <f>IF(S49="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R49" t="str">
         <f>IF(S49="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S49" t="str">
         <f>IF('UT-21'!C112="","",'UT-21'!C112)</f>
         <v/>
       </c>
       <c r="T49" t="str">
         <f>IF('UT-21'!J112="","",'UT-21'!J112)</f>
         <v/>
       </c>
       <c r="U49" t="str">
         <f>IF('UT-21'!Q112="","",'UT-21'!Q112)</f>
         <v/>
       </c>
       <c r="V49" t="str">
         <f>IF('UT-21'!AE112="","",'UT-21'!AE112)</f>
         <v/>
       </c>
     </row>
     <row r="50" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A50" s="59">
+      <c r="A50" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B50" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C50" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D50" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D50" s="52"/>
       <c r="E50" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F50" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F50" s="53" t="str">
         <f>IF(S50="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G50" t="str">
         <f>IF(S50="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H50" t="str">
         <f>IF(S50="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I50" t="str">
         <f>IF(S50="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J50" t="str">
         <f>IF(S50="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K50" s="55" t="str">
+      <c r="K50" t="str">
         <f>IF(G50="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L50" s="57" t="s">
-        <v>10</v>
+      <c r="L50" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M50" t="str">
         <f>IF(S50="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N50" t="str">
         <f>IF(S50="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O50" t="str">
         <f>IF(S50="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P50" t="str">
         <f>IF(S50="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q50" t="str">
         <f>IF(S50="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R50" t="str">
         <f>IF(S50="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S50" t="str">
         <f>IF('UT-21'!C113="","",'UT-21'!C113)</f>
         <v/>
       </c>
       <c r="T50" t="str">
         <f>IF('UT-21'!J113="","",'UT-21'!J113)</f>
         <v/>
       </c>
       <c r="U50" t="str">
         <f>IF('UT-21'!Q113="","",'UT-21'!Q113)</f>
         <v/>
       </c>
       <c r="V50" t="str">
         <f>IF('UT-21'!AE113="","",'UT-21'!AE113)</f>
         <v/>
       </c>
     </row>
     <row r="51" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A51" s="59">
+      <c r="A51" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B51" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C51" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D51" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D51" s="52"/>
       <c r="E51" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F51" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F51" s="53" t="str">
         <f>IF(S51="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G51" t="str">
         <f>IF(S51="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H51" t="str">
         <f>IF(S51="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I51" t="str">
         <f>IF(S51="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J51" t="str">
         <f>IF(S51="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K51" s="55" t="str">
+      <c r="K51" t="str">
         <f>IF(G51="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L51" s="57" t="s">
-        <v>10</v>
+      <c r="L51" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M51" t="str">
         <f>IF(S51="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N51" t="str">
         <f>IF(S51="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O51" t="str">
         <f>IF(S51="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P51" t="str">
         <f>IF(S51="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q51" t="str">
         <f>IF(S51="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R51" t="str">
         <f>IF(S51="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S51" t="str">
         <f>IF('UT-21'!C114="","",'UT-21'!C114)</f>
         <v/>
       </c>
       <c r="T51" t="str">
         <f>IF('UT-21'!J114="","",'UT-21'!J114)</f>
         <v/>
       </c>
       <c r="U51" t="str">
         <f>IF('UT-21'!Q114="","",'UT-21'!Q114)</f>
         <v/>
       </c>
       <c r="V51" t="str">
         <f>IF('UT-21'!AE114="","",'UT-21'!AE114)</f>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A52" s="59">
+      <c r="A52" s="56">
         <f>'UT-21'!$AA$6</f>
         <v>0</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C52" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D52" s="53"/>
+        <v>106</v>
+      </c>
+      <c r="D52" s="52"/>
       <c r="E52" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="F52" s="54" t="str">
+        <v>123</v>
+      </c>
+      <c r="F52" s="53" t="str">
         <f>IF(S52="","",'UT-21'!AA$6)</f>
         <v/>
       </c>
       <c r="G52" t="str">
         <f>IF(S52="","",'UT-21'!J$11)</f>
         <v/>
       </c>
       <c r="H52" t="str">
         <f>IF(S52="","",'UT-21'!J$13)</f>
         <v/>
       </c>
       <c r="I52" t="str">
         <f>IF(S52="","",'UT-21'!J$17)</f>
         <v/>
       </c>
       <c r="J52" t="str">
         <f>IF(S52="","",'UT-21'!M$48)</f>
         <v/>
       </c>
-      <c r="K52" s="55" t="str">
+      <c r="K52" t="str">
         <f>IF(G52="MM：マーケットメイカー（証券会社を除く）","",IF('UT-21'!J$19="","",'UT-21'!J$19))</f>
         <v/>
       </c>
-      <c r="L52" s="57" t="s">
-        <v>10</v>
+      <c r="L52" s="57">
+        <f>'UT-21'!$M$60</f>
+        <v>0</v>
       </c>
       <c r="M52" t="str">
         <f>IF(S52="","",'UT-21'!M$50)</f>
         <v/>
       </c>
       <c r="N52" t="str">
         <f>IF(S52="","",IF('UT-21'!M$52="","",'UT-21'!M$52))</f>
         <v/>
       </c>
       <c r="O52" t="str">
         <f>IF(S52="","",IF('UT-21'!U$52="","",'UT-21'!U$52))</f>
         <v/>
       </c>
       <c r="P52" t="str">
         <f>IF(S52="","",IF('UT-21'!AC$52="","",'UT-21'!AC$52))</f>
         <v/>
       </c>
       <c r="Q52" t="str">
         <f>IF(S52="","",IF('UT-21'!S$56="","",'UT-21'!S$56))</f>
         <v/>
       </c>
       <c r="R52" t="str">
         <f>IF(S52="","",IF('UT-21'!S$58="","",'UT-21'!S$58))</f>
         <v/>
       </c>
       <c r="S52" t="str">
         <f>IF('UT-21'!C115="","",'UT-21'!C115)</f>
         <v/>
       </c>
       <c r="T52" t="str">
         <f>IF('UT-21'!J115="","",'UT-21'!J115)</f>
         <v/>
       </c>
       <c r="U52" t="str">
         <f>IF('UT-21'!Q115="","",'UT-21'!Q115)</f>
         <v/>
       </c>
       <c r="V52" t="str">
         <f>IF('UT-21'!AE115="","",'UT-21'!AE115)</f>
         <v/>
       </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="3"/>
+  <phoneticPr fontId="5"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{194db3f9-2286-46b9-ba58-9c0f26e25b2c}" enabled="1" method="Privileged" siteId="{fe7a9aa7-6097-47a2-9163-81d624f8cbfd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>